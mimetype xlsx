--- v0 (2025-12-28)
+++ v1 (2026-03-23)
@@ -54,1220 +54,1220 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>1987</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Executivo Municipal - EXEC</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/336/flash_2383.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/336/flash_2383.pdf</t>
   </si>
   <si>
     <t>Flash 2383._x000D_
 PROJETO DE LEI Nº 35/87. Autoriza o Poder Executivo a celebrar convênio com a Secretaria de Estado da Saúde de Minas Gerais, para a implantação de centros de saúde no município. (Referente à Lei nº 1.665, de 09/12/1987)._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/346/flash_2393.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/346/flash_2393.pdf</t>
   </si>
   <si>
     <t>Flash 2393._x000D_
 PROJETO DE LEI Nº 11/87. Autoriza o Poder Executivo a contratar empréstimo com a Caixa Econômica Federal, destinado à construção do Mercado Central, e dá outras providências. (Referente à Lei nº 1.638, de 05/06/1987)._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/347/flash_2394.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/347/flash_2394.pdf</t>
   </si>
   <si>
     <t>Flash 2394._x000D_
-PROJETO DE LEI Nº 36/87. Autoriza o Poder Executivo a contratar empréstimo com a Caixa Econômica Federal para aplicação em obras de pavimentação no município de Montes Claros._x000D_
+PROJETO DE LEI Nº 36/87. Autoriza o Poder Executivo a contratar empréstimo com a Caixa Econômica Federal para aplicação em obras de pavimentação no município de Montes Claros. (Referente à Lei nº 1.664, de 09/12/1987)._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/363/flash_2410.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/363/flash_2410.pdf</t>
   </si>
   <si>
     <t>Flash 2410._x000D_
 PROJETO DE LEI Nº 19/87. (ALTERADA). Cria o Parque da Sapucaia, localizado na Serra do Ibiturura em Montes Claros, e contém outras providências. (Referente à Lei nº 1.648 de 08/09/1987, que foi posteriormente alterada pelas Leis nº 2.752, de 25/08/1999, nº 3.834, de 30/11/2007 e nº 4.350, de 30/05/2011)._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/364/flash_2411.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/364/flash_2411.pdf</t>
   </si>
   <si>
     <t>Flash 2411._x000D_
 PROJETO DE LEI Nº 39/87. Institui a Festa Nacional do Pequi; institui o Diploma de Mérito de Proteção à Natureza e aos Bens Culturais; e dá outras providências. (Referente à Lei nº 1.668 de 29/12/1987)._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/365/flash_2650.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/365/flash_2650.pdf</t>
   </si>
   <si>
     <t>Flash 2650._x000D_
-PROJETO DE LEI Nº 09/87. Autoriza o Poder Executivo a vender, doar, permutar e fazer dação em pagamento de imóveis pertencentes ao município, localizados no Conjunto Habitacional Presidente Tancredo Neves, em atendimento às pessoas de baixa renda._x000D_
+PROJETO DE LEI Nº 09/87. Autoriza o Poder Executivo a vender, doar, permutar e fazer dação em pagamento de imóveis pertencentes ao município, localizados no Conjunto Habitacional Presidente Tancredo Neves, em atendimento às pessoas de baixa renda. (Referente à Lei nº 1.639, de 05/06/1987)._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/367/flash_2651.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/367/flash_2651.pdf</t>
   </si>
   <si>
     <t>Flash 2651._x000D_
 PROJETO DE LEI Nº 12/87.  Autoriza o Poder Executivo a fazer doação de terreno à Mitra Diocesana de Montes Claros, com área  de 594,00 m², localizado no bairro Jardim Panorama, para edificação de uma igreja. (Referente à Lei nº 1.641, de 11/06/1987)._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/369/flash_2652.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/369/flash_2652.pdf</t>
   </si>
   <si>
     <t>Flash 2652._x000D_
 PROJETO DE LEI Nº 13/87. Desafeta área de terreno de sua característica de bem de uso comum do povo, transfere-o ao patrimônio disponível do_x000D_
 município e autoriza o Poder Executivo a fazer doação à Mitra Diocesana de Montes Claros, para a construção de uma igreja e um centro comunitário. (Terreno de 1.080,00 m², localizado no prolongamento do bairro Santa Lúcia). (Referente à Lei nº 1.642, de 11/06/1987)._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/370/flash_2653.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/370/flash_2653.pdf</t>
   </si>
   <si>
     <t>Flash 2653._x000D_
 PROJETO DE LEI Nº 20/87. (REVOGADA). Autoriza o Poder Executivo a fazer doação de terreno ao Estado de Minas Gerais, com área de 256,50 m², para edificação do Centro de Saúde do bairro Santos Reis. (Referente à  Lei nº 1.649 de 15/09/1987, que foi posteriormente revogada pela Lei nº 1.687 de 25/05/88)._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/372/flash_2654.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/372/flash_2654.pdf</t>
   </si>
   <si>
     <t>Flash 2654._x000D_
 PROJETO DE LEI Nº 25/87. Autoriza o Poder Executivo a fazer doações de terrenos, localizados no bairro Ibituruna, ao Sindicato de Hotéis, Restaurantes, Bares e Similares de Montes Claros e, à Associação Comercial e Industrial de Montes Claros - ACI, com áreas de 540 m² e 1.080 m², respectivamente. (Referente à Lei nº 1.656 de 14/10/87). (A doação de terreno feita à ACI nesta Lei, foi revogada e renovada pela Lei nº 3.743, de 31/05/2007 - ver flash 6561)._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/373/flash_2655.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/373/flash_2655.pdf</t>
   </si>
   <si>
     <t>Flash 2655._x000D_
-PROJETO DE LEI Nº 26/87. Autoriza o Poder Executivo a fazer cessão de bens imóveis do município, em regime de comodato, à Fundação Hospitalar de Montes Claros, localizados na Avenida João XXIII, bairro Edgar Pereira. (Hospital Aroldo Tourinho). (Referente à Lei nº 1.657, de 14/10/1987)._x000D_
+PROJETO DE LEI Nº 26/87. Autoriza o Poder Executivo a fazer cessão de bens imóveis do município, em regime de comodato, à Fundação Hospitalar de Montes Claros, localizados na Avenida João XXIII, bairro Edgar Pereira. (Hospital Aroldo Tourinho). (Referente à Lei nº 1.654, de 13/10/1987)._x000D_
 José Paulo Ferreira Gomes (Presidente)</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/375/flash_2656.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/375/flash_2656.pdf</t>
   </si>
   <si>
     <t>Flash 2656._x000D_
 PROJETO DE LEI Nº 27/87.  Autoriza o Poder Executivo a fazer doação de terreno ao Estado de Minas Gerais, com área de 4.260,00 m2, localizado no Conjunto Habitacional Presidente Tancredo Neves, bairro Renascença, para construção de almoxarifado e oficina de manutenção, conforme solicitação do Centro Regional de Saúde. (Referente à Lei nº 1.655, de 14/10/1987)._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/376/flash_2657.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/376/flash_2657.pdf</t>
   </si>
   <si>
     <t>Flash 2657._x000D_
 PROJETO DE LEI Nº 29/87. Autoriza o Poder Executivo a fazer doação de terreno ao Estado de Minas Gerais, com área de 960,00 m², localizado na Vila Sion II, para edificação de um Posto de Saúde. (Referente à Lei nº 1.658, de 28/10/1987)._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/378/flash_2658.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/378/flash_2658.pdf</t>
   </si>
   <si>
     <t>Flash 2658._x000D_
 PROJETO DE LEI Nº 34/87. Autoriza o Poder Executivo a fazer doação de terreno à Escola Profissionalizante Filhos de Hiram, com área de 990,00 m², localizado no Conjunto Habitacional Presidente Tancredo Neves, bairro Renascença. (Referente à Lei nº 1.663, de 18/11/1987)._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/413/flash_2686.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/413/flash_2686.pdf</t>
   </si>
   <si>
     <t>Flash 2686._x000D_
-PROJETO DE LEI Nº 21/87. Autoriza o Poder Executivo a conceder aos contribuintes do município, a remissão de penalidades sobre débitos com os cofres municipais._x000D_
+PROJETO DE LEI Nº 21/87. Autoriza o Poder Executivo a conceder aos contribuintes do município, a remissão de penalidades sobre débitos com os cofres municipais. (Referente à Lei nº 1.650, de 23/09/1987)._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/441/flash_2702.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/441/flash_2702.pdf</t>
   </si>
   <si>
     <t>Flash 2702._x000D_
 PROJETO DE LEI Nº 04/87. Modifica dispositivos da Lei nº 1.477, de 06/09/1984, que regulamenta o serviço de Transporte Coletivo Urbano no Município de Montes Claros. (Referente à Lei nº 1.637, de 22/05/1987).   _x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/443/flash_2703.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/443/flash_5703.pdf</t>
   </si>
   <si>
     <t>Flash 2703._x000D_
 PROJETO DE LEI Nº 16/87. (REVOGADA). Modifica a Lei nº 1.424, de 21/09/1983, que dispõe sobre a estrutura da Secretaria de Desenvolvimento Econômico do Município. (Referente à Lei nº 1.644, de 07/07/1987, que foi posteriormente revogada pela Lei nº 1.696, de 30/06/1988)._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/445/flash_2704.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/445/flash_2704.pdf</t>
   </si>
   <si>
     <t>Flash 2704._x000D_
-PROJETO DE LEI Nº 28/87. Prorroga o prazo de remissão das penalidades previstas na Lei nº 1.650, de 23/09/1987._x000D_
+PROJETO DE LEI Nº 28/87. Prorroga o prazo de remissão das penalidades previstas na Lei nº 1.650, de 23/09/1987. (Referente à Lei nº 1.657, de 28/10/1987)._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/446/flash_2705.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/446/flash_2705.pdf</t>
   </si>
   <si>
     <t>Flash 2705._x000D_
-PROJETO DE LEI Nº 37/87. Dá nova redação ao Artigo 6º, da Lei nº 1.661, de 16/11/1987, que dispõe sobre a Proposta Orçamentária do Município, para o ano de 1988._x000D_
+PROJETO DE LEI Nº 37/87. Dá nova redação ao Artigo 6º, da Lei nº 1.661, de 16/11/1987, que dispõe sobre a Proposta Orçamentária do Município, para o ano de 1988. (Referente à Lei nº 1.666, de 23/12/1987)._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/448/flash_2706.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/448/flash_2706.pdf</t>
   </si>
   <si>
     <t>Flash 2706._x000D_
 PROJETO DE LEI Nº 38/87. (REVOGADA). Modifica o Artigo 44, da Lei nº 1.442, de 19/12/1983, que dispõe sobre os serviços passíveis da cobrança do Imposto Sobre Serviços de Qualquer Natureza - ISSQN. (Referente à Lei nº 1.667, de 29/12/1987, que foi posteriormente revogada pela Lei nº 1.889, de 28/12/1990)._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/453/flash_2710.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/453/flash_2710.pdf</t>
   </si>
   <si>
     <t>Flash 2710._x000D_
 PROJETO DE LEI Nº 03/87. (VETADO PARCIALMENTE). Regulamenta a atividade do "comércio ambulante" e de "camelôs", no Município de Montes Claros. (Recebeu veto parcial do Poder Executivo - ver flash 2804)._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/459/flash_2714.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/459/flash_2714.pdf</t>
   </si>
   <si>
     <t>Flash 2714._x000D_
-PROJETO DE LEI Nº 33/87.  Altera o limite de suplementação de dotações orçamentárias no orçamento vigente, e dá outras providências._x000D_
+PROJETO DE LEI Nº 33/87.  Altera o limite de suplementação de dotações orçamentárias no orçamento vigente, e dá outras providências. (Referente à Lei nº 1.662, de 18/11/1987)._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>MESA DIRETORA - MESA</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/464/flash_2717.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/464/flash_2717.pdf</t>
   </si>
   <si>
     <t>Flash 2717._x000D_
 PROJETO DE LEI Nº 14/87. Reorganiza o quadro de pessoal do Legislativo Municipal de Montes Claros; extingue e cria cargos, e, dá outras providências. (Referente à Lei nº 1.643, de 19/06/1987)._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/487/flash_2730.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/487/flash_2730.pdf</t>
   </si>
   <si>
     <t>Flash 2730._x000D_
 PROJETO DE LEI Nº 08/87.  Aprova tabelas de vencimentos dos estatutários, estabelece a equivalência salarial dos aposentados, dispõe sobre as gratificações, modifica o artigo 3º da Lei nº 1.088, de 20/07/1976 (Código de Obras), revoga o disposto no parágrafo 2º do artigo 3º da Lei nº 1.602, de 21/03/1986, e contém outras disposições._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Fabrício Juliano da Silva</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/585/flash_2781.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/585/flash_2781.pdf</t>
   </si>
   <si>
     <t>Flash 2781._x000D_
 PROJETO DE LEI S/Nº/1987. (NÃO VOTADO). Denomina a rua "Nathércio França", localizada na Vila Clarindo Lopes._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>José Paulo Ferreira Gomes</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/587/flash_2782.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/587/flash_2782.pdf</t>
   </si>
   <si>
     <t>Flash 2782._x000D_
 PROJETO DE LEI S/Nº/1987. (RETIRADO). Modifica a denominação da rua "José Joaquim Pereira", localizada no bairro Nossa Senhora de Fátima, para rua "Osvaldo José de Mello"._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Manoel Soares Lopes</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/589/flash_2783.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/589/flash_2783.pdf</t>
   </si>
   <si>
     <t>Flash 2783._x000D_
 PROJETO DE LEI S/Nº/1987. (NÃO VOTADO). Denomina a avenida "Serafim Facela", via pública que dá acesso ao loteamento Facela._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Conrado Pereira dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/590/flash_2784.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/590/flash_2784.pdf</t>
   </si>
   <si>
     <t>Flash 2784._x000D_
 PROJETO DE LEI S/Nº/1987. (NÃO VOTADO). Dispõe sobre a denominação de logradouros públicos, localizados no bairro Santos Reis. Restabelece a antiga denominação da Praça São Vicente e denomina a Praça Vital Soares Ruas, no local compreendido entre as ruas Geraldino Machado, São Tarcísio e Gregório Adriano._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Geraldo Honorato Marques</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/591/flash_2785.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/591/flash_2785.pdf</t>
   </si>
   <si>
     <t>Flash 2785._x000D_
 PROJETO DE LEI S/Nº/1987. (RETIRADO). Dispõe sobre a instituição do pagamento de "Contribuição Sindical", para empresas industriais, comerciais ou de prestação de serviços instaladas na cidade. _x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/597/flash_2591.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/597/flash_2591.pdf</t>
   </si>
   <si>
     <t>Flash 2591._x000D_
 PROJETO DE LEI Nº 15/87. (REVOGADA). Dispõe sobre a Organização Administrativa da Secretaria Municipal de Planejamento e Coordenação e da Secretaria Municipal de Serviços Urbanos; altera a Lei nº 1.359, de 28/10/1982, e dá outras providências. (Referente à Lei nº 1.645 de 07/07/1987, que foi posteriormente revogada pela Lei nº 1.696, de 30/06/1988)._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/598/flash_2592.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/598/flash_2592.pdf</t>
   </si>
   <si>
     <t>Flash 2592._x000D_
 PROJETO DE LEI Nº 17/87. Autoriza o Poder Executivo a fazer concessão de uso de próprios do município, mediante concorrência pública, localizados no Parque Florestal (Parque da Sapucaia). (Referente à Lei nº 1.646 de 09/07/1987)._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/600/flash_2593.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/600/flash_2593.pdf</t>
   </si>
   <si>
     <t>Flash 2593._x000D_
 PROJETO DE LEI Nº 23/87. Autoriza o Poder Executivo a proceder ao tombamento de bens móveis e imóveis, urbanos e rurais, destinados ao Acervo do Patrimônio Histórico, Artístico, Cultural, Arquitetônico e Natural do Município de Montes Claros, na forma da Lei nº 1.529, de 22/04/1985. (Referente à Lei nº 1.652 de 02/10/1987)._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>José Gonçalves de Freitas</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/601/flash_2786.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/601/flash_2786.pdf</t>
   </si>
   <si>
     <t>Flash 2786._x000D_
 PROJETO DE LEI S/Nº/1987. (PREJUDICADO). Denomina a rua "Geminiano Veloso", localizada na Vila Ipiranga. _x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/602/flash_2787.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/602/flash_2787.pdf</t>
   </si>
   <si>
     <t>Flash 2787._x000D_
 PROJETO DE LEI S/Nº/1987. (RETIRADO). Denomina a rua "Evangelina Batista", localizada no bairro Major Prates._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/603/flash_2594.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/603/flash_2594.pdf</t>
   </si>
   <si>
     <t>Flash 2594._x000D_
 PROJETO DE LEI Nº 22/87. Modifica a denominação da Fundação Hospital Municipal de Montes Claros para "Fundação Hospitalar de Montes Claros". (Referente à Lei nº 1.651 de 28/09/1987)._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>Osmar Pereira da Silva</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/605/flash_2788.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/605/flash_2788.pdf</t>
   </si>
   <si>
     <t>Flash 2788._x000D_
 PROJETO DE LEI S/Nº/1987. (RETIRADO). Modifica a denominação da rua "Santo Amaro", localizada no prolongamento do bairro São Judas, para rua "Padre Araújo"._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/607/flash_2789.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/607/flash_2789.pdf</t>
   </si>
   <si>
     <t>Flash 2789._x000D_
 PROJETO DE LEI S/Nº/1987. (REJEITADO). Dispõe sobre a doação de terreno à Fundação Assistencial dos Servidores do Ministério da Fazenda - ASSEFAZ/MG - Subseção de Montes Claros, com área de 540,00 m², localizada no bairro Ibituruna._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/608/flash_2790.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/608/flash_2790.pdf</t>
   </si>
   <si>
     <t>Flash 2790._x000D_
 PROJETO DE LEI S/Nº/1987. (NÃO VOTADO). Denomina a rua "Manoel de Freitas", localizada no bairro JK._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/610/flash_2791.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/610/flash_2791.pdf</t>
   </si>
   <si>
     <t>Flash 2791._x000D_
 PROJETO DE LEI S/Nº/1987. (REJEITADO). Autoriza o Poder Executivo a fazer doação de terreno à Associação Nipo-Brasileira do Norte de Minas, com área de 540,00 m², localizado no bairro Ibituruna._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/612/flash_2792.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/612/flash_2792.pdf</t>
   </si>
   <si>
     <t>Flash 2792._x000D_
 PROJETO DE LEI S/Nº/1987. (RETIRADO). Autoriza o Poder Executivo a contrair empréstimo com a Caixa Econômica Federal e dá outras providências._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/614/flash_2793.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/614/flash_2793.pdf</t>
   </si>
   <si>
     <t>Flash 2793._x000D_
 PROJETO DE LEI S/Nº/1987. (RETIRADO). Altera dispositivo da Lei nº de 1.091, de 24/07/1976, que dispõe sobre Medidas de Polícia Administrativa no Município de Montes Claros - Código de Posturas. (Sobre o horário de funcionamento do comércio no mês de dezembro)._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>Marco Antônio Pimentel</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/901/flash_2519.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/901/flash_2519.pdf</t>
   </si>
   <si>
     <t>Flash 2519._x000D_
 PROJETO DE LEI Nº 07/87. Denomina a rua "Zeny Pereira", localizada no bairro Melo, prolongamento do bairro Todos os Santos. (Referente à Lei nº 1.636, de 21/05/1987)._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/904/flash_2520.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/904/flash_2520.pdf</t>
   </si>
   <si>
     <t>Flash 2520._x000D_
 PROJETO DE LEI Nº 02/87. Denomina as ruas "Manoel Cândido Souto" e "José Prudêncio de Macedo", localizadas na Vila João Gordo. (Referente à Lei nº 1.633, de 08/05/1987)._x000D_
 José Paulo Ferreira Gomes (Presidente)</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/910/flash_2521.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/910/flash_2521.pdf</t>
   </si>
   <si>
     <t>Flash 2521._x000D_
 PROJETO DE LEI Nº 05/87. Denomina de rua "Raimundo Penalva", a via pública lateral ao prédio da Prefeitura Municipal, localizada no Centro. (Referente à Lei nº 1.634, de 21/05/1987).    _x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>Cláudio Avelino Pereira</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/911/flash_2522.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/911/flash_2522.pdf</t>
   </si>
   <si>
     <t>Flash 2522._x000D_
 PROJETO DE LEI Nº 18/87. Modifica a denominação da Avenida Ouro Preto, localizada no bairro Ibituruna, para "Avenida Padre Janjão". (Referente à Lei nº 1.647, de 08/08/1987). _x000D_
 José Paulo Ferreira Gomes (Presidente)</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/923/flash_2523.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/923/flash_2523.pdf</t>
   </si>
   <si>
     <t>Flash 2523._x000D_
 PROJETO DE LEI Nº 30/87. Denomina vias públicas localizadas nos bairros Alterosas e Dona Gregória: No bairro Alterosas: Rua da Fraternidade, Rua da Concórdia, Rua da Esperança, Rua da Solidariedade, Rua da Aliança, Rua da União, Rua da Vitória, Rua da Democracia, Rua do Operário, Rua do Ancião, Rua da Juventude e Avenida da Liberdade. No bairro Dona Gregória: Rua Zuza Engraxate. (Referente à Lei nº 1.660, de 28/10/1987)._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>José Nardel Alves de Almeida</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/926/flash_2524.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/926/flash_2524.pdf</t>
   </si>
   <si>
     <t>Flash 2524._x000D_
 PROJETO DE LEI Nº 31/87. Denomina as ruas "Aracajú", "Maceió" "Antônia Rodrigues", "São Luiz", "Macapá", "João Pessoa" e "Olinda", localizadas no bairro Santo Antônio. (Referente à Lei nº 1.659, de 28/10/1987).  _x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/930/flash_2525.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/930/flash_2525.pdf</t>
   </si>
   <si>
     <t>Flash 2525._x000D_
 PROJETO DE LEI Nº 24/87. Denomina a "Praça Evangelina Batista", localizada no bairro Major Prates. (Referente à Lei nº 1.653, de 08/10/1987)._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/934/flash_2526.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/934/flash_2526.pdf</t>
   </si>
   <si>
     <t>Flash 2526._x000D_
 PROJETO DE LEI Nº 02/88. Denomina a rua "Terezinha Barbosa Seixas", localizada no bairro Morada do Sol. (Referente à Lei nº 1.670, de 01/03/1988)._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/936/flash_2527.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/936/flash_2527.pdf</t>
   </si>
   <si>
     <t>Flash 2527._x000D_
 PROJETO DE LEI Nº 19/88. Denomina as ruas "Baltazar Geraldo Gonçalves", "Adelaide Vieira de Sá" e "Carlos Murilo Ribeiro", localizadas no bairro Vila Regina. (Referente à Lei nº 1.684, de 18/05/1988).      _x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/938/flash_2528.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/938/flash_2528.pdf</t>
   </si>
   <si>
     <t>Flash 2528._x000D_
 PROJETO DE LEI Nº 15/88. Denomina vias públicas nos bairros Alcides Rabelo, Monte Carmelo e Vera Cruz. No bairro Alcides Rabelo: rua "Antônio Cardoso da Mata", rua "Malaquias Pimenta", rua "Diva Soares Pimenta" e rua "Giovanni Fagundes de Souza". No bairro Monte Carmelo: rua "Etelvina Feliciana de Oliveira". No bairro Vera Cruz: rua "José Ribeiro da Silva". (Referente à Lei nº 1.681, de 18/05/1988).      _x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/939/flash_2529.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/939/flash_2529.pdf</t>
   </si>
   <si>
     <t>Flash 2529._x000D_
 PROJETO DE LEI Nº 01/88. Denomina a Praça de Esportes do Município de Montes Claros: "Praça de Esportes Engenheiro Newton Veloso". (Referente à Lei nº 1.671, de 01/03/1988)._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/940/flash_2530.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/940/flash_2530.pdf</t>
   </si>
   <si>
     <t>Flash 2530._x000D_
 PROJETO DE LEI Nº 03/88. Denomina a "Praça Joana Durães Ferro", localizada na divisa dos bairros Melo com Jardim São Luiz. (Referente à Lei nº 1.672, de 01/03/1988)._x000D_
 José Paulo Ferreira Lopes (Presidente).</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/941/flash_2531.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/941/flash_2531.pdf</t>
   </si>
   <si>
     <t>Flash 2531._x000D_
 PROJETO DE LEI Nº 06/88. Modifica a denominação da Avenida Leste, localizada no bairro Jardim Alvorada, para "Avenida Engenheiro Rolando Trindade". (Referente à Lei nº 1.677, de 29/03/1988)._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/942/flash_2532.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/942/flash_2532.pdf</t>
   </si>
   <si>
     <t>Flash 2532._x000D_
 PROJETO DE LEI Nº 04/88 . Denomina oficialmente o "Bairro Santa Laura" e denomina também as seguintes vias públicas: rua "Armelindo Dias", rua "Joaquim Rodrigues", rua "Artur Domingues", rua "Januário Juliano", rua "Clemente Barbosa", rua "Cândida Ribeiro", rua "Jorge Corrêa de Brito" e rua "Geraldo Francisco de Assis". (Referente à Lei nº 1.669, de 18/02/1988)._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/965/flash_2574f.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/965/flash_2574f.pdf</t>
   </si>
   <si>
     <t>Flash 2574F._x000D_
 PROJETO DE LEI Nº 01/1987. (ALTERADA). Modifica a denominação da Escola Municipal Jaime Nogueira, situada na localidade de Tabúas, para Escola Municipal "Manoel Pereira Fernandes". (Referente à Lei nº 1.632, de 09/04/1987, que foi posteriormente alterada pela Lei nº 2.560, de 29/12/1997 - ver flash 4713)._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/966/flash_2574g.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/966/flash_2574g.pdf</t>
   </si>
   <si>
     <t>Flash 2574G._x000D_
-PROJETO DE LEI Nº 10/1987. Denomina a Escola Municipal "Antônio Pereira Gomes", instalada na localidade denominada Mangarito, no Distrito de Santa Rosa de Lima. _x000D_
+PROJETO DE LEI Nº 10/1987. Denomina a Escola Municipal "Antônio Pereira Gomes", instalada na localidade denominada Mangarito, no Distrito de Santa Rosa de Lima. (Referente à Lei nº 1.640, de 05/06/1987)._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Maria Aparecida Bispo de Moura</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/899/flash_2972.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/899/flash_2972.pdf</t>
   </si>
   <si>
     <t>Flash 2972._x000D_
 PROJETO DE RESOLUÇÃO S/Nº/1987. (RETIRADO). Concede o Título de Cidadã Honorária de Montes Claros à Vice-governadora do Estado de Minas Gerais, Júnia Marise._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/900/flash_2973.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/900/flash_2973.pdf</t>
   </si>
   <si>
     <t>Flash 2973._x000D_
 PROJETO DE RESOLUÇÃO S/Nº/1987. (RETIRADO). Concede o Título de Cidadão Honorário de Montes Claros ao senador de Minas Gerais, Ronan Tito._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/902/flash_2974.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/902/flash_2974.pdf</t>
   </si>
   <si>
     <t>Flash 2974._x000D_
 PROJETO DE RESOLUÇÃO S/Nº/1987. (RETIRADO). Dispõe sobre a remuneração de vereadores da Câmara Municipal de Montes Claros._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/903/flash_2975.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/903/flash_2975.pdf</t>
   </si>
   <si>
     <t>Flash 2975._x000D_
 PROJETO DE RESOLUÇÃO S/Nº/1987. (REJEITADO). Modifica o parágrafo 2º, do artigo 133 do Regimento Interno da Câmara Municipal de Montes Claros._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/905/flash_2976.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/905/flash_2976.pdf</t>
   </si>
   <si>
     <t>Flash 2976._x000D_
 PROJETO DE RESOLUÇÃO S/Nº/1987. (REJEITADO). Concede o Título de Cidadão Honorário de Montes Claros ao doutor José da Conceição Santos._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>11786</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/11786/flash_4377b.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/11786/flash_4377b.pdf</t>
   </si>
   <si>
     <t>Flash 4377B._x000D_
 PROJETO DE RESOLUÇÃO S/Nº/1987. (NÃO VOTADO). Concede o Título de Cidadão Honorário a José Maria Magalhães._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Jorge Tadeu Guimarães</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/919/flash_2990.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/919/flash_2990.pdf</t>
   </si>
   <si>
     <t>Flash 2990._x000D_
 Requerimentos do vereador Jorge Tadeu Guimarães, apresentados à Câmara Municipal de Montes Claros, nos meses de outubro e novembro de 1987._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
     <t>VET</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/634/flash_2804.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/634/flash_2804.pdf</t>
   </si>
   <si>
     <t>Flash 2804._x000D_
 VETO PARCIAL AO PROJETO DE LEI Nº 03/87. Regulamenta a atividade de comércio ambulante e de camelôs no Município de Montes Claros. (1 artigo MANTIDO e outro REJEITADO)._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>8366</t>
   </si>
   <si>
     <t>ATA</t>
   </si>
   <si>
     <t>Ata</t>
   </si>
   <si>
     <t>ATL - ATL</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/8366/flash_2368.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/8366/flash_2368.pdf</t>
   </si>
   <si>
     <t>Flash 2368._x000D_
 Atas das sessões da Câmara Municipal de Montes Claros, do período de 27/01 a 29/12/1987._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
     <t>RES</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/642/flash_2809.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/642/flash_2809.pdf</t>
   </si>
   <si>
     <t>Flash 2809._x000D_
 RESOLUÇÃO Nº 557, de 06/06/1987. Aprova convênio de cooperação técnica entre a Secretaria de Estado dos Transportes e o Município de Montes Claros, para realização de estudos destinados à elaboração do Projeto de Adequação e Aumento da Capacidade e Segurança de Trânsito, bem como o Projeto de Transporte Público por Ônibus._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/644/flash_2810.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/644/flash_2810.pdf</t>
   </si>
   <si>
     <t>Flash 2810._x000D_
 RESOLUÇÃO Nº 568, de 17/12/1987. Aprova convênio de cooperação celebrado entre a Coordenadoria Estadual de Defesa Civil - CEDEC/MG e a Prefeitura Municipal de Montes Claros, visando criar condições de atendimento e abastecimento de água às populações atingidas pelas estiagens na área mineira da SUDENE._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/667/flash_2819.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/667/flash_2819.pdf</t>
   </si>
   <si>
     <t>Flash 2819._x000D_
 RESOLUÇÃO Nº 558, de 26/06/1987. Cria a  Comissão de Saúde e a Comissão de Educação, de caráter permanente, no âmbito Câmara Municipal de Montes Claros._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/687/flash_2826.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/687/flash_2826.pdf</t>
   </si>
   <si>
     <t>Flash 2826._x000D_
 RESOLUÇÃO Nº 560, de 30/06/1987. Concede a "Medalha de Honra Montes Claros" ao Prefeito de Montes Claros, doutor Luiz Tadeu Leite._x000D_
 Manoel Soares Lopes (Presidente).</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
     <t>João Hamilton Silveira</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/708/flash_2836.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/708/flash_2836.pdf</t>
   </si>
   <si>
     <t>Flash 2836._x000D_
 RESOLUÇÃO Nº 559, de 30/06/1987. Concede o Título de Cidadão Benemérito de Montes Claros ao vice-prefeito de Montes Claros, doutor Mário Ribeiro da Silveira._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
     <t>Afonso Brandão Madureira, Alvimar Gonçalves de Oliveira, Carlos Welth Pimenta de Figueiredo, Conrado Pereira dos Santos, Geraldo Honorato Marques, José Gonçalves de Freitas, José Nardel Alves de Almeida, José Paulo Ferreira Gomes, João Batista de Oliveira, João Hamilton Silveira, Manoel Soares Lopes, Marco Antônio Pimentel, Maria Aparecida Bispo de Moura, Osmar Pereira da Silva, Sérgio Rocha Souza</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/754/flash_2863.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/754/flash_2863.pdf</t>
   </si>
   <si>
     <t>Flash 2863._x000D_
 RESOLUÇÃO Nº 553, de 14/04/1987. Concede o Título de Cidadão Honorário de Montes Claros ao Governador do Estado de Minas Gerais, Newton Cardoso._x000D_
 Manoel Soares Lopes (Presidente).</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
     <t>Sérgio Rocha Souza</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/756/flash_2864.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/756/flash_2864.pdf</t>
   </si>
   <si>
     <t>Flash 2864._x000D_
 RESOLUÇÃO Nº 566, de 29/09/1987. Concede o Título de Cidadão Honorário de Montes Claros a José Eustáquio de Paiva (Capitão da Polícia Militar)._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/770/flash_2871.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/770/flash_2871.pdf</t>
   </si>
   <si>
     <t>Flash 2871._x000D_
 RESOLUÇÃO Nº 555, de 05/05/1987. Concede o Título de Insigne Benfeitor de Montes Claros ao jornalista Felipe Antônio Guimarães Gabrich._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/783/flash_2882.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/783/flash_2882.pdf</t>
   </si>
   <si>
     <t>Flash 2882._x000D_
 RESOLUÇÃO Nº 561, de 30/06/1987. Modifica dispositivos da Resolução nº 277, de 28/12/1977, que dispõe sobre o Regimento Interno da Câmara Municipal de Montes Claros; revoga a Resolução nº 488, de 25/08/1984._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/784/flash_2883.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/784/flash_2883.pdf</t>
   </si>
   <si>
     <t>Flash 2883._x000D_
 RESOLUÇÃO Nº 564, de 18/08/1987. Acrescenta dispositivo à Resolução nº 277, de 28/12/1977, que dispõe sobre o Regimento Interno da Câmara Municipal de Montes Claros._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/800/flash_2895.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/800/flash_2895.pdf</t>
   </si>
   <si>
     <t>Flash 2895._x000D_
 RESOLUÇÃO Nº 551, de 17/02/1987. Altera dispositivos da Resolução nº 548, de 18/11/1986, que trata dos vencimentos atribuídos aos servidores investidos nos cargos de Recepcionista e Arquivista da Câmara Municipal de Montes Claros._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/814/flash_2908.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/814/flash_2908.pdf</t>
   </si>
   <si>
     <t>Flash 2908._x000D_
 RESOLUÇÃO Nº 562, de 02/07/1987. Dispõe sobre a remuneração de Vereadores da Câmara Municipal de Montes Claros._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/815/flash_2909.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/815/flash_2909.pdf</t>
   </si>
   <si>
     <t>Flash 2909._x000D_
 RESOLUÇÃO Nº 563, de 18/08/1987. Atualiza os subsídios dos Vereadores da Câmara Municipal de Montes Claros._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/847/flash_2934.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/847/flash_2934.pdf</t>
   </si>
   <si>
     <t>Flash 2934._x000D_
 RESOLUÇÃO Nº 552, de 17/03/1987. Considera de utilidade pública a "Legião de Assistência Recuperadora – LAR"._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/848/flash_2935.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/848/flash_2935.pdf</t>
   </si>
   <si>
     <t>Flash 2935._x000D_
 RESOLUÇÃO Nº 554, de 21/04/1987. Considera de utilidade pública o "Banco de Leite para crianças Desnutridas e Deficientes"._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
     <t>Carlos Welth Pimenta de Figueiredo</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/850/flash_2936.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/850/flash_2936.pdf</t>
   </si>
   <si>
     <t>Flash 2936._x000D_
 RESOLUÇÃO Nº 556, de 02/06/1987. Considera de utilidade pública a "Fundação Hospital Municipal de Montes Claros"._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/852/flash_2937.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/852/flash_2937.pdf</t>
   </si>
   <si>
     <t>Flash 2937._x000D_
 RESOLUÇÃO Nº 565, de 22/09/1987. Considera de utilidade pública o "Grupo de Oração e Reflexão do Divino Espírito Santo - GORDES"._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/853/flash_2938.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/853/flash_2938.pdf</t>
   </si>
   <si>
     <t>Flash 2938._x000D_
 RESOLUÇÃO Nº 567, de 06/10/1987. Considera de utilidade pública a "Instituição Espírita de Caridade Nosso Lar"._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -1576,68 +1576,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/336/flash_2383.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/346/flash_2393.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/347/flash_2394.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/363/flash_2410.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/364/flash_2411.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/365/flash_2650.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/367/flash_2651.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/369/flash_2652.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/370/flash_2653.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/372/flash_2654.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/373/flash_2655.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/375/flash_2656.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/376/flash_2657.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/378/flash_2658.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/413/flash_2686.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/441/flash_2702.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/443/flash_2703.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/445/flash_2704.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/446/flash_2705.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/448/flash_2706.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/453/flash_2710.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/459/flash_2714.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/464/flash_2717.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/487/flash_2730.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/585/flash_2781.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/587/flash_2782.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/589/flash_2783.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/590/flash_2784.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/591/flash_2785.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/597/flash_2591.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/598/flash_2592.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/600/flash_2593.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/601/flash_2786.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/602/flash_2787.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/603/flash_2594.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/605/flash_2788.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/607/flash_2789.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/608/flash_2790.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/610/flash_2791.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/612/flash_2792.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/614/flash_2793.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/901/flash_2519.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/904/flash_2520.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/910/flash_2521.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/911/flash_2522.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/923/flash_2523.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/926/flash_2524.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/930/flash_2525.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/934/flash_2526.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/936/flash_2527.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/938/flash_2528.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/939/flash_2529.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/940/flash_2530.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/941/flash_2531.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/942/flash_2532.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/965/flash_2574f.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/966/flash_2574g.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/899/flash_2972.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/900/flash_2973.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/902/flash_2974.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/903/flash_2975.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/905/flash_2976.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/11786/flash_4377b.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/919/flash_2990.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/634/flash_2804.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/8366/flash_2368.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/642/flash_2809.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/644/flash_2810.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/667/flash_2819.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/687/flash_2826.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/708/flash_2836.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/754/flash_2863.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/756/flash_2864.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/770/flash_2871.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/783/flash_2882.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/784/flash_2883.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/800/flash_2895.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/814/flash_2908.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/815/flash_2909.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/847/flash_2934.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/848/flash_2935.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/850/flash_2936.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/852/flash_2937.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/853/flash_2938.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/336/flash_2383.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/346/flash_2393.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/347/flash_2394.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/363/flash_2410.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/364/flash_2411.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/365/flash_2650.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/367/flash_2651.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/369/flash_2652.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/370/flash_2653.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/372/flash_2654.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/373/flash_2655.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/375/flash_2656.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/376/flash_2657.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/378/flash_2658.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/413/flash_2686.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/441/flash_2702.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/443/flash_5703.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/445/flash_2704.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/446/flash_2705.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/448/flash_2706.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/453/flash_2710.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/459/flash_2714.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/464/flash_2717.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/487/flash_2730.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/585/flash_2781.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/587/flash_2782.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/589/flash_2783.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/590/flash_2784.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/591/flash_2785.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/597/flash_2591.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/598/flash_2592.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/600/flash_2593.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/601/flash_2786.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/602/flash_2787.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/603/flash_2594.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/605/flash_2788.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/607/flash_2789.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/608/flash_2790.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/610/flash_2791.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/612/flash_2792.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/614/flash_2793.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/901/flash_2519.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/904/flash_2520.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/910/flash_2521.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/911/flash_2522.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/923/flash_2523.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/926/flash_2524.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/930/flash_2525.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/934/flash_2526.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/936/flash_2527.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/938/flash_2528.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/939/flash_2529.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/940/flash_2530.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/941/flash_2531.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/942/flash_2532.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/965/flash_2574f.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/966/flash_2574g.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/899/flash_2972.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/900/flash_2973.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/902/flash_2974.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/903/flash_2975.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/905/flash_2976.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/11786/flash_4377b.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/919/flash_2990.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/634/flash_2804.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/8366/flash_2368.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/642/flash_2809.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/644/flash_2810.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/667/flash_2819.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/687/flash_2826.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/708/flash_2836.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/754/flash_2863.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/756/flash_2864.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/770/flash_2871.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/783/flash_2882.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/784/flash_2883.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/800/flash_2895.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/814/flash_2908.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/815/flash_2909.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/847/flash_2934.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/848/flash_2935.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/850/flash_2936.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/852/flash_2937.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1987/853/flash_2938.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H85"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="92.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="91.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>