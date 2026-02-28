--- v0 (2025-12-21)
+++ v1 (2026-02-28)
@@ -593,51 +593,51 @@
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/489/flash_2731.pdf</t>
   </si>
   <si>
     <t>Flash 2731._x000D_
 PROJETO DE LEI Nº 20/88. Estabelece novas tabelas de vencimentos para os servidores estatutários da municipalidade._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>Geraldo Honorato Marques</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/490/flash_2554.pdf</t>
+    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/490/flash_2454.pdf</t>
   </si>
   <si>
     <t>Flash 2554._x000D_
 PROJETO DE LEI Nº 80/88. Denomina a "Rua Norberto Pereira Soares", a "Rua Brasiliano Durães de Vasconcelos", a "Rua Diva Pimenta"(conhecida como rua Santiago Piacenza) e a "Praça Rita Fernandes", localizadas na Vila Ipiranga. (Referente à Lei nº 1.744, de 15/12/1988).         _x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/492/flash_2732.pdf</t>
   </si>
   <si>
     <t>Flash 2732._x000D_
 PROJETO DE LEI Nº 27/88. (REVOGADA). Aprova tabelas de vencimentos do pessoal estatutário, estabelece equivalência salarial dos aposentados, dispõe sobre gratificações e dá outras providências. (Referente à Lei 1.690 de 14/06/88, que foi posteriormente revogada pela Lei nº 2.891 de 30/04/2001)._x000D_
 José Paulo Ferreira Gomes (Presidente).</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>40</t>
@@ -2287,51 +2287,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/337/flash_2384.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/338/flash_2385.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/339/flash_2386.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/340/flash_2387.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/341/flash_2388.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/348/flash_2395.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/354/flash_2401.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/366/flash_2412.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/379/flash_2659.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/380/flash_2660.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/381/flash_2661.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/382/flash_2662.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/383/flash_2663.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/385/flash_2664.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/386/flash_2665.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/388/flash_2666.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/389/flash_2667.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/390/flash_2668.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/392/flash_2669.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/393/flash_2670.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/394/flash_2671.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/395/flash_2672.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/396/flash_2673.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/405/flash_2680.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/407/flash_2681.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/408/flash_2682.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/410/flash_2683.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/449/flash_2707.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/450/flash_2708.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/466/flash_2718.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/467/flash_2719.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/477/flash_2549.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/478/flash_2550.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/481/flash_2551.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/485/flash_2552.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/488/flash_2553.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/489/flash_2731.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/490/flash_2554.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/492/flash_2732.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/493/flash_2555.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/495/flash_2733.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/496/flash_2556.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/497/flash_2734.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/499/flash_2735.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/500/flash_2557.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/501/flash_2736.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/504/flash_2738.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/505/flash_2739.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/507/flash_2558.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/509/flash_2559.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/512/flash_2560.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/530/flash_2561.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/531/flash_2562.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/534/flash_2563.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/536/flash_2564.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/539/flash_2565.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/542/flash_2566.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/543/flash_2567.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/546/flash_2568.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/549/flash_2569.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/552/flash_2570.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/553/flash_2571.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/554/flash_2572.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/555/flash_2573.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/557/flash_2574.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/606/flash_2595.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/609/flash_2596.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/611/flash_2597.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/613/flash_2598.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/616/flash_2794.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/617/flash_2599.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/618/flash_2795.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/619/flash_2600.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/620/flash_2796.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/621/flash_2797.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/622/flash_2601.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/623/flash_2798.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/624/flash_2602.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/625/flash_2799.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/626/flash_2603.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/628/flash_2604.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/635/flash_2607.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/943/flash_2533.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/944/flash_2534.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/945/flash_2535.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/947/flash_2536.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/948/flash_2537.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/949/flash_2538.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/950/flash_2539.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/951/flash_2540.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/952/flash_2541.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/953/flash_2542.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/954/flash_2543.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/955/flash_2544.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/956/flash_2545.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/958/flash_2546.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/961/flash_2547.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/963/flash_2548.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/967/flash_2574h.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/968/flash_2574i.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/906/flash_2977.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/907/flash_2978.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/9057/flash_2805.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/8371/flash_2369.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/630/flash_2802.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/651/flash_2811.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/653/flash_2812.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/655/flash_2813.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/657/flash_2814.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/659/flash_2815.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/660/flash_2816.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/680/flash_2822.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/681/flash_2823.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/689/flash_2827.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/709/flash_2837.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/710/flash_2838.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/757/flash_2865.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/766/flash_2866.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/767/flash_2867.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/768/flash_2868.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/771/flash_2869.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/772/flash_2872.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/816/flash_2910.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/817/flash_2911.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/818/flash_2912.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/854/flash_2939.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/856/flash_2940.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/858/flash_2941.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/860/flash_2942.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/861/flash_2943.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/863/flash_2944.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/864/flash_2945.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/866/flash_2946.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/867/flash_2947.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/868/flash_2948.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/869/flash_2949.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/871/flash_2950.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/337/flash_2384.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/338/flash_2385.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/339/flash_2386.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/340/flash_2387.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/341/flash_2388.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/348/flash_2395.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/354/flash_2401.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/366/flash_2412.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/379/flash_2659.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/380/flash_2660.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/381/flash_2661.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/382/flash_2662.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/383/flash_2663.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/385/flash_2664.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/386/flash_2665.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/388/flash_2666.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/389/flash_2667.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/390/flash_2668.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/392/flash_2669.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/393/flash_2670.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/394/flash_2671.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/395/flash_2672.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/396/flash_2673.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/405/flash_2680.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/407/flash_2681.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/408/flash_2682.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/410/flash_2683.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/449/flash_2707.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/450/flash_2708.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/466/flash_2718.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/467/flash_2719.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/477/flash_2549.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/478/flash_2550.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/481/flash_2551.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/485/flash_2552.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/488/flash_2553.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/489/flash_2731.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/490/flash_2454.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/492/flash_2732.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/493/flash_2555.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/495/flash_2733.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/496/flash_2556.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/497/flash_2734.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/499/flash_2735.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/500/flash_2557.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/501/flash_2736.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/504/flash_2738.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/505/flash_2739.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/507/flash_2558.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/509/flash_2559.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/512/flash_2560.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/530/flash_2561.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/531/flash_2562.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/534/flash_2563.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/536/flash_2564.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/539/flash_2565.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/542/flash_2566.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/543/flash_2567.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/546/flash_2568.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/549/flash_2569.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/552/flash_2570.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/553/flash_2571.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/554/flash_2572.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/555/flash_2573.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/557/flash_2574.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/606/flash_2595.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/609/flash_2596.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/611/flash_2597.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/613/flash_2598.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/616/flash_2794.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/617/flash_2599.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/618/flash_2795.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/619/flash_2600.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/620/flash_2796.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/621/flash_2797.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/622/flash_2601.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/623/flash_2798.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/624/flash_2602.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/625/flash_2799.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/626/flash_2603.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/628/flash_2604.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/635/flash_2607.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/943/flash_2533.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/944/flash_2534.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/945/flash_2535.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/947/flash_2536.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/948/flash_2537.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/949/flash_2538.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/950/flash_2539.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/951/flash_2540.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/952/flash_2541.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/953/flash_2542.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/954/flash_2543.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/955/flash_2544.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/956/flash_2545.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/958/flash_2546.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/961/flash_2547.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/963/flash_2548.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/967/flash_2574h.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/968/flash_2574i.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/906/flash_2977.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/907/flash_2978.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/9057/flash_2805.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/8371/flash_2369.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/630/flash_2802.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/651/flash_2811.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/653/flash_2812.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/655/flash_2813.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/657/flash_2814.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/659/flash_2815.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/660/flash_2816.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/680/flash_2822.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/681/flash_2823.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/689/flash_2827.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/709/flash_2837.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/710/flash_2838.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/757/flash_2865.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/766/flash_2866.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/767/flash_2867.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/768/flash_2868.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/771/flash_2869.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/772/flash_2872.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/816/flash_2910.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/817/flash_2911.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/818/flash_2912.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/854/flash_2939.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/856/flash_2940.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/858/flash_2941.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/860/flash_2942.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/861/flash_2943.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/863/flash_2944.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/864/flash_2945.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/866/flash_2946.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/867/flash_2947.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/868/flash_2948.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/869/flash_2949.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1988/871/flash_2950.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H138"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="32.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="90.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>