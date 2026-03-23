--- v0 (2025-12-28)
+++ v1 (2026-03-23)
@@ -54,2396 +54,2396 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
     <t>1990</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica Municipal</t>
   </si>
   <si>
     <t>José Corrêa Machado</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1027/flash_3453.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1027/flash_3453.pdf</t>
   </si>
   <si>
     <t>Flash 3453._x000D_
 PROJETO DE EMENDA (RETIRADO). Acrescenta parágrafo ao artigo 109 da Lei Orgânica do Município._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Marlene Tavares Cardoso</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1030/flash_3454.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1030/flash_3454.pdf</t>
   </si>
   <si>
     <t>Flash 3454._x000D_
 PROJETO DE EMENDA (RETIRADO). Acrescenta dispositivos ao artigo 204 da Lei Orgânica do Município._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Gilmar Ribeiro dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1032/flash_3455.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1032/flash_3455.pdf</t>
   </si>
   <si>
     <t>Flash 3455._x000D_
 PROJETO DE EMENDA (RETIRADO). Modifica o artigo 129 da Lei Orgânica do Município._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1034/flash_3456.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1034/flash_3456.pdf</t>
   </si>
   <si>
     <t>Flash 3456._x000D_
 PROJETO DE EMENDA (RETIRADO). Acrescenta parágrafos ao artigo 110 da Lei Orgânica do Município._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>José Hélio Guimarães de Carvalho</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1037/flash_3457.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1037/flash_3457.pdf</t>
   </si>
   <si>
     <t>Flash 3457._x000D_
 PROJETO DE EMENDA (NÃO VOTADO). Emenda ao Projeto de Emenda que acrescenta parágrafos ao artigo 110 da Lei Orgânica do Município._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>José Gonzaga Pereira</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1038/flash_3458.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1038/flash_3458.pdf</t>
   </si>
   <si>
     <t>Flash 3458._x000D_
 PROJETO DE EMENDA (NÃO VOTADO). Acrescenta parágrafo ao artigo 114 da Lei Orgânica do Município._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1042/flash_3459.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1042/flash_3459.pdf</t>
   </si>
   <si>
     <t>Flash 3459._x000D_
 PROJETO DE EMENDA (NÃO VOTADO). Acrescenta dispositivo ao artigo 204 da Lei Orgânica do Município._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Carlos Welth Pimenta de Figueiredo</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1045/flash_3460.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1045/flash_3460.pdf</t>
   </si>
   <si>
     <t>Flash 3460._x000D_
 PROJETO DE EMENDA (RETIRADO). Altera dispositivos da Lei Orgânica Municipal._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Executivo Municipal - EXEC</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1036/flash_3009.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1036/flash_3009.pdf</t>
   </si>
   <si>
     <t>Flash 3009._x000D_
 PROJETO DE LEI Nº 10/90. Autoriza o Poder Executivo a celebrar convênio com a Escola "Vovó Clarice". (Referente à Lei nº 1.838, de 31/05/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1039/flash_3010.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1039/flash_3010.pdf</t>
   </si>
   <si>
     <t>Flash 3010._x000D_
 PROJETO DE LEI Nº 13/90. Autoriza o Poder Executivo a celebrar convênio com a Secretaria de Estado de Obras Públicas, destinado ao recebimento de recursos financeiros, para a construção do Colégio Tiradentes. (Referente à Lei nº 1.822, de 19/04/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1041/flash_3011.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1041/flash_3011.pdf</t>
   </si>
   <si>
     <t>Flash 3011._x000D_
 PROJETO DE LEI Nº 19/90. Autoriza o Poder Executivo a celebrar convênio com a Associação Comunitária do Rio do Sítio. (Referente à Lei nº 1.830, de 09/05/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1044/flash_3012.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1044/flash_3012.pdf</t>
   </si>
   <si>
     <t>Flash 3012._x000D_
 PROJETO DE LEI Nº 20/90. Autoriza o Poder Executivo a celebrar convênio com o Serviço Social da Indústria - SESIMINAS, visando o repasse de recursos para a realização das Olimpíadas Operárias de Montes Claros. (Referente à Lei nº 1.844-A, de 30/05/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1046</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1046/flash_3013.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1046/flash_3013.pdf</t>
   </si>
   <si>
     <t>Flash 3013._x000D_
 PROJETO DE LEI Nº 24/90. Autoriza o Poder Executivo a celebrar convênio com o Instituto Santo Antônio de Formação e Cultura - ISAFEC, a Legião de Assistência Recuperadora Nosso Lar e com as Obras Sociais da Paróquia de São Sebastião - OSPASS. (Referente à Lei nº 1.835, de 17/05/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1049</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1049/flash_3014.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1049/flash_3014.pdf</t>
   </si>
   <si>
     <t>Flash 3014._x000D_
 PROJETO DE LEI Nº 27/90. Autoriza o Poder Executivo a celebrar convênio com o Centro de Estudos e Pesquisas Clóvis Salgado - CEPECS, para funcionamento da Clínica de Reprodução Humana. (Referente à Lei nº 1.836, de 30/05/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1051</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1051/flash_3015.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1051/flash_3015.pdf</t>
   </si>
   <si>
     <t>Flash 3015._x000D_
 PROJETO DE LEI Nº 36/90. Autoriza o Poder Executivo a celebrar convênio com o Departamento de Estradas de Rodagem do Estado de Minas Gerais - DER-MG, objetivando o fornecimento de emulsão asfáltica para pavimentação de vias do município de Montes Claros. (Referente à Lei nº 1.846, de 28/06/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1058</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1058/flash_3016.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1058/flash_3016.pdf</t>
   </si>
   <si>
     <t>Flash 3016._x000D_
 PROJETO DE LEI Nº 45/90. Autoriza o Poder Executivo a celebrar convênio com o Conservatório Estadual de Música Lorenzo Fernandez, visando a transferência de recursos financeiros, para participação da entidade no Festival Corais do Nordeste. (Referente à Lei nº 1.856, de 13/08/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1059</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1059/flash_3017.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1059/flash_3017.pdf</t>
   </si>
   <si>
     <t>Flash 3017._x000D_
 PROJETO DE LEI Nº 49/90. Dispõe sobre a aprovação de convênio de cooperação técnica e financeira, celebrado entre a Prefeitura e a Fundação Centro Brasileira para a Infância e Adolescência - FCBIA. (Referente à Lei nº 1.860, de 10/09/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1060</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1060/flash_3018.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1060/flash_3018.pdf</t>
   </si>
   <si>
     <t>Flash 3018._x000D_
 PROJETO DE LEI Nº 86/90. Autoriza o Poder Executivo a celebrar convênio com a Faculdade de Administração e Finanças do Norte de Minas - FADEC, com interveniência da Unimontes, para o cadastramento de todas as empresas implantadas no município de Montes Claros. (Referente à Lei nº 1.898, de 28/12/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1063</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1063/flash_3019.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1063/flash_3019.pdf</t>
   </si>
   <si>
     <t>Flash 3019._x000D_
 PROJETO DE LEI S/Nº/1990. Autoriza o Poder Executivo a celebrar convênio com o Ministério da Saúde, através da Fundação Serviço de Saúde Pública - SESP. (Referente à Lei nº 1.897, de 28/12/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1085</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1085/flash_3027.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1085/flash_3027.pdf</t>
   </si>
   <si>
     <t>Flash 3027._x000D_
 PROJETO DE LEI Nº 1898/90. (REVOGADA). Dispõe sobre os tributos cobrados pelo município de Montes Claros (Código Tributário); revoga a Lei nº 1.761, de 30/12/1988; revoga os artigos 44 ao 144 da Lei nº 1.442, de 29/12/1983; revoga as Leis nº 1.667, de 29/12/1987 e nº 1.760, de 30/12/1988; revoga o Decreto nº 684, de 19/12/1983; altera as tabelas constantes da Lei  nº 1.809, de 27/12/1989 e dá nova redação à Lei nº 1.761, de 30/12/1988; e contém outras providências. (Referente à Lei nº 1.889, de 28/12/1990, que foi posteriormente revogada pela Lei nº 2.566, de 30/12/1997)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1093/flash_3030.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1093/flash_3030.pdf</t>
   </si>
   <si>
     <t>Flash 3030._x000D_
 PROJETO DE LEI Nº 30/90. Autoriza a abertura de crédito suplementar no orçamento vigente e dá outras providências. (Referente à Lei nº 1.840, de 07/06/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1097</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1097/flash_3031.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1097/flash_3031.pdf</t>
   </si>
   <si>
     <t>Flash 3031._x000D_
 PROJETO DE LEI Nº 54/90. Autoriza a abertura de crédito suplementar no orçamento vigente e dá outras providências. (Referente à Lei nº 1.864, de 21/09/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Edmar Pereira Santos</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1135/flash_3051.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1135/flash_3051.pdf</t>
   </si>
   <si>
     <t>Flash 3051._x000D_
 PROJETO DE LEI Nº 23/90. Denomina a rua "Pedro Ramos de Oliveira", localizada na Vila Anália. (Referente à Lei nº 1.832, de 15/05/1990).    _x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Edison Antônio Alves Martins</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1163/flash_3052.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1163/flash_3052.pdf</t>
   </si>
   <si>
     <t>Flash 3052._x000D_
 PROJETO DE LEI Nº 04/90. Modifica a denominação da rua Mato Verde, localizada no bairro São João, para rua "Horácio Gomes da Silva". (Referente à Lei nº 1.821, de 16/03/1990).  _x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1166/flash_3053.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1166/flash_3053.pdf</t>
   </si>
   <si>
     <t>Flash 3053._x000D_
 PROJETO DE LEI Nº 35/90. Denomina a rua "Iluminato Borges Rios", localizada no bairro Morada do Sol. (Referente à Lei nº 1.847, de 28/06/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1168</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1168/flash_3054.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1168/flash_3054.pdf</t>
   </si>
   <si>
     <t>Flash 3054._x000D_
 PROJETO DE LEI Nº 61/90. Denomina a "Quadra Poliesportiva Antão Duarte", localizada no bairro Cintra, na rua Monte Prano. (Referente à Lei nº 1.872, de 19/10/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1173</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Cláudio Avelino Pereira</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1173/flash_3057.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1173/flash_3057.pdf</t>
   </si>
   <si>
     <t>Flash 3057._x000D_
 PROJETO DE LEI Nº 15/90. Denomina a avenida "Dr. Alpheu Gonçalves de Quadros" (trecho da BR-135, que partindo do seu entroncamento com a rodovia que demanda ao município de Juramento, vai até o trevo do Anel Rodoviário Sul). (Referente à Lei nº 1.827, de 30/04/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1174</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1174/flash_3058.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1174/flash_3058.pdf</t>
   </si>
   <si>
     <t>Flash 3058._x000D_
 PROJETO DE LEI Nº 18/90. Modifica a denominação da rua Queluzito, localizada no bairro de Lourdes, para rua "Pedro Gonzaga". (Referente à Lei nº 1.829, de 30/04/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1175</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Aurindo José Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1175/flash_3059.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1175/flash_3059.pdf</t>
   </si>
   <si>
     <t>Flash 3059._x000D_
 PROJETO DE LEI Nº 25/90. Denomina a "Praça O Nosso Lar", localizada em frente a entidade de assistência social "O Nosso Lar", no bairro São Judas Tadeu. (Referente à Lei nº 1.834, de 17/05/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1176</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1176/flash_3060.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1176/flash_3060.pdf</t>
   </si>
   <si>
     <t>Flash 3060._x000D_
 PROJETO DE LEI Nº 28/90. Denomina a avenida "Viúva Paculdino", no trecho que liga a BR-251 (Km 1) à chamada Estrada da Produção. (Referente à Lei nº 1.839, de 05/06/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1177</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1177/flash_3061.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1177/flash_3061.pdf</t>
   </si>
   <si>
     <t>Flash 3061._x000D_
 PROJETO DE LEI Nº 26/90. Denomina a "Praça Israel Caldeira", localizada no bairro Santa Rita, na confluência das ruas Monte Prano, Santa Efigênia, Bahia e General Carneiro. (Referente à Lei nº 1.837, de 30/05/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1178</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1178/flash_3062.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1178/flash_3062.pdf</t>
   </si>
   <si>
     <t>Flash 3062._x000D_
 PROJETO DE LEI Nº 21/90. Denomina as ruas Adão Alves dos Santos, Zelina Pereira, João Américo Froes, João Soares Oliveira, Eloiza Rodrigues Pereira, Germiniano Ferreira Silva, Gabriel Batista Pereira, João Pimenta da Silva, João de Souza Oliveira, José Botelho Silva, José Ribeiro da Silva e Joana Soares da Silva, localizadas na Vila Oliveira. Denomina também as ruas João Alves dos Santos, João Batista de Oliveira, Quintina Ferreira de Souza, Prudência Soares da Silva e Luiz Ferreira Ramos, localizadas na Vila Oliveira II. (Referente à Lei nº 1.831, de 15/05/1990).           _x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1179</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Artur Luiz Ferreira Leite</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1179/flash_3063.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1179/flash_3063.pdf</t>
   </si>
   <si>
     <t>Flash 3063._x000D_
 PROJETO DE LEI Nº 51/90. Denomina a rua "Odorico Pereira dos Santos", localizada no bairro Morada do Sol. (Referente à Lei nº 1.861, de 10/09/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1180</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1180/flash_3064.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1180/flash_3064.pdf</t>
   </si>
   <si>
     <t>Flash 3064._x000D_
 PROJETO DE LEI Nº 50/90. Denomina a "Praça da Tecnologia", localizada no bairro São João, em frente à Escola Técnica da Fundação Educacional Montes Claros. (Referente à Lei nº 1.862, de 10/09/1990).    _x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1181</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1181/flash_3065.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1181/flash_3065.pdf</t>
   </si>
   <si>
     <t>Flash 3065._x000D_
-PROJETO DE LEI Nº 55/90. Denomina a rua "Tito Cavalcanti Brito", localizada no bairro Augusta Mota. (Referente à Lei nº 1.869, de 21/09/1990)._x000D_
+PROJETO DE LEI Nº 55/90. Denomina a rua "Tito Cavalcanti Brito", localizada no bairro Augusta Mota. (Referente à Lei nº 1.866, de 21/09/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1182</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Manoel Soares Lopes</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1182/flash_3066.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1182/flash_3066.pdf</t>
   </si>
   <si>
     <t>Flash 3066._x000D_
 PROJETO DE LEI Nº 73/90. Denomina a rua "Lindolfo Xavier", localizada no bairro Planalto. (Referente à Lei nº 1.882, de 14/12/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1183</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1183/flash_3067.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1183/flash_3067.pdf</t>
   </si>
   <si>
     <t>Flash 3067._x000D_
 PROJETO DE LEI Nº 75/90. Restabelece a denominação da "Avenida Ampére", que, por meio da Lei nº 1.290, de 24/09/1981, havia sido mudada para Avenida Izaías Caldeira Brant, localizada no bairro de Lourdes. (Referente à Lei nº 1.887, de 21/12/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1184</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1184/flash_3068.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1184/flash_3068.pdf</t>
   </si>
   <si>
     <t>Flash 3068._x000D_
 PROJETO DE LEI Nº 76/90. Denomina a rua "João Mendes Leal", localizada na Vila Ipiranga. (Referente à Lei nº 1.888, de 21/12/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1312</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1312/flash_3330.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1312/flash_3330.pdf</t>
   </si>
   <si>
     <t>Flash 3330._x000D_
-PROJETO DE LEI Nº 06/90. Reestrutura níveis de vencimentos dos funcionários estatutários da Prefeitura Municipal de Montes Claros._x000D_
+PROJETO DE LEI Nº 06/90. Reestrutura níveis de vencimentos dos funcionários estatutários da Prefeitura Municipal de Montes Claros. (Referente à Lei nº 1.817, de 16/03/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1314</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1314/flash_3331.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1314/flash_3331.pdf</t>
   </si>
   <si>
     <t>Flash 3331._x000D_
-PROJETO DE LEI Nº 05/1990. Reajusta os níveis de vencimentos dos funcionários estatutários da Prefeitura Municipal de Montes Claros._x000D_
+PROJETO DE LEI Nº 05/1990. Reajusta os níveis de vencimentos dos funcionários estatutários da Prefeitura Municipal de Montes Claros. (Referente à Lei nº 1.818, de 16/03/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1318</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1318/flash_3332.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1318/flash_3332.pdf</t>
   </si>
   <si>
     <t>Flash 3332._x000D_
-PROJETO DE LEI Nº 12/1990. Reestrutura os níveis de vencimentos dos funcionários estatutários da Prefeitura Municipal de Montes Claros._x000D_
+PROJETO DE LEI Nº 12/1990. Reestrutura os níveis de vencimentos dos funcionários estatutários da Prefeitura Municipal de Montes Claros. (Referente à Lei nº 1.824, de 19/04/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1320</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1320/flash_3333.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1320/flash_3333.pdf</t>
   </si>
   <si>
     <t>Flash 3333._x000D_
-PROJETO DE LEI Nº 31/1990. Reestrutura os níveis de vencimentos dos funcionários estatutários da Prefeitura Municipal de Montes Claros._x000D_
+PROJETO DE LEI Nº 31/1990. Reestrutura os níveis de vencimentos dos funcionários estatutários da Prefeitura Municipal de Montes Claros. (Referente à Lei nº 1.841, de 07/06/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1334</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1334/flash_3334.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1334/flash_3334.pdf</t>
   </si>
   <si>
     <t>Flash 3334._x000D_
-PROJETO DE LEI Nº 40/1990. Reestrutura os níveis de vencimentos dos funcionários estatutários da Prefeitura Municipal de Montes Claros._x000D_
+PROJETO DE LEI Nº 40/1990. Reestrutura os níveis de vencimentos dos funcionários estatutários da Prefeitura Municipal de Montes Claros. (Referente à Lei nº 1.851, de 09/07/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1337</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1337/flash_3335.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1337/flash_3335.pdf</t>
   </si>
   <si>
     <t>Flash 3335._x000D_
-PROJETO DE LEI Nº 44/1990. Reajusta vencimentos dos funcionários estatutários da Prefeitura Municipal de Montes Claros._x000D_
+PROJETO DE LEI Nº 44/1990. Reajusta vencimentos dos funcionários estatutários da Prefeitura Municipal de Montes Claros. (Referente à Lei nº 1.855, de 13/08/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1345</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1345/flash_3336.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1345/flash_3336.pdf</t>
   </si>
   <si>
     <t>Flash 3336._x000D_
-PROJETO DE LEI Nº 48/1990. Reajusta vencimentos dos funcionários estatutários da Prefeitura Municipal de Montes Claros._x000D_
+PROJETO DE LEI Nº 48/1990. Reajusta vencimentos dos funcionários estatutários da Prefeitura Municipal de Montes Claros. (Referente à Lei nº 1.859, de 24/08/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1346</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1346/flash_3337.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1346/flash_3337.pdf</t>
   </si>
   <si>
     <t>Flash 3337._x000D_
-PROJETO DE LEI Nº 60/1990. Reajusta os vencimentos dos funcionários estatutários da Prefeitura Municipal de Montes Claros._x000D_
+PROJETO DE LEI Nº 60/1990. Reajusta os vencimentos dos funcionários estatutários da Prefeitura Municipal de Montes Claros. (Referente à Lei nº 1.871, de 16/10/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1408</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1408/flash_3348.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1408/flash_3348.pdf</t>
   </si>
   <si>
     <t>Flash 3348._x000D_
-PROJETO DE LEI Nº 07/1990. Reajusta os vencimentos dos secretários, secretários adjuntos, chefes de sessão e de divisão da Prefeitura Municipal de Montes Claros._x000D_
+PROJETO DE LEI Nº 07/1990. Reajusta os vencimentos dos secretários, secretários adjuntos, chefes de sessão e de divisão da Prefeitura Municipal de Montes Claros. (Referente à Lei nº 1.819, de 16/03/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1410</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1410/flash_3349.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1410/flash_3349.pdf</t>
   </si>
   <si>
     <t>Flash 3349._x000D_
-PROJETO DE LEI Nº 11/1990 Reajusta os vencimentos dos secretários, secretários adjuntos, chefes de sessão e de divisão da Prefeitura Municipal de Montes Claros._x000D_
+PROJETO DE LEI Nº 11/1990 Reajusta os vencimentos dos secretários, secretários adjuntos, chefes de sessão e de divisão da Prefeitura Municipal de Montes Claros. (Referente à Lei nº 1.823, de 19/04/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1446</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>Benedito Paula Said</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1446/flash_3147.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1446/flash_3147.pdf</t>
   </si>
   <si>
     <t>Flash 3147._x000D_
 PROJETO DE LEI Nº 03/90. (REVOGADA). Dispõe sobre a instalação de sanitários públicos nos supermercados e estabelecimentos bancários de Montes Claros. (Referente à Lei nº 1.816, de 28/02/1990, que, após alterações, foi revogada pela Lei nº 3.528, de 15/03/2006). _x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1447</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1447/flash_3148.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1447/flash_3148.pdf</t>
   </si>
   <si>
     <t>Flash 3148._x000D_
 PROJETO DE LEI Nº 41/90. Autoriza o Poder Executivo a fazer doação à Companhia Energética de Minas Gerais - CEMIG, dos materiais e equipamentos utilizados na iluminação das praças públicas de Montes Claros. (Referente à Lei nº 1.849, de 09/07/1990).   _x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1448</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1448/flash_3149.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1448/flash_3149.pdf</t>
   </si>
   <si>
     <t>Flash 3149._x000D_
 PROJETO DE LEI Nº 39/90. Autoriza o Poder Executivo a negociar com a Companhia Energética de Minas Gerais - CEMIG, a execução de obras de eletrificação no município e dá outras providências. (Referente à Lei nº 1.852, de 09/07/1990).  _x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1449</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1449/flash_3150.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1449/flash_3150.pdf</t>
   </si>
   <si>
     <t>Flash 3150._x000D_
 PROJETO DE LEI Nº 43/90. Autoriza o Poder Executivo a fazer doação de um pneu de trator ao Conselho de Desenvolvimento de Aparecida do Mundo Novo - CONDAP. (Referente à  Lei nº 1.854, de 09/08/1990).   _x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1450</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1450/flash_3151.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1450/flash_3151.pdf</t>
   </si>
   <si>
     <t>Flash 3151._x000D_
 PROJETO DE LEI Nº 83/90. (REVOGADA). Dispõe sobre a Política de Proteção do Controle e da Conservação do Meio Ambiente e da Melhoria da Qualidade de Vida no Município de Montes Claros; cria o Conselho Municipal de Defesa e Conservação do Meio Ambiente - CODEMA e dá outras providências. (Referente à Lei nº 1.900 de 15/01/1991, que foi posteriormente revogada pela Lei nº 3.754, de 15/06/2007).  _x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1453</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1453/flash_3152.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1453/flash_3152.pdf</t>
   </si>
   <si>
     <t>Flash 3152._x000D_
 PROJETO DE LEI Nº 70/1990. Autoriza o Poder Executivo a alienar ações da Companhia Energética de Minas Gerais - CEMIG, para aplicação em programas de iluminação e redes de distribuição de energia elétrica no município, e contém outras providências. (Referente à Lei nº 1.877, de 14/12/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1455</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>Jorge Tadeu Guimarães</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1455/flash_3153.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1455/flash_3153.pdf</t>
   </si>
   <si>
     <t>Flash 3153._x000D_
 PROJETO DE LEI Nº 81/90.  Dispõe sobre as condições para a concessão do "Habite-se" (construções residenciais e comerciais), no município de Montes Claros. (Referente à Lei nº 1.895, de 28/12/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1493</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1493/flash_3170.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1493/flash_3170.pdf</t>
   </si>
   <si>
     <t>Flash 3170._x000D_
-PROJETO DE LEI Nº 01/90. Autoriza o Poder Executivo a contratar financiamento com a Banco do Nordeste do Brasil S.A – BNB, para aquisição de veículos rodoviários e ou equipamentos, e dá outras providências._x000D_
+PROJETO DE LEI Nº 01/90. Autoriza o Poder Executivo a contratar financiamento com a Banco do Nordeste do Brasil S.A – BNB, para aquisição de veículos rodoviários e ou equipamentos, e dá outras providências. (Referente à Lei nº 1.815, de 21/02/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1502</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1502/flash_3173.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1502/flash_3173.pdf</t>
   </si>
   <si>
     <t>Flash 3173._x000D_
-PROJETO DE LEI Nº 17/90. Denomina a Escola Municipal "Geraldo Pereira de Souza", instalada no ginásio poliesportivo "Presidente Tancredo Neves", localizado no bairro Monte Carmelo._x000D_
+PROJETO DE LEI Nº 17/90. Denomina a Escola Municipal "Geraldo Pereira de Souza", instalada no ginásio poliesportivo "Presidente Tancredo Neves", localizado no bairro Monte Carmelo. (Referente à Lei nº 1.828, de 30/04/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1506</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1506/flash_3174.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1506/flash_3174.pdf</t>
   </si>
   <si>
     <t>Flash 3174._x000D_
-PROJETO DE LEI Nº 64/90. Denomina a Escola Municipal "Mestra Fininha", localizada no Conjunto Habitacional Cyro dos Anjos, no bairro Maracanã._x000D_
+PROJETO DE LEI Nº 64/90. Denomina a Escola Municipal "Mestra Fininha", localizada no Conjunto Habitacional Cyro dos Anjos, no bairro Maracanã. (Referente à Lei nº 1.875, de 22/11/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1507</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1507/flash_3175.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1507/flash_3175.pdf</t>
   </si>
   <si>
     <t>Flash 3175._x000D_
 PROJETO DE LEI Nº 78/90. Autoriza o Poder Executivo a criar uma escola no bairro Monte Carmelo, a qual funcionará nas dependências do ginásio poliesportivo "Presidente Tancredo Neves" e se denominará Escola Municipal Geraldo Pereira de Souza. (Referente à Lei nº 1.891,de 28/12/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1564</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1564/flash_3194.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1564/flash_3194.pdf</t>
   </si>
   <si>
     <t>Flash 3194._x000D_
-PROJETO DE LEI Nº 08/1990. Desafeta área de terreno de sua característica, transfere-o ao patrimônio disponível do município e autoriza o Poder Executivo a fazer sua doação à Visão Mundial - Subseção Regional de Montes Claros, para construção de sua sede e de um centro comunitário. (Imóvel de 1.251,50 m², localizado na Vila Ipiranga)._x000D_
+PROJETO DE LEI Nº 08/1990. Desafeta área de terreno de sua característica, transfere-o ao patrimônio disponível do município e autoriza o Poder Executivo a fazer sua doação à Visão Mundial - Subseção Regional de Montes Claros, para construção de sua sede e de um centro comunitário. (Imóvel de 1.251,50 m², localizado na Vila Ipiranga). (Referente à Lei nº 1.820, de 16/03/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1565</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1565/flash_3195.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1565/flash_3195.pdf</t>
   </si>
   <si>
     <t>Flash 3195._x000D_
-PROJETO DE LEI Nº 37/1990. Autoriza o Poder Executivo a fazer doação de terreno ao Estado de Minas Gerais, com área de 936,00 m², para a construção do Centro de Saúde do Bairro Vera Cruz._x000D_
+PROJETO DE LEI Nº 37/1990. Autoriza o Poder Executivo a fazer doação de terreno ao Estado de Minas Gerais, com área de 936,00 m², para a construção do Centro de Saúde do Bairro Vera Cruz. (Referente à Lei nº 1.848, de 05/07/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1567</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1567/flash_3196.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1567/flash_3196.pdf</t>
   </si>
   <si>
     <t>Flash 3196._x000D_
-PROJETO DE LEI Nº 38/1990. Autoriza o Poder Executivo a fazer doação de terreno ao Estado de Minas Gerais, com área de 3.960,00 m², localizado no bairro Jardim Eldorado, para construção de uma escola._x000D_
+PROJETO DE LEI Nº 38/1990. Autoriza o Poder Executivo a fazer doação de terreno ao Estado de Minas Gerais, com área de 3.960,00 m², localizado no bairro Jardim Eldorado, para construção de uma escola. (Referente à Lei nº 1.850, de 09/07/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1568</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1568/flash_3197.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1568/flash_3197.pdf</t>
   </si>
   <si>
     <t>Flash 3197._x000D_
-PROJETO DE LEI Nº 53/1990. Desafeta área de terreno de sua característica, transfere-o ao patrimônio disponível do município e autoriza a sua doação à Associação de Moradores do bairro Santa Lúcia. (Terreno de 360,00 m²)._x000D_
+PROJETO DE LEI Nº 53/1990. Desafeta área de terreno de sua característica, transfere-o ao patrimônio disponível do município e autoriza a sua doação à Associação de Moradores do bairro Santa Lúcia. (Terreno de 360,00 m²). (Referente à Lei nº 1.865, de 21/09/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1569</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1569/flash_3198.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1569/flash_3198.pdf</t>
   </si>
   <si>
     <t>Flash 3198._x000D_
-PROJETO DE LEI Nº 42/1990. Autoriza o Poder Executivo a fazer doação de terreno ao Estado de Minas Gerais, com área de 5.100,00 m², localizado no bairro Santos Reis, para a construção de uma escola._x000D_
+PROJETO DE LEI Nº 42/1990. Autoriza o Poder Executivo a fazer doação de terreno ao Estado de Minas Gerais, com área de 5.100,00 m², localizado no bairro Santos Reis, para a construção de uma escola. (Referente à Lei nº 1.853, de 09/08/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1570</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1570/flash_3199.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1570/flash_3199.pdf</t>
   </si>
   <si>
     <t>Flash 3199._x000D_
-PROJETO DE LEI Nº 58/1990. Desafeta imóvel de sua característica, transfere-o ao patrimônio disponível do município e autoriza o Poder Executivo a fazer doação à entidade "Desafio Jovem Esperança e Vida de Montes Claros". (Terreno de 5.000,00 m², localizado na rua 10, do Sítio de Recreio Campus Elísius, para construção de um Centro de Recuperação de Viciados em Drogas)._x000D_
+PROJETO DE LEI Nº 58/1990. Desafeta imóvel de sua característica, transfere-o ao patrimônio disponível do município e autoriza o Poder Executivo a fazer doação à entidade "Desafio Jovem Esperança e Vida de Montes Claros". (Terreno de 5.000,00 m², localizado na rua 10, do Sítio de Recreio Campus Elísius, para construção de um Centro de Recuperação de Viciados em Drogas). (Referente à Lei nº 1.868, de 21/09/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1571</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1571/flash_3367.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1571/flash_3367.pdf</t>
   </si>
   <si>
     <t>Flash 3367._x000D_
 PROJETO DE LEI S/Nº/1990. (RETIRADO). Modifica a denominação da rua "São Vicente de Paulo", localizada no bairro Roxo Verde, para rua "Gregório Soares Caldeira"._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1572</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1572/flash_3200.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1572/flash_3200.pdf</t>
   </si>
   <si>
     <t>Flash 3200._x000D_
-PROJETO DE LEI Nº 57/1990. Autoriza o Poder Executivo a transferir a posse e o domínio do imóvel localizado na Vila Guimarães (Vila Guilhermina), com área de 805,00 m², à Fundação Centro de Hematologia e Hemoterapia de Minas Gerais – HEMOMINAS (anteriormente doado à FHEMIG); revoga o artigo 1º e § único e artigo 2º da Lei nº 1.626, de 25/11/1986._x000D_
+PROJETO DE LEI Nº 57/1990. Autoriza o Poder Executivo a transferir a posse e o domínio do imóvel localizado na Vila Guimarães (Vila Guilhermina), com área de 805,00 m², à Fundação Centro de Hematologia e Hemoterapia de Minas Gerais – HEMOMINAS (anteriormente doado à FHEMIG); revoga o artigo 1º e § único e artigo 2º da Lei nº 1.626, de 25/11/1986. (Referente à Lei nº 1.867, de 21/09/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1573</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1573/flash_3368.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1573/flash_3368.pdf</t>
   </si>
   <si>
     <t>Flash 3368._x000D_
 PROJETO DE LEI S/Nº/1990. (RETIRADO). Autoriza o Poder Executivo a fazer doação do terreno à "Associação de Moradores do bairro Alterosa", com área de 300,00 m², para construção de sua sede._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1574</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1574/flash_3369.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1574/flash_3369.pdf</t>
   </si>
   <si>
     <t>Flash 3369._x000D_
 PROJETO DE LEI S/Nº/1990. (RETIRADO). Cria o Conselho Municipal de Desenvolvimento, com a finalidade de promover o desenvolvimento socioeconômico do município de Montes Claros e dá outras providências._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1575</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1575/flash_3370.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1575/flash_3370.pdf</t>
   </si>
   <si>
     <t>Flash 3370._x000D_
 PROJETO DE LEI S/Nº/1990. (RETIRADO). Dá nova redação ao parágrafo único do artigo 3º, ao artigo 4º e seu parágrafo 1º, da Lei nº 1.530, de 23/04/1985, que dispõe sobre o Mercado Atacadista de Produtos Hortifrutigranjeiros de Montes Claros (CEANORTE)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1576</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1576/flash_3201.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1576/flash_3201.pdf</t>
   </si>
   <si>
     <t>Flash 3201._x000D_
 PROJETO DE LEI Nº 59/1990. (ALTERADA). Autoriza o Poder Executivo a fazer doação de terreno à Junta Comercial do Estado de Minas Gerais, com área de 420,00 m²,  localizado na rua Urbino Viana, Vila Guimarães (atual Vila Guilhermina). (Referente à Lei nº 1.870, de 27/09/1990, que foi alterada pela Lei nº 5.119, de 08/03/2019)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1577</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1577/flash_3202.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1577/flash_3202.pdf</t>
   </si>
   <si>
     <t>Flash 3202._x000D_
-PROJETO DE LEI Nº 63/1990. Estabelece normas para a venda de terrenos do município e/ou materiais de construção, às famílias de baixa renda._x000D_
+PROJETO DE LEI Nº 63/1990. Estabelece normas para a venda de terrenos do município e/ou materiais de construção, às famílias de baixa renda. (Referente à Lei nº 1.873, de 12/11/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1578</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1578/flash_3203.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1578/flash_3203.pdf</t>
   </si>
   <si>
     <t>Flash 3203._x000D_
-PROJETO DE LEI Nº 62/1990. Autoriza o Poder Executivo a fazer doação de terreno ao Estado de Minas Gerais, com área de 880,00 m², para edificação do Centro de Saúde da Vila Antônio Pimenta._x000D_
+PROJETO DE LEI Nº 62/1990. Autoriza o Poder Executivo a fazer doação de terreno ao Estado de Minas Gerais, com área de 880,00 m², para edificação do Centro de Saúde da Vila Antônio Pimenta. (Referente à Lei nº 1.874, de 12/11/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1579</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1579/flash_3204.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1579/flash_3204.pdf</t>
   </si>
   <si>
     <t>Flash 3204._x000D_
 PROJETO DE LEI Nº 69/1990. Autoriza o Poder Executivo a fazer doação de terreno ao Estado de Minas Gerais, localizado no bairro Morada do Sol, com área de 3.780,00 m², para edificação de prédio escolar. (Escola Estadual Deputado Esteves Rodrigues). (Referente à Lei nº 1.885, de 20/12/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1580</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1580/flash_3205.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1580/flash_3205.pdf</t>
   </si>
   <si>
     <t>Flash 3205._x000D_
 PROJETO DE LEI Nº 72/1990. Autoriza o Poder Executivo a fazer doação de terreno ao Centro Espírita Oriental, medindo 540,00 m², localizado no bairro Ibituruna. (Referente à Lei nº 1.883, de 14/12/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1581</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1581/flash_3206.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1581/flash_3206.pdf</t>
   </si>
   <si>
     <t>Flash 3206._x000D_
 PROJETO DE LEI Nº 82/1990. Desafeta de sua característica e transfere ao patrimônio disponível do município, um imóvel de 2.571,00 m², localizado no bairro Edgar Pereira e autoriza a sua permuta por outro com a mesma dimensão e no mesmo bairro, de propriedade da empresa Transnorte - Turismo Norte de Minas Ltda. (Referente à Lei nº 1.892, de 28/12/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1582</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1582/flash_3207.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1582/flash_3207.pdf</t>
   </si>
   <si>
     <t>Flash 3207._x000D_
-PROJETO DE LEI Nº 71/1990. Autoriza o Poder Executivo a fazer doação de terreno à Associação Regional de Engenheiros, Arquitetos e Agrônomos do Norte de Minas Gerais – AREA, localizado no bairro Morada do Parque II._x000D_
+PROJETO DE LEI Nº 71/1990. Autoriza o Poder Executivo a fazer doação de terreno à Associação Regional de Engenheiros, Arquitetos e Agrônomos do Norte de Minas Gerais – AREA, localizado no bairro Morada do Parque II. (Referente à Lei nº 1.884, de 14/12/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1583</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1583/flash_3208.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1583/flash_3208.pdf</t>
   </si>
   <si>
     <t>Flash 3208._x000D_
 PROJETO DE LEI Nº 85/1990. Autoriza o Poder Executivo a fazer permuta de área de terreno do município por outra área de propriedade do Sr. Rossino Parrela Veloso, medindo 740,00 m², para o prolongamento de ruas localizadas na Vila Guilhermina. (Referente à Lei nº 1.899, de 28/12/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1585</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1585/flash_3209.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1585/flash_3209.pdf</t>
   </si>
   <si>
     <t>Flash 3209._x000D_
 PROJETO DE LEI Nº 87/1990. Autoriza o Poder Executivo a fazer doação de terreno ao Estado de Minas Gerais, medindo 5.100,00 m², para a construção de prédio escolar localizado no bairro Dr. João Alves. (Referente à Lei nº 1.896, de 28/12/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1595</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1595/flash_3256.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1595/flash_3256.pdf</t>
   </si>
   <si>
     <t>Flash 3256._x000D_
 PROJETO DE LEI Nº 14/90. Acrescenta dispositivos na Lei nº 1.477, de 06/09/1984, que regulamenta o serviço de Transporte Coletivo Urbano, no município de Montes Claros. (Referente à Lei nº 1.825, de 19/04/1990).      _x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1597</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1597/flash_3257.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1597/flash_3257.pdf</t>
   </si>
   <si>
     <t>Flash 3257._x000D_
 PROJETO DE LEI Nº 80/90. (REVOGADA). Modifica dispositivos da Lei nº 1.325, de 07/01/1982, que dispõe sobre loteamento nas áreas urbanas, de reserva ou expansão urbana, do município de Montes Claros (Lei de Loteamento). (Referente à Lei nº 1.893, de 28/12/1990, que foi posteriormente revogada pela Lei nº 3.720, de 09/05/2007).        _x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1624</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>Ivan José Lopes</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1624/flash_3371.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1624/flash_3371.pdf</t>
   </si>
   <si>
     <t>Flash 3371._x000D_
 PROJETO DE LEI S/Nº/1990. (NÃO VOTADO). Denomina a Praça "Zaira Celestino Pinheiro", popularmente conhecida como o Trevo do Aeroporto._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1629</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1629/flash_3276.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1629/flash_3276.pdf</t>
   </si>
   <si>
     <t>Flash 3276._x000D_
 PROJETO DE LEI Nº 02/1990. Institui a proibição de comercialização da mistura "álcool – gasolina – metanol", no município de Montes Claros._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1630</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1630/flash_3372.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1630/flash_3372.pdf</t>
   </si>
   <si>
     <t>Flash 3372._x000D_
 PROJETO DE LEI S/Nº/1990. (NÃO VOTADO). Denomina a rua "Geraldo Caires", localizada no bairro Clarindo Lopes._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1631</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1631/flash_3277.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1631/flash_3277.pdf</t>
   </si>
   <si>
     <t>Flash 3277._x000D_
 PROJETO DE LEI Nº 74/90. Dispõe sobre normas aplicáveis aos coletivos urbanos do município de Montes Claros. (Referente à Lei nº 1.881, de 14/12/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1636</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>Gil Pereira</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1636/flash_3373.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1636/flash_3373.pdf</t>
   </si>
   <si>
     <t>Flash 3373._x000D_
 PROJETO DE LEI S/Nº/1990. (RETIRADO). Modifica a denominação da rua "Carbono", localizada no bairro Brasília, para rua "Sebastiana Pereira de Castro"._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1639</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1639/flash_3374.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1639/flash_3374.pdf</t>
   </si>
   <si>
     <t>Flash 3374._x000D_
 PROJETO DE LEI S/Nº/1990. (RETIRADO). Autoriza o Poder Executivo a adquirir obra de serigrafia do artista plástico Raymundo Collares (Ray Collares), premiada pelo Ministério da Educação em 1970._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1641</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1641/flash_3282.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1641/flash_3282.pdf</t>
   </si>
   <si>
     <t>Flash 3282._x000D_
 PROJETO DE LEI Nº 52/1990. Cria nova dotação orçamentária no orçamento vigente e abre crédito especial, destinado à Secretaria de Educação. (Referente à Lei nº 1.863, de 12/09/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1644</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1644/flash_3375.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1644/flash_3375.pdf</t>
   </si>
   <si>
     <t>Flash 3375._x000D_
 PROJETO DE LEI S/Nº/1990. (RETIRADO). Autoriza o Poder Executivo a fazer o repasse de recursos financeiros à Associação dos Repentistas e Poetas Populares do Norte de Minas._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1646</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1646/flash_3283.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1646/flash_3283.pdf</t>
   </si>
   <si>
     <t>Flash 3283._x000D_
-PROJETO DE LEI Nº 84/1990. Autoriza o Poder Executivo a anular dotações previstas no orçamento vigente e dá outras providências. (Lei nº 1.890, de 28/12/1990)._x000D_
+PROJETO DE LEI Nº 84/1990. Autoriza o Poder Executivo a anular dotações previstas no orçamento vigente e dá outras providências. (Referente à Lei nº 1.890, de 28/12/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1648</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1648/flash_3376.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1648/flash_3376.pdf</t>
   </si>
   <si>
     <t>Flash 3376._x000D_
 PROJETO DE LEI S/Nº/1990. (RETIRADO). Modifica o artigo 115 da Lei nº 1.637, de 22/05/1987, que dispõe sobre a composição do Conselho Municipal de Transportes Coletivos - COMUTRAN (Transmontes)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1650</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1650/flash_3285.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1650/flash_3285.pdf</t>
   </si>
   <si>
     <t>Flash 3285._x000D_
 PROJETO DE LEI Nº 67/1990. Dispõe sobre as Diretrizes Orçamentárias do Município de Montes Claros, para o exercício financeiro de 1991, e dá outras providências._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1657</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1657/flash_3377.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1657/flash_3377.pdf</t>
   </si>
   <si>
     <t>Flash 3377._x000D_
 PROJETO DE LEI S/Nº/1990. (NÃO VOTADO). Autoriza o Poder Executivo a fazer doação de terreno à Associação dos Catopês, Caboclinhos e Marujos de Montes Claros, com área de 540,00 m², localizado no bairro Ibituruna._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1660</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1660/flash_3291.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1660/flash_3291.pdf</t>
   </si>
   <si>
     <t>Flash 3291._x000D_
-PROJETO DE LEI Nº 65/1990. Dispõe sobre o Plano Plurianual do Governo do Município de Montes Claros, para o período de 1991 a 1993._x000D_
+PROJETO DE LEI Nº 65/1990. Dispõe sobre o Plano Plurianual do Governo do Município de Montes Claros, para o período de 1991 a 1993. (Referente à Lei nº 1.879, de 10/12/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1661</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1661/flash_3292.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1661/flash_3292.pdf</t>
   </si>
   <si>
     <t>Flash 3292._x000D_
 PROJETO DE LEI Nº 16/1990. Autoriza o Poder Executivo a aplicar suas eventuais disponibilidades de caixa no mercado financeiro. (Referente à Lei nº 1.826, de 30/04/1990).  _x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1662</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1662/flash_3293.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1662/flash_3293.pdf</t>
   </si>
   <si>
     <t>Flash 3293._x000D_
-PROJETO DE LEI Nº 32/1990. Autoriza o Poder Executivo a repassar recursos financeiros ao Diretório Acadêmico Cyro dos Anjos, da Faculdade de Direito do Norte de Minas - FADIR, a título de ajuda para o V Encontro Mineiro dos Estudantes de Direito._x000D_
+PROJETO DE LEI Nº 32/1990. Autoriza o Poder Executivo a repassar recursos financeiros ao Diretório Acadêmico Cyro dos Anjos, da Faculdade de Direito do Norte de Minas - FADIR, a título de ajuda para o V Encontro Mineiro dos Estudantes de Direito. (Referente à Lei nº 1.844, de 12/05/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1665</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1665/flash_3378.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1665/flash_3378.pdf</t>
   </si>
   <si>
     <t>Flash 3378._x000D_
 PROJETO DE LEI S/Nº/1990. (NÃO VOTADO). Denomina a rua "João Mendes Leal", localizada na Vila Ipiranga._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1664</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1664/flash_3294.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1664/flash_3294.pdf</t>
   </si>
   <si>
     <t>Flash 3294._x000D_
-PROJETO DE LEI Nº 29/1990. Autoriza o Poder Executivo a repassar recursos financeiros ao Conselho de Defesa do Meio Ambiente - CODEMA, para custeio de despesas com as comemorações do Dia do Meio Ambiente._x000D_
+PROJETO DE LEI Nº 29/1990. Autoriza o Poder Executivo a repassar recursos financeiros ao Conselho de Defesa do Meio Ambiente - CODEMA, para custeio de despesas com as comemorações do Dia do Meio Ambiente. (Referente à Lei nº 1.842, de 07/06/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1666</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1666/flash_3295.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1666/flash_3295.pdf</t>
   </si>
   <si>
     <t>Flash 3295._x000D_
-PROJETO DE LEI Nº 33/1990. Autoriza o Poder Executivo a repassar recursos financeiros ao curso de Geografia da Faculdade de Filosofia, Ciências e Letras do Norte de Minas - FAFIL, para o custeio de despesas com a confecção da cartilha "Meio Ambiente - é sua vida que está em jogo"._x000D_
+PROJETO DE LEI Nº 33/1990. Autoriza o Poder Executivo a repassar recursos financeiros ao curso de Geografia da Faculdade de Filosofia, Ciências e Letras do Norte de Minas - FAFIL, para o custeio de despesas com a confecção da cartilha "Meio Ambiente - é sua vida que está em jogo". (Referente à Lei nº 1.843, de 12/05/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1668</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1668/flash_3296.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1668/flash_3296.pdf</t>
   </si>
   <si>
     <t>Flash 3296._x000D_
-PROJETO DE LEI Nº 46/1990. Autoriza o Poder Executivo a prestar ajuda financeira ao Diretório Acadêmico Mário Ribeiro, da Faculdade de Medicina do Norte de Minas - FAMED._x000D_
+PROJETO DE LEI Nº 46/1990. Autoriza o Poder Executivo a prestar ajuda financeira ao Diretório Acadêmico Mário Ribeiro, da Faculdade de Medicina do Norte de Minas - FAMED. (Referente à Lei nº 1.857, de 20/08/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1669</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1669/flash_3297.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1669/flash_3297.pdf</t>
   </si>
   <si>
     <t>Flash 3297._x000D_
 PROJETO DE LEI Nº 47/1990. Autoriza o Poder Executivo a prestar ajuda financeira ao Sindicato dos Empregados em Estabelecimentos de Serviço de_x000D_
-Saúde de Montes Claros._x000D_
+Saúde de Montes Claros. (Referente à Lei nº 1.858, de 24/08/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1671</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1671/flash_3298.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1671/flash_3298.pdf</t>
   </si>
   <si>
     <t>Flash 3298._x000D_
-PROJETO DE LEI Nº 56/1990. Autoriza o Poder Executivo a prestar ajuda financeira à Associação dos Servidores do Ensino Superior do Norte de Minas - ASES - NM, para custear despesas do "Encontro Regional sobre o Meio Ambiente"._x000D_
+PROJETO DE LEI Nº 56/1990. Autoriza o Poder Executivo a prestar ajuda financeira à Associação dos Servidores do Ensino Superior do Norte de Minas - ASES - NM, para custear despesas do "Encontro Regional sobre o Meio Ambiente". (Referente à Lei nº 1.869, de 21/09/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1672</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1672/flash_3299.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1672/flash_3299.pdf</t>
   </si>
   <si>
     <t>Flash 3299._x000D_
 PROJETO DE LEI Nº 68/1990. Autoriza o Poder Executivo a fazer doação de CR$ 100.000,00 (cem mil cruzeiros), à Mitra Diocesana de Montes Claros, para reforma no piso da Igreja do Santuário do Bom Jesus. (Referente à Lei nº 1.876, de 06/12/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1674</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1674/flash_3300.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1674/flash_3300.pdf</t>
   </si>
   <si>
     <t>Flash 3300._x000D_
 PROJETO DE LEI Nº 77/1990. Autoriza o Poder Executivo a repassar recursos financeiros à Casa da Juventude São Luiz Gonzaga. (Referente à Lei nº 1.886, de 20/12/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1679</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1679/flash_3245.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1679/flash_3245.pdf</t>
   </si>
   <si>
     <t>Flash 3245._x000D_
 PROJETO DE LEI Nº 34/1990. Autoriza o Poder Executivo a conceder incentivo fiscal, celebrar convênio e repassar recursos financeiros à Sociedade Rural de Montes Claros, quando da realização da 18ª Exposição Agropecuária. (Referente à Lei nº 1.845, de 21/06/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1680</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1680/flash_3379.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1680/flash_3379.pdf</t>
   </si>
   <si>
     <t>Flash 3379._x000D_
 PROJETO DE LEI S/Nº/1990. (REJEITADO). Proíbe a instalação de equipamentos radioativos no município de Montes Claros._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1681</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1681/flash_3380.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1681/flash_3380.pdf</t>
   </si>
   <si>
     <t>Flash 3380._x000D_
 PROJETO DE LEI S/Nº/1990. (REJEITADO). Dispõe sobre a liberação ou renovação de licença para o funcionamento de estabelecimento comercial varejista do ramo de carnes em Montes Claros._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1682</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>Ubaldo Ferreira Gonçalves</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1682/flash_3381.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1682/flash_3381.pdf</t>
   </si>
   <si>
     <t>Flash 3381._x000D_
 PROJETO DE LEI S/Nº/1990. (NÃO VOTADO). Denomina a rua "Chico Mendes", localizada no bairro Morada do Sol._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1683</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1683/flash_3382.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1683/flash_3382.pdf</t>
   </si>
   <si>
     <t>Flash 3382._x000D_
 PROJETO DE LEI S/Nº/1990. (REJEITADO). Autoriza o Poder Executivo a fazer doação ao Diretório Central dos Estudantes – DCE, da Fundação Universidade Norte de Minas - FUNM, por ocasião da XVII Olimpíada Universitária._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1688</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1688/flash_3250.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1688/flash_3250.pdf</t>
   </si>
   <si>
     <t>Flash 3250._x000D_
 PROJETO DE LEI Nº 79/90. Institui a "Semana Ecológica" no município de Montes Claros, que terá início no dia 21 de setembro, ficando esta data consagrada como o Dia Municipal do Meio Ambiente. (Referente à Lei nº 1.894, de 28/12/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1689</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1689/flash_3383.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1689/flash_3383.pdf</t>
   </si>
   <si>
     <t>Flash 3383._x000D_
 PROJETO DE LEI S/Nº/1990. (RETIRADO). Autoriza o Poder Executivo a fazer doação de terrenos, localizados no Conjunto Habitacional Village do Lago, às pessoas carentes._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1690</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1690/flash_3384.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1690/flash_3384.pdf</t>
   </si>
   <si>
     <t>Flash 3384._x000D_
 PROJETO DE LEI S/Nº/1990. (RETIRADO). Autoriza o Poder Executivo a repassar recursos financeiros à Faculdade de Filosofia, Ciências e Letras do Norte de Minas - FAFIL._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1691</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1691/flash_3385.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1691/flash_3385.pdf</t>
   </si>
   <si>
     <t>Flash 3385._x000D_
 PROJETO DE LEI S/Nº/1990. (NÃO VOTADO). Denomina a rua "Geralda Veloso", localizada no bairro Major Prates._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1692</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1692/flash_3386.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1692/flash_3386.pdf</t>
   </si>
   <si>
     <t>Flash 3386._x000D_
 PROJETO DE LEI S/Nº/1990. (RETIRADO). Modifica a denominação da avenida "Coração de Jesus", localizada no bairro Major Prates, para avenida "José Xavier Guimarães"._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1647</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1647/flash_3284.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1647/flash_3284.pdf</t>
   </si>
   <si>
     <t>Flash 3284._x000D_
 PROJETO DE LEI S/Nº/1990. Estima a receita e fixa a despesa do Município de Montes Claros para o exercício financeiro de 1991. (Referente à Lei nº 1.878, de 10/12/1990)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1473</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Jorge Tadeu Guimarães, José Hélio Guimarães de Carvalho</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1473/flash_3698.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1473/flash_3698.pdf</t>
   </si>
   <si>
     <t>Flash 3698._x000D_
 PROJETO DE RESOLUÇÃO S/Nº/1990. (NÃO VOTADO). Acrescenta dispositivo ao artigo 81 da Resolução nº 277, de 28/12/1977, que dispõe sobre o Regimento Interno da Câmara Municipal de Montes Claros._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1474</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1474/flash_3700.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1474/flash_3700.pdf</t>
   </si>
   <si>
     <t>Flash 3700._x000D_
 PROJETO DE RESOLUÇÃO S/Nº/1990. (SOBRESTADO). Concede o Título de Cidadão Honorário de Montes Claros a Aluízio de Souza Monteiro._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1476</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1476/flash_3699.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1476/flash_3699.pdf</t>
   </si>
   <si>
     <t>Flash 3699._x000D_
 PROJETO DE RESOLUÇÃO S/Nº/1990. (RETIRADO). Concede o Título de Cidadão Honorário de Montes Claros ao coronel Leone Afonso Silveira._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1479</t>
   </si>
   <si>
     <t>Cláudio Avelino Pereira, José Hélio Guimarães de Carvalho</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1479/flash_3701.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1479/flash_3701.pdf</t>
   </si>
   <si>
     <t>Flash 3701._x000D_
 PROJETO DE RESOLUÇÃO S/Nº/1990. (RETIRADO). Dispõe sobre a suspensão do tópico "Assuntos Gerais" nas reuniões ordinárias realizadas às terças-feiras e a suspensão das reuniões ordinárias realizadas às quintas-feiras na Câmara Municipal de Montes Claros, durante o período eleitoral._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1481</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1481/flash_3702.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1481/flash_3702.pdf</t>
   </si>
   <si>
     <t>Flash 3702._x000D_
 PROJETO DE RESOLUÇÃO S/Nº/1990. (PREJUDICADO). Acrescenta dispositivos ao artigo 118 da Resolução nº 277, de 28/12/1977, que dispõe sobre o Regimento Interno da Câmara Municipal de Montes Claros._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>11787</t>
   </si>
   <si>
     <t>Gil Pereira, Marlene Tavares Cardoso</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/11787/flash_4377c.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/11787/flash_4377c.pdf</t>
   </si>
   <si>
     <t>Flash 4377C._x000D_
 PROJETO DE RESOLUÇÃO S/Nº/1990. (NÃO VOTADO). Altera o cronograma de trabalho da Constituinte Municipal._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>11788</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/11788/flash_4377d.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/11788/flash_4377d.pdf</t>
   </si>
   <si>
     <t>Flash 4377D._x000D_
 PROJETO DE RESOLUÇÃO S/Nº/1990. (NÃO VOTADO). Concede o Título de Cidadão Honorário de Montes Claros a Geraldo Paulino Santana._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>11789</t>
   </si>
   <si>
     <t>Eduardo Avelino Pereira</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/11789/flash_4377e.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/11789/flash_4377e.pdf</t>
   </si>
   <si>
     <t>Flash 4377E._x000D_
 PROJETO DE RESOLUÇÃO S/Nº/1990. (NÃO VOTADO). Altera dispositivo da Resolução nº 34/89, que dispõe sobre o Regimento Interno da Constituinte Municipal._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1537</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>José Maria Saraiva</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1537/flash_3733.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1537/flash_3733.pdf</t>
   </si>
   <si>
     <t>Flash 3733._x000D_
 Requerimentos do vereador José Maria Saraiva, apresentados à Câmara Municipal de Montes Claros, no período de agosto a outubro de 1990 e no mês de setembro de 1992._x000D_
 Carlos Weth Pimenta de Figueiredo, Cláudio Avelino Pereira (Presidentes).</t>
   </si>
   <si>
     <t>1540</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1540/flash_3734.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1540/flash_3734.pdf</t>
   </si>
   <si>
     <t>Flash 3734._x000D_
 Requerimentos do vereador Manoel Soares Lopes, apresentados à Câmara Municipal de Montes Claros, no período de outubro de 1990 a julho de 1992._x000D_
 Carlos Weth Pimenta de Figueiredo, Ivan José Lopes, Cláudio Avelino Pereira. (Presidentes da Legislatura).</t>
   </si>
   <si>
     <t>8380</t>
   </si>
   <si>
     <t>ATA</t>
   </si>
   <si>
     <t>Ata</t>
   </si>
   <si>
     <t>ATL - ATL</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/8380/flash_3003.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/8380/flash_3003.pdf</t>
   </si>
   <si>
     <t>Flash 3003._x000D_
 Atas das sessões da Câmara Municipal de Montes Claros, do período de 23/01 a 27/12/1990._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1754</t>
   </si>
   <si>
     <t>PEPL</t>
   </si>
   <si>
     <t>Projeto de Emenda à Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1754/flash_3448.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1754/flash_3448.pdf</t>
   </si>
   <si>
     <t>Flash 3448._x000D_
 PROJETO DE EMENDA S/Nº/1990. Emenda à Proposta Orçamentária e ao Plano Plurianual, para o exercício de 1991. (Não foi observada a aprovação destas emendas)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1741</t>
   </si>
   <si>
     <t>ELOM</t>
   </si>
   <si>
     <t>Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1741/flash_3435.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1741/flash_3435.pdf</t>
   </si>
   <si>
     <t>Flash 3435._x000D_
 EMENDA Nº 01, de 19/06/1990. Acrescenta dispositivo ao artigo 229 da Lei Orgânica do Município._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1742</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1742/flash_3436.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1742/flash_3436.pdf</t>
   </si>
   <si>
     <t>Flash 3436._x000D_
 EMENDA Nº 02, de 09/08/1990. Altera dispositivos da Lei Orgânica Municipal._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1743</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1743/flash_3437.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1743/flash_3437.pdf</t>
   </si>
   <si>
     <t>Flash 3437._x000D_
 EMENDA AO PROJETO DE EMENDA Nº 02, de 09/08/1990. Acrescenta inciso ao artigo 229 da Lei Orgânica Municipal._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1744</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1744/flash_3438.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1744/flash_3438.pdf</t>
   </si>
   <si>
     <t>Flash 3438._x000D_
 EMENDA Nº 03, de 30/08/1990. Modifica dispositivos do artigo 92 da Lei Orgânica Municipal._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1745</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1745/flash_3439.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1745/flash_3439.pdf</t>
   </si>
   <si>
     <t>Flash 3439._x000D_
 EMENDA Nº 04, de 30/10/1990. Acrescenta parágrafos ao artigo 110 da Lei Orgânica Municipal._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1746</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1746/flash_3440.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1746/flash_3440.pdf</t>
   </si>
   <si>
     <t>Flash 3440._x000D_
 EMENDA Nº 05, de 20/12/1990. Modifica dispositivos da Lei Orgânica Municipal. (Suprime o parágrafo único do artigo 233)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1225</t>
   </si>
   <si>
     <t>RES</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1225/flash_3557.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1225/flash_3557.pdf</t>
   </si>
   <si>
     <t>Flash 3557._x000D_
 RESOLUÇÃO Nº 01/90, de 30/01/1990. Concede o Título de Cidadão Honorário de Montes Claros a João Bernardo dos Reis._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1226</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1226/flash_3558.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1226/flash_3558.pdf</t>
   </si>
   <si>
     <t>Flash 3558._x000D_
 RESOLUÇÃO Nº 02/90, de 13/02/1990. Concede o Título de Cidadão Honorário de Montes Claros ao doutor Ruy José Vianna Lage._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1229</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1229/flash_3560.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1229/flash_3560.pdf</t>
   </si>
   <si>
     <t>Flash 3560._x000D_
 RESOLUÇÃO Nº 09/90, de 03/04/1990. Concede o Título de Cidadão Honorário de Montes Claros  ao doutor Cantídio Dias de Freitas._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1243</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1243/flash_3562.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1243/flash_3562.pdf</t>
   </si>
   <si>
     <t>Flash 3562._x000D_
 RESOLUÇÃO Nº 11/90, de 10/04/1990. Concede o Título de Cidadão Honorário de Montes Claros a João Henriques Dutra._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1245</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1245/flash_3563.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1245/flash_3563.pdf</t>
   </si>
   <si>
     <t>Flash 3563._x000D_
 RESOLUÇÃO Nº 12/90, de 17/04/1990. Concede o Título de Cidadão Honorário de Montes Claros a João dos Santos Abreu (João Galo)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1246</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1246/flash_3564.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1246/flash_3564.pdf</t>
   </si>
   <si>
     <t>Flash 3564._x000D_
 RESOLUÇÃO Nº 13/90, de 10/05/1990. Concede o Título de Cidadã Honorária de Montes Claros a Ada Camisasca._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1248</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1248/flash_3565.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1248/flash_3565.pdf</t>
   </si>
   <si>
     <t>Flash 3565._x000D_
 RESOLUÇÃO Nº 14/90, de 22/05/1990. Concede o Título de Cidadão Honorário de Montes Claros ao doutor Homero Rodrigues de Oliveira._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1250</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1250/flash_3566.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1250/flash_3566.pdf</t>
   </si>
   <si>
     <t>Flash 3566._x000D_
 RESOLUÇÃO Nº 16/90, de 29/05/1990. Concede o Título de Cidadão Honorário de Montes Claros ao doutor Marcos Luiz dos Mares Guia._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1252</t>
   </si>
   <si>
     <t>José Geraldo de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1252/flash_3567.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1252/flash_3567.pdf</t>
   </si>
   <si>
     <t>Flash 3567._x000D_
 RESOLUÇÃO Nº 18/90, de 12/06/1990. Concede o Título de Cidadão Honorário de Montes Claros ao doutor Antônio Adilson Salgado Araújo._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1254</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1254/flash_3568.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1254/flash_3568.pdf</t>
   </si>
   <si>
     <t>Flash 3568._x000D_
 RESOLUÇÃO Nº 22/90, de 21/08/1990. Concede o Título de Cidadão Honorário de Montes Claros a Vadiolano Moreira de Oliveira._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1263</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1263/flash_3569.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1263/flash_3569.pdf</t>
   </si>
   <si>
     <t>Flash 3569._x000D_
 RESOLUÇÃO Nº 25, de 04/09/1990. Concede o Título de Cidadão Honorário de Montes Claros a Aluízio de Souza Monteiro._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1264</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1264/flash_3570.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1264/flash_3570.pdf</t>
   </si>
   <si>
     <t>Flash 3570._x000D_
 RESOLUÇÃO Nº 30, de 16/10/1990. Concede o Título de Cidadão Honorário de Montes Claros a Lucas Elmo Pinheiro._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1266</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1266/flash_3571.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1266/flash_3571.pdf</t>
   </si>
   <si>
     <t>Flash 3571._x000D_
 RESOLUÇÃO Nº 31, de 16/10/1990. Concede o Título de Cidadão Honorário de Montes Claros a Antônia Colares (Tonha da Santa Casa)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1267</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1267/flash_3573.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1267/flash_3573.pdf</t>
   </si>
   <si>
     <t>Flash 3573._x000D_
 RESOLUÇÃO Nº 33, de 23/10/1990. Concede o Título de Cidadão Honorário de Montes Claros a Samir Atallah Haun._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1268</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1268/flash_3574.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1268/flash_3574.pdf</t>
   </si>
   <si>
     <t>Flash 3574._x000D_
 RESOLUÇÃO Nº 35/90, de 20/11/1990. Concede o Título de Cidadão Honorário de Montes Claros ao doutor Geraldo Kleber Moreira._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1269</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1269/flash_3575.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1269/flash_3575.pdf</t>
   </si>
   <si>
     <t>Flash 3575._x000D_
 RESOLUÇÃO Nº 39, de 04/12/1990. Concede o Título de Cidadão Honorário de Montes Claros a Antônio Marcos Batista dos Santos._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1270</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1270/flash_3576.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1270/flash_3576.pdf</t>
   </si>
   <si>
     <t>Flash 3576._x000D_
 RESOLUÇÃO Nº 40, de 18/12/1990. Concede o Título de Cidadão Honorário de Montes Claros a José Eustáquio Sebastião do Amaral._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1325</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1325/flash_3604.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1325/flash_3604.pdf</t>
   </si>
   <si>
     <t>Flash 3604._x000D_
 RESOLUÇÃO Nº 03/90, de 21/02/1990. Concede o Título de Insigne Benfeitor de Montes Claros ao doutor Mário Genival Tourinho._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1326</t>
   </si>
   <si>
     <t>João Hamilton Silveira</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1326/flash_3605.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1326/flash_3605.pdf</t>
   </si>
   <si>
     <t>Flash 3605._x000D_
 RESOLUÇÃO Nº 08/90, de 03/04/1990. Concede o Título de Insigne Benfeitor de Montes Claros a Joaquim Tarcísio de Souza Lopes (Padre João)._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1331</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1331/flash_3610.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1331/flash_3610.pdf</t>
   </si>
   <si>
     <t>Flash 3610._x000D_
 RESOLUÇÃO Nº 29, de 12/10/1990. Modifica o artigo 63 da Resolução nº 277, de 28/12/1977, que dispõe sobre o Regimento Interno da Câmara Municipal de Montes Claros._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1332</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1332/flash_3611.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1332/flash_3611.pdf</t>
   </si>
   <si>
     <t>Flash 3611._x000D_
 RESOLUÇÃO Nº 42, de 20/12/1990. Acrescenta dispositivos ao artigo 115 da Resolução nº 277, de 28/12/1977, que dispõe sobre o Regimento Interno da Câmara Municipal de Montes Claros._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1352</t>
   </si>
   <si>
     <t>MESA DIRETORA - MESA</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1352/flash_3622.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1352/flash_3622.pdf</t>
   </si>
   <si>
     <t>Flash 3622._x000D_
 RESOLUÇÃO Nº 17/90, de 29/05/1990. Reestrutura níveis de vencimentos e salários dos servidores da Câmara Municipal de Montes Claros._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1355</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1355/flash_3623.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1355/flash_3623.pdf</t>
   </si>
   <si>
     <t>Flash 3623._x000D_
 RESOLUÇÃO Nº 21/1990. Cria o cargo de Assessor de Gabinete no quadro de pessoal da Câmara Municipal de Montes Claros._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1374</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1374/flash_3639.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1374/flash_3639.pdf</t>
   </si>
   <si>
     <t>Flash 3639._x000D_
 RESOLUÇÃO Nº 37, de 30/11/1990. Altera vencimentos dos Secretários Municipais da Prefeitura de Montes Claros._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1757</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1757/flash_3572.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1757/flash_3572.pdf</t>
   </si>
   <si>
     <t>Flash 3572._x000D_
 RESOLUÇÃO Nº 32, de 16/10/1990. Concede o Título de Cidadão Honorário de Montes Claros ao monsenhor Gustavo Ferreira de Souza._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1421</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1421/flash_3666.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1421/flash_3666.pdf</t>
   </si>
   <si>
     <t>Flash 3666._x000D_
 RESOLUÇÃO Nº 26, de 04/09/1990. Considera de utilidade pública o "Centro Espírita Oriental"._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1420</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1420/flash_3665.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1420/flash_3665.pdf</t>
   </si>
   <si>
     <t>Flash 3665._x000D_
 RESOLUÇÃO Nº 06/90, de 06/03/1990. Considera de utilidade pública a entidade filantrópica "O Desafio Jovem Esperança e Vida de Montes Claros"._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1417</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1417/flash_3664.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1417/flash_3664.pdf</t>
   </si>
   <si>
     <t>Flash 3664._x000D_
 RESOLUÇÃO Nº 05/90, de 06/03/1990. Considera de utilidade pública a "Igreja Batista Boas Novas Projeto Social Estrela Dalva"._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1169/flash_3529.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1169/flash_3529.pdf</t>
   </si>
   <si>
     <t>Flash 3529._x000D_
 RESOLUÇÃO Nº 38, de 04/12/1990. Concede o Título de Cidadão Benemérito de Montes Claros a Carlos Humberto Moraes._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1167/flash_3528.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1167/flash_3528.pdf</t>
   </si>
   <si>
     <t>Flash 3528._x000D_
 RESOLUÇÃO Nº 19/90, de 28/06/1990. Concede o Título de Cidadão Benemérito de Montes Claros ao doutor Fernando Antônio Colares._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1165</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1165/flash_3527.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1165/flash_3527.pdf</t>
   </si>
   <si>
     <t>Flash 3527._x000D_
 RESOLUÇÃO Nº 15/90, de 29/05/1990. Concede o Título de Cidadão Benemérito de Montes Claros ao doutor José Geraldo de Freitas Drumond._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1084/flash_3476.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1084/flash_3476.pdf</t>
   </si>
   <si>
     <t>Flash 3476._x000D_
 RESOLUÇÃO Nº 20/90, de 07/08/1990. Aprova convênio de cooperação financeira e termos aditivos, para a construção de uma Praça de Esportes e execução de obras no prédio do Colégio Tiradentes._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1086</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1086/flash_3477.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1086/flash_3477.pdf</t>
   </si>
   <si>
     <t>Flash 3477._x000D_
 RESOLUÇÃO 23/90, de 21/08/1990. Aprova convênio nº 692/90, celebrado entre a Secretaria de Estado do Trabalho e a Prefeitura de Montes Claros para assistência às famílias carentes do município, especialmente apoiadas pela Casa do Artesão._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1088</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1088/flash_3478.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1088/flash_3478.pdf</t>
   </si>
   <si>
     <t>Flash 3478._x000D_
 RESOLUÇÃO Nº 27, de 18/09/1990. Aprova convênio nº 117/90, celebrado entre o Departamento de Estradas de Rodagem do Estado de Minas Gerais - DER e o Município de Montes Claros, para o fornecimento de 300 toneladas de material para pavimentação de áreas urbanas da cidade._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1092/flash_3480.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1092/flash_3480.pdf</t>
   </si>
   <si>
     <t>Flash 3480._x000D_
 RESOLUÇÃO Nº 34, de 23/10/1990. Aprova convênio nº 715/90, celebrado entre a Secretaria de Estado de Assuntos Municipais e a Prefeitura de Montes Claros, para a prestação de auxílio financeiro destinado ao capeamento asfáltico de ruas da cidade._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1094/flash_3481.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1094/flash_3481.pdf</t>
   </si>
   <si>
     <t>Flash 3481._x000D_
 RESOLUÇÃO Nº 36, de 20/11/1990. Aprova convênio nº 307/90, entre o Departamento de Estradas de Rodagem do Estado de Minas Gerais - DER e a Prefeitura de Montes Claros, objetivando o fornecimento de 100 toneladas de material para pavimentação de ruas da cidade._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1096</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1096/flash_3482.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1096/flash_3482.pdf</t>
   </si>
   <si>
     <t>Flash 3482._x000D_
 RESOLUÇÃO Nº 41, de 20/12/1990. Aprova convênio de cooperação financeira celebrado entre a Secretaria de Estado de Esportes, Lazer e Turismo e a Prefeitura de Montes Claros, para obras de conclusão do Ginásio Poliesportivo._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1090</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1090/flash_3479.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1090/flash_3479.pdf</t>
   </si>
   <si>
     <t>Flash 3479._x000D_
 RESOLUÇÃO Nº 28, de 25/09/1990. Aprova convênio de adesão ao Plano de Ação Imediata para Habitação, firmado entre a Prefeitura de Montes Claros e a Cooperativa Habitacional Metropolitana, objetivando a construção de moradia para pessoas de baixa renda, inclusive funcionários do município._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
     <t>FIN - FINANÇAS, ORÇAMENTO E TOMADA DE CONTAS</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1141/flash_3506.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1141/flash_3506.pdf</t>
   </si>
   <si>
     <t>Flash 3506._x000D_
 RESOLUÇÃO 24/90, de 31/08/1990. Aprova as contas da Prefeitura Municipal de Montes Claros, relativas aos exercícios financeiros de 1980 e 1981._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1164/flash_3526.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1164/flash_3526.pdf</t>
   </si>
   <si>
     <t>Flash 3526._x000D_
 RESOLUÇÃO Nº 07/90, de 06/03/1990. Concede o Título de Cidadão Benemérito de Montes Claros a Américo Martins Filho._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
   <si>
     <t>1227</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1227/flash_3559.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1227/flash_3559.pdf</t>
   </si>
   <si>
     <t>Flash 3559._x000D_
 RESOLUÇÃO Nº 04/90, de 21/02/1990. Concede o Título de Cidadão Honorário de Montes Claros a Euler de Araújo Lafetá._x000D_
 Carlos Welth Pimenta de Figueiredo (Presidente).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -2752,68 +2752,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1027/flash_3453.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1030/flash_3454.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1032/flash_3455.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1034/flash_3456.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1037/flash_3457.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1038/flash_3458.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1042/flash_3459.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1045/flash_3460.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1036/flash_3009.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1039/flash_3010.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1041/flash_3011.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1044/flash_3012.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1046/flash_3013.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1049/flash_3014.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1051/flash_3015.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1058/flash_3016.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1059/flash_3017.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1060/flash_3018.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1063/flash_3019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1085/flash_3027.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1093/flash_3030.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1097/flash_3031.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1135/flash_3051.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1163/flash_3052.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1166/flash_3053.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1168/flash_3054.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1173/flash_3057.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1174/flash_3058.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1175/flash_3059.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1176/flash_3060.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1177/flash_3061.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1178/flash_3062.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1179/flash_3063.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1180/flash_3064.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1181/flash_3065.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1182/flash_3066.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1183/flash_3067.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1184/flash_3068.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1312/flash_3330.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1314/flash_3331.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1318/flash_3332.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1320/flash_3333.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1334/flash_3334.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1337/flash_3335.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1345/flash_3336.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1346/flash_3337.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1408/flash_3348.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1410/flash_3349.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1446/flash_3147.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1447/flash_3148.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1448/flash_3149.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1449/flash_3150.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1450/flash_3151.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1453/flash_3152.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1455/flash_3153.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1493/flash_3170.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1502/flash_3173.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1506/flash_3174.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1507/flash_3175.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1564/flash_3194.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1565/flash_3195.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1567/flash_3196.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1568/flash_3197.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1569/flash_3198.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1570/flash_3199.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1571/flash_3367.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1572/flash_3200.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1573/flash_3368.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1574/flash_3369.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1575/flash_3370.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1576/flash_3201.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1577/flash_3202.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1578/flash_3203.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1579/flash_3204.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1580/flash_3205.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1581/flash_3206.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1582/flash_3207.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1583/flash_3208.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1585/flash_3209.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1595/flash_3256.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1597/flash_3257.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1624/flash_3371.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1629/flash_3276.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1630/flash_3372.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1631/flash_3277.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1636/flash_3373.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1639/flash_3374.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1641/flash_3282.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1644/flash_3375.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1646/flash_3283.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1648/flash_3376.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1650/flash_3285.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1657/flash_3377.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1660/flash_3291.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1661/flash_3292.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1662/flash_3293.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1665/flash_3378.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1664/flash_3294.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1666/flash_3295.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1668/flash_3296.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1669/flash_3297.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1671/flash_3298.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1672/flash_3299.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1674/flash_3300.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1679/flash_3245.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1680/flash_3379.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1681/flash_3380.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1682/flash_3381.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1683/flash_3382.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1688/flash_3250.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1689/flash_3383.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1690/flash_3384.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1691/flash_3385.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1692/flash_3386.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1647/flash_3284.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1473/flash_3698.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1474/flash_3700.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1476/flash_3699.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1479/flash_3701.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1481/flash_3702.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/11787/flash_4377c.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/11788/flash_4377d.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/11789/flash_4377e.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1537/flash_3733.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1540/flash_3734.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/8380/flash_3003.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1754/flash_3448.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1741/flash_3435.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1742/flash_3436.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1743/flash_3437.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1744/flash_3438.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1745/flash_3439.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1746/flash_3440.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1225/flash_3557.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1226/flash_3558.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1229/flash_3560.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1243/flash_3562.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1245/flash_3563.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1246/flash_3564.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1248/flash_3565.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1250/flash_3566.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1252/flash_3567.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1254/flash_3568.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1263/flash_3569.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1264/flash_3570.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1266/flash_3571.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1267/flash_3573.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1268/flash_3574.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1269/flash_3575.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1270/flash_3576.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1325/flash_3604.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1326/flash_3605.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1331/flash_3610.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1332/flash_3611.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1352/flash_3622.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1355/flash_3623.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1374/flash_3639.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1757/flash_3572.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1421/flash_3666.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1420/flash_3665.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1417/flash_3664.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1169/flash_3529.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1167/flash_3528.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1165/flash_3527.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1084/flash_3476.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1086/flash_3477.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1088/flash_3478.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1092/flash_3480.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1094/flash_3481.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1096/flash_3482.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1090/flash_3479.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1141/flash_3506.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1164/flash_3526.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1227/flash_3559.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1027/flash_3453.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1030/flash_3454.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1032/flash_3455.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1034/flash_3456.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1037/flash_3457.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1038/flash_3458.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1042/flash_3459.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1045/flash_3460.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1036/flash_3009.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1039/flash_3010.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1041/flash_3011.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1044/flash_3012.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1046/flash_3013.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1049/flash_3014.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1051/flash_3015.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1058/flash_3016.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1059/flash_3017.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1060/flash_3018.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1063/flash_3019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1085/flash_3027.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1093/flash_3030.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1097/flash_3031.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1135/flash_3051.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1163/flash_3052.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1166/flash_3053.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1168/flash_3054.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1173/flash_3057.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1174/flash_3058.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1175/flash_3059.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1176/flash_3060.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1177/flash_3061.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1178/flash_3062.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1179/flash_3063.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1180/flash_3064.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1181/flash_3065.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1182/flash_3066.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1183/flash_3067.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1184/flash_3068.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1312/flash_3330.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1314/flash_3331.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1318/flash_3332.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1320/flash_3333.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1334/flash_3334.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1337/flash_3335.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1345/flash_3336.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1346/flash_3337.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1408/flash_3348.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1410/flash_3349.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1446/flash_3147.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1447/flash_3148.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1448/flash_3149.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1449/flash_3150.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1450/flash_3151.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1453/flash_3152.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1455/flash_3153.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1493/flash_3170.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1502/flash_3173.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1506/flash_3174.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1507/flash_3175.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1564/flash_3194.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1565/flash_3195.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1567/flash_3196.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1568/flash_3197.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1569/flash_3198.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1570/flash_3199.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1571/flash_3367.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1572/flash_3200.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1573/flash_3368.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1574/flash_3369.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1575/flash_3370.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1576/flash_3201.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1577/flash_3202.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1578/flash_3203.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1579/flash_3204.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1580/flash_3205.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1581/flash_3206.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1582/flash_3207.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1583/flash_3208.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1585/flash_3209.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1595/flash_3256.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1597/flash_3257.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1624/flash_3371.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1629/flash_3276.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1630/flash_3372.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1631/flash_3277.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1636/flash_3373.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1639/flash_3374.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1641/flash_3282.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1644/flash_3375.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1646/flash_3283.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1648/flash_3376.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1650/flash_3285.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1657/flash_3377.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1660/flash_3291.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1661/flash_3292.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1662/flash_3293.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1665/flash_3378.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1664/flash_3294.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1666/flash_3295.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1668/flash_3296.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1669/flash_3297.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1671/flash_3298.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1672/flash_3299.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1674/flash_3300.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1679/flash_3245.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1680/flash_3379.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1681/flash_3380.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1682/flash_3381.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1683/flash_3382.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1688/flash_3250.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1689/flash_3383.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1690/flash_3384.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1691/flash_3385.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1692/flash_3386.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1647/flash_3284.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1473/flash_3698.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1474/flash_3700.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1476/flash_3699.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1479/flash_3701.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1481/flash_3702.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/11787/flash_4377c.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/11788/flash_4377d.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/11789/flash_4377e.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1537/flash_3733.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1540/flash_3734.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/8380/flash_3003.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1754/flash_3448.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1741/flash_3435.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1742/flash_3436.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1743/flash_3437.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1744/flash_3438.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1745/flash_3439.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1746/flash_3440.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1225/flash_3557.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1226/flash_3558.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1229/flash_3560.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1243/flash_3562.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1245/flash_3563.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1246/flash_3564.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1248/flash_3565.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1250/flash_3566.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1252/flash_3567.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1254/flash_3568.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1263/flash_3569.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1264/flash_3570.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1266/flash_3571.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1267/flash_3573.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1268/flash_3574.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1269/flash_3575.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1270/flash_3576.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1325/flash_3604.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1326/flash_3605.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1331/flash_3610.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1332/flash_3611.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1352/flash_3622.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1355/flash_3623.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1374/flash_3639.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1757/flash_3572.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1421/flash_3666.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1420/flash_3665.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1417/flash_3664.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1169/flash_3529.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1167/flash_3528.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1165/flash_3527.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1084/flash_3476.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1086/flash_3477.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1088/flash_3478.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1092/flash_3480.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1094/flash_3481.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1096/flash_3482.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1090/flash_3479.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1141/flash_3506.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1164/flash_3526.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1990/1227/flash_3559.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H175"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="52.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="92.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="91.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>