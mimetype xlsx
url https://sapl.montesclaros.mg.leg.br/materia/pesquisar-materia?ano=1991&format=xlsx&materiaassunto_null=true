--- v0 (2025-12-28)
+++ v1 (2026-03-23)
@@ -54,3088 +54,3088 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1047</t>
   </si>
   <si>
     <t>1991</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica Municipal</t>
   </si>
   <si>
     <t>Jorge Tadeu Guimarães</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1047/flash_3461.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1047/flash_3461.pdf</t>
   </si>
   <si>
     <t>Flash 3461._x000D_
 PROJETO DE EMENDA (REJEITADO). Modifica dispositivos do artigo 81 da Lei Orgânica do Município._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>José Hélio Guimarães de Carvalho</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1050/flash_3462.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1050/flash_3462.pdf</t>
   </si>
   <si>
     <t>Flash 3462._x000D_
 PROJETO DE EMENDA (REJEITADO). Modifica o inciso IX do artigo 40 da Lei Orgânica do Município._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1052</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1052/flash_3463.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1052/flash_3463.pdf</t>
   </si>
   <si>
     <t>Flash 3463._x000D_
 PROJETO DE EMENDA (RETIRADO). Suprime o parágrafo único do artigo 81, da Lei Orgânica do Município._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1053</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>José Geraldo de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1053/flash_3464.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1053/flash_3464.pdf</t>
   </si>
   <si>
     <t>Flash 3464._x000D_
 PROJETO DE EMENDA (REJEITADO). Modifica disposições do inciso I, do artigo 138 da Lei Orgânica do Município._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1054</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1054/flash_3465.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1054/flash_3465.pdf</t>
   </si>
   <si>
     <t>Flash 3465._x000D_
 PROJETO DE EMENDA (RETIRADO). Modifica o artigo 28 da Lei Orgânica do Município._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Edmar Pereira Santos</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1061/flash_3466.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1061/flash_3466.pdf</t>
   </si>
   <si>
     <t>Flash 3466._x000D_
 PROJETO DE EMENDA (RETIRADO). Modifica dispositivos do artigo 28 da Lei Orgânica do Município._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1062</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>José Gonzaga Pereira</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1062/flash_3467.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1062/flash_3467.pdf</t>
   </si>
   <si>
     <t>Flash 3467._x000D_
 PROJETO DE EMENDA (RETIRADO). Modifica dispositivos do artigo 28 da Lei Orgânica Municipal._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Executivo Municipal - EXEC</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1023/flash_3301.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1023/flash_3301.pdf</t>
   </si>
   <si>
     <t>Flash 3301._x000D_
-PROJETO DE LEI Nº 01/1991. Autoriza o Poder Executivo a prestar ajuda financeira à Associação de Moradores do Conjunto Habitacional Morada do Parque, para a realização da "1ª Festa Ecológica" do bairro._x000D_
+PROJETO DE LEI Nº 01/1991. Autoriza o Poder Executivo a prestar ajuda financeira à Associação de Moradores do Conjunto Habitacional Morada do Parque, para a realização da "1ª Festa Ecológica" do bairro. (Referente à Lei nº 1.901, de 30/01/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1024/flash_3302.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1024/flash_3302.pdf</t>
   </si>
   <si>
     <t>Flash 3302._x000D_
-PROJETO DE LEI Nº 02/1991. Autoriza o Poder Executivo a conceder recurso financeiro ao Conselho Comunitário de Samambaia, para ajuda de custo na compra de 20 bancos para a igreja católica da comunidade._x000D_
+PROJETO DE LEI Nº 02/1991. Autoriza o Poder Executivo a conceder recurso financeiro ao Conselho Comunitário de Samambaia, para ajuda de custo na compra de 20 bancos para a igreja católica da comunidade. (Referente à Lei nº 1.902, de 04/02/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1029/flash_3303.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1029/flash_3303.pdf</t>
   </si>
   <si>
     <t>Flash 3303._x000D_
 PROJETO DE LEI Nº 04/1991. Autoriza o Poder Executivo a fazer doação de CR$ 40.000,00 aos estudantes do curso de Ciências Econômicas da Faculdade de Administração e Finanças - FADEC, para custeio de despesas com estadia de Palestristas do V Encontro Regional de Estudantes de Economia - ERECO. (Referente à Lei nº 1.904, de 13/02/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1035/flash_3304.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1035/flash_3304.pdf</t>
   </si>
   <si>
     <t>Flash 3304._x000D_
 PROJETO DE LEI Nº 24/1991. Autoriza o Poder Executivo a repassar recursos financeiros à Juventude Batista Norte Mineira - JUBANORTE, à Associação dos Servidores da Minas Caixa e ao atleta Antônio Marcos Batista. (Referente à Lei nº 1.924, de 03/04/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1040/flash_3305.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1040/flash_3305.pdf</t>
   </si>
   <si>
     <t>Flash 3305._x000D_
 PROJETO DE LEI Nº 29/1991. Autoriza o Poder Executivo a fazer doação no valor de Cr$ 40.000,00, aos alunos do curso de Ciências Sociais da Faculdade de Filosofia, Ciências e Letras do Norte de Minas - FAFIL/Unimontes. (Referente à Lei nº 1.929, de 17/04/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1043/flash_3306.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1043/flash_3306.pdf</t>
   </si>
   <si>
     <t>Flash 3306._x000D_
 PROJETO DE LEI Nº 31/1991. Autoriza o Poder Executivo a repassar recursos financeiros a Ney Walmir Ferreira da Silva, ao damista Antônio Eustáquio Marques e à Empresa Performance, Mídia e Comunicações. (Referente à Lei nº 1.931, de 26/04/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1055</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1055/flash_3307.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1055/flash_3307.pdf</t>
   </si>
   <si>
     <t>Flash 3307._x000D_
 PROJETO DE LEI Nº 37/1991. Autoriza o Poder Executivo a repassar recursos financeiros, no valor de Cr$ 40.000,00, à Sociedade Brasileira de Diabetes. (Referente à Lei nº 1.937, de 21/05/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1056</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1056/flash_3308.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1056/flash_3308.pdf</t>
   </si>
   <si>
     <t>Flash 3308_x000D_
 PROJETO DE LEI N° 38/1991. Autoriza o Poder Executivo a repassar recursos financeiros, no valor de Cr$ 40.000,00, à Comissão de Luta pela Moradia. (Referente à Lei nº 1.938, de 24/05/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1065</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1065/flash_3020.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1065/flash_3020.pdf</t>
   </si>
   <si>
     <t>Flash 3020._x000D_
 PROJETO DE LEI Nº 11/91. Autoriza o Poder Executivo a celebrar convênio com a Legião de Assistência Recuperadora – LAR e com a Associação de Promoção e Ação Social - APAS. (Referente à Lei nº 1.910, de 27/02/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1067</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1067/flash_3021.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1067/flash_3021.pdf</t>
   </si>
   <si>
     <t>Flash 3021._x000D_
 PROJETO DE LEI Nº 18/91. Autoriza o Poder Executivo a celebrar convênio com o Instituto Santo Antônio de Formação, Educação e Cultura - ISAFEC e com a entidade Obras Sociais da Paróquia de São Sebastião - OSPASS. (Referente à  Lei nº 1.920, de 01/04/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1069/flash_3022.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1069/flash_3022.pdf</t>
   </si>
   <si>
     <t>Flash 3022._x000D_
 PROJETO DE LEI Nº 102/91. Autoriza o Poder Executivo a celebrar convênios, termos de cooperação e aditivos com a Secretaria de Estado da Saúde de Minas Gerais. (Referente à  Lei nº 1.995, de 10/12/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1071/flash_3309.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1071/flash_3309.pdf</t>
   </si>
   <si>
     <t>Flash 3309._x000D_
 PROJETO DE LEI Nº 41/1991. Autoriza o Poder Executivo a repassar recursos financeiros ao Grupo Folclórico Banzé e ao Centro Espírita de Umbanda "Cabana de Pai Jorge de Angola". (Referente à Lei nº 1.943, de 13/06/1991)._x000D_
 Ivan José Lopes ( Presidente).</t>
   </si>
   <si>
     <t>1075</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1075/flash_3310.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1075/flash_3310.pdf</t>
   </si>
   <si>
     <t>Flash 3310._x000D_
-PROJETO DE LEI Nº 46/1991. Autoriza o Poder Executivo a repassar de recursos financeiros à Associação das Igrejas Batistas do Norte de Minas - ASSIBAN._x000D_
-Ivan José Lopes ( Presidente)</t>
+PROJETO DE LEI Nº 46/1991. Autoriza o Poder Executivo a repassar de recursos financeiros à Associação das Igrejas Batistas do Norte de Minas - ASSIBAN. (Referente à Lei nº 1.946, de 19/06/1991)._x000D_
+Ivan José Lopes ( Presidente).</t>
   </si>
   <si>
     <t>1076</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1076/flash_3311.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1076/flash_3311.pdf</t>
   </si>
   <si>
     <t>Flash 3311_x000D_
-PROJETO DE LEI Nº 47/91. Autoriza o Poder Executivo a repassar recursos financeiros à Faculdade de Filosofia, Ciências e Letras do Norte de Minas - FAFIL; ao Diretório Acadêmico Cyro dos Anjos da Faculdade de Direito do Norte de Minas - FADIR e ao Pára-Clube Falcões Reais de Montes Claros._x000D_
+PROJETO DE LEI Nº 47/91. Autoriza o Poder Executivo a repassar recursos financeiros à Faculdade de Filosofia, Ciências e Letras do Norte de Minas - FAFIL; ao Diretório Acadêmico Cyro dos Anjos da Faculdade de Direito do Norte de Minas - FADIR e ao Pára-Clube Falcões Reais de Montes Claros. (Referente à Lei nº 1.948, de 19/06/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1078</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1078/flash_3312.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1078/flash_3312.pdf</t>
   </si>
   <si>
     <t>Flash 3312._x000D_
 PROJETO DE LEI Nº 49/1991. Autoriza o Poder Executivo a repassar recursos financeiros à Associação dos Grupos de Catopês, Marujos e Caboclinhos de Montes Claros. (Referente à Lei nº 1.945, de 19/07/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1082/flash_3313.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1082/flash_3313.pdf</t>
   </si>
   <si>
     <t>Flash 3313._x000D_
-PROJETO DE LEI Nº 58/1991. Autoriza o Poder Executivo a repassar recursos financeiros ao Diretório dos Estudantes de Montes Claros - DEMC._x000D_
+PROJETO DE LEI Nº 58/1991. Autoriza o Poder Executivo a repassar recursos financeiros ao Diretório dos Estudantes de Montes Claros - DEMC. (Referente à Lei nº 1.956, de 09/08/1991)_x000D_
 Ivan José Lopes ( Presidente).</t>
   </si>
   <si>
     <t>1087</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1087/flash_3314.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1087/flash_3314.pdf</t>
   </si>
   <si>
     <t>Flash 3314._x000D_
 PROJETO DE LEI Nº 52/1991. Autoriza o Poder Executivo a repassar recursos financeiros à senhora Augusta Conceição e Silva, a título de indenização pela demolição de parte de uma casa, situada na rua Gabriel Passos, e ao senhor José Luiz Nassau, para tratamento médico de sua filha, e dá outras providências. (Referente à Lei nº 1.952, de 06/08/1991). _x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1095/flash_3315.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1095/flash_3315.pdf</t>
   </si>
   <si>
     <t>Flash 3315._x000D_
 PROJETO DE LEI Nº 57/1991. Autoriza o Poder Executivo a repassar recursos financeiros ao Instituto Santo Antônio de Formação, Educação e Cultura - ISAFEC. (Referente à Lei nº 1.957, de 09/08/1991)._x000D_
 Ivan José Lopes ( Presidente).</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1099/flash_3032.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1099/flash_3032.pdf</t>
   </si>
   <si>
     <t>Flash 3032._x000D_
-PROJETO DE LEI Nº 107/91. Autoriza a abertura de crédito especial no orçamento vigente, para pagamento de despesas do ano de 1990._x000D_
+PROJETO DE LEI Nº 107/91. Autoriza a abertura de crédito especial no orçamento vigente, para pagamento de despesas do ano de 1990. (Referente à Lei nº 2.001, de 20/12/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1109/flash_3316.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1109/flash_3316.pdf</t>
   </si>
   <si>
     <t>Flash 3316._x000D_
 PROJETO DE LEI Nº 59/1991. Autoriza o Poder Executivo a repassar recursos financeiros ao Centro de Formação e Promoção do Menor de Montes Claros e dá outras providências. (Referente à Lei nº 1.958, de 09/08/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1112</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1112/flash_3317.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1112/flash_3317.pdf</t>
   </si>
   <si>
     <t>Flash 3317._x000D_
 PROJETO DE LEI Nº 60/1991. Autoriza o Poder Executivo a repassar recursos financeiros a Luciene da Costa Rocha e ao Diretório Acadêmico Yvonne Silveira - D.A. FAFIL. (Referente à Lei nº 1.960, de 26/08/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1117/flash_3039.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1117/flash_3039.pdf</t>
   </si>
   <si>
     <t>Flash 3039._x000D_
 PROJETO DE LEI Nº 79/91. (REVOGADA). Cria o "Estacionamento Rotativo ÁREAZUL" (Área Azul) de Montes Claros, e dá outras providências. (Referente à Lei nº 1.980, de 10/10/1991, que foi posteriormente revogada pela Lei nº 2.139, de 14/09/1993)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1119</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1119/flash_3040.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1119/flash_3040.pdf</t>
   </si>
   <si>
     <t>Flash 3040._x000D_
 PROJETO DE LEI Nº 97/91. Autoriza o Poder Executivo a criar creches municipais, localizadas nos bairros: Vila São Francisco de Assis, Vera Cruz, Renascença, Cintra, Major Prates, São Judas, Alterosa, Distrito de Nova Esperança e na Vila Anália. (Referente à Lei nº 1.992 de 02/12/1991). _x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1186</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Cláudio Avelino Pereira</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1186/flash_3069.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1186/flash_3069.pdf</t>
   </si>
   <si>
     <t>Flash 3069._x000D_
 PROJETO DE LEI Nº 05/91. Denomina as ruas "Valeriano Lopes", "Domingos Lopes da Silva" e "Ronald de Carvalho Freire", localizadas no bairro Morada do Sol.  (Referente à Lei nº 1.905, de 21/02/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1188</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Marlene Tavares Cardoso</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1188/flash_3070.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1188/flash_3070.pdf</t>
   </si>
   <si>
     <t>Flash 3070._x000D_
 PROJETO DE LEI Nº 06/91. Denomina o "Terminal Vicente Guimarães". (Ponto de parada de coletivos urbanos, localizado em frente ao prédio do Mercado Municipal Central). (Referente à Lei nº 1.908, de 27/02/1991).                                                                       _x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1190</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Manoel Soares Lopes</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1190/flash_3071.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1190/flash_3071.pdf</t>
   </si>
   <si>
     <t>Flash 3071._x000D_
 PROJETO DE LEI Nº 10/91 Denomina as rua "Benedito Teixeira" e a rua "São Tiago", localizadas no bairro Planalto. (Referente à Lei nº 1.912, de 27/02/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1193</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1193/flash_3072.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1193/flash_3072.pdf</t>
   </si>
   <si>
     <t>Flash 3072._x000D_
 PROJETO DE LEI Nº 13/91. Denomina a rua "Dr. Henrique Chaves", localizada no bairro Augusta Mota. (Referente à Lei nº 1.915, de 12/03/1991).    _x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1195</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1195/flash_3073.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1195/flash_3073.pdf</t>
   </si>
   <si>
     <t>Flash 3073._x000D_
 PROJETO DE LEI Nº 14/91. Denomina as ruas "Dr. José Veloso Souto", "Dr. Antônio Augusto Veloso", "Dr. Luiz França de Souza" e "Dr. Almerindo Alves de Brito", localizadas no bairro Morada do Sol. (Referente à Lei nº 1.914, de 12/03/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1197</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1197/flash_3074.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1197/flash_3074.pdf</t>
   </si>
   <si>
     <t>Flash 3074._x000D_
 PROJETO DE LEI Nº 26/91. Denomina a rua "Ellis Chamone", localizada no bairro Cristo Rei. (Referente à Lei nº 1.926, de 05/04/1991).    _x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1201</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1201/flash_3076.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1201/flash_3076.pdf</t>
   </si>
   <si>
     <t>Flash 3076._x000D_
 PROJETO DE LEI Nº 23/91. Denomina a rua "José Alves Vieira", localizada no bairro Ciro dos Anjos. (Referente à Lei nº 1.922, de 03/04/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1203</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1203/flash_3077.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1203/flash_3077.pdf</t>
   </si>
   <si>
     <t>Flash 3077._x000D_
 PROJETO DE LEI Nº 32/91. Denomina a rua "Clara Francisca", localizada no bairro Santa Rita. (Referente à Lei nº 1.932, de 06/05/1991).   _x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1205</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1205/flash_3078.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1205/flash_3078.pdf</t>
   </si>
   <si>
     <t>Flash 3078._x000D_
 PROJETO DE LEI Nº 33/91. Denomina a rua "Donato Andrade", localizada no bairro Planalto. (Referente à Lei nº 1.934, de 06/05/1991).  _x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1207</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1207/flash_3079.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1207/flash_3079.pdf</t>
   </si>
   <si>
     <t>Flash 3079._x000D_
 PROJETO DE LEI Nº 44/91. Denomina a rua "Geraldo Caires" e a rua "Antônio Figueiredo", localizadas no bairro Clarindo Lopes. (Referente à Lei nº 1.942, de 17/06/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1210/flash_3080.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1210/flash_3080.pdf</t>
   </si>
   <si>
     <t>Flash 3080._x000D_
 PROJETO DE LEI Nº 34/91. Denomina a rua "Ana Fagundes de Oliveira", localizada no bairro Jardim Panorama. (Referente à Lei nº 1.933, de 06/05/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Edison Antônio Alves Martins</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1216/flash_3081.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1216/flash_3081.pdf</t>
   </si>
   <si>
     <t>Flash 3081._x000D_
 PROJETO DE LEI Nº 42/91. Denomina a avenida "Felismina Ribeiro", via de acesso que interliga a avenida Sebastião Tupinambá e a avenida das Indústrias. (Referente à Lei nº 1.944, de 13/06/1991).   _x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1219</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1219/flash_3082.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1219/flash_3082.pdf</t>
   </si>
   <si>
     <t>Flash 3082._x000D_
 PROJETO DE LEI Nº 40/91. (REVOGADA). Denomina a "Praça Augusto Bellini de Andrade", localizada no bairro Brasília, próximo à avenida Deputado Esteves Rodrigues. (Referente à Lei nº 1.939, de 04/06/1991, que foi revogada pela Lei nº 1.947, de 19/07/1991).  _x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1222</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>Benedito Paula Said</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1222/flash_3083.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1222/flash_3083.pdf</t>
   </si>
   <si>
     <t>Flash 3083._x000D_
 PROJETO DE LEI Nº 48/91. Denomina a rua "Regino Caldeira Brant", localizada no bairro Brasília. (Referente à Lei nº 1.949, de 27/07/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1228</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1228/flash_3084.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1228/flash_3084.pdf</t>
   </si>
   <si>
     <t>Flash 3084._x000D_
 PROJETO DE LEI Nº 45/91. Modifica a denominação da Praça Augusto Bellini de Andrade, localizada no bairro Brasília. Passa a denominar "Praça João Soares". (Referente à Lei nº 1.947, de 19/07/1991).  _x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1230</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Ivan José Lopes</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1230/flash_3085.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1230/flash_3085.pdf</t>
   </si>
   <si>
     <t>Flash 3085._x000D_
 PROJETO DE LEI Nº 68/91. Denomina a rua "Felizardo Mendes Cardoso", localizada no bairro Edgar Pereira. (Referente à Lei nº 1.968, de 09/09/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1231</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>João Hamilton Silveira</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1231/flash_3086.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1231/flash_3086.pdf</t>
   </si>
   <si>
     <t>Flash 3086._x000D_
 PROJETO DE LEI Nº 69/91. Denomina a rua "Adão Gomes Ferreira", localizada na Vila Exposição. (Referente à Lei nº 1.967, de 0909/1991).  _x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1232</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>Gil Pereira</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1232/flash_3087.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1232/flash_3087.pdf</t>
   </si>
   <si>
     <t>Flash 3087._x000D_
 PROJETO DE LEI Nº 66/91. Denomina de "Trevo da Mangueirinha", o logradouro formado na confluência das ruas Coração de Jesus, Urbino Viana e avenida Dr. João Luiz de Almeida. (Referente à Lei nº 1.963, de 04/09/1991).  _x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1233</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1233/flash_3088.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1233/flash_3088.pdf</t>
   </si>
   <si>
     <t>Flash 3088._x000D_
 PROJETO DE LEI Nº 51/91. Denomina as avenidas "Roberto Teixeira Campos" e "Joel Guimarães de Souza", localizadas no bairro Ipiranga e denomina as ruas Dr. Antônio Luiz Caetano e Dr. Rômulo Sarmento Brandão, localizadas no bairro Planalto. (Referente à Lei nº 1.950, de 31/07/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1234</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1234/flash_3089.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1234/flash_3089.pdf</t>
   </si>
   <si>
     <t>Flash 3089._x000D_
 PROJETO DE LEI Nº 55/91. Denomina a Praça "Victal Soares Ruas", localizada no Distrito de Ermidinha. (Referente à Lei nº 1.951, de 05/08/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1235</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>Tancredo José dos Santos Macedo</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1235/flash_3090.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1235/flash_3090.pdf</t>
   </si>
   <si>
     <t>Flash 3090._x000D_
 PROJETO DE LEI Nº 74/91. Denomina a rua "Hélio Newton Pereira", localizada no bairro Morado do Sol. (Referente à Lei nº 1.972, de 20/09/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1236</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1236/flash_3318.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1236/flash_3318.pdf</t>
   </si>
   <si>
     <t>Flash 3318._x000D_
 PROJETO DE LEI Nº 67/1991. Autoriza o Poder Executivo a repassar recursos financeiros à Casa da Juventude São Luiz Gonzaga. (Referente à Lei nº 1.965, de 04/09/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1237</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1237/flash_3091.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1237/flash_3091.pdf</t>
   </si>
   <si>
     <t>Flash 3091._x000D_
 PROJETO DE LEI Nº 86/91. Denomina a rua "Joaquim Wilson Veloso", localizada no bairro Village do Lago II. (Referente à Lei nº 1.982, de 22/10/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1238</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1238/flash_3092.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1238/flash_3092.pdf</t>
   </si>
   <si>
     <t>Flash 3092._x000D_
 PROJETO DE LEI Nº 71/91. Denomina a avenida "Pedro Chaves dos Santos", localizada no Distrito Industrial. (Referente à Lei nº 1.966, de 09/09/1991).     _x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1239</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1239/flash_3093.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1239/flash_3093.pdf</t>
   </si>
   <si>
     <t>Flash 3093._x000D_
 PROJETO DE LEI Nº 91/91. Denomina a rua "Maria Nazareth Bicalho", localizada no bairro Cidade Nova. (Referente à Lei nº 1.986-A, de 05/11/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1241</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1241/flash_3319.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1241/flash_3319.pdf</t>
   </si>
   <si>
     <t>Flash 3319._x000D_
 PROJETO DE LEI Nº 72/1991. Autoriza o Poder Executivo repassar recursos financeiros, no valor de Cr$ 150.000,00, à Sociedade de Amigos de São Pedro da Garça. (Referente à Lei nº 1.969, de 11/09/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1242</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1242/flash_3094.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1242/flash_3094.pdf</t>
   </si>
   <si>
     <t>Flash 3094._x000D_
 PROJETO DE LEI Nº 90/91. Denomina a "Praça Pastor João Dutra", situada em frente à Igreja Batista Nova Canaã, localizada no bairro Santa Rita. (Referente à Lei nº 1.986, de 05/11/1991).  _x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1244</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1244/flash_3095.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1244/flash_3095.pdf</t>
   </si>
   <si>
     <t>Flash 3095._x000D_
 PROJETO DE LEI Nº 82/91. (PREJUDICADO). Denomina o Centro de Convívio "Joaquim Pereira Lopes", localizado na Vila Oliveira. (Ver flash 3100)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1247</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1247/flash_3096.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1247/flash_3096.pdf</t>
   </si>
   <si>
     <t>Flash 3096._x000D_
 PROJETO DE LEI Nº 114/91. (REVOGADA). Denomina a rua "Gregório Ferreira de Andrade", localizada na Vila Áurea, em frente à Igreja Batista do Eldorado. (Referente à Lei nº 2.008, de 02/01/1992, que foi posteriormente revogada pela Lei nº 2.158, de 02/11/1993)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1249</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1249/flash_3097.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1249/flash_3097.pdf</t>
   </si>
   <si>
     <t>Flash 3097._x000D_
 PROJETO DE LEI Nº 88/91. Denomina as ruas "Evandro Câmara", "Antônio Vianna", "Dr. Antônio Augusto Tupinambá" e "João Damásio Pinto", localizadas na Vila Ipiranga. (Referente à Lei nº 1.983, de 23/10/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1251</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1251/flash_3320.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1251/flash_3320.pdf</t>
   </si>
   <si>
     <t>Flash 3320._x000D_
 PROJETO DE LEI Nº 83/1991. Autoriza o Poder Executivo a repassar recursos financeiros ao Conservatório de Música Lorenzo Fernandez, a JT Empreendimentos e Promoções Esportivas e à Associação Batista Luz e Vida. (Referente à Lei nº 1.976, de 08/10/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1253</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1253/flash_3098.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1253/flash_3098.pdf</t>
   </si>
   <si>
     <t>Flash 3098.PROJETO DE LEI Nº 89/91. _x000D_
 Denomina a rua "Mauro Moreira", localizada no bairro Morada do Sol. (Referente à Lei nº 1.985, de 25/10/1991).  _x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1255</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1255/flash_3099.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1255/flash_3099.pdf</t>
   </si>
   <si>
     <t>Flash 3099._x000D_
 PROJETO DE LEI Nº 103/91. Denomina a avenida "Antônio de Freitas", conhecida popularmente como Avenida 100, que liga os bairros Jaraguá II ao Village do Lago II. (Referente à Lei nº 1.998, de 18/12/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1257</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1257/flash_3100.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1257/flash_3100.pdf</t>
   </si>
   <si>
     <t>Flash 3100._x000D_
 PROJETO DE LEI Nº 94/91. Denomina o Centro de Convívio "Domingos Lopes da Silva", localizado na Vila Oliveira. (Referente à Lei nº 1.991, de 02/12/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1258</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>Gilmar Ribeiro dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1258/flash_3101.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1258/flash_3101.pdf</t>
   </si>
   <si>
     <t>Flash 3101._x000D_
 PROJETO DE LEI Nº 100/91. Denomina de "Tereziano Vasconcelos", a biblioteca da Escola Municipal Jason Caetano, localizada no bairro Santo Antônio. (Referente à Lei nº 1.994, de 05/12/1991).  _x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1260</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>José Corrêa Machado</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1260/flash_3075.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1260/flash_3075.pdf</t>
   </si>
   <si>
     <t>Flash 3075._x000D_
 PROJETO DE LEI Nº 19/91. Denomina a rua "Viriato Veloso", localizada no bairro Regina Peres. (Centro Comercial Atacadista). (Referente à Lei nº 1.919, de 01/04/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1350</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1350/flash_3338.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1350/flash_3338.pdf</t>
   </si>
   <si>
     <t>Flash 3338._x000D_
 PROJETO DE LEI Nº 09/1991. Reajusta vencimentos dos funcionários estatutários da Prefeitura de Montes Claros. (Referente à Lei nº 1.911, de 27/02/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1354</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1354/flash_3339.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1354/flash_3339.pdf</t>
   </si>
   <si>
     <t>Flash 3339._x000D_
 PROJETO DE LEI Nº 84/1991. Institui o Regime Jurídico Único dos Servidores Públicos Municipais de Montes Claros e dá outras providências. (Referente à Lei nº 1.988, de 02/12/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1363</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1363/flash_3340.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1363/flash_3340.pdf</t>
   </si>
   <si>
     <t>Flash 3340._x000D_
 PROJETO DE LEI Nº 109/1991. Reajusta vencimentos dos funcionários estatutários da Prefeitura de Montes Claros, com efeitos retroativos a 1º de janeiro de 1991. (Referente à Lei nº 2.005, de 02/01/1992)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1379</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1379/flash_3341.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1379/flash_3341.pdf</t>
   </si>
   <si>
     <t>Flash 3341._x000D_
 PROJETO DE LEI Nº 110/1991. Estabelece novos vencimentos aos funcionários estatutários da Prefeitura de Montes Claros, com efeitos retroativos a 1º de fevereiro de 1991. (Referente à Lei nº 2.010, de 02/01/1992)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1381</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1381/flash_3342.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1381/flash_3342.pdf</t>
   </si>
   <si>
     <t>Flash 3342._x000D_
 PROJETO DE LEI Nº 111/1991. Altera a tabela de vencimentos, estabelece equivalência salarial entre inativos e servidores da ativa, bem como_x000D_
-estabelece tabela de vencimentos para os cargos de provimento em comissão dos funcionários estatutários da Prefeitura Municipal de Montes Claros._x000D_
+estabelece tabela de vencimentos para os cargos de provimento em comissão dos funcionários estatutários da Prefeitura Municipal de Montes Claros. (Referente à Lei nº 2.006, de 02/01/1992)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1459</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1459/flash_3154.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1459/flash_3154.pdf</t>
   </si>
   <si>
     <t>Flash 3154._x000D_
 PROJETO DE LEI Nº 07/91. Dispõe sobre a arborização nas áreas livres das escolas do município de Montes Claros. (Referente à Lei nº 1.906, de 27/02/1991).   _x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1461</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1461/flash_3155.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1461/flash_3155.pdf</t>
   </si>
   <si>
     <t>Flash 3155._x000D_
 PROJETO DE LEI Nº 16/91. Autoriza o Poder Executivo a dar em concessão, os serviços de confecção e instalação de  coletores  de lixo no município, e dá outras providências. (Referente à Lei nº 1.916, de 19/03/1991).   _x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1464</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1464/flash_3156.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1464/flash_3156.pdf</t>
   </si>
   <si>
     <t>Flash 3156._x000D_
 PROJETO DE LEI Nº 36/91. (ALTERADA). Dispõe sobre a Política Municipal de Atendimento dos Direitos da Criança e do Adolescente; cria o Conselho Municipal da Criança e do Adolescente, o Fundo Municipal para Infância e Adolescência – FIA e o Conselho Tutelar; revoga implicitamente a Lei nº 1.800, de 08/09/1989. (Referente à Lei nº 1.935, de 15/05/1991, que foi posteriormente alterada pela Lei nº 4.796, de 01/07/2015)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1465</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1465/flash_3157.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1465/flash_3157.pdf</t>
   </si>
   <si>
     <t>Flash 3157._x000D_
 PROJETO DE LEI Nº 39/91. Aprova o Plano de Desenvolvimento do Município de Montes Claros. (Referente à Lei nº 1.940, de 04/06/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1467</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1467/flash_3158.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1467/flash_3158.pdf</t>
   </si>
   <si>
     <t>Flash 3158._x000D_
 PROJETO DE LEI Nº 76/91. Autoriza o Poder Executivo a dar em concessão os serviços de sonorização ambiental no prédio do novo Mercado Central e dá outras providências. (Referente à Lei nº 1.978, de 10/10/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1469</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1469/flash_3159.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1469/flash_3159.pdf</t>
   </si>
   <si>
     <t>Flash 3159._x000D_
 PROJETO DE LEI Nº 78/91. Considera o Pequi (Caryocar Brasiliense Camb) como símbolo dos eventos ecológicos do município de Montes Claros. (Referente à Lei nº 1.975 de 08/10/1991).    _x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1471</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1471/flash_3160.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1471/flash_3160.pdf</t>
   </si>
   <si>
     <t>Flash 3160._x000D_
 PROJETO DE LEI Nº 99/91. Autoriza o Poder Executivo a fazer doação de uma moto usada, tipo vespa, ao grêmio da Escola Estadual Professora Dulce Sarmento e a conceder ajuda financeira ao Asilo São Vicente de Paulo e ao Grupo de Dança Reflexus da Mãe África. (Referente à Lei nº 1.999, de 17/12/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1472</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1472/flash_3161.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1472/flash_3161.pdf</t>
   </si>
   <si>
     <t>Flash 3161._x000D_
 PROJETO DE LEI Nº 96/91. Autoriza o Poder Executivo a fazer doação à Companhia Energética de Minas Gerais - CEMIG, dos materiais e equipamentos utilizados na iluminação das praças públicas de Montes Claros. (Referente à Lei nº 1.993 de 02/12/1991). _x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1475</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1475/flash_3162.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1475/flash_3162.pdf</t>
   </si>
   <si>
     <t>Flash 3162._x000D_
 PROJETO DE LEI Nº 106/91. (REVOGADA). Dispõe sobre a instalação da Política Municipal de Habitação Popular e dá outras providências. (Referente à Lei nº 2.004 de 02/01/1992, que foi posteriormente revogada pela Lei nº 3.995, de 16/07/2008).  _x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1500</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1500/flash_3171.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1500/flash_3171.pdf</t>
   </si>
   <si>
     <t>Flash 3171._x000D_
 PROJETO DE LEI Nº 12/91. Autoriza o Poder Executivo a contrair financiamento com a Caixa Econômica Federal, para execução de obras de infraestrutura urbana e dá outras providências. (Referente à Lei nº 1.909, de 27/02/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1501</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1501/flash_3172.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1501/flash_3172.pdf</t>
   </si>
   <si>
     <t>Flash 3172._x000D_
 PROJETO DE LEI Nº 92/91. Autoriza o Poder Executivo a contratar financiamento com a Caixa Econômica Federal, para obras de infraestrutura urbana, a oferecer garantias e dá outras providências. (Referente à Lei nº 1.987, de 13/11/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1509</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1509/flash_3176.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1509/flash_3176.pdf</t>
   </si>
   <si>
     <t>Flash 3176._x000D_
 PROJETO DE LEI Nº 08/91. Denomina a Escola Municipal "Joaquim Soares da Silveira", na localidade rural de Santo Inácio. (Referente à Lei nº 1.907, de 27/02/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1514</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1514/flash_3177.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1514/flash_3177.pdf</t>
   </si>
   <si>
     <t>Flash 3177._x000D_
 PROJETO DE LEI Nº 87/91. Denomina as escolas municipais "Dr. Crisantino Borém" e "Dú Narciso", localizadas nos bairros Nossa Senhora das Graças e Village do Lago II, respectivamente. (Referente à Lei nº 1.984, de 23/10/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1517</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1517/flash_3178.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1517/flash_3178.pdf</t>
   </si>
   <si>
     <t>Flash 3178._x000D_
 PROJETO DE LEI Nº 115/91. (ALTERADA). Dispõe sobre a criação e denominação de escolas municipais: "Mestra Fininha", no bairro Cyro dos Anjos; "Dú Narciso", no bairro Village do Lago II; "Dr. Crisantino Borém", no bairro Nossa Senhora das Graças; "Maria de Lourdes Pinheiro", no bairro Independência; "Professora Neide Melo Franco", no bairro Alterosa. (Referente à Lei nº 2.009, de 02/01/1992, que foi posteriormente alterada pela Lei nº 2.024, de 23/03/1992 - ver flash 3268)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1586</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1586/flash_3210.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1586/flash_3210.pdf</t>
   </si>
   <si>
     <t>Flash 3210._x000D_
 PROJETO DE LEI Nº 15/1991. Autoriza o Poder Executivo a fazer doação de terreno ao Estado de Minas Gerais, medindo 5.340,00 m², localizado no bairro Edgar Pereira, para construção de uma escola. (Referente à Lei nº 1.913, de 12/03/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1587</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1587/flash_3211.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1587/flash_3211.pdf</t>
   </si>
   <si>
     <t>Flash 3211._x000D_
 PROJETO DE LEI Nº 17/91. Autoriza o Poder Executivo a fazer doação de terrenos à Mitra Diocesana de Montes Claros, para a construção de Igrejas, localizadas nos bairros Jardim Morada do Sol (600,00 m²) e Jardim Primavera (1.000,00 m²). (Referente à Lei nº 1.917, de 19/03/1991, que teve o seu artigo 1º revogado, conforme flash 3237)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1589</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1589/flash_3212.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1589/flash_3212.pdf</t>
   </si>
   <si>
     <t>Flash 3212._x000D_
 PROJETO DE LEI Nº 20/1991. Autoriza o Poder Executivo a fazer doação de terreno à Mitra Diocesana de Montes Claros, com área de 1.000,00 m², localizado no bairro Independência, para a construção de uma igreja, e, revoga o artigo 2º da nº Lei nº 1.703 de 29/08/88. (Referente à Lei nº 1.921, de 01/04/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1592</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1592/flash_3213.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1592/flash_3213.pdf</t>
   </si>
   <si>
     <t>Flash 3213._x000D_
 PROJETO DE LEI Nº 21/91. (ALTERADA). Autoriza o Poder Executivo a fazer doação de terreno ao Estado de Minas Gerais, com área de 8.460,75 m², destinado à construção de uma escola no bairro Santo Inácio I. (Escola Estadual Monsenhor Gustavo). (Referente à Lei nº 1.918 de 01/04/1991, que foi posteriormente alterada pela Lei nº 2.026, de 23/03/1992 - ver flash 3269).     _x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1594</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1594/flash_3214.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1594/flash_3214.pdf</t>
   </si>
   <si>
     <t>Flash 3214._x000D_
 PROJETO DE LEI Nº 22/1991. Autoriza o Poder Executivo a fazer doação de terreno à Associação dos Moradores do Bairro Maracanã, com área de 300,00 m², destinado à construção de sua sede. (Referente à Lei nº 1.925, de 03/04/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1596</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1596/flash_3215.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1596/flash_3215.pdf</t>
   </si>
   <si>
     <t>Flash 3215._x000D_
 PROJETO DE LEI Nº 27/1991. Autoriza o Poder Executivo a fazer doação de terreno às Obras Sociais da Paróquia de São Sebastião – OSPASS, localizado na Vila Campos, medindo 4.066,00 m², para a construção de uma Escola Profissionalizante. (Referente à Lei nº 1.928, de 05/04/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1599</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1599/flash_3216.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1599/flash_3216.pdf</t>
   </si>
   <si>
     <t>Flash 3216._x000D_
 PROJETO DE LEI Nº 28/1991. Autoriza o Poder Executivo a doar áreas de terreno à Casa do Menor OASIS (671,55 m²) e à Mitra Diocesana de Montes Claros (345,95 m²), para a construção de uma padaria comunitária e uma casa paroquial, respectivamente, localizados no bairro Delfino Magalhães. (Referente à Lei nº 1.927, de 05/04/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1600</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1600/flash_3259.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1600/flash_3259.pdf</t>
   </si>
   <si>
     <t>Flash 3259._x000D_
 PROJETO DE LEI Nº 53/91. (REVOGADA). Modifica e revoga dispositivos da Lei nº 1.088, de 20/07/1976, que instituiu o Código de Obras do Município de Montes Claros. (Referente à Lei nº 1.955, de 05/08/1991, que foi posteriormente revogada pela Lei nº 3.032, de 06/07/2002).            _x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1601</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1601/flash_3217.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1601/flash_3217.pdf</t>
   </si>
   <si>
     <t>Flash 3217._x000D_
 PROJETO DE LEI Nº 30/1991. Autoriza o Poder Executivo a fazer doação de terreno à "Associação de Moradores dos Bairros Vila Áurea e Bela Paisagem", localizado no bairro Bela Paisagem, medindo 866,25 m², para construção de sua sede. (Referente à Lei nº 1.930, de 26/04/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1602</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1602/flash_3260.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1602/flash_3260.pdf</t>
   </si>
   <si>
     <t>Flash 3260._x000D_
 PROJETO DE LEI Nº 54/91. (REVOGADA). Modifica e revoga dispositivos da Lei Municipal nº 1.229, de 27/12/1979, que dispõe sobre o Uso e Ocupação do Solo. (Referente à Lei nº 1.954, de 05/08/1991, que foi posteriormente revogada pela Lei nº 3.031, de 06/07/2002)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1603</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1603/flash_3218.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1603/flash_3218.pdf</t>
   </si>
   <si>
     <t>Flash 3218._x000D_
 PROJETO DE LEI Nº 35/1991. Autoriza o Poder Executivo a fazer doação de terreno à Diocese de Montes Claros (Mitra Diocesana), localizado na Vila Greice (antiga Fazenda Vargem Grande), medindo 625,00 m², para construção de uma igreja. (Referente à Lei nº 1.936, de 15/05/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1605</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1605/flash_3219.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1605/flash_3219.pdf</t>
   </si>
   <si>
     <t>Flash 3219._x000D_
 PROJETO DE LEI Nº 56/1991. (REVOGADA). Prorroga o prazo concedido à Associação Comercial e Industrial de Montes Claros – ACI, constante na Lei nº 1.656, de 14/07/1987, que dispõe sobre doação de terreno localizado no bairro Ibituruna. (Referente à Lei nº 1.953, de 06/08/1991, que foi posteriormente revogada pela Lei nº 3.743, de 31/05/2007)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1604</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1604/flash_3261.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1604/flash_3261.pdf</t>
   </si>
   <si>
     <t>Flash 3261._x000D_
 PROJETO DE LEI Nº 50/91. Modifica a Lei nº 1.696, de 30/06/1988, que dispõe sobre a Organização Administrativa da Prefeitura Municipal de Montes Claros e cria a Divisão da Criança e do Adolescente, subordinada à Secretaria de Ação Social. (OBS.: Apesar de aprovado, provavelmente este projeto não tenha virado Lei. Posteriormente, outro projeto com o mesmo assunto foi tramitado e aprovado na Câmara, referente à Lei nº 2.064, de 11/08/1992 - ver flash 3272)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1606</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1606/flash_3262.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1606/flash_3262.pdf</t>
   </si>
   <si>
     <t>Flash 3262._x000D_
 PROJETO DE LEI Nº 77/1991. (REVOGADA). Modifica dispositivos da Lei nº 1.421, de 05/08/1983, que dispõe sobre a liberação de placas e a proporção de habitantes por táxi no município de Montes Claros. (Automaticamente revogada pela Lei nº 4.628, de 31/07/2013)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1607</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1607/flash_3220.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1607/flash_3220.pdf</t>
   </si>
   <si>
     <t>Flash 3220._x000D_
-PROJETO DE LEI Nº 62/1991. Autoriza o Poder Executivo a fazer doação de terreno à Diocese de Montes Claros (Mitra Diocesana), localizado no bairro Santa Rita II, com área de 450,00 m², para construção de uma igreja._x000D_
+PROJETO DE LEI Nº 62/1991. Autoriza o Poder Executivo a fazer doação de terreno à Diocese de Montes Claros (Mitra Diocesana), localizado no bairro Santa Rita II, com área de 450,00 m², para construção de uma igreja. (Referente à Lei nº 1.961, de 27/08/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1608</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1608/flash_3263.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1608/flash_3263.pdf</t>
   </si>
   <si>
     <t>Flash 3263._x000D_
 PROJETO DE LEI Nº 70/91. (REVOGADA). Altera dispositivos da Lei nº 1.955, de 09/08/1991, que alterou a Lei nº 1.088, de 20/07/1976, que dispõe sobre o Código de Obras do Município de Montes Claros. (Referente à Lei nº 1.971, de 17/09/1991, que foi posteriormente revogada pelas Leis nº 3.031 e 3.032, de 06/07/2002). _x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1609</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1609/flash_3264.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1609/flash_3264.pdf</t>
   </si>
   <si>
     <t>Flash 3264._x000D_
 PROJETO DE LEI Nº 113/91. Modifica os artigos 31 e 34 e revoga o artigo 32 da Lei nº 1.900, de 15/01/1991, que dispõe sobre a Política de Proteção do Controle e da Conservação do Meio Ambiente e da Melhoria da Qualidade de Vida no Município de Montes Claros; cria o Conselho Municipal de Defesa e Conservação do Meio Ambiente - CODEMA. (Referente à Lei nº 2.007, de 02/01/1992)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1610</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>Aurindo José Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1610/flash_3265.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1610/flash_3265.pdf</t>
   </si>
   <si>
     <t>Flash 3265._x000D_
 PROJETO DE LEI Nº 93/91. (ALTERADA). Modifica dispositivos da Lei nº 1.935, de 15/05/1991, que dispõe sobre a Política Municipal de Atendimento dos Direitos da Criança e do Adolescente; a criação o Conselho Municipal da Criança e do Adolescente, do Fundo Municipal para Infância e Adolescência – FIA e do Conselho Tutelar. (Referente à Lei nº 1.990, de 02/12/1991, que foi posteriormente alterada pelas Leis nº 3.943, de 20/05/2008 e nº 4.796, de 01/07/2015).             _x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1611</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1611/flash_3266.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1611/flash_3266.pdf</t>
   </si>
   <si>
     <t>Flash 3266._x000D_
-PROJETO DE LEI Nº 105/91. (REVOGADA). Altera os artigos 23 e 24 da Lei nº 1.442, de 19/12/1983, que dispõe sobre o Código Tributário Municipal. (Referente à Lei nº 2.000/1991, que foi posteriormente revogada pela Lei nº 2.240, de 28/12/1994)._x000D_
+PROJETO DE LEI Nº 105/91. (REVOGADA). Altera os artigos 23 e 24 da Lei nº 1.442, de 19/12/1983, que dispõe sobre o Código Tributário Municipal. (Referente à Lei nº 2.002, de 19/12/1991, que foi posteriormente revogada pela Lei nº 2.240, de 28/12/1994)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1612</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1612/flash_3221.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1612/flash_3221.pdf</t>
   </si>
   <si>
     <t>Flash 3221._x000D_
 PROJETO DE LEI Nº 63/1991. Autoriza o Poder Executivo a fazer doação de terreno à Igreja Assembleia de Deus (Ministério da Madureira), localizado no bairro Independência, medindo 649,00 m², para construção do templo. (Referente à Lei nº 1.962, de 29/08/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1613</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1613/flash_3267.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1613/flash_3267.pdf</t>
   </si>
   <si>
     <t>Flash 3267._x000D_
-PROJETO DE LEI Nº 108/1991. (REVOGADA). Altera o artigo 1º da Lei nº 1.554, de 30/08/1985, que alterou dispositivos da Lei nº 1.442, de 19/12/1983 (Código Tributário do Município); revoga a Lei nº 1.903, de 06/02/1991, que dispõe sobre a cobrança do Imposto Predial e Territorial Urbano de Montes Claros - IPTU e dá outras providências. (Referente à Lei nº 2.002/1991, que foi posteriormente revogada pela Lei nº 2.240, de 28/12/1994)._x000D_
+PROJETO DE LEI Nº 108/1991. (REVOGADA). Altera o artigo 1º da Lei nº 1.554, de 30/08/1985, que alterou dispositivos da Lei nº 1.442, de 19/12/1983 (Código Tributário do Município); revoga a Lei nº 1.903, de 06/02/1991, que dispõe sobre a cobrança do Imposto Predial e Territorial Urbano de Montes Claros - IPTU e dá outras providências. (Referente à Lei nº 2.000, de 20/12/1991, que foi posteriormente revogada pela Lei nº 2.240, de 28/12/1994)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1614</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1614/flash_3222.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1614/flash_3222.pdf</t>
   </si>
   <si>
     <t>Flash 3222._x000D_
 PROJETO DE LEI Nº 73/1991. Autoriza o Poder Executivo a fazer doação de terreno ao Estado de Minas Gerais, situado na Vila Guilhermina, com área de 1.100,00 m², para a construção de uma quadra poliesportiva na Escola Estadual Professora Dulce Sarmento. (Referente à Lei nº 1.970, de 11/09/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1617</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1617/flash_3223.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1617/flash_3223.pdf</t>
   </si>
   <si>
     <t>Flash 3223._x000D_
 PROJETO DE LEI Nº 81/1991. Autoriza o Poder Executivo a fazer doação de terreno à 2ª Igreja de Deus Reavivamento Pentecostal – IDERP, localizado no bairro Renascença, com área de 280,00 m², para implantação do Projeto Comunitário Betel. (Referente à Lei nº 1.974, de 08/10/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1619</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1619/flash_3224.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1619/flash_3224.pdf</t>
   </si>
   <si>
     <t>Flash 3224._x000D_
 PROJETO DE LEI Nº 85/1991. Autoriza o Poder Executivo a fazer doação de terreno à Igreja Batista Renovada Ebenézer, localizado no bairro Alcides Rabelo, com área de 600,00 m², para a construção de um templo. (Referente à Lei nº 1.981, de 22/10/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1621</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1621/flash_3225.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1621/flash_3225.pdf</t>
   </si>
   <si>
     <t>Flash 3225._x000D_
-PROJETO DE LEI Nº 95/1991. Autoriza o Poder Executivo a fazer doação de terreno à Igreja da Restauração Cristã (Movimento Apostólico) de Montes Claros, localizado no bairro Alcides Rabelo, com área  de 616,00 m², para construção de um templo._x000D_
+PROJETO DE LEI Nº 95/1991. Autoriza o Poder Executivo a fazer doação de terreno à Igreja da Restauração Cristã (Movimento Apostólico) de Montes Claros, localizado no bairro Alcides Rabelo, com área  de 616,00 m², para construção de um templo. (Referente à Lei nº 1.989, de 02/12/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1626</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1626/flash_3226.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1626/flash_3226.pdf</t>
   </si>
   <si>
     <t>Flash 3226._x000D_
-PROJETO DE LEI Nº 104/1991. Autoriza o Poder Executivo a fazer doação de imóvel à Associação dos Moradores do Bairro Monte Alegre, com área de 440m², para construção de sua sede._x000D_
+PROJETO DE LEI Nº 104/1991. Autoriza o Poder Executivo a fazer doação de imóvel à Associação dos Moradores do Bairro Monte Alegre, com área de 440m², para construção de sua sede. (Referente à Lei nº 1.997, de 18/12/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1633</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1633/flash_3278.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1633/flash_3278.pdf</t>
   </si>
   <si>
     <t>Flash 3278._x000D_
 PROJETO DE LEI Nº 61/1991. Dispõe sobre normas aplicáveis à execução de obras públicas realizadas pelo município. (Referente à Lei nº 1.959, de 26/08/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1635</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1635/flash_3279.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1635/flash_3279.pdf</t>
   </si>
   <si>
     <t>Flash 3279._x000D_
 PROJETO DE LEI Nº 75/91. (REVOGADA). Define normas relativas ao Uso e Ocupação do Solo para determinados tipos de categoria. (Referente à Lei nº 1.979, de 10/10/1991, que foi posteriormente revogada pela Lei nº 3.031, de 06/07/2002). _x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1637</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>Carlos Welth Pimenta de Figueiredo</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1637/flash_3280.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1637/flash_3280.pdf</t>
   </si>
   <si>
     <t>Flash 3280._x000D_
 PROJETO DE LEI Nº 112/91. (REVOGADA). Estabelece normas para a instalação e funcionamento de postos de serviços e revenda de combustíveis de Montes Claros. (Referente à Lei nº 2.011, de 20/01/1992, que foi posteriormente revogada pelas Leis nº 2.606, de 05/08/1998 e nº 3.031, de 06/07/2002).             _x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1651</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1651/flash_3286.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1651/flash_3286.pdf</t>
   </si>
   <si>
     <t>Flash 3286._x000D_
 PROJETO DE LEI Nº 80/1991. Dispõe sobre as diretrizes orçamentárias do município de Montes Claros, para o exercício financeiro de 1992, e dá outras providências. (Referente à Lei nº 1.977, de 08/10/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1653</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1653/flash_3287.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1653/flash_3287.pdf</t>
   </si>
   <si>
     <t>Flash 3287._x000D_
 PROJETO DE LEI S/Nº/1991. Estima a receita e fixa a despesa do município de Montes Claros, para o exercício financeiro de 1992. (Referente à Lei nº 2.003, de 26/12/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1677</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1677/flash_3243.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1677/flash_3243.pdf</t>
   </si>
   <si>
     <t>Flash 3243._x000D_
 PROJETO DE LEI Nº 25/1991. Prorroga prazo para o recolhimento da Taxa de Alvará de Licença, do exercício de 1991. (Referente à Lei nº 1.923, de 03/04/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1678</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1678/flash_3244.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1678/flash_3244.pdf</t>
   </si>
   <si>
     <t>Flash 3244._x000D_
 PROJETO DE LEI Nº 101/91. Concede isenção e remissão de Imposto Predial e Territorial Urbano - IPTU à Companhia de Distritos Industriais de Minas Gerais. (Referente à Lei nº 1.996, de 12/12/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1684</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1684/flash_3246.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1684/flash_3246.pdf</t>
   </si>
   <si>
     <t>Flash 3246._x000D_
-PROJETO DE LEI Nº 43/1991. Autoriza o Poder Executivo a conceder incentivo fiscal à Sociedade Rural de Montes Claros, durante a realização da III Semana Norte Mineira do Cavalo e da 1ª Feira Agrícola._x000D_
+PROJETO DE LEI Nº 43/1991. Autoriza o Poder Executivo a conceder incentivo fiscal à Sociedade Rural de Montes Claros, durante a realização da III Semana Norte Mineira do Cavalo e da 1ª Feira Agrícola. (Referente à Lei nº 1.941, de 17/06/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1685</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1685/flash_3247.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1685/flash_3247.pdf</t>
   </si>
   <si>
     <t>Flash 3247._x000D_
 PROJETO DE LEI Nº 64/1991. Concede incentivos fiscais às microempresas, empresas comerciais, prestadoras de serviço e unidades industriais de Montes Claros e dá outras providências. (Referente à Lei nº 1.973, de 10/10/1991)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1686</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1686/flash_3248.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1686/flash_3248.pdf</t>
   </si>
   <si>
     <t>Flash 3248._x000D_
 PROJETO DE LEI Nº 65/91. (REVOGADA). Dispõe sobre a concessão de incentivo fiscal, destinado à pessoas físicas e jurídicas, na realização de projetos culturais no município de Montes Claros. (Referente à Lei nº 1.964, de 04/09/1991, que foi regulamentada pelo Decreto nº 1.218, de 11/05/1992 e posteriormente revogada pela Lei nº 2.377/1996).             _x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1693</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1693/flash_3387.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1693/flash_3387.pdf</t>
   </si>
   <si>
     <t>Flash 3387._x000D_
 PROJETO DE LEI S/Nº/1991. (RETIRADO). Autoriza o Poder Executivo a conceder desconto aos contribuintes do município, sobre o pagamento do Imposto Predial e Territorial Urbano - IPTU._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1694</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1694/flash_3388.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1694/flash_3388.pdf</t>
   </si>
   <si>
     <t>Flash 3388._x000D_
 PROJETO DE LEI S/Nº/1991. (RETIRADO). Denomina a rua "Dr. Henrique Chaves", localizada no bairro Augusta Mota._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1695</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1695/flash_3389.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1695/flash_3389.pdf</t>
   </si>
   <si>
     <t>Flash 3389._x000D_
 CONVÊNIO S/Nº/1991. (REJEITADO). Dispõe sobre a celebração de convênio entre a Prefeitura de Montes Claros e o Frigorífico Bocaiúva Ltda._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1696</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1696/flash_3390.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1696/flash_3390.pdf</t>
   </si>
   <si>
     <t>Flash 3390._x000D_
 PROJETO DE LEI S/Nº/1991. (RETIRADO). Dispõe sobre a Política Municipal dos Direitos da Criança e do Adolescente._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1697</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1697/flash_3391.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1697/flash_3391.pdf</t>
   </si>
   <si>
     <t>Flash 3391._x000D_
 PROJETO DE LEI S/Nº/1991. (NÃO VOTADO). Denomina a rua "Dr. Evanildo Fragoso", localizada no bairro Jardim Panorama._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1698</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1698/flash_3392.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1698/flash_3392.pdf</t>
   </si>
   <si>
     <t>Flash 3392._x000D_
 PROJETO DE LEI S/Nº/1991. (NÃO VOTADO). Denomina a Escola Municipal Firmino Alves Fonseca, no lugar denominado Fazenda Três Irmãos._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1699</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1699/flash_3393.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1699/flash_3393.pdf</t>
   </si>
   <si>
     <t>Flash 3393._x000D_
 PROJETO DE LEI S/Nº/1991. (RETIRADO). Restabelece a denominação da "Avenida das Palmeiras", localizada no bairro Jardim Palmeiras._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1700</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1700/flash_3394.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1700/flash_3394.pdf</t>
   </si>
   <si>
     <t>Flash 3394._x000D_
 PROJETO DE LEI S/Nº/1991. (NÃO VOTADO). Denomina a rua "Monte Sinai", localizada na Vila Exposição._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1701</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1701/flash_3395.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1701/flash_3395.pdf</t>
   </si>
   <si>
     <t>Flash 3395._x000D_
 PROJETO DE LEI S/Nº/1991. (REJEITADO). Restabelece a denominação da “Avenida das Palmeiras”, localizada no bairro Jardim Palmeiras._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1702</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1702/flash_3396.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1702/flash_3396.pdf</t>
   </si>
   <si>
     <t>Flash 3396._x000D_
 PROJETO DE LEI S/Nº/1991. (NÃO VOTADO). Denomina a rua "Geralda Veloso", localizada no bairro Major Prates._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1703</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1703/flash_3397.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1703/flash_3397.pdf</t>
   </si>
   <si>
     <t>Flash 3397._x000D_
 PROJETO DE LEI S/Nº/1991. (RETIRADO). Modifica dispositivos da Lei nº 1.529, de 22/04/1985, que estabelece a proteção ao Patrimônio Histórico, Artístico e Cultural de Montes Claros._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1704</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1704/flash_3398.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1704/flash_3398.pdf</t>
   </si>
   <si>
     <t>Flash 3398._x000D_
 PROJETO DE LEI S/Nº/1991. (NÃO VOTADO). Denomina as Escolas Municipais "Dr. Crisantino Borém" e "Dú Narciso", localizadas no bairro Nossa Senhora das Graças e Vila Anália, respectivamente._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1705</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1705/flash_3399.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1705/flash_3399.pdf</t>
   </si>
   <si>
     <t>Flash 3399._x000D_
 PROJETO DE LEI S/Nº/1991. (NÃO VOTADO). Denomina as ruas "Antônio Mineiro", localizada no bairro Morada do Parque II; "Rubens Reis Teixeira", localizada no bairro Edgar Pereira e a avenida "Nenzinha Veloso", localizada no bairro Delfino Magalhães._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1706</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1706/flash_3400.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1706/flash_3400.pdf</t>
   </si>
   <si>
     <t>Flash 3400._x000D_
 PROJETO DE LEI S/Nº/1991. (NÃO VOTADO). Modifica a denominação da rua "Zé de Juca", localizada no bairro Santo Antônio, para rua "Espírito Santo"._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1707</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1707/flash_3401.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1707/flash_3401.pdf</t>
   </si>
   <si>
     <t>Flash 3401._x000D_
 PROJETO DE LEI S/Nº/1991. (RETIRADO). Declara o "Pequi" (Caryocar Brasiliense Camb.), como símbolo do município de Montes Claros._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1708</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1708/flash_3402.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1708/flash_3402.pdf</t>
   </si>
   <si>
     <t>Flash 3402._x000D_
 PROJETO DE LEI S/Nº/1991. (NÃO VOTADO). Denomina a rua "Augusto Coelho de Alencar", localizada na Vila Santa Maria._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1709</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1709/flash_3403.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1709/flash_3403.pdf</t>
   </si>
   <si>
     <t>Flash 3403._x000D_
 PROJETO DE LEI S/Nº/1991. (NÃO VOTADO). Dispõe sobre as diretrizes orçamentárias do município de Montes Claros, para o exercício financeiro de 1992._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1710</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1710/flash_3404.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1710/flash_3404.pdf</t>
   </si>
   <si>
     <t>Flash 3404._x000D_
 PROJETO DE LEI S/Nº/1991. (NÃO VOTADO). Denomina a rua "Augusto Andrade", localizada no bairro Morada do Sol._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1711</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1711/flash_3405.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1711/flash_3405.pdf</t>
   </si>
   <si>
     <t>Flash 3405._x000D_
 PROJETO DE LEI S/Nº/1991. (NÃO VOTADO). Denomina a rua "Joaquim Martins de Oliveira", localizada no bairro Cidade Nova._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1712</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1712/flash_3406.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1712/flash_3406.pdf</t>
   </si>
   <si>
     <t>Flash 3406._x000D_
 PROJETO DE LEI S/Nº/1991. (NÃO VOTADO). Denomina as ruas "Nozinho Colares" e "Mauro Moreira", localizadas no bairro Morada do Sol._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1713</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1713/flash_3407.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1713/flash_3407.pdf</t>
   </si>
   <si>
     <t>Flash 3407._x000D_
 PROJETO DE LEI S/Nº/1991. (RETIRADO). Denomina a "Avenida Paulista", localizada no bairro Santo Antônio._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1714</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1714/flash_3408.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1714/flash_3408.pdf</t>
   </si>
   <si>
     <t>Flash 3408._x000D_
 PROJETO DE LEI S/Nº/1991. (NÃO VOTADO). Autoriza o Poder Executivo a criar 8 creches municipais, nos locais que menciona, para regularização das mesmas junto à Delegacia Regional de Ensino._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1715</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1715/flash_3409.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1715/flash_3409.pdf</t>
   </si>
   <si>
     <t>Flash 3409._x000D_
 PROJETO DE LEI S/Nº/1991. (RETIRADO). Revoga dispositivos das Leis nº 1.477, de 06/09/1984, nº 1.637, de 22/05/1987 e nº 1.676, de 29/03/1988, que dispõem sobre a regulamentação do serviço de Transporte Coletivo Urbano no Município de Montes Claros._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1716</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1716/flash_3410.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1716/flash_3410.pdf</t>
   </si>
   <si>
     <t>Flash 3410._x000D_
 PROJETO DE LEI S/Nº/1991. (NÃO VOTADO). Denomina a rua "João Afonso Carvalho", localizada no bairro Vera Cruz._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1717</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1717/flash_3411.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1717/flash_3411.pdf</t>
   </si>
   <si>
     <t>Flash 3411._x000D_
 PROJETO DE LEI S/Nº/1991. (NÃO VOTADO). Denomina a rua "Manoel de Oliva", localizada no bairro Morada do Sol._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1598</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1598/flash_3258.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1598/flash_3258.pdf</t>
   </si>
   <si>
     <t>Flash 3258._x000D_
 PROJETO DE LEI Nº 03/1991. (REVOGADA). Altera o artigo 30 e os parágrafos 1º e 2º da Lei nº 1.554, de 30/08/1985, que dispõe sobre a cobrança do Imposto Predial e Territorial Urbano de Montes Claros - IPTU. (Referente à Lei nº 1.903, de 06/02/1991, que foi posteriormente revogada conforme flash 3267)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1483</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1483/flash_3703.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1483/flash_3703.pdf</t>
   </si>
   <si>
     <t>Flash 3703._x000D_
 PROJETO DE RESOLUÇÃO S/Nº/1991. (RETIRADO). Dispõe sobre a convocação de reuniões extraordinárias para apreciação das Leis Complementares._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1485</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1485/flash_3704.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1485/flash_3704.pdf</t>
   </si>
   <si>
     <t>Flash 3704._x000D_
 PROJETO DE RESOLUÇÃO S/Nº/1991. (NÃO VOTADO). Concede o Título de Cidadão Honorário de Montes Claros ao doutor Juan Francisco Avelan Paniágua._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1486</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1486/flash_3705.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1486/flash_3705.pdf</t>
   </si>
   <si>
     <t>Flash 3705._x000D_
 PROJETO DE RESOLUÇÃO S/Nº/1991. (REJEITADO). Revoga a Resolução nº 553, de 14/04/1987, que outorgou o Título de Cidadão Honorário de Montes Claros a Newton Cardoso (Ex-governador do Estado de Minas Gerais)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1487</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1487/flash_3706.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1487/flash_3706.pdf</t>
   </si>
   <si>
     <t>Flash 3706._x000D_
 PROJETO DE RESOLUÇÃO S/Nº/1991. (NÃO VOTADO). Concede o Título de Insigne Benfeitora de Montes Claros a Carmem Lúcia Costa._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1025/flash_3451.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1025/flash_3451.pdf</t>
   </si>
   <si>
     <t>Flash 3451._x000D_
 EMENDAS AO PROJETO DE LEI S/Nº/1991. (VETADA). Estima a receita e fixa a despesa do município de Montes Claros, para o exercício financeiro de 1992. (Recebeu veto do Poder Executivo - ver flash 3473)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1512</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1512/flash_3718.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1512/flash_3718.pdf</t>
   </si>
   <si>
     <t>Flash 3718._x000D_
 Requerimentos do vereador Benedito Paula Said, apresentados à Câmara Municipal de Montes Claros, no período de janeiro de 1991 a dezembro de 1992._x000D_
 Ivan José Lopes/ Cláudio Avelino Pereira. (Presidentes).</t>
   </si>
   <si>
     <t>1554</t>
   </si>
   <si>
     <t>Vital Alves Fonseca</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1554/flash_3738.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1554/flash_3738.pdf</t>
   </si>
   <si>
     <t>Flash 3738._x000D_
 Requerimentos do vereador Vital Alves Fonseca, apresentados à Câmara Municipal de Montes Claros, no mês de maio de 1991._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1077</t>
   </si>
   <si>
     <t>VET</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1077/flash_3473.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1077/flash_3473.pdf</t>
   </si>
   <si>
     <t>Flash 3473._x000D_
 VETO APOSTO ÀS EMENDAS AO PROJETO DE LEI S/Nº/1991, que estima a receita e fixa a despesa do município de Montes Claros, para o exercício financeiro de 1992._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1079/flash_3474.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1079/flash_3474.pdf</t>
   </si>
   <si>
     <t>Flash 3474._x000D_
 VETO AO PROJETO DE LEI Nº 64/1991. (RETIRADO). Veta o artigo 30 do Projeto de Lei que concede incentivos fiscais às microempresas, empresas comerciais, prestadoras de serviço e unidades industriais de Montes Claros e dá outras providências._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>8377</t>
   </si>
   <si>
     <t>ATA</t>
   </si>
   <si>
     <t>Ata</t>
   </si>
   <si>
     <t>ATL - ATL</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/8377/flash_3004.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/8377/flash_3004.pdf</t>
   </si>
   <si>
     <t>Flash 3004._x000D_
 Atas das sessões da Câmara Municipal de Montes Claros, do período de 22/01 a 26/12/1991._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1494</t>
   </si>
   <si>
     <t>DL</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
     <t>MESA DIRETORA - MESA</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1494/flash_3710.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1494/flash_3710.pdf</t>
   </si>
   <si>
     <t>Flash 3710._x000D_
 DECRETO LEGISLATIVO Nº 02/91, de 27/12/1991. Suplementa dotações constantes do orçamento da Câmara Municipal e contém outras providências._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1492</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1492/flash_3709.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1492/flash_3709.pdf</t>
   </si>
   <si>
     <t>Flash 3709._x000D_
 DECRETO LEGISLATIVO Nº 01/91, de 03/12/1991. Suplementa dotação constante do orçamento da Câmara Municipal e contém outras providências._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1755</t>
   </si>
   <si>
     <t>PEPL</t>
   </si>
   <si>
     <t>Projeto de Emenda à Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1755/flash_3449.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1755/flash_3449.pdf</t>
   </si>
   <si>
     <t>Flash 3449._x000D_
 PROJETO DE EMENDA S/Nº/1991. Emenda modificativa ao Projeto de Lei que concede incentivos fiscais às microempresas, empresas comerciais, prestadoras de serviços e contém outras disposições. (Cópia. Ver original no flash 3247)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1756</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1756/flash_3450.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1756/flash_3450.pdf</t>
   </si>
   <si>
     <t>Flash 3450._x000D_
 PROJETO DE EMENDA S/Nº/1991. Emendas ao Projeto de Lei nº 53/91, que modifica dispositivos da Lei nº 1.088, de 20/07/1976, que dispõe sobre o Código de Obras do Município. (Cópias. Ver originais no flash 3259)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1747</t>
   </si>
   <si>
     <t>ELOM</t>
   </si>
   <si>
     <t>Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1747/flash_3441.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1747/flash_3441.pdf</t>
   </si>
   <si>
     <t>Flash 3441._x000D_
 EMENDA Nº 06, de 14/02/1991. Modifica dispositivos constantes do artigo 139 da Lei Orgânica Municipal._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1748</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1748/flash_3442.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1748/flash_3442.pdf</t>
   </si>
   <si>
     <t>Flash 3442._x000D_
 EMENDA Nº 07, de 19/03/1991. Acrescenta dispositivos ao artigo 48 da Lei Orgânica Municipal._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1749</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1749/flash_3443.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1749/flash_3443.pdf</t>
   </si>
   <si>
     <t>Flash 3443._x000D_
 EMENDA Nº 08, de 26/03/1991. Acrescenta dispositivo ao artigo 209 da Lei Orgânica Municipal. (Institui o Programa Municipal de Bolsas de Estudo)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1750</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1750/flash_3444.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1750/flash_3444.pdf</t>
   </si>
   <si>
     <t>Flash 3444._x000D_
 EMENDA Nº 09, de 23/04/1991. Altera dispositivos do artigo 188 da Lei Orgânica Municipal. (Dispõe sobre o Conselho Municipal de Saúde)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1751</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1751/flash_3445.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1751/flash_3445.pdf</t>
   </si>
   <si>
     <t>Flash 3445._x000D_
 EMENDA Nº 10, de 02/07/1991. Modifica o inciso III do artigo 92, da Lei Orgânica Municipal. (Férias-prêmio)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1272</t>
   </si>
   <si>
     <t>RES</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1272/flash_3577.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1272/flash_3577.pdf</t>
   </si>
   <si>
     <t>Flash 3577._x000D_
 RESOLUÇÃO Nº 001/91, de 29/01/1991. Concede o Título de Cidadã Honorária de Montes Claros à irmã Juliana Philomena Verbist._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1276</t>
   </si>
   <si>
     <t>Eduardo Avelino Pereira</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1276/flash_3578.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1276/flash_3578.pdf</t>
   </si>
   <si>
     <t>Flash 3578._x000D_
 RESOLUÇÃO Nº 006/91, de 07/03/1991. Concede o Título de Cidadão Honorário de Montes Claros a Vicente de Paulo Fernandes Leal._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1278</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1278/flash_3579.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1278/flash_3579.pdf</t>
   </si>
   <si>
     <t>Flash 3579._x000D_
 RESOLUÇÃO Nº 09/91, de 19/03/1991. Concede o Título de Cidadão Honorário de Montes Claros a Barry Thomas Lambert._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1281</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1281/flash_3580.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1281/flash_3580.pdf</t>
   </si>
   <si>
     <t>Flash 3580._x000D_
 RESOLUÇÃO Nº 17, de 11/04/1991. Concede o Título de Cidadão Honorário de Montes Claros a Geraldo Alcides Teixeira._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1284</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1284/flash_3581.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1284/flash_3581.pdf</t>
   </si>
   <si>
     <t>Flash 3581._x000D_
 RESOLUÇÃO Nº 19, de 14/05/1991. Concede o Título de Cidadão Honorário de Montes Claros a Cosme Leão da Silva._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1286</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1286/flash_3582.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1286/flash_3582.pdf</t>
   </si>
   <si>
     <t>Flash 3582._x000D_
 RESOLUÇÃO Nº 20, de 18/05/1991. Concede o Título de Cidadão Honorário de Montes Claros a Herlindo Rodrigues da Silveira._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1287</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1287/flash_3583.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1287/flash_3583.pdf</t>
   </si>
   <si>
     <t>Flash 3583._x000D_
 RESOLUÇÃO Nº 21, de 28/05/1991. Concede o Título de Cidadão Honorário de Montes Claros ao doutor Jason Teixeira da Silva._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1288</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1288/flash_3584.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1288/flash_3584.pdf</t>
   </si>
   <si>
     <t>Flash 3584._x000D_
 RESOLUÇÃO Nº 29, de 13/08/1991. Concede o Título de Cidadão Honorário de Montes Claros a Nunílio Ramos Rêgo._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1290</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1290/flash_3585.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1290/flash_3585.pdf</t>
   </si>
   <si>
     <t>Flash 3585._x000D_
 RESOLUÇÃO Nº 30, 13/08/1991. Concede o Título de Cidadão Honorário de Montes Claros a Henrique Bertholino Mendes dos Santos._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1291</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1291/flash_3586.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1291/flash_3586.pdf</t>
   </si>
   <si>
     <t>Flash 3586._x000D_
 RESOLUÇÃO Nº 32, de 20/08/1991. Concede o Título de Cidadão Honorário de Montes Claros a Joenildo de Souza Chaves._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1293</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1293/flash_3587.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1293/flash_3587.pdf</t>
   </si>
   <si>
     <t>Flash 3587._x000D_
 RESOLUÇÃO Nº 33, de 29/08/1991. Concede o Título de Cidadã Honorária de Montes Claros a Edite Moreira Bastos._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1295</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1295/flash_3588.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1295/flash_3588.pdf</t>
   </si>
   <si>
     <t>Flash 3588._x000D_
 RESOLUÇÃO Nº 34, de 29/08/1991. Concede o Título de Cidadã Honorária de Montes Claros à doutora Maria da Glória Caxito Mameluque._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1297</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1297/flash_3589.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1297/flash_3589.pdf</t>
   </si>
   <si>
     <t>Flash 3589._x000D_
 RESOLUÇÃO Nº 35, de 29/08/1991. Concede o Título de Cidadão Honorário de Montes Claros ao doutor Pedro Mameluque Mota._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1298</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1298/flash_3590.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1298/flash_3590.pdf</t>
   </si>
   <si>
     <t>Flash 3590._x000D_
 RESOLUÇÃO Nº 41, de 17/09/1991. Concede o Título de Cidadão Honorário de Montes Claros ao Secretário de Estado da Educação de Minas Gerais, Walfrido dos Mares Guia Neto._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1300</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1300/flash_3591.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1300/flash_3591.pdf</t>
   </si>
   <si>
     <t>Flash 3591._x000D_
 RESOLUÇÃO Nº 47, de 08/10/1991. Concede o Título de Cidadão Honorário de Montes Claros ao doutor Adão Múcio Rezende Prates._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1301</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1301/flash_3592.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1301/flash_3592.pdf</t>
   </si>
   <si>
     <t>Flash 3592._x000D_
 RESOLUÇÃO Nº 52, de 12/11/1991. Concede o Título de Cidadão Honorário de Montes Claros ao doutor Ney Ataide Maia._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1302</t>
   </si>
   <si>
     <t>Artur Luiz Ferreira Leite</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1302/flash_3593.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1302/flash_3593.pdf</t>
   </si>
   <si>
     <t>Flash 3593._x000D_
 RESOLUÇÃO Nº 56, de 26/11/1991. Concede o Título de Cidadão Honorário de Montes Claros ao padre Antônio Alencar Monteiro._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1333</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1333/flash_3612.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1333/flash_3612.pdf</t>
   </si>
   <si>
     <t>Flash 3612._x000D_
 RESOLUÇÃO Nº 18, de 02/05/1991. Modifica dispositivos constantes do artigo 115 da Resolução nº 42, de 20/12/1990, que dispõe sobre o Regimento Interno da Câmara Municipal de Montes Claros._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1357</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1357/flash_3624.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1357/flash_3624.pdf</t>
   </si>
   <si>
     <t>Flash 3624._x000D_
 RESOLUÇÃO Nº 003/91, de 31/01/1991. Estabelece níveis de vencimentos e salários para os servidores da Câmara Municipal de Montes Claros, revoga o artigo 2º da Resolução nº 17/90, de 29/05/1990._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1358</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1358/flash_3625.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1358/flash_3625.pdf</t>
   </si>
   <si>
     <t>Flash 3625._x000D_
 RESOLUÇÃO Nº 11/91, de 19/03/1991. Altera nível de vencimento do cargo de Contador da Câmara Municipal de Montes Claros._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1360</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1360/flash_3626.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1360/flash_3626.pdf</t>
   </si>
   <si>
     <t>Flash 3626._x000D_
 RESOLUÇÃO Nº 23, de 14/06/1991. Atualiza níveis de vencimentos e salários dos servidores da Câmara Municipal de Montes Claros._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1361</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1361/flash_3627.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1361/flash_3627.pdf</t>
   </si>
   <si>
     <t>Flash 3627._x000D_
 RESOLUÇÃO Nº 27, de 06/08/1991. Dispõe sobre a filiação dos servidores da Câmara Municipal de Montes Claros no Instituto de Previdência dos Servidores do Estado de Minas Gerais - IPSEMG._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1362</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1362/flash_3628.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1362/flash_3628.pdf</t>
   </si>
   <si>
     <t>Flash 3628._x000D_
 RESOLUÇÃO Nº 43, de 26/09/1991. Atualiza níveis de vencimentos e salários dos servidores da Câmara Municipal de Montes Claros._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1364</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1364/flash_3629.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1364/flash_3629.pdf</t>
   </si>
   <si>
     <t>Flash 3629._x000D_
 RESOLUÇÃO Nº 49, de 24/10/1991. Altera níveis de vencimentos dos cargos de Assistente Legislativo e Motorista da Câmara Municipal de Montes Claros._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1365</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1365/flash_3630.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1365/flash_3630.pdf</t>
   </si>
   <si>
     <t>Flash 3630._x000D_
 RESOLUÇÃO Nº 57, de 19/12/1991. Atualiza níveis de vencimentos e salários dos servidores da Câmara Municipal de Montes Claros._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1375</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1375/flash_3640.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1375/flash_3640.pdf</t>
   </si>
   <si>
     <t>Flash 3640._x000D_
 RESOLUÇÃO Nº 002/91, de 31/01/91. Atualiza subsídios do Prefeito Municipal de Montes Claros._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1376</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1376/flash_3641.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1376/flash_3641.pdf</t>
   </si>
   <si>
     <t>Flash 3641._x000D_
 RESOLUÇÃO Nº 10/91, de 19/03/1991. Altera vencimentos dos Secretários Municipais da Prefeitura de Montes Claros._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1377</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1377/flash_3642.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1377/flash_3642.pdf</t>
   </si>
   <si>
     <t>Flash 3642._x000D_
 RESOLUÇÃO Nº 24, de 25/06/1991. Atualiza subsídio do Prefeito Municipal de Montes Claros._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1378</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1378/flash_3643.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1378/flash_3643.pdf</t>
   </si>
   <si>
     <t>Flash 3643._x000D_
 RESOLUÇÃO Nº 44, de 26/09/1991. Atualiza subsídio do Prefeito Municipal de Montes Claros._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1380</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1380/flash_3644.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1380/flash_3644.pdf</t>
   </si>
   <si>
     <t>Flash 3644._x000D_
 RESOLUÇÃO Nº 59, de 19/12/1991. Atualiza subsídio do Prefeito Municipal de Montes Claros._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1336</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1336/flash_3614.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1336/flash_3614.pdf</t>
   </si>
   <si>
     <t>Flash 3614._x000D_
 RESOLUÇÃO Nº 60, de 24/12/1991. Aprova o orçamento das despesas da Câmara Municipal de Montes Claros, para o exercício financeiro de 1992._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1432</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1432/flash_3675.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1432/flash_3675.pdf</t>
   </si>
   <si>
     <t>Flash 3675._x000D_
 RESOLUÇÃO Nº 51, de 29/10/1991. Considera de utilidade pública a Loja Simbólica "Apóstolos da Galiléia" nº 2.412._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1430</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1430/flash_3674.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1430/flash_3674.pdf</t>
   </si>
   <si>
     <t>Flash 3674._x000D_
 RESOLUÇÃO Nº 50, de 29/10/1991. Considera de utilidade pública o "Grupo Folclórico Banzé"._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1429</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1429/flash_3673.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1429/flash_3673.pdf</t>
   </si>
   <si>
     <t>Flash 3673._x000D_
 RESOLUÇÃO Nº 46, de 26/10/1991. Considera de utilidade pública a "Fundação Educacional Clarice Albuquerque"._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1427</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1427/flash_3672.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1427/flash_3672.pdf</t>
   </si>
   <si>
     <t>Flash 3672._x000D_
 RESOLUÇÃO Nº 42, de 20/09/1991. Considera de utilidade pública o Centro de Recuperação e Prevenção a Tóxico e Alcoolismo - "Fazenda Vida Nova”._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1426</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1426/flash_3671.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1426/flash_3671.pdf</t>
   </si>
   <si>
     <t>Flash 3671._x000D_
 RESOLUÇÃO Nº 36, de 29/08/1991. Considera de utilidade pública a "Associação Comunitária de Mucambo Firme"._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1425</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1425/flash_3670.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1425/flash_3670.pdf</t>
   </si>
   <si>
     <t>Flash 3670._x000D_
 RESOLUÇÃO Nº 25, de 30/07/1991. Considera de utilidade pública a "Liga Montesclarense de Desportos"._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1424</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1424/flash_3669.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1424/flash_3669.pdf</t>
   </si>
   <si>
     <t>Flash 3669._x000D_
 RESOLUÇÃO Nº 13/91, de 02/04/1991. Considera de utilidade pública a "Associação dos Servidores do Ensino Superior do Norte de Minas"._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1423</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1423/flash_3668.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1423/flash_3668.pdf</t>
   </si>
   <si>
     <t>Flash 3668._x000D_
 RESOLUÇÃO Nº 08/91, de 14/03/1991. Considera de utilidade pública a "Igreja Novo Mundo em Cristo"._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1422</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1422/flash_3667.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1422/flash_3667.pdf</t>
   </si>
   <si>
     <t>Flash 3667._x000D_
 RESOLUÇÃO Nº 07/91, de 14/03/1991. Considera de utilidade pública o "Movimento das Escolas Pró-musicalização Professor Hormindo Cunha"._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1191</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1191/flash_3534.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1191/flash_3534.pdf</t>
   </si>
   <si>
     <t>Flash 3534._x000D_
 RESOLUÇÃO Nº 55, de 26/11/1991. Concede o Título de Cidadã Benemérita de Montes Claros à professora Maria Isabel de Magalhães Figueiredo Sobreira._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1189</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1189/flash_3533.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1189/flash_3533.pdf</t>
   </si>
   <si>
     <t>Flash 3533._x000D_
 RESOLUÇÃO Nº 48, de 15/10/1991. Concede o Título de Cidadão Benemérito de Montes Claros ao padre Ivan Clementino da Silva._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1187</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1187/flash_3532.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1187/flash_3532.pdf</t>
   </si>
   <si>
     <t>Flash 3532._x000D_
 RESOLUÇÃO Nº 45, de 26/09/1991. Concede o Título de Cidadã Benemérita de Montes Claros a Maria Jacy Ribeiro._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1185</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1185/flash_3531.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1185/flash_3531.pdf</t>
   </si>
   <si>
     <t>Flash 3531._x000D_
 RESOLUÇÃO Nº 40, de 10/09/1991. Concede o Título de Cidadão Benemérito ao doutor Dario Rutier Duarte._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1171</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1171/flash_3530.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1171/flash_3530.pdf</t>
   </si>
   <si>
     <t>Flash 3530._x000D_
 RESOLUÇÃO Nº 15/91, de 09/04/1991. Concede o Título de Cidadã Benemérita à professora América Eleutério Nogueira._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1158/flash_3522.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1158/flash_3522.pdf</t>
   </si>
   <si>
     <t>Flash 3522._x000D_
 RESOLUÇÃO Nº 31, de 13/08/1991. Concede a Medalha do Mérito Ecológico a José Gonçalves Ulhôa._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1155/flash_3520.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1155/flash_3520.pdf</t>
   </si>
   <si>
     <t>Flash 3520._x000D_
 RESOLUÇÃO Nº 22, de 11/06/1991. Concede a Medalha de Honra Montes Claros ao professor Darcy Ribeiro._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1152</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1152/flash_3517.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1152/flash_3517.pdf</t>
   </si>
   <si>
     <t>Flash 3517._x000D_
 RESOLUÇÃO Nº 005/91, de 14/02/1991. Institui a “Medalha do Mérito Ecológico”, que será outorgada à pessoas físicas ou jurídicas que tenham prestado relevantes serviços ao município, na preservação da natureza, em defesa do meio ambiente e do equilíbrio ecológico._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1151/flash_3516.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1151/flash_3516.pdf</t>
   </si>
   <si>
     <t>Flash 3516._x000D_
 RESOLUÇÃO Nº 38, de 03/09/1991. Dispõe sobre normas para denominação de vias e logradouros públicos do município de Montes Claros._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
     <t>Carlos Welth Pimenta de Figueiredo, Eduardo Avelino Pereira, José Corrêa Machado</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1150/flash_3515.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1150/flash_3515.pdf</t>
   </si>
   <si>
     <t>Flash 3515._x000D_
 RESOLUÇÃO Nº 37, de 03/09/1991. Disciplina os "Assuntos Gerais" da Câmara Municipal de Montes Claros._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1149</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1149/flash_3514.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1149/flash_3514.pdf</t>
   </si>
   <si>
     <t>Flash 3514._x000D_
 RESOLUÇÃO Nº 26, de 06/08/1991. Dispõe sobre normas alusivas aos projetos que dispõem sobre a concessão de ajuda financeira pela municipalidade a terceiros, para o custeio de tratamento médico hospitalar._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1145</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1145/flash_3510.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1145/flash_3510.pdf</t>
   </si>
   <si>
     <t>Flash 3510._x000D_
 RESOLUÇÃO Nº 58, de 19/12/1991. Dispõe sobre a abertura de crédito especial no orçamento da Câmara Municipal de Montes Claros._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1144</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1144/flash_3509.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1144/flash_3509.pdf</t>
   </si>
   <si>
     <t>Flash 3509._x000D_
 RESOLUÇÃO Nº 53, de 22/11/1991. Dispõe sobre a suplementação de dotações no orçamento da Câmara Municipal de Montes Claros._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1107/flash_3488.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1107/flash_3488.pdf</t>
   </si>
   <si>
     <t>Flash 3488._x000D_
 RESOLUÇÃO Nº 54, de 22/11/1991. Aprova convênio celebrado entre a Prefeitura Municipal de Montes Claros e a Secretaria de Estado da Saúde, para custeio das atividades de assistência à saúde no município._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1106/flash_3487.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1106/flash_3487.pdf</t>
   </si>
   <si>
     <t>Flash 3487._x000D_
 RESOLUÇÃO Nº 28, de 06/08/1991. Aprova termo aditivo ao convênio celebrado entre a Secretaria de Estado da Saúde de Minas Gerais, o Departamento Estadual de Obras Públicas e a Prefeitura Municipal, para a construção do Centro de Oncologia de Montes Claros._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1104/flash_3486.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1104/flash_3486.pdf</t>
   </si>
   <si>
     <t>Flash 3486._x000D_
 RESOLUÇÃO Nº 16/91, de 09/04/1991. Aprova termo aditivo ao convênio de cooperação financeira firmado entre a Secretaria de Estado de Esportes, Lazer e Turismo de Minas Gerais e a Prefeitura de Montes Claros._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1102</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1102/flash_3485.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1102/flash_3485.pdf</t>
   </si>
   <si>
     <t>Flash 3485._x000D_
 RESOLUÇÃO Nº 14/91, de 02/04/1991. Aprova convênios celebrados entre a Secretaria de Estado da Saúde de Minas Gerais, a Prefeitura Municipal de Montes Claros e o Departamento Estadual de Obras Públicas, objetivando a construção de almoxarifado, oficina de manutenção e a execução da obra de reforma e ampliação de Centro de Saúde, em conjunto com o Centro de Oncologia._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1100</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1100/flash_3484.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1100/flash_3484.pdf</t>
   </si>
   <si>
     <t>Flash 3484._x000D_
 RESOLUÇÃO Nº 12/91, de 19/03/1991. Aprova convênio celebrado entre a Secretaria de Estado da Saúde de Minas Gerais, a Prefeitura Municipal de Montes Claros e a Secretaria de Estado de Obras Públicas, objetivando a construção de Centros de Saúde na Vila Telma e no bairro Vera Cruz._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1098/flash_3483.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1098/flash_3483.pdf</t>
   </si>
   <si>
     <t>Flash 3483._x000D_
 RESOLUÇÃO Nº 004/91, de 31/01/1991. Aprova convênio celebrado entre a União, através do Ministério da Ação Social e a Prefeitura de Montes Claros, objetivando a escavação e montagem de sete cisternas rurais._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>9504</t>
   </si>
   <si>
     <t>CRI - COMISSÃO ESPECIAL AO REGIMENTO INTERNO</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/9504/flash_3618.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/9504/flash_3618.pdf</t>
   </si>
   <si>
     <t>Flash 3618._x000D_
 RESOLUÇÃO Nº 39, de 03/09/1991. Regulamenta o funcionamento da Câmara Municipal de Montes Claros (Regimento Interno)._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -3444,67 +3444,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1047/flash_3461.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1050/flash_3462.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1052/flash_3463.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1053/flash_3464.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1054/flash_3465.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1061/flash_3466.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1062/flash_3467.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1023/flash_3301.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1024/flash_3302.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1029/flash_3303.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1035/flash_3304.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1040/flash_3305.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1043/flash_3306.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1055/flash_3307.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1056/flash_3308.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1065/flash_3020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1067/flash_3021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1069/flash_3022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1071/flash_3309.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1075/flash_3310.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1076/flash_3311.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1078/flash_3312.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1082/flash_3313.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1087/flash_3314.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1095/flash_3315.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1099/flash_3032.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1109/flash_3316.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1112/flash_3317.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1117/flash_3039.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1119/flash_3040.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1186/flash_3069.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1188/flash_3070.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1190/flash_3071.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1193/flash_3072.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1195/flash_3073.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1197/flash_3074.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1201/flash_3076.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1203/flash_3077.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1205/flash_3078.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1207/flash_3079.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1210/flash_3080.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1216/flash_3081.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1219/flash_3082.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1222/flash_3083.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1228/flash_3084.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1230/flash_3085.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1231/flash_3086.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1232/flash_3087.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1233/flash_3088.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1234/flash_3089.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1235/flash_3090.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1236/flash_3318.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1237/flash_3091.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1238/flash_3092.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1239/flash_3093.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1241/flash_3319.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1242/flash_3094.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1244/flash_3095.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1247/flash_3096.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1249/flash_3097.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1251/flash_3320.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1253/flash_3098.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1255/flash_3099.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1257/flash_3100.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1258/flash_3101.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1260/flash_3075.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1350/flash_3338.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1354/flash_3339.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1363/flash_3340.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1379/flash_3341.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1381/flash_3342.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1459/flash_3154.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1461/flash_3155.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1464/flash_3156.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1465/flash_3157.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1467/flash_3158.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1469/flash_3159.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1471/flash_3160.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1472/flash_3161.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1475/flash_3162.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1500/flash_3171.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1501/flash_3172.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1509/flash_3176.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1514/flash_3177.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1517/flash_3178.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1586/flash_3210.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1587/flash_3211.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1589/flash_3212.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1592/flash_3213.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1594/flash_3214.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1596/flash_3215.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1599/flash_3216.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1600/flash_3259.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1601/flash_3217.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1602/flash_3260.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1603/flash_3218.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1605/flash_3219.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1604/flash_3261.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1606/flash_3262.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1607/flash_3220.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1608/flash_3263.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1609/flash_3264.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1610/flash_3265.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1611/flash_3266.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1612/flash_3221.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1613/flash_3267.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1614/flash_3222.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1617/flash_3223.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1619/flash_3224.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1621/flash_3225.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1626/flash_3226.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1633/flash_3278.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1635/flash_3279.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1637/flash_3280.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1651/flash_3286.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1653/flash_3287.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1677/flash_3243.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1678/flash_3244.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1684/flash_3246.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1685/flash_3247.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1686/flash_3248.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1693/flash_3387.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1694/flash_3388.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1695/flash_3389.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1696/flash_3390.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1697/flash_3391.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1698/flash_3392.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1699/flash_3393.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1700/flash_3394.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1701/flash_3395.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1702/flash_3396.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1703/flash_3397.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1704/flash_3398.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1705/flash_3399.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1706/flash_3400.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1707/flash_3401.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1708/flash_3402.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1709/flash_3403.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1710/flash_3404.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1711/flash_3405.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1712/flash_3406.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1713/flash_3407.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1714/flash_3408.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1715/flash_3409.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1716/flash_3410.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1717/flash_3411.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1598/flash_3258.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1483/flash_3703.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1485/flash_3704.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1486/flash_3705.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1487/flash_3706.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1025/flash_3451.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1512/flash_3718.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1554/flash_3738.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1077/flash_3473.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1079/flash_3474.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/8377/flash_3004.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1494/flash_3710.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1492/flash_3709.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1755/flash_3449.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1756/flash_3450.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1747/flash_3441.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1748/flash_3442.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1749/flash_3443.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1750/flash_3444.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1751/flash_3445.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1272/flash_3577.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1276/flash_3578.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1278/flash_3579.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1281/flash_3580.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1284/flash_3581.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1286/flash_3582.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1287/flash_3583.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1288/flash_3584.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1290/flash_3585.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1291/flash_3586.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1293/flash_3587.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1295/flash_3588.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1297/flash_3589.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1298/flash_3590.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1300/flash_3591.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1301/flash_3592.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1302/flash_3593.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1333/flash_3612.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1357/flash_3624.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1358/flash_3625.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1360/flash_3626.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1361/flash_3627.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1362/flash_3628.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1364/flash_3629.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1365/flash_3630.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1375/flash_3640.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1376/flash_3641.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1377/flash_3642.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1378/flash_3643.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1380/flash_3644.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1336/flash_3614.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1432/flash_3675.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1430/flash_3674.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1429/flash_3673.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1427/flash_3672.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1426/flash_3671.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1425/flash_3670.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1424/flash_3669.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1423/flash_3668.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1422/flash_3667.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1191/flash_3534.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1189/flash_3533.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1187/flash_3532.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1185/flash_3531.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1171/flash_3530.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1158/flash_3522.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1155/flash_3520.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1152/flash_3517.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1151/flash_3516.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1150/flash_3515.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1149/flash_3514.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1145/flash_3510.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1144/flash_3509.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1107/flash_3488.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1106/flash_3487.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1104/flash_3486.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1102/flash_3485.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1100/flash_3484.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1098/flash_3483.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/9504/flash_3618.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1047/flash_3461.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1050/flash_3462.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1052/flash_3463.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1053/flash_3464.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1054/flash_3465.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1061/flash_3466.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1062/flash_3467.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1023/flash_3301.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1024/flash_3302.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1029/flash_3303.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1035/flash_3304.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1040/flash_3305.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1043/flash_3306.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1055/flash_3307.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1056/flash_3308.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1065/flash_3020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1067/flash_3021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1069/flash_3022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1071/flash_3309.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1075/flash_3310.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1076/flash_3311.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1078/flash_3312.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1082/flash_3313.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1087/flash_3314.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1095/flash_3315.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1099/flash_3032.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1109/flash_3316.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1112/flash_3317.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1117/flash_3039.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1119/flash_3040.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1186/flash_3069.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1188/flash_3070.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1190/flash_3071.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1193/flash_3072.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1195/flash_3073.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1197/flash_3074.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1201/flash_3076.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1203/flash_3077.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1205/flash_3078.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1207/flash_3079.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1210/flash_3080.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1216/flash_3081.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1219/flash_3082.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1222/flash_3083.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1228/flash_3084.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1230/flash_3085.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1231/flash_3086.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1232/flash_3087.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1233/flash_3088.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1234/flash_3089.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1235/flash_3090.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1236/flash_3318.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1237/flash_3091.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1238/flash_3092.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1239/flash_3093.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1241/flash_3319.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1242/flash_3094.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1244/flash_3095.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1247/flash_3096.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1249/flash_3097.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1251/flash_3320.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1253/flash_3098.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1255/flash_3099.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1257/flash_3100.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1258/flash_3101.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1260/flash_3075.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1350/flash_3338.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1354/flash_3339.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1363/flash_3340.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1379/flash_3341.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1381/flash_3342.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1459/flash_3154.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1461/flash_3155.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1464/flash_3156.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1465/flash_3157.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1467/flash_3158.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1469/flash_3159.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1471/flash_3160.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1472/flash_3161.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1475/flash_3162.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1500/flash_3171.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1501/flash_3172.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1509/flash_3176.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1514/flash_3177.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1517/flash_3178.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1586/flash_3210.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1587/flash_3211.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1589/flash_3212.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1592/flash_3213.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1594/flash_3214.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1596/flash_3215.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1599/flash_3216.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1600/flash_3259.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1601/flash_3217.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1602/flash_3260.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1603/flash_3218.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1605/flash_3219.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1604/flash_3261.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1606/flash_3262.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1607/flash_3220.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1608/flash_3263.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1609/flash_3264.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1610/flash_3265.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1611/flash_3266.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1612/flash_3221.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1613/flash_3267.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1614/flash_3222.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1617/flash_3223.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1619/flash_3224.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1621/flash_3225.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1626/flash_3226.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1633/flash_3278.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1635/flash_3279.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1637/flash_3280.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1651/flash_3286.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1653/flash_3287.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1677/flash_3243.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1678/flash_3244.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1684/flash_3246.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1685/flash_3247.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1686/flash_3248.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1693/flash_3387.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1694/flash_3388.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1695/flash_3389.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1696/flash_3390.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1697/flash_3391.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1698/flash_3392.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1699/flash_3393.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1700/flash_3394.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1701/flash_3395.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1702/flash_3396.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1703/flash_3397.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1704/flash_3398.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1705/flash_3399.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1706/flash_3400.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1707/flash_3401.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1708/flash_3402.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1709/flash_3403.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1710/flash_3404.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1711/flash_3405.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1712/flash_3406.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1713/flash_3407.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1714/flash_3408.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1715/flash_3409.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1716/flash_3410.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1717/flash_3411.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1598/flash_3258.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1483/flash_3703.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1485/flash_3704.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1486/flash_3705.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1487/flash_3706.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1025/flash_3451.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1512/flash_3718.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1554/flash_3738.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1077/flash_3473.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1079/flash_3474.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/8377/flash_3004.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1494/flash_3710.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1492/flash_3709.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1755/flash_3449.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1756/flash_3450.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1747/flash_3441.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1748/flash_3442.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1749/flash_3443.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1750/flash_3444.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1751/flash_3445.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1272/flash_3577.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1276/flash_3578.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1278/flash_3579.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1281/flash_3580.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1284/flash_3581.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1286/flash_3582.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1287/flash_3583.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1288/flash_3584.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1290/flash_3585.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1291/flash_3586.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1293/flash_3587.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1295/flash_3588.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1297/flash_3589.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1298/flash_3590.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1300/flash_3591.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1301/flash_3592.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1302/flash_3593.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1333/flash_3612.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1357/flash_3624.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1358/flash_3625.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1360/flash_3626.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1361/flash_3627.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1362/flash_3628.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1364/flash_3629.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1365/flash_3630.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1375/flash_3640.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1376/flash_3641.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1377/flash_3642.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1378/flash_3643.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1380/flash_3644.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1336/flash_3614.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1432/flash_3675.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1430/flash_3674.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1429/flash_3673.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1427/flash_3672.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1426/flash_3671.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1425/flash_3670.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1424/flash_3669.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1423/flash_3668.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1422/flash_3667.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1191/flash_3534.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1189/flash_3533.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1187/flash_3532.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1185/flash_3531.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1171/flash_3530.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1158/flash_3522.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1155/flash_3520.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1152/flash_3517.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1151/flash_3516.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1150/flash_3515.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1149/flash_3514.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1145/flash_3510.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1144/flash_3509.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1107/flash_3488.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1106/flash_3487.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1104/flash_3486.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1102/flash_3485.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1100/flash_3484.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/1098/flash_3483.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1991/9504/flash_3618.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H227"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="74.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="90.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="89.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>