--- v0 (2025-12-28)
+++ v1 (2026-03-23)
@@ -54,2567 +54,2567 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
     <t>1992</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica Municipal</t>
   </si>
   <si>
     <t>Benedito Paula Said</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1064/flash_3468.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1064/flash_3468.pdf</t>
   </si>
   <si>
     <t>Flash 3468._x000D_
 PROJETO DE EMENDA (RETIRADO). Altera o parágrafo 1º, do artigo 110 da Lei Orgânica Municipal._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Marlene Tavares Cardoso</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1066/flash_3469.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1066/flash_3469.pdf</t>
   </si>
   <si>
     <t>Flash 3469._x000D_
 PROJETO DE EMENDA (RETIRADO). Acrescenta dispositivo do artigo 110 da Lei Orgânica do Município._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1068</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>José Hélio Guimarães de Carvalho</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1068/flash_3470.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1068/flash_3470.pdf</t>
   </si>
   <si>
     <t>Flash 3470._x000D_
 PROJETO DE EMENDA (REJEITADO). Altera dispositivos do artigo 40 da Lei Orgânica Municipal._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1070</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1070/flash_3471.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1070/flash_3471.pdf</t>
   </si>
   <si>
     <t>Flash 3471._x000D_
 PROJETO DE EMENDA (RETIRADO). Acrescenta dispositivos ao artigo 106 da Lei Orgânica do Município._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Aurindo José Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1073/flash_3472.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1073/flash_3472.pdf</t>
   </si>
   <si>
     <t>Flash 3472._x000D_
 PROJETO DE EMENDA (RETIRADO). Altera o artigo 28 da Lei Orgânica Municipal._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Executivo Municipal - EXEC</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1072/flash_3023.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1072/flash_3023.pdf</t>
   </si>
   <si>
     <t>Flash 3023._x000D_
 PROJETO DE LEI Nº 37/92. Autoriza o Poder Executivo a celebrar convênio com o Tribunal de Justiça do Estado de Minas Gerais, para promover reformas no prédio destinado ao Fórum da Comarca de Montes Claros. (Referente à Lei nº 2.039, de 26/05/1992)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1074</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1074/flash_3024.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1074/flash_3024.pdf</t>
   </si>
   <si>
     <t>Flash 3024._x000D_
 PROJETO DE LEI Nº 43/92. Autoriza o Poder Executivo a celebrar convênio com a Secretaria de Estado da Cultura, visando a realização do II Festival Regional de Forró e Quadrilha do Norte de Minas. (Referente à Lei nº 2.050, de 15/06/1992)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1080/flash_3025.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1080/flash_3025.pdf</t>
   </si>
   <si>
     <t>Flash 3025._x000D_
 PROJETO DE LEI Nº 62/92. Autoriza o Poder Executivo a celebrar convênios, termos de cooperação e aditivos com a Secretaria de Estado da Cultura de Minas Gerais. (Referente à Lei nº 2.066, de 25/08/1992)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1083</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1083/flash_3026.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1083/flash_3026.pdf</t>
   </si>
   <si>
     <t>Flash 3026._x000D_
 PROJETO DE LEI Nº 77/92. Autoriza o Poder Executivo a celebrar convênios, termos de cooperação e aditivos com a Secretaria de Estado da Justiça de Minas Gerais, visando a solução para os problemas com menores de rua e menores infratores e implantação do estacionamento rotativo Área Azul. (Referente à Lei nº 2.084, de 25/11/1992)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1089/flash_3028.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1089/flash_3028.pdf</t>
   </si>
   <si>
     <t>Flash 3028._x000D_
 PROJETO DE LEI Nº 30/92. Autoriza o Poder Executivo a contratar serviços de empreiteiras, para execução de obras de extensão de redes de energia elétrica no município de Montes Claros. (Referente à Lei nº 2.034, de 19/05/1992)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1101/flash_3033.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1101/flash_3033.pdf</t>
   </si>
   <si>
     <t>Flash 3033._x000D_
 PROJETO DE LEI Nº 59/92. Autoriza a abertura de crédito especial e anula dotação do orçamento municipal vigente, para execução da obra de construção da passarela do Colégio Tiradentes, sobre a BR-251, e dá outras providências. (Referente à Lei nº 2.067, de 27/08/1992)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1103/flash_3034.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1103/flash_3034.pdf</t>
   </si>
   <si>
     <t>Flash 3034._x000D_
 PROJETO DE LEI Nº 66/92. Autoriza o Poder Executivo a abrir crédito suplementar no orçamento vigente. (Referente à Lei nº 2.072, de 28/08/1992)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1105</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1105/flash_3035.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1105/flash_3035.pdf</t>
   </si>
   <si>
     <t>Flash 3035._x000D_
 PROJETO DE LEI Nº 70/92. Autoriza a abertura de crédito especial no orçamento vigente, no valor de Cr$ 36.440.000,00, que serão aplicados em reformas, obras e instalações no Fórum local e na Secretaria Municipal de Saúde. (Referente à Lei nº 2.079, de 16/11/1992).  _x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1108/flash_3036.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1108/flash_3036.pdf</t>
   </si>
   <si>
     <t>Flash 3036._x000D_
 PROJETO DE LEI Nº 76/92 Autoriza o Poder Executivo a abrir crédito especial para cobrir despesas de convênio celebrado com a Fundação Ezequiel Dias - FUNED, na compra de medicamentos. (Referente à Lei nº 2.081, de 23/11/1992)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1111/flash_3037.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1111/flash_3037.pdf</t>
   </si>
   <si>
     <t>Flash 3037._x000D_
 PROJETO DE LEI Nº 88/92. Autoriza a abertura de crédito suplementar no orçamento vigente e contém outras providências. (Referente à Lei nº 2.093, de 16/12/1992).  _x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1121</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1121/flash_3041.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1121/flash_3041.pdf</t>
   </si>
   <si>
     <t>Flash 3041._x000D_
 PROJETO DE LEI Nº 32/92. (REVOGADA). Cria a Zona de Contenção de Verticalização da cidade de Montes Claros. (Referente à Lei nº 2.038 de 21/05/1992, que foi posteriormente revogada pela Lei nº 2.115, de 18/05/1993).  _x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1123/flash_3042.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1123/flash_3042.pdf</t>
   </si>
   <si>
     <t>Flash 3042._x000D_
 PROJETO DE LEI Nº 44/92. (REVOGADA). Cria o Fundo Previdenciário do Município de Montes Claros, para garantia da seguridade social dos servidores, até que se crie o Instituto Previdenciário do Município (PREVMOC). (Referente à Lei nº 2.057, de 08/07/1992, que foi posteriormente revogada pela Lei nº 2.101, de 14/01/1993).  _x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1256</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1256/flash_3321.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1256/flash_3321.pdf</t>
   </si>
   <si>
     <t>Flash 3321._x000D_
 PROJETO DE LEI Nº 09/1992. Autoriza o Poder Executivo a fazer doação no valor de Cr$ 50.000,00 à Associação dos Repentistas e Poetas Populares do Norte de Minas, a serem utilizados na premiação do "2º Concurso de Arroz com Pequi", promovido pela entidade._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1259</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Gilmar Ribeiro dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1259/flash_3102.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1259/flash_3102.pdf</t>
   </si>
   <si>
     <t>Flash 3102._x000D_
 PROJETO DE LEI Nº 04/92. Denomina a rua "José Adão Dias", localizada no bairro Nova Morada. (Referente à Lei nº 2.015, de 27/02/1992)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1261</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1261/flash_3103.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1261/flash_3103.pdf</t>
   </si>
   <si>
     <t>Flash 3103._x000D_
 PROJETO DE LEI Nº 03/92. Denomina a rua "Natália Carneiro Castilho", localizada no bairro Edgar Pereira._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1262</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Tancredo José dos Santos Macedo</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1262/flash_3104.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1262/flash_3104.pdf</t>
   </si>
   <si>
     <t>Flash 3104._x000D_
 PROJETO DE LEI Nº 13/92. Denomina a avenida "Manoel de Oliva", localizada no bairro Jardim Panorama. (Referente à Lei nº 2.025, de 23/03/1992)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1265</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>José Geraldo de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1265/flash_3105.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1265/flash_3105.pdf</t>
   </si>
   <si>
     <t>Flash 3105._x000D_
 PROJETO DE LEI Nº 05/92. Denomina a rua "Clara Lopes da Silva" (Dona Clarinha), localizada no bairro Nossa Senhora das Graças. (Referente à Lei nº 2.016, de 27/02/1992)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1271</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Edmar Pereira Santos</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1271/flash_3107.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1271/flash_3107.pdf</t>
   </si>
   <si>
     <t>Flash 3107._x000D_
 PROJETO DE LEI Nº 10/92. Denomina a Praça "Joel Correa de Melo", localizada na Vila Oliveira. (Referente à Lei nº 2.019-A, de 16/03/1992).  _x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1273</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1273/flash_3108.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1273/flash_3108.pdf</t>
   </si>
   <si>
     <t>Flash 3108._x000D_
 PROJETO DE LEI Nº 17/92. Denomina a rua "Joaquim Martins de Oliveira", localizada no bairro Cidade Nova. (Referente à Lei nº 2.022, de 08/02/1992)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1274</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>José Gonzaga Pereira</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1274/flash_3109.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1274/flash_3109.pdf</t>
   </si>
   <si>
     <t>Flash 3109._x000D_
 PROJETO DE LEI Nº 19/92. Denomina a rua "Ivan José Lopes Filho", localizada no bairro Morada do Sol. (Referente à Lei nº 2.030, de 28/04/1992).    _x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1275</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Manoel Soares Lopes</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1275/flash_3110.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1275/flash_3110.pdf</t>
   </si>
   <si>
     <t>Flash 3110._x000D_
 PROJETO DE LEI Nº 23/92. Denomina a rua "Antônio Lucas Bezerra", localizada no bairro Planalto. (Referente à Lei nº 2.033, de 28/04/1992)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1277</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1277/flash_3111.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1277/flash_3111.pdf</t>
   </si>
   <si>
     <t>Flash 3111._x000D_
 PROJETO DE LEI Nº 52/92. Denomina a avenida "Hermelinda Sena", conhecida popularmente como avenida "Central do Brasil", localizada no bairro São Judas Tadeu II. (Referente à Lei nº 5.059, de 28/07/1992)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1280</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1280/flash_3112.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1280/flash_3112.pdf</t>
   </si>
   <si>
     <t>Flash 3112._x000D_
 PROJETO DE LEI Nº 75/92. Denomina a avenida "Dr. Dilson de Quadros Godinho", localizada no bairro Renascença. (Referente à Lei nº 2.083, de 25/11/1992)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1282</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1282/flash_3113.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1282/flash_3113.pdf</t>
   </si>
   <si>
     <t>Flash 3113._x000D_
-PROJETO DE LEI Nº 20/92. Denomina a rua "Levi Pimenta", localizada no bairro Augusta Mota._x000D_
+PROJETO DE LEI Nº 20/92. Denomina a rua "Levi Pimenta", localizada no bairro Augusta Mota. (Referente à Lei nº 2.032, de 28/04/1992)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1285</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Edison Antônio Alves Martins</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1285/flash_3114.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1285/flash_3114.pdf</t>
   </si>
   <si>
     <t>Flash 3114._x000D_
 PROJETO DE LEI Nº 21/92. Denomina a avenida "João Batista Cordeiro", localizada no bairro Renascença, e a avenida "Adolfina Boa Sorte", localizada no bairro Tancredo Neves. (Referente à Lei nº 2.031, de 28/04/1992)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1292</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1292/flash_3115.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1292/flash_3115.pdf</t>
   </si>
   <si>
     <t>Flash 3115._x000D_
 PROJETO DE LEI Nº 22/92. Denomina a rua "Antônio Nunes da Silva", localizada no bairro Augusta Mota. (Referente à Lei nº 2.029, de 28/04/1992).    _x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1294</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Ivan José Lopes</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1294/flash_3116.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1294/flash_3116.pdf</t>
   </si>
   <si>
     <t>Flash 3116._x000D_
 PROJETO DE LEI Nº 27/92. Denomina o "Trevo Jason de Souza Lima", localizado no bairro Melo, formado na confluência das avenidas Deputado Esteves Rodrigues, Mestra Fininha e Diamante. (Referente à Lei nº 2.035, de 19/05/1992)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1313</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1313/flash_3106.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1313/flash_3106.pdf</t>
   </si>
   <si>
     <t>Flash 3106._x000D_
 PROJETO DE LEI Nº 07/92. Denomina as ruas "Pau Brasil", "Mogno", "Jatobá", "Jequitibá", "Sucupira", "Seringueira" e "Carvalho", localizadas no bairro Planalto II. (Referente à Lei nº 2.014, de 26/02/1992).   _x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1315</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1315/flash_3117.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1315/flash_3117.pdf</t>
   </si>
   <si>
     <t>Flash 3117._x000D_
 PROJETO DE LEI Nº 33/92. Denomina a rua "Dr. João Evanildo Fragoso", localizada no bairro Jardim Panorama. (Referente à Lei nº 2.042, de 25/05/1992)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1316</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>José Corrêa Machado</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1316/flash_3118.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1316/flash_3118.pdf</t>
   </si>
   <si>
     <t>Flash 3118._x000D_
 PROJETO DE LEI Nº 39/92. Denomina a avenida "Vicente Guimarães", construída ao longo das margens do Córrego Vargem Grande. (Referente à Lei nº 2.046, de 02/06/1992). _x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1317</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Cláudio Avelino Pereira</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1317/flash_3119.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1317/flash_3119.pdf</t>
   </si>
   <si>
     <t>Flash 3119._x000D_
 PROJETO DE LEI Nº 50/92. Denomina a rua "Geraldo Rodrigues Santos", localizada no bairro Jardim Panorama. (Referente à Lei nº 2.056, de 26/06/1992)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1319</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1319/flash_3120.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1319/flash_3120.pdf</t>
   </si>
   <si>
     <t>Flash 3120._x000D_
 PROJETO DE LEI Nº 38/92. Denomina a avenida "Paulista", localizada no bairro Santo Antônio. (Referente à Lei nº 2.045-A, de 02/06/1992)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1321</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1321/flash_3121.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1321/flash_3121.pdf</t>
   </si>
   <si>
     <t>Flash 3121._x000D_
 PROJETO DE LEI Nº 41/92. Denomina ruas do Conjunto Residencial Floresta, da Metalúrgica Norte de Minas: ruas: Angico, Araçá, Araucária, Bambú, Marmelo, Oiti, Crisântemo, Pequizeiro, Magnólia, Peroba, Pinho, Imbuia, Cerejeira, Juazeiro, Vinhático, Sambaíba, Mutambeira, Mandacarú, Mangaba, Murici e Umbuzeiro. (Referente à Lei nº 2.048, de 06/06/1992).          _x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1338</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1338/flash_3122.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1338/flash_3122.pdf</t>
   </si>
   <si>
     <t>Flash 3122._x000D_
 PROJETO DE LEI Nº 42/92. Denomina a rua "Antônio Carlos Miranda", localizada no bairro Jardim Panorama. (Referente à Lei nº 2.047, de 10/06/1992)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1341</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1341/flash_3123.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1341/flash_3123.pdf</t>
   </si>
   <si>
     <t>Flash 3123._x000D_
 PROJETO DE LEI Nº 48/92. Denomina a rua "Odília Cândido Arruda", localizada no bairro Jardim Panorama. (Referente à Lei nº 2.054, de 26/06/1992)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1342</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1342/flash_3124.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1342/flash_3124.pdf</t>
   </si>
   <si>
     <t>Flash 3124._x000D_
 PROJETO DE LEI Nº 49/92. (REVOGADA). Denomina a rua "José Sebastião Crisóstomo", localizada no bairro Jardim Panorama. (Referente à Lei nº 2.055, de 26/06/1992, que foi posteriormente revogada pela Lei nº 3.489, de 20/12/2005)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1343</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1343/flash_3125.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1343/flash_3125.pdf</t>
   </si>
   <si>
     <t>Flash 3125._x000D_
-PROJETO DE LEI Nº 46/92. Denomina a avenida "José Maia Sobrinho", localizada bairro Jardim Panorama._x000D_
+PROJETO DE LEI Nº 46/92. Denomina a avenida "José Maia Sobrinho", localizada bairro Jardim Panorama. (Referente à Lei nº 2.053, de 26/06/1992)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1344</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1344/flash_3126.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1344/flash_3126.pdf</t>
   </si>
   <si>
     <t>Flash 3126._x000D_
 PROJETO DE LEI Nº 55/92. Denomina centros comunitários e de convívio, cria cursos pré-escolares e promove extensão de séries. Passam a ter as seguintes denominações os centros comunitários e de convívio do município: "Centro Comunitário do Menor", localizado no bairro Renascença; "Centro de Convívio Professor Raimundo Neto", localizado no bairro Jardim São Geraldo; "Centro de Convívio Domingos Lopes da Silva", localizado na Vila Oliveira e "Centro Comunitário Diu Colares", localizado na Vila Exposição. (Referente à Lei nº 2.063, de 11/08/1992)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1351</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1351/flash_3127.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1351/flash_3127.pdf</t>
   </si>
   <si>
     <t>Flash 3127._x000D_
 PROJETO DE LEI Nº 58/92. Denomina a Pista de Cooper "Geraldo Eustáquio Bicalho", localizada na avenida Mestra Fininha._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1353</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1353/flash_3128.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1353/flash_3128.pdf</t>
   </si>
   <si>
     <t>Flash 3128._x000D_
 PROJETO DE LEI Nº 53/92. Denomina a rua "João Afonso de Carvalho", localizada no bairro Vera Cruz. (Referente à Lei nº 2.061, de 11/08/1992)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1356</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1356/flash_3129.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1356/flash_3129.pdf</t>
   </si>
   <si>
     <t>Flash 3129._x000D_
 PROJETO DE LEI Nº 54/92. Denomina a Praça "Lindolfo Laughton", localizada no final da avenida Geraldo Athayde, em frente ao Parque de Exposições, no bairro São João. (Referente à Lei nº 2.062, de 11/08/1992)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1359</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1359/flash_3130.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1359/flash_3130.pdf</t>
   </si>
   <si>
     <t>Flash 3130._x000D_
 PROJETO DE LEI Nº 57/92. Denomina a Praça "Idalina de Alvarenga Lopes", localizada no bairro Clarindo Lopes, entre as ruas Joãozinho de Dodô, Divinópolis, Príncipe Regente e K. (Referente à Lei nº 2.065, de 11/08/1992)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1385</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1385/flash_3343.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1385/flash_3343.pdf</t>
   </si>
   <si>
     <t>Flash 3343._x000D_
 PROJETO DE LEI Nº 18/1992. (REVOGADA). Dispõe sobre o quadro de pessoal da Prefeitura Municipal de Montes Claros (plano de cargos, vencimentos e carreira). (Referente à Lei nº 2.020 de 14/04/1992, que após várias alterações, foi revogada pela Lei nº 3.174, de 23/12/2003)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1388</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1388/flash_3344.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1388/flash_3344.pdf</t>
   </si>
   <si>
     <t>Flash 3344._x000D_
 PROJETO DE LEI Nº 71/1992. Reajusta os vencimentos dos servidores municipais, cargos administrativos e técnicos, com seus efeitos retroativos a 1º de setembro de 1992. (Referente à Lei nº 2.080, de 16/11/1992)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1394</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1394/flash_3131.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1394/flash_3131.pdf</t>
   </si>
   <si>
     <t>Flash 3131._x000D_
 PROJETO DE LEI Nº 63/92. Denomina próprios municipais. “Passarela Professor Catão Prates”, situada na Avenida Plínio Ribeiro, Escola Municipal “Professor João Câmara”, situada na Vila Atlântida, Centro de Convívio “Tia Luizinha Gonçalves”, com sede na Vila Atlântida. (Referente à Lei nº 2.069, de 27/08/1992)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1396</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1396/flash_3132.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1396/flash_3132.pdf</t>
   </si>
   <si>
     <t>Flash 3132._x000D_
 PROJETO DE LEI Nº 65/92. Denominando rua “Cordiolino Soares Oliveira”. Passa a denominar-se rua Cordiolino Soares Oliveira a rua Dr. João Luiz de Almeida (antiga rua 83 situada no bairro Ibituruna). (Referente à Lei nº 2.073, de 28/08/1992)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1398</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1398/flash_3133.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1398/flash_3133.pdf</t>
   </si>
   <si>
     <t>Flash 3133._x000D_
 PROJETO DE LEI Nº 74/92. Denomina a rua “Valdivino dos Santos”, no Conjunto Habitacional Ciro dos Anjos (Rua C). (Referente à Lei nº 2.082, de 25/11/1992)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1400</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1400/flash_3134.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1400/flash_3134.pdf</t>
   </si>
   <si>
     <t>Flash 3134._x000D_
 PROJETO DE LEI Nº 67/92 .Denomina a rua “Neuso Cassani” na Vila Antônio Narciso. Referente à Lei nº 2.074, de 21/09/1992)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1403</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1403/flash_3135.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1403/flash_3135.pdf</t>
   </si>
   <si>
     <t>Flash 3135._x000D_
 PROJETO DE LEI Nº 68/92. Denomina a rua “Raimundo Fernando Dias”, localizada no bairro Renascença. (Referente à Lei nº 2.076, de 09/11/1992)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1409</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1409/flash_3136.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1409/flash_3136.pdf</t>
   </si>
   <si>
     <t>Flash 3136._x000D_
 PROJETO DE LEI Nº 69/92. Denomina de "Christo Raeff Nedelkoff" o prédio do Mercado Municipal Central, edificado na Avenida Deputado Esteves Rodrigues. (Referente à Lei nº 2.075, de 06/11/1992)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1411</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>Artur Luiz Ferreira Leite</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1411/flash_3137.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1411/flash_3137.pdf</t>
   </si>
   <si>
     <t>Flash 3137._x000D_
 PROJETO DE LEI Nº 79/92. Denomina a rua "Ferroviário José Tavares", localizada no bairro Distrito Industrial. (Referente à Lei nº 2.088, de 02/12/1992)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1413</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>Eduardo Avelino Pereira</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1413/flash_3138.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1413/flash_3138.pdf</t>
   </si>
   <si>
     <t>Flash 3138._x000D_
 PROJETO DE LEI Nº 80/92. Denomina de "Américo Souto", o Centro Integrado de Atendimento à Criança – CIAC, localizado no bairro Renascença. (Referente à Lei nº 2.089, de 02/12/1992)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1416</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1416/flash_3139.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1416/flash_3139.pdf</t>
   </si>
   <si>
     <t>Flash 3139._x000D_
 PROJETO DE LEI Nº 82/92. Denomina o Centro de Convívio "Otávio Silveira", localizado no Mercado Municipal Central de Montes Claros. (Referente à Lei nº 2.087, de 03/12/1992)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1419</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1419/flash_3140.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1419/flash_3140.pdf</t>
   </si>
   <si>
     <t>Flash 3140._x000D_
 PROJETO DE LEI Nº 06/92. (REVOGADA). Denomina a rua "Dr. Sidney Chaves", localizada no bairro Augusta Mota. (Referente à Lei nº 2.017, de 27/02/1992, que foi posteriormente revogada pela Lei n° 2.179, de 15/03/1994). _x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1428</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1428/flash_3141.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1428/flash_3141.pdf</t>
   </si>
   <si>
     <t>Flash 3141._x000D_
 PROJETO DE LEI Nº 86/92. Denomina a avenida "Antônio Lafetá Rebello", construída ao longo das margens do Córrego Melancias. (Referente à Lei nº 2.091, de 15/12/1992)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1477</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1477/flash_3163.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1477/flash_3163.pdf</t>
   </si>
   <si>
     <t>Flash 3163._x000D_
 PROJETO DE LEI Nº 14/92. Autoriza o Poder Executivo a abrir concorrência, mediante concessão à empresa especializada, para execução dos serviços de limpeza urbana. (Referente à Lei nº 2.021 de 06/04/1992)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1478</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1478/flash_3164.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1478/flash_3164.pdf</t>
   </si>
   <si>
     <t>Flash 3164._x000D_
 PROJETO DE LEI Nº 26/92. Institui o "Vale-transporte Permanente", no serviço de transporte coletivo urbano do município de Montes Claros. (Referente à Lei nº 2.045 de 29/05/1992).    _x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1480</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1480/flash_3165.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1480/flash_3165.pdf</t>
   </si>
   <si>
     <t>Flash 3165._x000D_
 PROJETO DE LEI Nº 47/92. Institui o Fundo Municipal de Saúde e contém outras providências. (Referente à Lei nº 2.052 de 26/06/1992, que teve o seu artigo 3º revogado, conforme Lei nº 2.891, de 30/04/2001)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1482</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1482/flash_3166.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1482/flash_3166.pdf</t>
   </si>
   <si>
     <t>Flash 3166._x000D_
 PROJETO DE LEI Nº 64/92. Dispõe sobre a publicidade dos atos da Administração Pública Municipal (Processos licitatórios). (Referente à Lei nº 2.070 de 27/08/1992).  _x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1484</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1484/flash_3167.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1484/flash_3167.pdf</t>
   </si>
   <si>
     <t>Flash 3167._x000D_
 PROJETO DE LEI Nº 60/92. Autoriza o Poder Executivo a operar e a manter o CIAC - Centro de Apoio à Criança do Bairro Maracanã e o CIAC - Centro de Apoio à Criança do Bairro Renascença. (Referente à Lei nº 2.068 de 27/08/1992).      _x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1488</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1488/flash_3168.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1488/flash_3168.pdf</t>
   </si>
   <si>
     <t>Flash 3168._x000D_
 PROJETO DE LEI Nº 78/92. Autoriza o Poder Executivo a fazer doação de um fardão completo ao Senador Darcy Ribeiro, por ocasião da sua posse na Academia Brasileira de Letras. (Referente à Lei nº 2.085 de 30/11/1992)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1490</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1490/flash_3169.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1490/flash_3169.pdf</t>
   </si>
   <si>
     <t>Flash 3169._x000D_
 PROJETO DE LEI Nº 84/92. (REVOGADA). Dispõe sobre a Lei Orgânica da Previdência Social e o Instituto Municipal de Previdência Social e o Instituto Municipal de Previdência dos Servidores Públicos de Montes Claros – PREVMOC; extingue o Fundo Previdenciário do Município de Montes Claros, criado pela Lei nº 2.057, de 16/07/1992 e dá outras providências. (Referente à Lei nº 2.101 de 14/01/1993, que foi posteriormente revogada pela Lei Complementar nº 02, de 23/06/2005).  _x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1519</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1519/flash_3179.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1519/flash_3179.pdf</t>
   </si>
   <si>
     <t>Flash 3179._x000D_
-PROJETO DE LEI Nº 16/92. Autoriza o Poder Executivo a promover extensão de séries, nas escolas da rede municipal de ensino do município._x000D_
+PROJETO DE LEI Nº 16/92. Autoriza o Poder Executivo a promover extensão de séries, nas escolas da rede municipal de ensino do município de Montes Claros. (Referente à Lei nº 2.023, de 08/04/1992)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1521</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1521/flash_3180.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1521/flash_3180.pdf</t>
   </si>
   <si>
     <t>Flash 3180._x000D_
 PROJETO DE LEI Nº 35/92. Denomina a Escola Municipal "Elvira Alves", na localidade rural de Mato Seco. (Imóvel anexo à Escola Municipal Manoel Pereira do Nascimento). (Referente à Lei nº 2.044, de 26/05/1992)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1543</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1543/flash_3181.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1543/flash_3181.pdf</t>
   </si>
   <si>
     <t>Flash 3181._x000D_
 PROJETO DE LEI Nº 36/92. (ALTERADA). Denomina a Escola Municipal "Eloim Lopes de Souza", localizada no bairro Village do Lago I. (Referente à Lei nº 2.040, de 26/05/1992, que foi posteriormente alterada pela Lei nº 2.933, de 20/09/2001).  _x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1546</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1546/flash_3182.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1546/flash_3182.pdf</t>
   </si>
   <si>
     <t>Flash 3182._x000D_
 PROJETO DE LEI Nº 31/92. Autoriza o Poder Executivo a criar uma Escola Municipal no bairro Village do Lago I. (Referente à Lei nº 2.037, de 20/05/1992)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1547</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1547/flash_3183.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1547/flash_3183.pdf</t>
   </si>
   <si>
     <t>Flash 3183._x000D_
 PROJETO DE LEI Nº 83/92. Autoriza o Poder Executivo a criar uma escola municipal na localidade rural de Mato Seco. (Escola Municipal Elvira Alves). (Referente à Lei nº 2.086, de 03/12/1992)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1615</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1615/flash_3268.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1615/flash_3268.pdf</t>
   </si>
   <si>
     <t>Flash 3268._x000D_
 PROJETO DE LEI Nº 12/1992. Modifica item 5 do artigo 1º da Lei nº 2.009, de 02/01/1992, que dispõe sobre a criação e denominação de escolas municipais no município de Montes Claros. A Escola Municipal Professora Neide Melo Franco, será estabelecida na Vila Anália e não mais no bairro Alterosa. (Referente à Lei nº 2.024, de 23/03/1992)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1616</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1616/flash_3269.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1616/flash_3269.pdf</t>
   </si>
   <si>
     <t>Flash 3269._x000D_
 PROJETO DE LEI Nº 11/92. Altera os artigos 1º e 2º da Lei nº 1.918, de 01/04/1991, que dispõe sobre a doação de terreno ao Estado de Minas Gerais, localizado no bairro Santo Inácio, destinado à construção da Escola Estadual Monsenhor Gustavo. (Referente à Lei nº 2.026 de 23/03/1992).    _x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1618</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1618/flash_3270.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1618/flash_3270.pdf</t>
   </si>
   <si>
     <t>Flash 3270._x000D_
 PROJETO DE LEI Nº 28/92. (REVOGADA). Modifica dispositivos da Lei nº 1.529, de 22/04/1985, que estabelece a proteção ao Patrimônio Histórico, Artístico e Cultural de Montes Claros. (Referente à Lei nº 2.041, de 26/05/1992, que foi posteriormente revogada pela Lei nº 2.705, de 22/04/1999)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1620</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1620/flash_3271.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1620/flash_3271.pdf</t>
   </si>
   <si>
     <t>Flash 3271._x000D_
 PROJETO DE LEI Nº 15/92. Altera e revoga dispositivos da Lei nº 2.004, de 02/01/1992, que dispõe sobre a Política de Habitação Popular, no tocante à constituição do seu Conselho Comunitário. (Referente à Lei nº 2.019, de 08/04/1992)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1622</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1622/flash_3272.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1622/flash_3272.pdf</t>
   </si>
   <si>
     <t>Flash 3272._x000D_
 PROJETO DE LEI Nº 56/92. Modifica a Lei nº 1.696, de 30/06/1988, que dispõe sobre a Organização Administrativa da Prefeitura Municipal de Montes Claros e cria a Divisão da Criança e do Adolescente, subordinada à secretaria de Ação Social. (Referente à Lei nº 2.064, de 11/08/1992)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1623</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1623/flash_3273.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1623/flash_3273.pdf</t>
   </si>
   <si>
     <t>Flash 3273._x000D_
 PROJETO DE LEI Nº 72/92. (REVOGADA). Altera parcialmente o Anexo II, da Lei nº 2.020, de 14/04/1992, que dispõe sobre o Quadro de Pessoal da Prefeitura Municipal de Montes Claros. (Referente à Lei nº 2.078 de 18/11/1992, que foi automaticamente revogada conforme Lei nº 3.174, de 23/12/2003)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1625</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1625/flash_3274.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1625/flash_3274.pdf</t>
   </si>
   <si>
     <t>Flash 3274._x000D_
 PROJETO DE LEI Nº 87/92. (REVOGADA). Altera dispositivos das Leis nº 1.088, de 20/07/1976 e nº 2.038, de 21/05/1992, que dispõem sobre "Código de Obras" e "Zona de Contenção de Verticalização" do município de Montes Claros. (Referente à Lei nº 2.092 de 15/12/1992, que foi posteriormente revogada pela Lei nº 2.115, de 18/05/1993).   _x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1628</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1628/flash_3227.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1628/flash_3227.pdf</t>
   </si>
   <si>
     <t>Flash 3227._x000D_
 PROJETO DE LEI Nº 01/1992. Autoriza o Poder Executivo a fazer doação de terreno à Associação de Moradores do Bairro Alterosa, com área de 1.894,00 m², para a construção de sua sede e uma quadra poliesportiva. (Referente à Lei nº 2.012, de 06/02/1992)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1632</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1632/flash_3228.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1632/flash_3228.pdf</t>
   </si>
   <si>
     <t>Flash 3228._x000D_
 PROJETO DE LEI Nº 02/1992. Autoriza o Poder Executivo a fazer concessão de direito real de uso, de imóvel do município, às Obras Sociais da Paróquia São Sebastião - OSPASS, situado no Conjunto Habitacional Cyro dos Anjos, para construção e administração de um salão comunitário. (Referente à Lei nº 2.013, de 10/02/1992)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1634</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1634/flash_3229.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1634/flash_3229.pdf</t>
   </si>
   <si>
     <t>Flash 3229._x000D_
 PROJETO DE LEI Nº 08/1992. Autoriza o Poder Executivo a fazer doação de terrenos à Mitra Diocesana de Montes Claros, localizados nos bairros Santo Antônio (680 m²) e Village do Lago II (900 m²) e à Igreja Batista Monte Sinai, localizado no bairro Jardim Primavera (600 m²), destinados à construção de templos. (Referente à Lei nº 2.018, de 11/03/1992)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1638</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1638/flash_3281.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1638/flash_3281.pdf</t>
   </si>
   <si>
     <t>Flash 3281._x000D_
 PROJETO DE LEI Nº 34/92. Dispõe sobre normas aplicáveis ao transporte coletivo de passageiros da zona rural. (Referente à Lei nº 2.043, de 26/05/1992).   _x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1640</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1640/flash_3230.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1640/flash_3230.pdf</t>
   </si>
   <si>
     <t>Flash 3230._x000D_
 PROJETO DE LEI Nº 24/1992. Autoriza o Poder Executivo a fazer doação de terreno à Loja Simbólica Estrela do Norte - nº 2.104, localizado na Vila Regina, com área de 499,80 m², para ampliação das suas instalações. (Referente à Lei nº 2.027, de 30/04/1992)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1642</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1642/flash_3231.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1642/flash_3231.pdf</t>
   </si>
   <si>
     <t>Flash 3231._x000D_
-PROJETO DE LEI Nº 25/1992. Autoriza o Poder Executivo a fazer doação de imóvel à Associação de Micro Unidade de Produção Caseira de Biscoito do Bairro Renascença, localizado no Conjunto Habitacional Presidente Tancredo Neves._x000D_
+PROJETO DE LEI Nº 25/1992. Autoriza o Poder Executivo a fazer doação de imóvel à Associação de Micro Unidade de Produção Caseira de Biscoito do Bairro Renascença, localizado no Conjunto Habitacional Presidente Tancredo Neves. (Referente à Lei nº 2.028, de 30/04/1992)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1645</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1645/flash_3232.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1645/flash_3232.pdf</t>
   </si>
   <si>
     <t>Flash 3232._x000D_
 PROJETO DE LEI Nº 40/1992. Autoriza o Poder Executivo a receber lotes de terreno, localizados no bairro Jardim Parque Alvorada, como dação em pagamento de débitos do IPTU (Imposto Predial e Territorial Urbano), do contribuinte Roberto Plínio Ribeiro. (Referente à Lei nº 2.049, de 10/06/1992)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1649</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1649/flash_3233.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1649/flash_3233.pdf</t>
   </si>
   <si>
     <t>Flash 3233._x000D_
 PROJETO DE LEI Nº 61/1992. Desafeta de suas características as áreas de terreno que menciona (229.511,00 m² de área verde do Distrito Industrial “Dr. Ubaldino Assis de Oliveira”), autoriza sua transferência ao patrimônio disponível do município, bem como a sua alienação para promover licitação mediante concorrência, autorizando conceder 25% do total auferido, à Fundação Hospitalar de Montes Claros, para ampliação do Hospital Aroldo Tourinho, e dá outras providências. (Referente à Lei nº 2.071, de 26/08/1992)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1652</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1652/flash_3234.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1652/flash_3234.pdf</t>
   </si>
   <si>
     <t>Flash 3234._x000D_
 PROJETO DE LEI Nº 73/1992. Autoriza o Poder Executivo a fazer doação de terreno ao Estado de Minas Gerais, localizado no bairro São José, com área de 2.445,00 m², para construção da Escola Estadual Antônio Figueira; revoga a Lei nº 1.020, de 17/12/1973. (Referente à Lei nº 2.077, de 18/11/1992)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1654</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1654/flash_3288.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1654/flash_3288.pdf</t>
   </si>
   <si>
     <t>Flash 3288._x000D_
-PROJETO DE LEI Nº 51/1992. Dispõe sobre as diretrizes orçamentárias do município de Montes Claros, para o exercício financeiro de 1993, e dá outras providências._x000D_
+PROJETO DE LEI Nº 51/1992. Dispõe sobre as diretrizes orçamentárias do município de Montes Claros, para o exercício financeiro de 1993, e dá outras providências. (Referente à Lei nº 2.060, de 06/07/1992)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1655</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1655/flash_3235.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1655/flash_3235.pdf</t>
   </si>
   <si>
     <t>Flash 3235._x000D_
-PROJETO DE LEI Nº 85/1992. Desafeta de sua característica de bem de uso comum do povo, terrenos localizados no bairro Ibituruna, com área total de 40.522,00 m², autoriza sua transferência ao patrimônio disponível do município e autoriza o Poder Executivo a fazer permuta do mesmo, pelo Cemitério Parque Jardim da Esperança, de propriedade da Empresa URB Empreendimentos Urbanos – Sociedade Civil._x000D_
+PROJETO DE LEI Nº 85/1992. Desafeta de sua característica de bem de uso comum do povo, terrenos localizados no bairro Ibituruna, com área total de 40.522,00 m², autoriza sua transferência ao patrimônio disponível do município e autoriza o Poder Executivo a fazer permuta do mesmo, pelo Cemitério Parque Jardim da Esperança, de propriedade da Empresa URB Empreendimentos Urbanos – Sociedade Civil. (Referente à Lei nº 2.090, de 15/12/1992)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1656</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1656/flash_3289.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1656/flash_3289.pdf</t>
   </si>
   <si>
     <t>Flash 3289._x000D_
 PROJETO DE LEI Nº 81/1992. Estima a receita e fixa a despesa do município de Montes Claros, para o exercício financeiro de 1993, e dá outras providências. (Referente à Lei nº 2.094, de 28/12/1992)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1659</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1659/flash_3236.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1659/flash_3236.pdf</t>
   </si>
   <si>
     <t>Flash 3236._x000D_
 PROJETO DE LEI S/Nº/1992. Autoriza o Poder Executivo a fazer doação de terreno à Igreja Novo Mundo em Cristo, localizado na Vila Guilhermina, com área de 778,50 m²._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1658</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1658/flash_3290.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1658/flash_3290.pdf</t>
   </si>
   <si>
     <t>Flash 3290._x000D_
 PROJETO DE LEI Nº 29/1992. Autoriza o Poder Executivo a firmar acordo de parcelamento de dívida para com o Instituto Nacional do Seguro Social - INSS. (Referente à Lei nº 2.036, de 19/05/1992)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1663</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1663/flash_3237.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1663/flash_3237.pdf</t>
   </si>
   <si>
     <t>Flash 3237._x000D_
 PROJETO DE LEI S/Nº/1992. Autoriza a doação de terreno de 900,00 m² à Mitra Diocesana para construção de uma Igreja no bairro Morada do Sol e revoga o Artigo 1º da Lei nº 1.917, de 19/03/1991._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1667</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1667/flash_3238.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1667/flash_3238.pdf</t>
   </si>
   <si>
     <t>Flash 3238._x000D_
 PROJETO DE LEI S/Nº/1992. Desafeta imóvel de sua característica de bem de uso comum do povo, faz sua transferência ao patrimônio disponível do município e autoriza a sua doação à Associação Batista Luz e Vida. (Terreno localizado no bairro Planalto, com área de 1.980,00 m²)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1670</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1670/flash_3239.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1670/flash_3239.pdf</t>
   </si>
   <si>
     <t>Flash 3239._x000D_
 PROJETO DE LEI S/Nº/1992. (VETADO PARCIALMENTE)/(ALTERADA). Autoriza o Poder Executivo a fazer doação de terrenos à Associação das Igrejas Batistas do Norte de Minas – ASSIBAN (1.040,00 m², localizado no bairro Ibituruna) e à Associação de Orientação e Assistência à Mulher (4.875,00 m², localizado no bairro Independência). (Recebeu veto parcial do Poder Executivo - ver flash 4208). (Referente à Lei nº 2.102, de 25/02/1993, que foi alterada pela Lei nº 5.174, de 30/08/2019)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1687</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1687/flash_3249.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1687/flash_3249.pdf</t>
   </si>
   <si>
     <t>Flash 3249._x000D_
 PROJETO DE LEI Nº 45/1992. Autoriza o Poder Executivo a conceder incentivo fiscal à Sociedade Rural de Montes Claros, por ocasião da realização da XIX Exposição Agropecuária de Montes Claros. (Referente à Lei nº 2.051, de 24/06/1992)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1718</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1718/flash_3412.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1718/flash_3412.pdf</t>
   </si>
   <si>
     <t>Flash 3412._x000D_
 PROJETO DE LEI S/Nº/1992. (NÃO VOTADO). Denomina a rua "Inocêncio José Silva", localizada no bairro Major Prates._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1719</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>João Hamilton Silveira</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1719/flash_3413.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1719/flash_3413.pdf</t>
   </si>
   <si>
     <t>Flash 3413._x000D_
 PROJETO DE LEI S/Nº/1992. (NÃO VOTADO). Denomina a rua "Marina Gonçalves dos Santos", localizada no bairro Major Prates._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1720</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1720/flash_3414.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1720/flash_3414.pdf</t>
   </si>
   <si>
     <t>Flash 3414._x000D_
 PROJETO DE LEI S/Nº/1992. (NÃO VOTADO). Denomina a rua "Nossa Senhora das Vitórias", localizada no bairro Cristo Rei._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1721</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1721/flash_3415.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1721/flash_3415.pdf</t>
   </si>
   <si>
     <t>Flash 3415._x000D_
 PROJETO DE LEI S/Nº/1992. (NÃO VOTADO). Denomina a rua "Inocêncio José da Silva", localizada no bairro Major Prates._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1722</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1722/flash_3416.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1722/flash_3416.pdf</t>
   </si>
   <si>
     <t>Flash 3416._x000D_
 PROJETO DE LEI S/Nº/1992. (RETIRADO). Ratifica e autoriza o Poder Executivo a abrir concorrência pública, para a concessão de serviço público de limpeza urbana, coleta, tratamento, destinação dos resíduos sólidos e contém outras providências._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1723</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1723/flash_3417.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1723/flash_3417.pdf</t>
   </si>
   <si>
     <t>Flash 3417._x000D_
 PROJETO DE LEI S/Nº/1992. (RETIRADO). Denomina a "Praça Lírio dos Vales", localizada no bairro Cidade Nova._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1724</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1724/flash_3418.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1724/flash_3418.pdf</t>
   </si>
   <si>
     <t>Flash 3418._x000D_
 PROJETO DE LEI S/Nº/1992. (NÃO VOTADO). Denomina a rua "Osório Veríssimo Pereira", localizada no bairro Funcionários._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1725</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1725/flash_3419.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1725/flash_3419.pdf</t>
   </si>
   <si>
     <t>Flash 3419._x000D_
 PROJETO DE LEI S/Nº/1992. (RETIRADO). Denomina a avenida "Janaúba", localizada no bairro Jardim Panorama._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1726</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1726/flash_3420.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1726/flash_3420.pdf</t>
   </si>
   <si>
     <t>Flash 3420._x000D_
 PROJETO DE LEI S/Nº/1992. (PREJUDICADO). Denomina a rua "Padre João Gomes Machado", localizada no bairro Jardim Panorama._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1727</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1727/flash_3421.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1727/flash_3421.pdf</t>
   </si>
   <si>
     <t>Flash 3421._x000D_
 PROJETO DE LEI S/Nº/1992. (SOBRESTADO). Autoriza o Poder Executivo a prorrogar o Contrato de Permissão de Uso, para exploração dos serviços de transporte coletivo da linha do Distrito de Nova Esperança._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1728</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1728/flash_3422.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1728/flash_3422.pdf</t>
   </si>
   <si>
     <t>Flash 3422._x000D_
 PROJETO DE LEI S/Nº/1992. (PREJUDICADO). Denomina a rua "Lindolfo Laughton", localizada no bairro Jardim Panorama._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1729</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1729/flash_3423.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1729/flash_3423.pdf</t>
   </si>
   <si>
     <t>Flash 3423._x000D_
 PROJETO DE LEI S/Nº/1992. (PREJUDICADO). Denomina a Praça "Lindolfo Laughton", localizada em frente ao Parque de Exposições, no bairro São João._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1730</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1730/flash_3424.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1730/flash_3424.pdf</t>
   </si>
   <si>
     <t>Flash 3424._x000D_
 PROJETO DE LEI S/Nº/1992. (NÃO VOTADO). Denomina de Avenida "Dr. Mário da Costa Tourinho", a via pública em construção ao longo do Córrego Melancias e revoga a Lei 1.448 de 27/02/84._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1731</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1731/flash_3425.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1731/flash_3425.pdf</t>
   </si>
   <si>
     <t>Flash 3425._x000D_
 PROJETO DE LEI S/Nº/1992. (PREJUDICADO). Denomina de Avenida "Lindolfo Laughton", a via pública em construção às margens do Rio Vieira, que parte da avenida Deputado Esteves Rodrigues ao Distrito Industrial._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1732</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1732/flash_3426.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1732/flash_3426.pdf</t>
   </si>
   <si>
     <t>Flash 3426._x000D_
 PROJETO DE LEI S/Nº/1992. (RETIRADO). Altera e dá nova redação ao artigo 2º da Lei nº 2.049, de 10/06/92._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1733</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1733/flash_3427.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1733/flash_3427.pdf</t>
   </si>
   <si>
     <t>Flash 3427._x000D_
 PROJETO DE LEI S/Nº/1992. (NÃO VOTADO). Modifica a denominação da Praça "Rita Fernandes", localizada no bairro de Lourdes, para Praça "Saturnino Alves David"._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1734</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1734/flash_3428.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1734/flash_3428.pdf</t>
   </si>
   <si>
     <t>Flash 3428._x000D_
 PROJETO DE LEI S/Nº/1992. (RETIRADO). Denomina as ruas "Rosário Câmara", "Alcobaça", "Aloísio Azevedo", "Santo Hipólito", "São Estêvão", "do Franciscano", "Eliotério Silva", "da Bíblia", "Coronel Tito Alvarenga", "Machado de Assis", "Elcim Lopes", e "Eça de Queiróz", localizadas no bairro Village do Lago I._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1735</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1735/flash_3429.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1735/flash_3429.pdf</t>
   </si>
   <si>
     <t>Flash 3429._x000D_
 PROJETO DE LEI S/Nº/1992. (RETIRADO). Dispõe sobre a extinção do Conselho Municipal de Transportes Coletivos de Montes Claros - COMUTRAN._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1736</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1736/flash_3430.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1736/flash_3430.pdf</t>
   </si>
   <si>
     <t>Flash 3430._x000D_
 PROJETO DE LEI S/Nº/1992. (NÃO VOTADO). Denomina a avenida "Jornalista Assis Chateaubriand", localizada no Distrito Industrial._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1737</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1737/flash_3431.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1737/flash_3431.pdf</t>
   </si>
   <si>
     <t>Flash 3431._x000D_
 PROJETO DE LEI S/Nº/1992. (REJEITADO). Denomina o Parque Ecológico "Francisco Ribeiro dos Santos", localizado no Distrito Industrial, em área contígua à companhia têxtil COTENOR._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1738</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1738/flash_3432.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1738/flash_3432.pdf</t>
   </si>
   <si>
     <t>Flash 3432._x000D_
 PROJETO DE LEI S/Nº/1992. (REJEITADO). Autoriza o Poder Executivo a fazer doação de bens móveis e imóveis à Fundação Hospitalar de Montes Claros - Hospital Aroldo Tourinho. (Terreno localizado na avenida João XXII, com área de 2.795,00 m² e equipamentos hospitalares)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1739</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1739/flash_3433.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1739/flash_3433.pdf</t>
   </si>
   <si>
     <t>Flash 3433._x000D_
 PROJETO DE LEI S/Nº/1992. (NÃO VOTADO). Denomina a avenida "Geraldo Santana Machado", localizada no Distrito Industrial._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1740</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1740/flash_3434.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1740/flash_3434.pdf</t>
   </si>
   <si>
     <t>Flash 3434._x000D_
 PROJETO DE LEI S/Nº/1992. (REJEITADO). Autoriza o Poder Executivo a celebrar convênio com o Sindicato dos Servidores Públicos Municipais, objetivando o repasse de verbas para pagamento ao armazém e fornecedores conveniados._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1489</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1489/flash_3707.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1489/flash_3707.pdf</t>
   </si>
   <si>
     <t>Flash 3707._x000D_
 PROJETO DE RESOLUÇÃO S/Nº/1992. (RETIRADO). Institui o Diploma de Honra ao Mérito, a ser outorgado à pessoas jurídicas que tenham prestado relevantes serviços ao município de Montes Claros._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1491</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1491/flash_3708.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1491/flash_3708.pdf</t>
   </si>
   <si>
     <t>Flash 3708._x000D_
 PROJETO DE RESOLUÇÃO S/Nº/1992. (RETIRADO). Concede o Título de Cidadão Benemérito de Montes Claros ao doutor Antônio Carlos de Oliveira Bispo._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>11790</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/11790/flash_4377f.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/11790/flash_4377f.pdf</t>
   </si>
   <si>
     <t>Flash 4377F._x000D_
 PROJETO DE RESOLUÇÃO S/Nº/1992. (NÃO VOTADO). Concede o Título de Insigne Benfeitora de Montes Claros a Carmem Lúcia Costa._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1026/flash_3452.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1026/flash_3452.pdf</t>
   </si>
   <si>
     <t>Flash 3452._x000D_
 EMENDAS AO PROJETO DE LEI Nº 84/92. Dispõe sobre a Lei Orgânica da Previdência Social e o Instituto Municipal de Previdência Social e o Instituto Municipal de Previdência dos Servidores Públicos de Montes Claros – PREVMOC._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1499</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Antônio Carlos Câmara</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1499/flash_3715.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1499/flash_3715.pdf</t>
   </si>
   <si>
     <t>Flash 3715._x000D_
 Requerimento do vereador Antônio Carlos Câmara, apresentado à Câmara Municipal de Montes Claros, no mês de dezembro de 1992._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>8378</t>
   </si>
   <si>
     <t>ATA</t>
   </si>
   <si>
     <t>Ata</t>
   </si>
   <si>
     <t>ATL - ATL</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/8378/flash_3005.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/8378/flash_3005.pdf</t>
   </si>
   <si>
     <t>Flash 3005._x000D_
 Atas das sessões da Câmara Municipal de Montes Claros, do período de 21/01 a 31/12/1992._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1496</t>
   </si>
   <si>
     <t>DL</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
     <t>MESA DIRETORA - MESA</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1496/flash_3712.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1496/flash_3712.pdf</t>
   </si>
   <si>
     <t>Flash 3712._x000D_
 DECRETO LEGISLATIVO Nº 01, de 15/09/1992. Dispõe sobre a anulação e suplementação de dotações do orçamento da Câmara Municipal._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1497</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1497/flash_3713.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1497/flash_3713.pdf</t>
   </si>
   <si>
     <t>Flash 3713._x000D_
 DECRETO LEGISLATIVO Nº 02, de 30/10/1992. Atualiza subsídios do Prefeito Municipal de Montes Claros._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1498</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1498/flash_3714.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1498/flash_3714.pdf</t>
   </si>
   <si>
     <t>Flash 3714._x000D_
 DECRETO LEGISLATIVO Nº 03, de 27/11/1992. Fixa os subsídios do Prefeito de Montes Claros, à partir de janeiro de 1993._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1495</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1495/flash_3711.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1495/flash_3711.pdf</t>
   </si>
   <si>
     <t>Flash 3711._x000D_
 DECRETO LEGISLATIVO Nº 01/92, de 10/01/1992. Autoriza o pagamento quinzenal aos vereadores e servidores da Câmara Municipal de Montes Claros._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1752</t>
   </si>
   <si>
     <t>ELOM</t>
   </si>
   <si>
     <t>Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1752/flash_3446.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1752/flash_3446.pdf</t>
   </si>
   <si>
     <t>Flash 3446._x000D_
 EMENDA Nº 11, de 04/08/1992. Acrescenta dispositivos ao artigo 110 da Lei Orgânica Municipal. (Autorização para instalação de bancas móveis para venda de jornais, revistas e afins)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1304</t>
   </si>
   <si>
     <t>RES</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1304/flash_3594.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1304/flash_3594.pdf</t>
   </si>
   <si>
     <t>Flash 3594._x000D_
 RESOLUÇÃO Nº 61, de 31/01/1992. Concede o Título de Cidadão Honorário de Montes Claros a José Siqueira Milo._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1305</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1305/flash_3595.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1305/flash_3595.pdf</t>
   </si>
   <si>
     <t>Flash 3595._x000D_
 RESOLUÇÃO Nº 64, de 04/02/1992. Concede o Título de Cidadã Honorária de Montes Claros  a Maria de Lourdes Chaves (Lola Chaves)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1306</t>
   </si>
   <si>
     <t>Carlos Welth Pimenta de Figueiredo</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1306/flash_3596.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1306/flash_3596.pdf</t>
   </si>
   <si>
     <t>Flash 3596._x000D_
 RESOLUÇÃO Nº 68, de 14/02/1992. Concede o Título de Cidadão Honorário de Montes Claros ao doutor Tibagy Sales Oliveira._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1308</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1308/flash_3597.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1308/flash_3597.pdf</t>
   </si>
   <si>
     <t>Flash 3597._x000D_
 RESOLUÇÃO Nº 76, de 28/04/1992. Concede o Título de Cidadão Honorário ao pastor Jacinto Pereira Faustino._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1309</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1309/flash_3598.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1309/flash_3598.pdf</t>
   </si>
   <si>
     <t>Flash 3598._x000D_
 RESOLUÇÃO Nº 75, de 28/04/1992. Concede o Título de Cidadão Honorário ao empresário Ronan de Freitas Pereira._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1310</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1310/flash_3600.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1310/flash_3600.pdf</t>
   </si>
   <si>
     <t>Flash 3600._x000D_
 RESOLUÇÃO Nº 107, de 01/12/1992. Concede o Título de Cidadã Honorária de Montes Claros a Albertina Soares de Moraes._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1322</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1322/flash_3601.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1322/flash_3601.pdf</t>
   </si>
   <si>
     <t>Flash 3601._x000D_
 RESOLUÇÃO Nº 108, de 01/12/1992. Concede o Título de Cidadão Honorário de Montes Claros a Alberto Luiz Gonçalves Soares._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1335</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1335/flash_3613.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1335/flash_3613.pdf</t>
   </si>
   <si>
     <t>Flash 3613._x000D_
 RESOLUÇÃO Nº 104, de 30/10/1992. Revoga o artigo 6º da Resolução nº 100, de 16/10/1992, que dispõe sobre o quadro de pessoal da Câmara Municipal de Montes Claros._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1366</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1366/flash_3631.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1366/flash_3631.pdf</t>
   </si>
   <si>
     <t>Flash 3631._x000D_
 RESOLUÇÃO Nº 70, de 13/03/1992. Atualiza níveis de vencimentos e salários dos servidores da Câmara Municipal de Montes Claros._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1367</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1367/flash_3632.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1367/flash_3632.pdf</t>
   </si>
   <si>
     <t>Flash 3632._x000D_
 RESOLUÇÃO Nº 82, de 19/06/1992. Atualiza valores de vencimentos e salários dos servidores da Câmara Municipal de Montes Claros._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1368</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1368/flash_3633.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1368/flash_3633.pdf</t>
   </si>
   <si>
     <t>Flash 3633._x000D_
 RESOLUÇÃO Nº 100, de 16/10/1992. Dispõe sobre o quadro de pessoal da Câmara Municipal de Montes Claros e contém outras providências._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1382</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1382/flash_3645.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1382/flash_3645.pdf</t>
   </si>
   <si>
     <t>Flash 3645._x000D_
 RESOLUÇÃO Nº 71, de 13/03/1992. Atualiza subsídio do Prefeito Municipal de Montes Claros._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1383</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1383/flash_3646.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1383/flash_3646.pdf</t>
   </si>
   <si>
     <t>Flash 3646._x000D_
 RESOLUÇÃO Nº 83, de 19/06/1992. Atualiza subsídios do Prefeito Municipal de Montes Claros._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1384</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1384/flash_3647.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1384/flash_3647.pdf</t>
   </si>
   <si>
     <t>Flash 3647._x000D_
 RESOLUÇÃO Nº 93, de 15/09/1992. Autoriza a antecipação de pagamento dos subsídios dos Vereadores, nos casos de enfermidade._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1386</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1386/flash_3648.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1386/flash_3648.pdf</t>
   </si>
   <si>
     <t>Flash 3648._x000D_
 RESOLUÇÃO Nº 109/1992. Estabelece os subsídios dos Vereadores da Câmara de Montes Claros, para a legislatura 1993/1996._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1758</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1758/flash_3599.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1758/flash_3599.pdf</t>
   </si>
   <si>
     <t>Flash 3599._x000D_
 RESOLUÇÃO Nº 106, de 01/12/1992. Concede o Título de Cidadão Honorário de Montes Claros a Antônio Soares Ribeiro._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1759</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1759/flash_3501.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1759/flash_3501.pdf</t>
   </si>
   <si>
     <t>Flash 3501._x000D_
 RESOLUÇÃO Nº 102, de 27/10/1992. Aprova convênio entre a Fundação Estadual do Bem Estar do Menor - FEBEM e a Prefeitura Municipal de Montes Claros, para cooperação técnica, administrativa e financeira, visando oferecer recursos à entidade, para a aquisição de material de consumo._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1339</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1339/flash_3615.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1339/flash_3615.pdf</t>
   </si>
   <si>
     <t>Flash 3615._x000D_
 RESOLUÇÃO Nº 112, de 11/12/1992. Orça a receita e fixa a despesa da Câmara Municipal de Montes Claros, para o exercício financeiro de 1993._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1454</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1454/flash_3687.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1454/flash_3687.pdf</t>
   </si>
   <si>
     <t>Flash 3687._x000D_
 RESOLUÇÃO Nº 116, de 22/12/1992. Considera de utilidade pública o “Núcleo Norte do Grupo de Apoio e Prevenção à AIDS de Minas Gerais”._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1442</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1442/flash_3684.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1442/flash_3684.pdf</t>
   </si>
   <si>
     <t>Flash 3684._x000D_
 RESOLUÇÃO Nº 101, de 16/10/1992. Considera de utilidade pública a “Associação de Orientação e Assistência à Mulher de Montes Claros”._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1451</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1451/flash_3685.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1451/flash_3685.pdf</t>
   </si>
   <si>
     <t>Flash 3685._x000D_
 RESOLUÇÃO Nº 111, de 08/12/1992. Concede o título de utilidade pública à “Associação Mantenedora da Guarda Mirim de Montes Claros”._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1441</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1441/flash_3683.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1441/flash_3683.pdf</t>
   </si>
   <si>
     <t>Flash 3683._x000D_
 RESOLUÇÃO Nº 98, de 09/10/1992. Considera de utilidade pública a "Instituição de Caridade São Francisco de Assis"._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1440</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1440/flash_3682.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1440/flash_3682.pdf</t>
   </si>
   <si>
     <t>Flash 3682._x000D_
 RESOLUÇÃO Nº 97, de 09/10/1992. Considera de utilidade pública o "Serviço de Apoio às Micro e Pequenas Empresas de Minas Gerais - SEBRAE"._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1439</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1439/flash_3681.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1439/flash_3681.pdf</t>
   </si>
   <si>
     <t>Flash 3681._x000D_
 RESOLUÇÃO Nº 95, de 29/09/1992. Considera de utilidade pública o “Centro de Formação e Promoção do Menor de Montes Claros”._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1437</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1437/flash_3680.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1437/flash_3680.pdf</t>
   </si>
   <si>
     <t>Flash 3680._x000D_
 RESOLUÇÃO Nº 90, de 04/08/1992. Considera de utilidade pública a "Igreja Pentecostal do Poder de Deus"._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1436</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1436/flash_3679.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1436/flash_3679.pdf</t>
   </si>
   <si>
     <t>Flash 3679._x000D_
 RESOLUÇÃO 80, de 12/06/1992. Considera de utilidade pública a “Associação Desportiva Vera Cruz”._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1435</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1435/flash_3678.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1435/flash_3678.pdf</t>
   </si>
   <si>
     <t>Flash 3678._x000D_
 RESOLUÇÃO Nº 77, de 29/04/1992. Considera de utilidade pública o “Conselho Central São Vicente de Paulo”._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1434</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1434/flash_3677.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1434/flash_3677.pdf</t>
   </si>
   <si>
     <t>Flash 3677._x000D_
 RESOLUÇÃO Nº 73, de 10/04/1992. Considera de utilidade pública o “Grupo Teatral Caminhos”._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1433</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1433/flash_3676.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1433/flash_3676.pdf</t>
   </si>
   <si>
     <t>Flash 3676._x000D_
 RESOLUÇÃO Nº 72, de 25/03/1992. Considera de utilidade pública o “Grupo Teatro Fibra”._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1202/flash_3541.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1202/flash_3541.pdf</t>
   </si>
   <si>
     <t>Flash 3541._x000D_
 RESOLUÇÃO Nº 115, de 15/12/1992. Concede o Título de Cidadão Benemérito de Montes Claros ao doutor Carlos Welth Pimenta de Figueiredo._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1200</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1200/flash_3540.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1200/flash_3540.pdf</t>
   </si>
   <si>
     <t>Flash 3540._x000D_
 RESOLUÇÃO Nº 91, de 18/08/1992. Concede o Título de Cidadão Benemérito de Montes Claros a João Pimenta dos Santos (Mestre Zanza)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1199</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1199/flash_3539.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1199/flash_3539.pdf</t>
   </si>
   <si>
     <t>Flash 3539._x000D_
 RESOLUÇÃO Nº 88, de 04/08/1992. Concede o Título de Cidadã Benemérita de Montes Claros a Maria de Lourdes Antunes Pimenta._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1198</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1198/flash_3538.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1198/flash_3538.pdf</t>
   </si>
   <si>
     <t>Flash 3538._x000D_
 RESOLUÇÃO Nº 87, de 04/08/1992. Concede o Título de Cidadão Benemérito de Montes Claros a Alcebino Santos._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1196</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1196/flash_3537.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1196/flash_3537.pdf</t>
   </si>
   <si>
     <t>Flash 3537._x000D_
 RESOLUÇÃO Nº 86, de 04/08/1992. Concede o Título de Cidadão Benemérito de Montes Claros ao bispo diocesano Dom Geraldo Majela de Castro._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1194</t>
   </si>
   <si>
     <t>Gil Pereira</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1194/flash_3536.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1194/flash_3536.pdf</t>
   </si>
   <si>
     <t>Flash 3536._x000D_
 RESOLUÇÃO Nº 78, de 26/05/1992. Concede o Título de Cidadã Benemérita de Montes Claros à irmã Dulce (Colégio Imaculada Conceição)._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1192</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1192/flash_3535.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1192/flash_3535.pdf</t>
   </si>
   <si>
     <t>Flash 3535._x000D_
 RESOLUÇÃO Nº 69, de 14/02/1992. Concede o Título de Cidadão Benemérito de Montes Claros ao doutor Arnaldo Romano Oliveira._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1156/flash_3521.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1156/flash_3521.pdf</t>
   </si>
   <si>
     <t>Flash 3521._x000D_
 RESOLUÇÃO Nº 81, de 16/06/1992. Concede a "Medalha de Honra Montes Claros" a Maria Jacy Ribeiro._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1153/flash_3518.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1153/flash_3518.pdf</t>
   </si>
   <si>
     <t>Flash 3518._x000D_
 RESOLUÇÃO Nº 84, de 23/26/1992. Institui o Diploma de “Honra ao Mérito”, a ser outorgado à pessoas jurídicas, de direito público ou privado, sediadas no município de Montes Claros._x000D_
 Ivan José Lopes (Presidente).</t>
   </si>
   <si>
     <t>1147</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1147/flash_3512.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1147/flash_3512.pdf</t>
   </si>
   <si>
     <t>Flash 3512._x000D_
 RESOLUÇÃO nº 114, de 15/12/1992. Suplementa dotações do orçamento da Câmara Municipal de Montes Claros._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1146</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1146/flash_3511.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1146/flash_3511.pdf</t>
   </si>
   <si>
     <t>Flash 3511._x000D_
 RESOLUÇÃO Nº 99, de 16/10/1992. Dispõe sobre a suplementação de dotações constantes do orçamento da Câmara Municipal de Montes Claros._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1143</t>
   </si>
   <si>
     <t>FIN - FINANÇAS, ORÇAMENTO E TOMADA DE CONTAS</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1143/flash_3508.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1143/flash_3508.pdf</t>
   </si>
   <si>
     <t>Flash 3508._x000D_
 RESOLUÇÃO Nº 118, de 31/12/1992. Aprova as contas do Município de Montes Claros, relativas ao exercício financeiro de 1989._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1142</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1142/flash_3507.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1142/flash_3507.pdf</t>
   </si>
   <si>
     <t>Flash 3507._x000D_
 RESOLUÇÃO Nº 117, de 31/12/1992. Aprova as contas do Município de Montes Claros, relativas ao exercício financeiro de 1988._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1139/flash_3504.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1139/flash_3504.pdf</t>
   </si>
   <si>
     <t>Flash 3504._x000D_
 RESOLUÇÃO Nº 110, de 04/12/1992. Aprova convênio entre o Município e a Companhia de Habitação do Estado de Minas Gerais - COHAB, objetivando a conjugação de esforços para construção de 1.000 unidades habitacionais pra famílias com renda de até cinco salários mínimos._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1138</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1138/flash_3503.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1138/flash_3503.pdf</t>
   </si>
   <si>
     <t>Flash 3503._x000D_
 RESOLUÇÃO Nº 105, de 20/11/1992. Aprova convênio entre o Município e a Universidade Estadual de Montes Claros - Unimontes, objetivando a melhoria do Ensino Fundamental nas Escolas Públicas Municipais._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1137</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1137/flash_3502.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1137/flash_3502.pdf</t>
   </si>
   <si>
     <t>Flash 3502._x000D_
 RESOLUÇÃO Nº 103, de 27/10/1992. Aprova termos aditivos ao convênio de cooperação celebrado entre o Departamento de Estradas de Rodagem do Estado de Minas Gerais - DER e a Prefeitura Municipal de Montes Claros, para fornecimento de material betuminoso, destinado à pavimentação de áreas urbanas do município._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1128</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1128/flash_3500.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1128/flash_3500.pdf</t>
   </si>
   <si>
     <t>Flash 3500._x000D_
 RESOLUÇÃO Nº 96, de 09/10/1992. Aprova convênio firmado entre o Ministério de Educação e a Prefeitura Municipal de Montes Claros, objetivando melhoria de oferta do Ensino Fundamental, através da capacitação de recursos humanos e a aquisição de materiais pedagógicos._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1127</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1127/flash_3499.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1127/flash_3499.pdf</t>
   </si>
   <si>
     <t>Flash 3499._x000D_
 RESOLUÇÃO Nº 94, de 18/09/1992. Dispõe sobre a aprovação do convênio nº 747/92, firmado entre a Prefeitura Municipal de Montes Claros e a Secretaria de Estado da Educação, para obras de reparos no prédio do Centro de Convívio Doutor João Alves._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1126/flash_3498.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1126/flash_3498.pdf</t>
   </si>
   <si>
     <t>Flash 3498._x000D_
 RESOLUÇÃO Nº 92, de 21/08/1992. Aprova o convênio nº 681/89 e seus termos aditivos 1, 2, 3 e 5, firmado entre a Secretaria de Estado de obras Públicas e a Prefeitura Municipal de Montes Claros, para construção do prédio do Colégio Tiradentes._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1125/flash_3497.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1125/flash_3497.pdf</t>
   </si>
   <si>
     <t>Flash 3497._x000D_
 RESOLUÇÃO Nº 89, de 04/08/1992. Aprova convênio firmado entre o Ministério da Educação e a Prefeitura Municipal de Montes Claros, para melhoria da oferta de Ensino Fundamental, mediante a capacitação de recursos humanos e da aquisição de materiais pedagógicos._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1124/flash_3496.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1124/flash_3496.pdf</t>
   </si>
   <si>
     <t>Flash 3496._x000D_
 RESOLUÇÃO Nº 85, de 28/07/1992. Aprova convênio de cooperação financeira, celebrado entre a Secretaria de Esportes do Estado de Minas Gerais e a Prefeitura Municipal de Montes Claros, para construção do Ginásio Poliesportivo._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1122/flash_3495.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1122/flash_3495.pdf</t>
   </si>
   <si>
     <t>Flash 3495._x000D_
 RESOLUÇÃO Nº 79, de 12/06/1992. Aprova convênio celebrado entre a Secretaria de Estado da Saúde e a Prefeitura Municipal de Montes Claros, para obras de reforma do Centro de Saúde do bairro Delfino Magalhães._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1120/flash_3494.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1120/flash_3494.pdf</t>
   </si>
   <si>
     <t>Flash 3494._x000D_
 RESOLUÇÃO Nº 74, de 24/04/1992. Aprova convênio celebrado entre a Secretaria de Estado da Cultura e a Prefeitura Municipal de Montes Claros, para custeio de despesas com a III Festa Nacional do Pequi._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1118/flash_3493.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1118/flash_3493.pdf</t>
   </si>
   <si>
     <t>Flash 3493._x000D_
 RESOLUÇÃO Nº 67, de 07/02/1992. Aprova convênio celebrado entre a Secretaria de Estado de Saúde e a Prefeitura Municipal de Montes Claros, objetivando a transferência de recursos, para custeio das atividades de assistência à saúde no município._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1116/flash_3492.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1116/flash_3492.pdf</t>
   </si>
   <si>
     <t>Flash 3492._x000D_
 RESOLUÇÃO Nº 66, de 07/02/1992. Aprova convênio firmado entre a Secretaria de Estado da Saúde, a Prefeitura Municipal de Montes Claros e o Departamento e Secretaria Estadual de Obras Públicas, para execução da obra de construção do Centro de Saúde do bairro Maracanã._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1115/flash_3491.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1115/flash_3491.pdf</t>
   </si>
   <si>
     <t>Flash 3491._x000D_
 RESOLUÇÃO Nº 65, de 04/02/1992. Aprova convênio celebrado entre a Secretaria de Estado da Saúde e a Prefeitura Municipal de Montes Claros, para aquisição de equipamentos para os Centros de Saúde dos bairros Vera Cruz e Vila Telma._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1113/flash_3490.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1113/flash_3490.pdf</t>
   </si>
   <si>
     <t>Flash 3490._x000D_
 RESOLUÇÃO Nº 63, de 31/01/1992. Aprova convênio nº 561/90, firmado entre a Secretaria de Estado de Esportes, Lazer e Turismo de Minas Gerais e a Prefeitura Municipal de Montes Claros, para cobrir despesas com alimentação dos atletas da 2ª etapa do VI JIMI._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1110/flash_3489.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1110/flash_3489.pdf</t>
   </si>
   <si>
     <t>Flash 3489._x000D_
 RESOLUÇÃO Nº 62, de 31/01/1992. Aprova convênio celebrado entre a Secretaria de Estado de Obras Públicas e a Prefeitura Municipal de Montes Claros, objetivando a comunhão de esforços para a construção de 30 unidades habitacionais, destinadas à população de baixa renda._x000D_
 Cláudio Avelino Pereira (Presidente).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -2923,68 +2923,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1064/flash_3468.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1066/flash_3469.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1068/flash_3470.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1070/flash_3471.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1073/flash_3472.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1072/flash_3023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1074/flash_3024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1080/flash_3025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1083/flash_3026.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1089/flash_3028.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1101/flash_3033.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1103/flash_3034.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1105/flash_3035.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1108/flash_3036.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1111/flash_3037.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1121/flash_3041.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1123/flash_3042.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1256/flash_3321.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1259/flash_3102.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1261/flash_3103.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1262/flash_3104.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1265/flash_3105.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1271/flash_3107.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1273/flash_3108.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1274/flash_3109.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1275/flash_3110.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1277/flash_3111.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1280/flash_3112.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1282/flash_3113.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1285/flash_3114.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1292/flash_3115.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1294/flash_3116.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1313/flash_3106.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1315/flash_3117.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1316/flash_3118.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1317/flash_3119.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1319/flash_3120.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1321/flash_3121.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1338/flash_3122.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1341/flash_3123.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1342/flash_3124.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1343/flash_3125.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1344/flash_3126.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1351/flash_3127.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1353/flash_3128.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1356/flash_3129.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1359/flash_3130.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1385/flash_3343.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1388/flash_3344.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1394/flash_3131.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1396/flash_3132.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1398/flash_3133.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1400/flash_3134.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1403/flash_3135.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1409/flash_3136.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1411/flash_3137.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1413/flash_3138.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1416/flash_3139.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1419/flash_3140.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1428/flash_3141.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1477/flash_3163.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1478/flash_3164.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1480/flash_3165.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1482/flash_3166.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1484/flash_3167.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1488/flash_3168.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1490/flash_3169.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1519/flash_3179.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1521/flash_3180.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1543/flash_3181.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1546/flash_3182.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1547/flash_3183.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1615/flash_3268.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1616/flash_3269.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1618/flash_3270.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1620/flash_3271.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1622/flash_3272.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1623/flash_3273.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1625/flash_3274.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1628/flash_3227.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1632/flash_3228.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1634/flash_3229.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1638/flash_3281.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1640/flash_3230.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1642/flash_3231.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1645/flash_3232.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1649/flash_3233.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1652/flash_3234.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1654/flash_3288.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1655/flash_3235.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1656/flash_3289.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1659/flash_3236.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1658/flash_3290.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1663/flash_3237.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1667/flash_3238.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1670/flash_3239.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1687/flash_3249.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1718/flash_3412.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1719/flash_3413.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1720/flash_3414.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1721/flash_3415.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1722/flash_3416.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1723/flash_3417.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1724/flash_3418.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1725/flash_3419.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1726/flash_3420.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1727/flash_3421.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1728/flash_3422.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1729/flash_3423.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1730/flash_3424.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1731/flash_3425.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1732/flash_3426.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1733/flash_3427.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1734/flash_3428.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1735/flash_3429.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1736/flash_3430.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1737/flash_3431.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1738/flash_3432.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1739/flash_3433.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1740/flash_3434.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1489/flash_3707.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1491/flash_3708.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/11790/flash_4377f.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1026/flash_3452.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1499/flash_3715.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/8378/flash_3005.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1496/flash_3712.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1497/flash_3713.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1498/flash_3714.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1495/flash_3711.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1752/flash_3446.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1304/flash_3594.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1305/flash_3595.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1306/flash_3596.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1308/flash_3597.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1309/flash_3598.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1310/flash_3600.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1322/flash_3601.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1335/flash_3613.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1366/flash_3631.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1367/flash_3632.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1368/flash_3633.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1382/flash_3645.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1383/flash_3646.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1384/flash_3647.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1386/flash_3648.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1758/flash_3599.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1759/flash_3501.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1339/flash_3615.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1454/flash_3687.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1442/flash_3684.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1451/flash_3685.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1441/flash_3683.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1440/flash_3682.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1439/flash_3681.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1437/flash_3680.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1436/flash_3679.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1435/flash_3678.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1434/flash_3677.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1433/flash_3676.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1202/flash_3541.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1200/flash_3540.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1199/flash_3539.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1198/flash_3538.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1196/flash_3537.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1194/flash_3536.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1192/flash_3535.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1156/flash_3521.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1153/flash_3518.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1147/flash_3512.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1146/flash_3511.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1143/flash_3508.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1142/flash_3507.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1139/flash_3504.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1138/flash_3503.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1137/flash_3502.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1128/flash_3500.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1127/flash_3499.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1126/flash_3498.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1125/flash_3497.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1124/flash_3496.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1122/flash_3495.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1120/flash_3494.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1118/flash_3493.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1116/flash_3492.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1115/flash_3491.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1113/flash_3490.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1110/flash_3489.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1064/flash_3468.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1066/flash_3469.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1068/flash_3470.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1070/flash_3471.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1073/flash_3472.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1072/flash_3023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1074/flash_3024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1080/flash_3025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1083/flash_3026.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1089/flash_3028.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1101/flash_3033.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1103/flash_3034.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1105/flash_3035.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1108/flash_3036.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1111/flash_3037.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1121/flash_3041.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1123/flash_3042.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1256/flash_3321.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1259/flash_3102.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1261/flash_3103.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1262/flash_3104.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1265/flash_3105.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1271/flash_3107.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1273/flash_3108.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1274/flash_3109.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1275/flash_3110.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1277/flash_3111.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1280/flash_3112.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1282/flash_3113.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1285/flash_3114.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1292/flash_3115.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1294/flash_3116.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1313/flash_3106.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1315/flash_3117.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1316/flash_3118.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1317/flash_3119.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1319/flash_3120.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1321/flash_3121.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1338/flash_3122.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1341/flash_3123.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1342/flash_3124.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1343/flash_3125.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1344/flash_3126.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1351/flash_3127.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1353/flash_3128.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1356/flash_3129.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1359/flash_3130.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1385/flash_3343.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1388/flash_3344.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1394/flash_3131.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1396/flash_3132.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1398/flash_3133.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1400/flash_3134.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1403/flash_3135.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1409/flash_3136.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1411/flash_3137.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1413/flash_3138.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1416/flash_3139.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1419/flash_3140.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1428/flash_3141.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1477/flash_3163.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1478/flash_3164.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1480/flash_3165.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1482/flash_3166.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1484/flash_3167.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1488/flash_3168.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1490/flash_3169.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1519/flash_3179.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1521/flash_3180.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1543/flash_3181.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1546/flash_3182.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1547/flash_3183.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1615/flash_3268.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1616/flash_3269.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1618/flash_3270.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1620/flash_3271.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1622/flash_3272.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1623/flash_3273.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1625/flash_3274.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1628/flash_3227.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1632/flash_3228.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1634/flash_3229.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1638/flash_3281.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1640/flash_3230.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1642/flash_3231.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1645/flash_3232.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1649/flash_3233.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1652/flash_3234.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1654/flash_3288.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1655/flash_3235.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1656/flash_3289.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1659/flash_3236.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1658/flash_3290.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1663/flash_3237.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1667/flash_3238.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1670/flash_3239.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1687/flash_3249.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1718/flash_3412.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1719/flash_3413.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1720/flash_3414.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1721/flash_3415.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1722/flash_3416.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1723/flash_3417.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1724/flash_3418.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1725/flash_3419.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1726/flash_3420.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1727/flash_3421.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1728/flash_3422.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1729/flash_3423.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1730/flash_3424.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1731/flash_3425.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1732/flash_3426.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1733/flash_3427.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1734/flash_3428.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1735/flash_3429.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1736/flash_3430.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1737/flash_3431.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1738/flash_3432.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1739/flash_3433.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1740/flash_3434.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1489/flash_3707.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1491/flash_3708.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/11790/flash_4377f.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1026/flash_3452.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1499/flash_3715.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/8378/flash_3005.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1496/flash_3712.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1497/flash_3713.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1498/flash_3714.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1495/flash_3711.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1752/flash_3446.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1304/flash_3594.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1305/flash_3595.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1306/flash_3596.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1308/flash_3597.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1309/flash_3598.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1310/flash_3600.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1322/flash_3601.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1335/flash_3613.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1366/flash_3631.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1367/flash_3632.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1368/flash_3633.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1382/flash_3645.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1383/flash_3646.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1384/flash_3647.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1386/flash_3648.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1758/flash_3599.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1759/flash_3501.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1339/flash_3615.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1454/flash_3687.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1442/flash_3684.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1451/flash_3685.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1441/flash_3683.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1440/flash_3682.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1439/flash_3681.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1437/flash_3680.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1436/flash_3679.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1435/flash_3678.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1434/flash_3677.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1433/flash_3676.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1202/flash_3541.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1200/flash_3540.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1199/flash_3539.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1198/flash_3538.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1196/flash_3537.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1194/flash_3536.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1192/flash_3535.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1156/flash_3521.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1153/flash_3518.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1147/flash_3512.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1146/flash_3511.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1143/flash_3508.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1142/flash_3507.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1139/flash_3504.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1138/flash_3503.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1137/flash_3502.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1128/flash_3500.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1127/flash_3499.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1126/flash_3498.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1125/flash_3497.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1124/flash_3496.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1122/flash_3495.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1120/flash_3494.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1118/flash_3493.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1116/flash_3492.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1115/flash_3491.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1113/flash_3490.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1992/1110/flash_3489.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H189"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="47.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="91.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="91" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>