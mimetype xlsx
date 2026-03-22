--- v0 (2025-12-28)
+++ v1 (2026-03-22)
@@ -54,2098 +54,2098 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1774</t>
   </si>
   <si>
     <t>1994</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Executivo Municipal - EXEC</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1774/flash_4029.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1774/flash_4029.pdf</t>
   </si>
   <si>
     <t>Flash 4029._x000D_
-PROJETO DE LEI Nº 13/94. Reajusta os vencimentos dos servidores municipais, ativos e inativos, da Prefeitura de Montes Claros, referentes ao mês de fevereiro de 1994, e contém outras providências._x000D_
+PROJETO DE LEI Nº 13/94. Reajusta os vencimentos dos servidores municipais, ativos e inativos, da Prefeitura de Montes Claros, referentes ao mês de fevereiro de 1994, e contém outras providências. (Referente à Lei nº 2.192, de 30/03/1994)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>1775</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1775/flash_4030.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1775/flash_4030.pdf</t>
   </si>
   <si>
     <t>Flash 4030._x000D_
 PROJETO DE LEI Nº 32/94. Reajusta os vencimentos dos servidores municipais da Prefeitura de Montes Claros, ativos e inativos, relativos ao mês de março de 1994, e dá outras providências. (Referente à Lei nº 2.199, de 10/05/1994)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>1777</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1777/flash_4031.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1777/flash_4031.pdf</t>
   </si>
   <si>
     <t>Flash 4031._x000D_
-PROJETO DE LEI Nº 77/94. Autoriza o Poder Executivo a realizar despesas destinadas a atender obrigações trabalhistas e encargos previdenciários decorrentes de rescisões de contratos._x000D_
+PROJETO DE LEI Nº 77/94. Autoriza o Poder Executivo a realizar despesas destinadas a atender obrigações trabalhistas e encargos previdenciários decorrentes de rescisões de contratos. (Referente à Lei nº 2.245, de 03/01/1995)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>1782</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1782/flash_3745.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1782/flash_3745.pdf</t>
   </si>
   <si>
     <t>Flash 3745._x000D_
 PROJETO DE LEI Nº 48/94. Autoriza o Poder Executivo a firmar convênio com o Diretório dos Estudantes de Montes Claros - DEMC, para custeio da reforma do prédio da entidade. (Referente à Lei nº 2.212, de 08/07/1994)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>1783</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1783/flash_3746.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1783/flash_3746.pdf</t>
   </si>
   <si>
     <t>Flash 3746._x000D_
 PROJETO DE LEI Nº 62/94. Autoriza o Poder Executivo a firmar convênio com a Justiça Eleitoral, para se estabelecer as bases de colaboração para as eleições de 03 de outubro de 1994. (Referente à Lei nº 2.230, de 17/10/1994)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>1784</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1784/flash_3747.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1784/flash_3747.pdf</t>
   </si>
   <si>
     <t>Flash 3747._x000D_
 PROJETO DE LEI Nº 69/94. Autoriza o Poder Executivo a celebrar convênio com a CNBB/Pastoral da Criança da Diocese de Montes Claros, para ações básicas de saúde e educação em favor das gestantes e crianças. (Referente à Lei nº 2.237, de 30/11/1994)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>1792</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1792/flash_3754.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1792/flash_3754.pdf</t>
   </si>
   <si>
     <t>Flash 3754._x000D_
 PROJETO DE LEI Nº 49/94. Autoriza o Poder Executivo a abrir crédito especial no orçamento vigente, para atender ao projeto de conclusão da construção do almoxarifado da Secretária de Saúde e dá outras providências. (Referente à Lei nº 2.218, de 05/08/1994)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>1793</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1793/flash_3755.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1793/flash_3755.pdf</t>
   </si>
   <si>
     <t>Flash 3755._x000D_
 PROJETO DE LEI Nº 54/94. Autoriza o Poder Executivo a abrir crédito especial no orçamento vigente, para implantação do "Aterro Controlado" e dá outras providências. (Referente à Lei nº 2.223, de 26/08/1994).   _x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>1794</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1794/flash_3756.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1794/flash_3756.pdf</t>
   </si>
   <si>
     <t>Flash 3756._x000D_
 PROJETO DE LEI Nº 60/94. Autoriza o Poder Executivo a abrir crédito especial no orçamento vigente, para conclusão das obras do Projeto CURUMIM. (Referente à Lei nº 2.229, de 22/09/1994)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>1796</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1796/flash_3757.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1796/flash_3757.pdf</t>
   </si>
   <si>
     <t>Flash 3757._x000D_
 PROJETO DE LEI Nº 63/94. Autoriza o Poder Executivo a alterar o limite para abertura de crédito suplementar, prevista no artigo 6º da Lei Orçamentária nº 2.161, de 14/12/1993. (Referente à Lei nº 2.231, de 17/10/1994).   _x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>1798</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1798/flash_3758.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1798/flash_3758.pdf</t>
   </si>
   <si>
     <t>Flash 3758._x000D_
 PROJETO DE LEI Nº 71/94. Autoriza o Poder Executivo a abrir crédito suplementar no orçamento vigente e dá outras providências. (Referente à Lei nº 2.236, de 29/11/1994).  _x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>1815</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1815/flash_3774.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1815/flash_3774.pdf</t>
   </si>
   <si>
     <t>Flash 3774._x000D_
 PROJETO DE LEI Nº 02/94. Dispõe sobre criação de classes de cargos dos Centros de Atenção Integral à Criança e ao Adolescente - CAICS - do município de Montes Claros. (Referente à Lei nº 2.171, de 17/02/1994). _x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>1817</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1817/flash_3776.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1817/flash_3776.pdf</t>
   </si>
   <si>
     <t>Flash 3776._x000D_
 PROJETO DE LEI Nº 16/94. (REVOGADA). Cria o cargo em comissão de "Gerente de Unidade da Casa do Artesão de Montes Claros". (Referente à Lei nº 2.182 de 31/03/1994, que foi posteriormente revogada pela Lei nº 2.891, de 30/04/2001).  _x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>1818</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1818/flash_3777.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1818/flash_3777.pdf</t>
   </si>
   <si>
     <t>Flash 3777._x000D_
 PROJETO DE LEI Nº 27/94. (REVOGADA). Acrescenta o subitem "Divisão de Dívida Ativa", ao artigo 2º da Lei nº 2.097, de 13/01/1993. (Referente à Lei nº 2.195, de 19/04/1994, que foi posteriormente revogada pela Lei nº 2.891, de 30/04/2001)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>1819</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1819/flash_3778.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1819/flash_3778.pdf</t>
   </si>
   <si>
     <t>Flash 3778._x000D_
 PROJETO DE LEI Nº 76/94. (REVOGADA). Cria a Procuradoria da Fazenda do Município de Montes Claros. (Referente à Lei nº 2.244 de 03/01/1995, que foi posteriormente revogada pela Lei nº 2.891, de 30/04/2001)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>1857</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Ademar de Barros Bicalho</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1857/flash_3801.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1857/flash_3801.pdf</t>
   </si>
   <si>
     <t>Flash 3801._x000D_
 PROJETO DE LEI Nº 09/94. Denomina a rua "Terezinha da Silva Freitas", conhecida popularmente como Travessa Cula Mangabeira, localizada no bairro Santo Expedito. (Referente à  Lei nº 2.180, de 18/03/1994)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>1858</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Benedito Paula Said</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1858/flash_3802.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1858/flash_3802.pdf</t>
   </si>
   <si>
     <t>Flash 3802._x000D_
 PROJETO DE LEI Nº 10/94. Denomina a rua "João Venâncio Cardoso", localizada na Vila Anália. (OBS.: Apesar de aprovado, possivelmente este projeto não virou Lei. Há outro projeto com este mesmo tema no flash 3836)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>1861</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Wilasbar Caldeira</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1861/flash_3804.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1861/flash_3804.pdf</t>
   </si>
   <si>
     <t>Flash 3804._x000D_
 PROJETO DE LEI Nº 24/94. Denomina a "Praça Renero dos Santos", localizada no bairro Cintra, situada entre as ruas Paraná e Cônego Marcos. (Referente à  Lei nº 2.187, de 31/03/1994).       _x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>1862</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>João Hamilton Silveira</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1862/flash_3805.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1862/flash_3805.pdf</t>
   </si>
   <si>
     <t>Flash 3805._x000D_
 PROJETO DE LEI Nº 07/94. Denomina a avenida "Dr. Sidney Chaves", via pública recentemente implantada ao longo das margens do rio Vieira, partindo da Avenida Deputado Esteves Rodrigues à altura das Castanheiras em direção ao Distrito Industrial; revoga a Lei nº 2.017, de 27/02/1992. (Referente à  Lei nº 2.179, de 15/03/1994).        _x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>1863</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1863/flash_3806.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1863/flash_3806.pdf</t>
   </si>
   <si>
     <t>Flash 3806._x000D_
 PROJETO DE LEI Nº 31/94. Denomina a rua "Antônio Lôpo Montalvão", localizada no Conjunto Habitacional José Carlos de Lima. (Referente à Lei nº 2.201, de 10/05/1994).   _x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>1865</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Antônio Eustáquio Gomes</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1865/flash_3807.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1865/flash_3807.pdf</t>
   </si>
   <si>
     <t>Flash 3807._x000D_
 PROJETO DE LEI Nº 35/94. Denomina a rua "Artur Fagundes O. Filho", localizada no bairro Delfino Magalhães. (Referente à Lei nº 2.204, de 07/06/1994).            _x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>1866</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Henrique Humberto de Almeida Borém</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1866/flash_3808.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1866/flash_3808.pdf</t>
   </si>
   <si>
     <t>Flash 3808._x000D_
 PROJETO DE LEI Nº 33/94. Denomina a "Praça Natalício Narciso Durães", localizada no bairro Santa Lúcia. (Referente à Lei nº 2.202, de 16/05/1994)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>1867</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Eurípedes Xavier Souto</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1867/flash_3809.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1867/flash_3809.pdf</t>
   </si>
   <si>
     <t>Flash 3809._x000D_
 PROJETO DE LEI Nº 37/94. Denomina a rua "Pablo Leal Coutinho", localizada no bairro São Judas Tadeu. (Referente à Lei nº 2.206, de 07/06/1994).   _x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>1868</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1868/flash_3810.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1868/flash_3810.pdf</t>
   </si>
   <si>
     <t>Flash 3810._x000D_
 PROJETO DE LEI Nº 43/94. Denomina a rua "Carlos Domiciano de Araújo", localizada no Conjunto Habitacional José Carlos de Lima. (Referente à Lei nº 2.215, de 08/07/1994)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>1870</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1870/flash_3811.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1870/flash_3811.pdf</t>
   </si>
   <si>
     <t>Flash 3811._x000D_
 PROJETO DE LEI Nº 36/94. Denomina a rua "Antônio Figueiredo Alves", localizada na Vila Oliveira. (Referente à Lei nº 2.205, de 07/06/1994)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>1871</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Gil Pereira</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1871/flash_3812.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1871/flash_3812.pdf</t>
   </si>
   <si>
     <t>Flash 3812._x000D_
 PROJETO DE LEI Nº 44/94. Denomina a "Praça Chico Silva", localizada no bairro São Geraldo II. (Referente à Lei nº 2.216, de 08/07/1994)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>1872</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>José Geraldo de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1872/flash_3813.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1872/flash_3813.pdf</t>
   </si>
   <si>
     <t>Flash 3813._x000D_
 PROJETO DE LEI Nº 40/94. Denomina a rua "Rosângela Moura", localizada no bairro Santo Inácio I. (Referente à Lei nº 2.210, de 29/06/1994).     _x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>1875</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1875/flash_3814.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1875/flash_3814.pdf</t>
   </si>
   <si>
     <t>Flash 3814._x000D_
 PROJETO DE LEI Nº 52/94. Denomina a "Avenida Sebastião Ramos Guimarães (Tião Boi)", localizada na Vila Mauricéia. (Referente à Lei nº 2.222, de 24/08/1994)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>1876</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Ivan José Lopes</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1876/flash_3815.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1876/flash_3815.pdf</t>
   </si>
   <si>
     <t>Flash 3815._x000D_
 PROJETO DE LEI Nº 42/94. Denomina a rua "Professora Augusta Guimarães", localizada na Vila Regina. (Referente à Lei nº 2.214, de 08/07/1994)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>1877</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1877/flash_3816.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1877/flash_3816.pdf</t>
   </si>
   <si>
     <t>Flash 3816._x000D_
 PROJETO DE LEI Nº 47/94. Denomina o "Abrigo Dona Joana Campos", localizado na rua Professor Monteiro Fonseca, no bairro Brasília. (Referente à Lei nº 2.213, de 08/07/1994).     _x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>1878</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1878/flash_3817.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1878/flash_3817.pdf</t>
   </si>
   <si>
     <t>Flash 3817._x000D_
 PROJETO DE LEI Nº 55/94. Denomina a "Praça Jonathas Dias da Silva", localizada no bairro Melo, na confluência das ruas Benjamim dos Anjos e Tapajós. (Referente à Lei nº 2.224, de 26/08/1994).  _x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>1879</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Sebastião Ildeu Maia</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1879/flash_3818.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1879/flash_3818.pdf</t>
   </si>
   <si>
     <t>Flash 3818._x000D_
 PROJETO DE LEI Nº 56/94. Denomina a rua "Ana Aragão", via pública que liga a avenida Pedro Mendonça à rua da Gruta, localizada no bairro Santos Reis. (Referente à Lei nº 2.226, de 15/09/1994).   _x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>1880</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1880/flash_3819.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1880/flash_3819.pdf</t>
   </si>
   <si>
     <t>Flash 3819._x000D_
 PROJETO DE LEI Nº 57/94. Denomina a rua "Eurípedes Martins", via pública que liga a praça Seis de Janeiro à avenida Pedro Mendonça, localizada no bairro Santos Reis. (Referente à Lei nº 2.225, de 15/09/1994).  _x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>1881</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1881/flash_3820.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1881/flash_3820.pdf</t>
   </si>
   <si>
     <t>Flash 3820._x000D_
 PROJETO DE LEI Nº 58/94. Denomina a rua "Joaquim Alves", localizada no bairro Santos Reis. (Referente à Lei nº 2.228, de 15/09/1994)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>1882</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1882/flash_3821.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1882/flash_3821.pdf</t>
   </si>
   <si>
     <t>Flash 3821._x000D_
 PROJETO DE LEI Nº 59/94. Denomina a rua "Anerido Soares Lima", localizada no bairro Santos Reis. (Referente à Lei nº 2.227, de 16/08/1994)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>1883</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1883/flash_3822.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1883/flash_3822.pdf</t>
   </si>
   <si>
     <t>Flash 3822._x000D_
 PROJETO DE LEI Nº 64/94. Denomina a rua "Pastor João Augusto da Silveira", localizada no bairro Delfino Magalhães. (Referente à Lei nº 2.234, de 01/11/1994).   _x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>1884</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1884/flash_3823.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1884/flash_3823.pdf</t>
   </si>
   <si>
     <t>Flash 3823._x000D_
 PROJETO DE LEI Nº 65/94. Denomina o "Beco João Ruas", localizado no bairro Santos Reis. (Referente à Lei nº 2.235, de 01/11/1994).  _x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>1885</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1885/flash_3824.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1885/flash_3824.pdf</t>
   </si>
   <si>
     <t>Flash 3824._x000D_
 PROJETO DE LEI Nº 66/94. Denomina a rua "Herminda Lopes de Figueiredo", localizada no bairro Santa Rita II e a rua "Gabriel Pereira de Carvalho", localizada no bairro Clarindo Lopes. (Referente à Lei nº 2.233, de 01/11/1994).   _x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>1886</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1886/flash_3825.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1886/flash_3825.pdf</t>
   </si>
   <si>
     <t>Flash 3825._x000D_
 PROJETO DE LEI Nº 67/94. (REVOGADA). Modifica a denominação da Vila Exposição para Vila Raul José Pereira. (Referente à Lei nº 2.239, de 30/11/1994, que foi posteriormente revogada pela Lei nº 2.283, de 20/09/1995)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>1887</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>Eduardo Avelino Pereira</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1887/flash_3826.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1887/flash_3826.pdf</t>
   </si>
   <si>
     <t>Flash 3826._x000D_
 PROJETO DE LEI Nº 72/94. Denomina a rua "Paulo Ferreira Lima", localizada no bairro Santa Rita II. (Referente à Lei nº 2.242, de 30/12/1994). _x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>1889</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1889/flash_3828.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1889/flash_3828.pdf</t>
   </si>
   <si>
     <t>Flash 3828._x000D_
 PROJETO DE LEI Nº 02/95. Denomina a rua "José Gomes de Oliveira", localizada entre o Mercado Municipal Centro e o Condomínio Antônio Lafetá Rebello. (Referente à Lei nº 2.253, de 29/03/1995).  _x000D_
 Benedito Paula Said (Presidente).</t>
   </si>
   <si>
     <t>1890</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1890/flash_3829.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1890/flash_3829.pdf</t>
   </si>
   <si>
     <t>Flash 3829._x000D_
 PROJETO DE LEI Nº 04/95. Denomina a rua "Luiza Campos Pacheco", localizada na Vila Oliveira. (Referente à Lei nº 2.252, de 29/03/1995).  _x000D_
 Benedito Paula Said (Presidente).</t>
   </si>
   <si>
     <t>1971</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1971/flash_3892.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1971/flash_3892.pdf</t>
   </si>
   <si>
     <t>Flash 3892._x000D_
 PROJETO DE LEI Nº 73/94. Institui o "Momento de Reflexão com Deus" nas escolas da rede municipal de ensino de Montes Claros._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2019/flash_3902.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2019/flash_3902.pdf</t>
   </si>
   <si>
     <t>Flash 3902._x000D_
-PROJETO DE LEI Nº 29/94. Autoriza o Poder Executivo a refinanciar os saldos devedores de operações de crédito interno de responsabilidade da administração direta do município, junto a órgãos e entidades controladas direta ou indiretamente pela União, e dá outras providências._x000D_
+PROJETO DE LEI Nº 29/94. Autoriza o Poder Executivo a refinanciar os saldos devedores de operações de crédito interno de responsabilidade da administração direta do município, junto a órgãos e entidades controladas direta ou indiretamente pela União, e dá outras providências. (Referente à Lei nº 2.198, de 25/04/1994)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2021/flash_3903.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2021/flash_3903.pdf</t>
   </si>
   <si>
     <t>Flash 3903._x000D_
 PROJETO DE LEI Nº 38/94. Autoriza o Poder Executivo a contratar financiamento com a Caixa Econômica Federal, para construção de unidades habitacionais, remoção de favelas e urbanização do Córrego Vieira. (Referente à Lei nº 2.208, de 27/06/1994)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2032</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2032/flash_3909.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2032/flash_3909.pdf</t>
   </si>
   <si>
     <t>Flash 3909._x000D_
 PROJETO DE LEI Nº 12/94. Faz extensão de séries em escolas municipais de ensino fundamental, até 8ª série: Escola Municipal Manoel Pereira do Nascimento, em Santa Bárbara e Escola Municipal Laudelina Fonseca, em Facela. (Referente à Lei nº 2.178, de 15/03/1994)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2033</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2033/flash_3910.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2033/flash_3910.pdf</t>
   </si>
   <si>
     <t>Flash 3910._x000D_
 PROJETO DE LEI Nº 11/94. Autoriza a municipalização da Escola Estadual Caio Lafetá, localizada no Distrito de Ermidinha. Passa a denominar: Escola Municipal Caio Lafetá. (Referente à Lei nº 2.177, de 15/03/1994). _x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2035</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2035/flash_3911.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2035/flash_3911.pdf</t>
   </si>
   <si>
     <t>Flash 3911._x000D_
-PROJETO DE LEI Nº 68/94. Cria Curso Pré-escolar e Ensino Supletivo de Suprimento e Iniciação Profissionalizante, no Centro de Convívio Tia Luizinha Gonçalves, localizado na Vila Atlântida. _x000D_
+PROJETO DE LEI Nº 68/94. Cria Curso Pré-escolar e Ensino Supletivo de Suprimento e Iniciação Profissionalizante, no Centro de Convívio Tia Luizinha Gonçalves, localizado na Vila Atlântida. (Referente à Lei nº 2.238, de 30/11/1994)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2037</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2037/flash_3912.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2037/flash_3912.pdf</t>
   </si>
   <si>
     <t>Flash 3912._x000D_
-PROJETO DE LEI Nº 70/94. Modifica a denominação da Escola Municipal Santo Inácio, localizada na Fazenda Santo Inácio, para Escola Angélica Lopes da Silva._x000D_
+PROJETO DE LEI Nº 70/94. Modifica a denominação da Escola Municipal Santo Inácio, localizada na Fazenda Santo Inácio, para Escola Angélica Lopes da Silva. (Referente à Lei nº 2.243, de 30/12/1994)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2056</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2056/flash_3924.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2056/flash_3924.pdf</t>
   </si>
   <si>
     <t>Flash 3924._x000D_
 PROJETO DE LEI Nº 21/94. Autoriza o Poder Executivo a fazer doação de terreno ao Clube de Diretores Lojistas de Montes Claros – CDL, localizado entre os bairros Edgar Pereira e Vila Toncheff, com área de 372,00 m² ._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2058</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2058/flash_3925.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2058/flash_3925.pdf</t>
   </si>
   <si>
     <t>Flash 3925._x000D_
 PROJETO DE LEI Nº 30/94. Desafeta terreno (localizado na Vila Ipiranga, com área de 723,75 m²), de sua característica de bem de uso comum do povo, autoriza sua transferência ao patrimônio disponível do município e faz permuta por terrenos de propriedade do senhor José Juarez Figueiredo, objetivando a desapropriação para retificação e canalização do Córrego Melancias e implantação de uma avenida. (Referente à Lei nº 2.200, de 10/05/1994)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2060</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2060/flash_3926.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2060/flash_3926.pdf</t>
   </si>
   <si>
     <t>Flash 3926._x000D_
 PROJETO DE LEI Nº 34/94. Transforma bem de uso comum do povo ou de domínio público em bem de uso especial ou do patrimônio administrativo, para implantação do Projeto Curumim, localizado no bairro Anália Lopes. (Referente à Lei nº 2.203, de 16/05/1994)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2075</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2075/flash_3935.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2075/flash_3935.pdf</t>
   </si>
   <si>
     <t>Flash 3935._x000D_
-PROJETO DE LEI Nº 46/94. Autoriza o Poder Executivo a conceder isenção do Imposto sobre Serviço de Qualquer Natureza - ISSQN à Sociedade Rural de Montes Claros, sobre as vendas dos ingressos, durante a realização da Exposição Agropecuária._x000D_
+PROJETO DE LEI Nº 46/94. Autoriza o Poder Executivo a conceder isenção do Imposto sobre Serviço de Qualquer Natureza - ISSQN à Sociedade Rural de Montes Claros, sobre as vendas dos ingressos, durante a realização da Exposição Agropecuária. (Referente à Lei nº 2.211, de 08/07/1994)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2093</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2093/flash_3946.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2093/flash_3946.pdf</t>
   </si>
   <si>
     <t>Flash 3946._x000D_
 PROJETO DE LEI Nº 17/94. Institui o "Dia Municipal do Carroceiro" no município de Montes Claros (dia 13 de março). (Referente à Lei nº 2.181, de 31/03/1994).       _x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2094</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>José Maria Saraiva</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2094/flash_3947.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2094/flash_3947.pdf</t>
   </si>
   <si>
     <t>Flash 3947._x000D_
 PROJETO DE LEI Nº 50/94. Institui o "Dia Municipal da Família", no município de Montes Claros (dia 09 de agosto). (Referente à Lei nº 2.219, de 10/08/1994)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2107</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2107/flash_3959.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2107/flash_3959.pdf</t>
   </si>
   <si>
     <t>Flash 3959._x000D_
 PROJETO DE LEI Nº 01/94. Altera dispositivos da Lei nº 2.068, de 27/08/1992, que dispõe sobre operação e manutenção do CAIC - Centro de Atenção Integral à Criança e ao Adolescente do Bairro Maracanã e o CAIC - Centro de Atenção Integral à Criança e ao Adolescente do Bairro Renascença. (Referente à Lei nº 2.172, de 17/02/1994)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2108</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2108/flash_3960.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2108/flash_3960.pdf</t>
   </si>
   <si>
     <t>Flash 3960._x000D_
 PROJETO DE LEI Nº 03/94. Acrescenta parágrafo único ao artigo 3º da Lei nº 1.816, de 28/02/1990, que dispõe sobre a instalação de sanitários públicos nos supermercados e estabelecimentos bancários de Montes Claros. (Referente à Lei nº 2.175 de 04/03/1994).       _x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2109</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2109/flash_3961.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2109/flash_3961.pdf</t>
   </si>
   <si>
     <t>Flash 3961._x000D_
 PROJETO DE LEI Nº 08/94. Altera dispositivos da Lei nº 2.139, de 14/09/1993, que dispõe sobre a criação do "Estacionamento Rotativo ÁREAZUL" (Área Azul). (Referente à Lei nº 2.176, de 10/03/1994).         _x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2110</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2110/flash_3962.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2110/flash_3962.pdf</t>
   </si>
   <si>
     <t>Flash 3962._x000D_
-PROJETO DE LEI Nº 15/94. Altera e revoga dispositivos da Lei nº 2.171, de 17/02/1994, que criou cargos nos Centros de Atenção Integral à Criança e ao Adolescente - CAICS de Montes Claros._x000D_
+PROJETO DE LEI Nº 15/94. Altera e revoga dispositivos da Lei nº 2.171, de 17/02/1994, que criou cargos nos Centros de Atenção Integral à Criança e ao Adolescente - CAICS de Montes Claros. (Referente à Lei nº 2.190, de 30/03/1994)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2111</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>Antônio Carlos Câmara</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2111/flash_3963.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2111/flash_3963.pdf</t>
   </si>
   <si>
     <t>Flash 3963._x000D_
 PROJETO DE LEI Nº 20/94. Dá nova redação ao artigo 197, revoga o artigo 198 e 199 da Lei nº 1.091, de 23/07/1976, que dispõe sobre as Medidas de Polícia Administrativa do Município de Montes Claros (Código de Posturas); revoga a Lei nº 1.116, de 26/04/1977. (Referente à Lei nº 2.189, de 31/03/1994).           _x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2112</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2112/flash_3964.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2112/flash_3964.pdf</t>
   </si>
   <si>
     <t>Flash 3964._x000D_
 PROJETO DE LEI Nº 26/94. Altera o artigo 99, da Lei nº 1.091, de 23/07/1976, que dispõe sobre o Código de Posturas do Município (Medidas de Polícia Administrativa). (Referente à Lei nº 2.194 de 14/04/1994).             _x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2113</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2113/flash_3965.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2113/flash_3965.pdf</t>
   </si>
   <si>
     <t>Flash 3965._x000D_
 PROJETO DE LEI Nº 19/94. (REVOGADA). Altera dispositivos da Lei nº 2.113, de 02/04/1993, que instituiu a "Meia Entrada" para estudantes. (Referente à  Lei nº 2.188, de 31/03/1994, que foi posteriormente revogada pela Lei nº 3.389, de 11/03/2005).              _x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2114</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2114/flash_3966.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2114/flash_3966.pdf</t>
   </si>
   <si>
     <t>Flash 3966._x000D_
 PROJETO DE LEI Nº 22/94. (REVOGADA). Altera o Anexo II, da Lei nº 2.020, de 14/04/1992, que dispõe sobre o Quadro de Pessoal da Prefeitura de Montes Claros. (Referente à Lei nº 2.184, de 31/03/1994, que foi automaticamente revogada conforme Lei nº 3.174, de 23/12/2003). _x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2115</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>José Geraldo Cardoso</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2115/flash_3967.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2115/flash_3967.pdf</t>
   </si>
   <si>
     <t>Flash 3967._x000D_
 PROJETO DE LEI Nº 39/94. Altera dispositivos da Lei nº 1.816, de 28/02/1990, que dispõe sobre a instalação de sanitários públicos nos supermercados e estabelecimentos bancários de Montes Claros. (Referente à Lei nº 2.207 de 27/06/1994).              _x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2117</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2117/flash_3968.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2117/flash_3968.pdf</t>
   </si>
   <si>
     <t>Flash 3968._x000D_
 PROJETO DE LEI Nº 41/94. (REVOGADA). Altera parcialmente o Anexo II, da Lei nº 2.020, de 14/04/1992, que dispõe sobre o Quadro de Pessoal da Prefeitura Municipal, revoga o parágrafo único da Lei nº 2.182 de 30/03/1994, que criou o cargo de Gerente de Unidade da Casa do Artesão de Montes Claros e dá outras providências. (Referente à Lei nº 2.209, de 29/06/1994, que foi automaticamente revogada conforme Lei nº 3.174, de 23/12/2003).               _x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2119</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>Sebastião Wellington Pimenta de Figueiredo</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2119/flash_3969.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2119/flash_3969.pdf</t>
   </si>
   <si>
     <t>Flash 3969._x000D_
  PROJETO DE LEI Nº 45/94. (VETADO). Acrescenta dispositivos à Lei nº 2.139, de 14/09/1993, que dispõe sobre a criação do "Estacionamento Rotativo ÁREAZUL" (Área Azul). (Referente à Lei nº 2.217, de 08/07/1994, que recebeu veto integral do Poder Executivo, sendo acatado pela Câmara em 16/08/1994).               _x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2120</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2120/flash_3970.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2120/flash_3970.pdf</t>
   </si>
   <si>
     <t>Flash 3970._x000D_
 PROJETO DE LEI Nº 61/94. Altera e revoga dispositivos da Lei nº 1.091, de 23/07/1976, alterada pela Lei nº 2.189, de 31/03/1994, que dispõem sobre as Medidas de Polícia Administrativa do Município de Montes Claros (Código de Posturas). (Referente à Lei nº 2.232, de 17/10/1994).               _x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2121</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2121/flash_3971.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2121/flash_3971.pdf</t>
   </si>
   <si>
     <t>Flash 3971._x000D_
 PROJETO DE LEI Nº 74/94. Altera e revoga dispositivos da Lei nº 1.442, de 19/12/1983, que dispõe sobre o Código Tributário do Município de Montes Claros; revoga as Leis nº 2.000/1991 e nº 2.002/1991. (Referente à Lei nº 2.240, de 28/12/1994)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2146</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2146/flash_3984.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2146/flash_3984.pdf</t>
   </si>
   <si>
     <t>Flash 3984._x000D_
 PROJETO DE LEI Nº 52/95. Institui a proibição para a comercialização de determinados tipos de brinquedos (armas de brinquedo). (Referente à Lei nº 2.297, de 27/11/1995)._x000D_
 Benedito Paula Said (Presidente).</t>
   </si>
   <si>
     <t>2157</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2157/flash_3995.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2157/flash_3995.pdf</t>
   </si>
   <si>
     <t>Flash 3995._x000D_
-PROJETO DE LEI Nº 51/94. Dispõe sobre as diretrizes orçamentárias do município de Montes Claros, para o exercício financeiro de 1995, e dá outras providências._x000D_
+PROJETO DE LEI Nº 51/94. Dispõe sobre as diretrizes orçamentárias do município de Montes Claros, para o exercício financeiro de 1995, e dá outras providências. (Referente à Lei nº 2.220, de 11/08/1994)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2159</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2159/flash_3996.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2159/flash_3996.pdf</t>
   </si>
   <si>
     <t>Flash 3996._x000D_
-PROJETO DE LEI Nº 75/94. Estima a receita e fixa a despesa do Município de Montes Claros para o exercício financeiro de 1995._x000D_
+PROJETO DE LEI Nº 75/94. Estima a receita e fixa a despesa do Município de Montes Claros para o exercício financeiro de 1995. (Referente à Lei nº 2.241, de 28/12/1994)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2171</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>Executivo Municipal - EXEC, João Hamilton Silveira</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2171/flash_4006.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2171/flash_4006.pdf</t>
   </si>
   <si>
     <t>Flash 4006._x000D_
 PROJETO DE LEI Nº 18/94. Autoriza o Poder Executivo a subvencionar a Associação dos Aposentados e Pensionistas de Montes Claros e Norte de Minas e a União das Associações de Moradores de Bairros, Vilas e Distritos de Montes Claros - UNAMOC. (Referente à Lei nº 2.183, de 30/03/1994)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2173</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2173/flash_4007.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2173/flash_4007.pdf</t>
   </si>
   <si>
     <t>Flash 4007._x000D_
-PROJETO DE LEI Nº 25/94. Autoriza o Poder Executivo a repassar recursos financeiros às entidades sociais do município: Projeto Jardim Eldorado de Ação Social; Escola Infantil Menino Jesus; Obra Social Nossa Senhora de Fátima – SEIAS; Projeto Comunitário Nova Canaã; Projeto Comunitário Betel; Colégio Presbiteriano de Montes Claros; Projeto Social Nova Jerusalém; Instituto Santo Antônio de Formação Educacional e Cultural - ISAFEC; Associação de Pais e Amigos dos Excepcionais de Montes claros - APAE e Associação Mantenedora da Guarda Mirim._x000D_
+PROJETO DE LEI Nº 25/94. Autoriza o Poder Executivo a repassar recursos financeiros às entidades sociais do município: Projeto Jardim Eldorado de Ação Social; Escola Infantil Menino Jesus; Obra Social Nossa Senhora de Fátima – SEIAS; Projeto Comunitário Nova Canaã; Projeto Comunitário Betel; Colégio Presbiteriano de Montes Claros; Projeto Social Nova Jerusalém; Instituto Santo Antônio de Formação Educacional e Cultural - ISAFEC; Associação de Pais e Amigos dos Excepcionais de Montes claros - APAE e Associação Mantenedora da Guarda Mirim. (Referente à Lei nº 2.196, de 19/04/1994)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2174</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2174/flash_4008.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2174/flash_4008.pdf</t>
   </si>
   <si>
     <t>Flash 4008._x000D_
 PROJETO DE LEI Nº 28/94. Autoriza o Poder Executivo a utilizar os recursos do Fundo de Participação dos Municípios - FPM, para pagamento de dívida do Programa da Assistência Social do Servidor Público – PASEP. (Referente à Lei nº 2.197, de 19/04/1994)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2180</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2180/flash_4148.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2180/flash_4148.pdf</t>
   </si>
   <si>
     <t>Flash 4148._x000D_
 PROJETO DE LEI S/Nº/1994. (RETIRADO). Estabelece sanções às empresas localizadas no município de Montes Claros que discriminarem a mulher no mercado de trabalho._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2182</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2182/flash_4149.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2182/flash_4149.pdf</t>
   </si>
   <si>
     <t>Flash 4149._x000D_
 PROJETO DE LEI S/Nº/1994. (RETIRADO). Altera dispositivos da Lei nº 1.091, de 23/07/1976, que dispõe sobre Medidas de Polícia Administrativas do Município de Montes Claros (Código de Posturas)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2184</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2184/flash_4150.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2184/flash_4150.pdf</t>
   </si>
   <si>
     <t>Flash 4150._x000D_
 PROJETO DE LEI S/Nº/1994. (REJEITADO). Institui a redução sobre valor da tarifa do transporte coletivo urbano municipal para estudantes, e dá outras providências. (Meio-Passe Estudantil)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2188</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2188/flash_4151.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2188/flash_4151.pdf</t>
   </si>
   <si>
     <t>Flash 4151._x000D_
 PROJETO DE LEI S/Nº/1994. (RETIRADO). Acrescenta dispositivos à Lei nº 2.139, de 14/09/1993, que dispõe sobre a criação do "Estacionamento Rotativo ÁREAZUL" (Área Azul)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2189</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2189/flash_4152.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2189/flash_4152.pdf</t>
   </si>
   <si>
     <t>Flash 4152._x000D_
 PROJETO DE LEI S/Nº/1994. (RETIRADO). Altera dispositivos da Lei nº 1.816, de 28/02/1990, que dispõe sobre a instalação de sanitários públicos nos supermercados e estabelecimentos bancários de Montes Claros._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2192</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2192/flash_4153.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2192/flash_4153.pdf</t>
   </si>
   <si>
     <t>Flash 4153._x000D_
 PROJETO DE LEI S/Nº/1994. (PREJUDICADO). Denomina a "Rua Professora Augusta Guimarães", localizada no bairro Santa Rita._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2195</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2195/flash_4154.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2195/flash_4154.pdf</t>
   </si>
   <si>
     <t>Flash 4154._x000D_
 PROJETO DE LEI S/Nº/1994. (NÃO VOTADO). Denomina a "Rua Dr. Elton Rocha Lessa", localizada na Vila Ipiranga._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2197</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2197/flash_4155.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2197/flash_4155.pdf</t>
   </si>
   <si>
     <t>Flash 4155._x000D_
 PROJETO DE LEI S/Nº/1994. (REJEITADO). Estabelece sanções às empresas localizadas no município de Montes Claros, que discriminarem a mulher no mercado de trabalho._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2210</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2210/flash_4028.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2210/flash_4028.pdf</t>
   </si>
   <si>
     <t>Flash 4028._x000D_
 PROJETO DE LEI Nº 04/94. Reajusta os vencimentos dos servidores municipais da Prefeitura de Montes Claros, ativos e inativos, e contém outras providências. (Referente à Lei nº 2.174, de 04/03/1994)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>9063</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/9063/flash_3775.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/9063/flash_3775.pdf</t>
   </si>
   <si>
     <t>Flash 3775._x000D_
 PROJETO DE LEI Nº 14/94. (REVOGADA). Dispõe sobre a criação de cargos e de vencimentos do Instituto de Previdência dos Servidores Municipais – PREVMOC. (Referente à Lei nº 2.191, de 30/03/1994, que foi posteriormente revogada pela Lei nº 3.166, de 24/10/2003, que, por sua vez, também foi revogada pela Lei Complementar nº 28 de 08/07/2010)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2176</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2176/flash_4009.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2176/flash_4009.pdf</t>
   </si>
   <si>
     <t>Flash 4009._x000D_
 PROJETO DE LEI Nº 53/94. Autoriza o Poder Executivo a repassar recursos financeiros à Associação dos Grupos de Catopês, Marujos e Caboclinhos de_x000D_
-Montes Claros._x000D_
+Montes Claros. (Referente à Lei nº 2.221, de 24/08/1994)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2468</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2468/flash_4377.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2468/flash_4377.pdf</t>
   </si>
   <si>
     <t>Flash 4377._x000D_
 PROJETO DE RESOLUÇÃO S/Nº/1994. (NÃO VOTADO). Dispõe sobre as comemorações do “Dia Internacional da Mulher”, no âmbito da Câmara Municipal de Montes Claros._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2473</t>
   </si>
   <si>
     <t>MESA DIRETORA - MESA</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2473/flash_4382.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2473/flash_4382.pdf</t>
   </si>
   <si>
     <t>Flash 4382._x000D_
 PROJETO DE RESOLUÇÃO S/Nº/1994. (RETIRADO). Cria o cargo de Assistente da Assessoria de Imprensa, no quadro de provimento em comissão do pessoal da Câmara Municipal de Montes Claros._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2474</t>
   </si>
   <si>
     <t>José Hélio Guimarães de Carvalho</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2474/flash_4383.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2474/flash_4383.pdf</t>
   </si>
   <si>
     <t>Flash 4383._x000D_
 PROJETO DE RESOLUÇÃO S/Nº/1994. (RETIRADO). Dispõe sobre as reuniões realizadas às quintas-feiras, na Câmara Municipal de Montes Claros._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2475</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2475/flash_4384.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2475/flash_4384.pdf</t>
   </si>
   <si>
     <t>Flash 4384._x000D_
 PROJETO DE RESOLUÇÃO S/Nº/1994. (RETIRADO). Revoga dispositivos do artigo 114 do Regimento Interno da Câmara Municipal de Montes Claros._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2322</t>
   </si>
   <si>
     <t>FIN - FINANÇAS, ORÇAMENTO E TOMADA DE CONTAS</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2322/flash_4217.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2322/flash_4217.pdf</t>
   </si>
   <si>
     <t>Flash 4217._x000D_
 PROJETO DE RESOLUÇÃO S/Nº/1994. Aprova as contas do município de Montes Claros, relativas ao exercício financeiro de 1991. (Referente à Resolução nº 94, de 01/07/1994)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2323</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2323/flash_4218.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2323/flash_4218.pdf</t>
   </si>
   <si>
     <t>Flash 4218._x000D_
 PROJETO DE RESOLUÇÃO S/Nº/1994. Aprova as contas do município de Montes Claros, relativas ao exercício financeiro de 1984. (Referente à Resolução nº 93, de 01/07/1994)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>11791</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/11791/flash_4377g.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/11791/flash_4377g.pdf</t>
   </si>
   <si>
     <t>Flash 4377G._x000D_
 PROJETO DE RESOLUÇÃO S/Nº/1994. (NÃO VOTADO). Atualiza remuneração dos vereadores da Câmara Municipal de Montes Claros._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>11792</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/11792/flash_4382a.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/11792/flash_4382a.pdf</t>
   </si>
   <si>
     <t>Flash 4382A._x000D_
 PROJETO DE RESOLUÇÃO S/Nº/1994. (RETIRADO). Cria mais uma vaga para o cargo de "Assessor Legislativo" no quadro de pessoal da Câmara Municipal de Montes Claros._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2378</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2378/flash_4415.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2378/flash_4415.pdf</t>
   </si>
   <si>
     <t>Flash 4415._x000D_
 Requerimentos do vereador Henrique Humberto de Almeida Borém, apresentados à Câmara Municipal de Montes Claros, no período de abril de 1994 a novembro de 1996._x000D_
 João Hamilton Silveira/ Benedito Paula Said/ Ivan José Lopes (Presidentes).</t>
   </si>
   <si>
     <t>9061</t>
   </si>
   <si>
     <t>ATA</t>
   </si>
   <si>
     <t>Ata</t>
   </si>
   <si>
     <t>ATL - ATL</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/9061/flash_3740.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/9061/flash_3740.pdf</t>
   </si>
   <si>
     <t>Flash 3740._x000D_
 Atas das sessões da Câmara Municipal de Montes Claros, do período de 25/01 a 29/12/1994._x000D_
 João Hamilton da Silveira (Presidente).</t>
   </si>
   <si>
     <t>2347</t>
   </si>
   <si>
     <t>DL</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2347/flash_4395.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2347/flash_4395.pdf</t>
   </si>
   <si>
     <t>Flash 4395._x000D_
 DECRETO LEGISLATIVO Nº 07, de 28/01/1994. Atualiza os subsídios do Prefeito Municipal de Montes Claros._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2349</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2349/flash_4396.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2349/flash_4396.pdf</t>
   </si>
   <si>
     <t>Flash 4396._x000D_
 DECRETO LEGISLATIVO Nº 08, de 25/02/1994. Atualiza os subsídios do Prefeito Municipal de Montes Claros._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2352</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2352/flash_4397.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2352/flash_4397.pdf</t>
   </si>
   <si>
     <t>Flash 4397._x000D_
 DECRETO LEGISLATIVO Nº 09, de 28/03/1994. Reajusta os vencimentos dos Secretários Municipais._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2353</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2353/flash_4398.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2353/flash_4398.pdf</t>
   </si>
   <si>
     <t>Flash 4398._x000D_
 DECRETO LEGISLATIVO Nº 10, de 30/03/1994. Dispõe sobre os subsídios do Prefeito Municipal de Montes Claros._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2354</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2354/flash_4399.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2354/flash_4399.pdf</t>
   </si>
   <si>
     <t>Flash 4399._x000D_
 DECRETO LEGISLATIVO Nº 11, de 30/03/1994. Dispõe sobre os vencimentos dos Secretários Municipais._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2226</t>
   </si>
   <si>
     <t>RES</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2226/flash_4234.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2226/flash_4234.pdf</t>
   </si>
   <si>
     <t>Flash 4234._x000D_
 RESOLUÇÃO Nº 111, de 13/12/1994. Concede o Diploma do Mérito Comunitário Rural a Geraldo Pereira de Souza._x000D_
 João Hamilton Lopes (Presidente).</t>
   </si>
   <si>
     <t>2229</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2229/flash_4236.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2229/flash_4236.pdf</t>
   </si>
   <si>
     <t>Flash 4236._x000D_
 RESOLUÇÃO Nº 87, de 21/06/1994. Concede a Medalha de Honra Montes Claros ao Dr. Pedro Santos._x000D_
 João Hamilton Lopes (Presidente).</t>
   </si>
   <si>
     <t>2235</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2235/flash_4240.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2235/flash_4240.pdf</t>
   </si>
   <si>
     <t>Flash 4240._x000D_
 RESOLUÇÃO nº 99, de 16/08/1994. Concede a Medalha do Mérito Ecológico ao Dr. Simeão Ribeiro Pires._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2249</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2249/flash_4249.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2249/flash_4249.pdf</t>
   </si>
   <si>
     <t>Flash 4249._x000D_
 RESOLUÇÃO Nº 96, de 09/08/1994. Concede o Título de Cidadão Benemérito de Montes Claros a Paulo César Mota Santiago._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2254</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2254/flash_4250.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2254/flash_4250.pdf</t>
   </si>
   <si>
     <t>Flash 4250._x000D_
 RESOLUÇÃO Nº 103, de 13/09/1994. Concede o Título de Cidadão Benemérito de Montes Claros ao Dr. Antônio Carlos de Oliveira Bispo._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2276</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2276/flash_4262.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2276/flash_4262.pdf</t>
   </si>
   <si>
     <t>Flash 4262._x000D_
 RESOLUÇÃO Nº 61, de 08/02/1994. Concede o Título de Cidadão Honorário de Montes Claros a Hélio Calixto da Costa (Ministro das Comunicações)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2277</t>
   </si>
   <si>
     <t>José Vicente Medeiros</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2277/flash_4263.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2277/flash_4263.pdf</t>
   </si>
   <si>
     <t>Flash 4263._x000D_
 RESOLUÇÃO Nº 65, de 01/03/1994. Concede o Título de Cidadão Honorário de Montes Claros a João de Deus Boaventura._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2278</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2278/flash_4264.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2278/flash_4264.pdf</t>
   </si>
   <si>
     <t>Flash 4264._x000D_
 RESOLUÇÃO Nº 66, de 01/03/1994. Concede o Título de Cidadão Honorário de Montes Claros ao Dr. Carlos Humberto Cruz._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2280</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2280/flash_4265.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2280/flash_4265.pdf</t>
   </si>
   <si>
     <t>Flash 4265._x000D_
 RESOLUÇÃO Nº 68, de 08/03/1994. Concede o Título de Cidadão Honorário de Montes Claros ao Dr. João Xingó de Oliveira._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2281</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2281/flash_4266.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2281/flash_4266.pdf</t>
   </si>
   <si>
     <t>Flash 4266._x000D_
 RESOLUÇÃO Nº 69, de 15/03/1994. Concede o Título de Cidadão Honorário de Montes Claros a Lúcio Couto Gaio._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2282</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2282/flash_4267.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2282/flash_4267.pdf</t>
   </si>
   <si>
     <t>Flash 4267._x000D_
 RESOLUÇÃO Nº 70, de 15/03/1994. Concede o Título de Cidadão Honorário de Montes Claros a Sérgio Octaviano Azevedo de Almeida._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2283</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2283/flash_4268.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2283/flash_4268.pdf</t>
   </si>
   <si>
     <t>Flash 4268._x000D_
 RESOLUÇÃO Nº 73, de 24/03/1994. Concede o Título de Cidadão Honorário de Montes Claros a Rômulo Augusto L’Abbate Marques (Presidente da Sociedade Rural)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2284</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2284/flash_4269.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2284/flash_4269.pdf</t>
   </si>
   <si>
     <t>Flash 4269._x000D_
 RESOLUÇÃO Nº 78, de 19/04/1994. Concede o Título de Cidadão Honorário de Montes Claros ao Dr. Francisco Sérgio Soares Cavalieri (Diretor Industrial da Matsulfur)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2285</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2285/flash_4270.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2285/flash_4270.pdf</t>
   </si>
   <si>
     <t>Flash 4270._x000D_
 RESOLUÇÃO Nº 82, de 17/05/1994. Concede o Título de Cidadão Honorário de Montes Claros a Rodrigo Cerqueira de Moura (Gerente Regional COPASA)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2286</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2286/flash_4271.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2286/flash_4271.pdf</t>
   </si>
   <si>
     <t>Flash 4271._x000D_
 RESOLUÇÃO Nº 88, de 21/06/1994. Concede o Título de Cidadão Honorário de Montes Claros a José Rodrigues Xavier (Viação Xavier)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2290</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2290/flash_4272.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2290/flash_4272.pdf</t>
   </si>
   <si>
     <t>Flash 4272._x000D_
 RESOLUÇÃO Nº 106, de 18/10/1994. Concede o Título de Cidadão Honorário de Montes Claros a Deusdedit de Sá Miranda._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2292</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2292/flash_4273.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2292/flash_4273.pdf</t>
   </si>
   <si>
     <t>Flash 4273._x000D_
 RESOLUÇÃO Nº 107, de 18/10/1994. Concede o Título de Cidadão Honorário de Montes Claros a Jair de Sá Miranda._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2297</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2297/flash_4274.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2297/flash_4274.pdf</t>
   </si>
   <si>
     <t>Flash 4274._x000D_
 RESOLUÇÃO Nº 108, de 18/10/1994. Concede o Título de Cidadão Honorário de Montes Claros a João Batista de Moura._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2298</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2298/flash_4275.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2298/flash_4275.pdf</t>
   </si>
   <si>
     <t>Flash 4275._x000D_
 RESOLUÇÃO Nº 002/95, de 14/02/1995. Concede o Título de Cidadão Honorário de Montes Claros ao Dr. Ildo Alves Horta. _x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2334</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2334/flash_4224.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2334/flash_4224.pdf</t>
   </si>
   <si>
     <t>Flash 4224._x000D_
 RESOLUÇÃO Nº 110, de 29/11/1994. Dispõe sobre a suplementação de dotações no orçamento da Câmara Municipal de Montes Claros._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2336</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2336/flash_4226.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2336/flash_4226.pdf</t>
   </si>
   <si>
     <t>Flash 4226._x000D_
 RESOLUÇÃO Nº 89, de 28/06/1994. Dispõe sobre a filiação da Câmara de Montes Claros à Associação dos Vereadores da Área Mineira da Sudene - AVAMS, e dá outras providências._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2396</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2396/flash_4310.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2396/flash_4310.pdf</t>
   </si>
   <si>
     <t>Flash 4310._x000D_
 RESOLUÇÃO Nº 60, de 28/01/1994. Reajusta vencimentos dos servidores da Câmara Municipal de Montes Claros._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2397</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2397/flash_4311.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2397/flash_4311.pdf</t>
   </si>
   <si>
     <t>Flash 4311._x000D_
 RESOLUÇÃO Nº 63, de 25/02/1994. Reajusta vencimentos dos servidores da Câmara Municipal de Montes Claros._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2399</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2399/flash_4312.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2399/flash_4312.pdf</t>
   </si>
   <si>
     <t>Flash 4312._x000D_
 RESOLUÇÃO Nº 74, de 30/03/1994. Dispõe sobre os vencimentos dos servidores da Câmara Municipal de Montes Claros._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2401</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2401/flash_4313.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2401/flash_4313.pdf</t>
   </si>
   <si>
     <t>Flash 4313._x000D_
 RESOLUÇÃO Nº 97, de 09/08/1994. Cria mais uma vaga para o cargo de Auxiliar de Gabinete II, no quadro de pessoal da Câmara Municipal de Montes Claros. (Passa de 5 para 6 vagas)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2414</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2414/flash_4324.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2414/flash_4324.pdf</t>
   </si>
   <si>
     <t>Flash 4324._x000D_
 RESOLUÇÃO Nº 59, de 28/11/1994. Atualiza a remuneração dos vereadores da Câmara Municipal de Montes Claros._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2415</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2415/flash_4325.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2415/flash_4325.pdf</t>
   </si>
   <si>
     <t>Flash 4325._x000D_
 RESOLUÇÃO Nº 64, de 25/02/1994. Atualiza a remuneração dos vereadores da Câmara Municipal de Montes Claros._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2416</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2416/flash_4326.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2416/flash_4326.pdf</t>
   </si>
   <si>
     <t>Flash 4326._x000D_
 RESOLUÇÃO Nº 75, de 30/03/1994. Dispõe sobre a remuneração dos vereadores da Câmara Municipal de Montes Claros._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2442</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2442/flash_4351.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2442/flash_4351.pdf</t>
   </si>
   <si>
     <t>Flash 4351._x000D_
 RESOLUÇÃO Nº 62, de 11/02/1994. Considera de utilidade pública a “Associação Comunitária de Morro Vermelho”; a “Associação dos Horteiros da Fazenda Bois”; a “Associação de Moradores de Serra Verde”; a “Sociedade Educativa e Beneficente “A Estrela da Esperança”; a “Associação de Moradores do Conjunto Chiquinho Guimarães” e a “Associação Comunitária de Canoas”. (Sob a indicação dos vereadores Benedito Paula Said, Ademar de Barros Bicalho, Antônio Carlos Câmara, José Geraldo Cardoso e João Hamilton Silveira)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2443</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2443/flash_4352.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2443/flash_4352.pdf</t>
   </si>
   <si>
     <t>Flash 4352._x000D_
 RESOLUÇÃO Nº 67, de 08/03/1994. Considera de utilidade pública a "Associação de Pequenos Produtores do Chacreamento Quintas da Serra" e a "União Pró Desenvolvimento do Bairro Vera Cruz - UDEVEC". (Sob a indicação dos vereadores José Vicente Medeiros e José Geraldo Cardoso)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2444</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2444/flash_4353.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2444/flash_4353.pdf</t>
   </si>
   <si>
     <t>Flash 4353._x000D_
 RESOLUÇÃO Nº 71, de 18/03/1994. Considera de utilidade pública a "Associação de Motociclismo do Norte de Minas" e a "Igreja União Pentecostal - A Família de Jesus". (Sob a indicação dos vereadores Benedito Paula Said e João Hamilton Silveira)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2445</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2445/flash_4354.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2445/flash_4354.pdf</t>
   </si>
   <si>
     <t>Flash 4354._x000D_
 RESOLUÇÃO Nº 72, de 25/03/1994. Considera de utilidade pública o "Centro Espírita São Francisco de Assis" e a "Associação Comunitária Novo Mundo - ACONOMU". (Sob a indicação dos vereadores José Geraldo de Oliveira e Benedito Paula Said)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2446</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2446/flash_4355.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2446/flash_4355.pdf</t>
   </si>
   <si>
     <t>Flash 4355._x000D_
 RESOLUÇÃO Nº 76, de 12/04/1994. Considera de utilidade pública a "Instituição Espírita de Caridade Solar de Jesus", a "Associação dos Pequenos Produtores e Trabalhadores Rurais de Panorâmica e Adjacências", o "Grupo de Ação Social Bom Samaritano" e a "Associação dos Pequenos Produtores e Trabalhadores Rurais da Região de Mandacaru e Adjacências". (Sob a indicação dos vereadores João Hamilton Silveira, Sebastião Ildeu Maia, Eduardo Avelino Pereira e Ubaldo Ferreira Gonçalves)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2447</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2447/flash_4356.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2447/flash_4356.pdf</t>
   </si>
   <si>
     <t>Flash 4356._x000D_
 RESOLUÇÃO Nº 77, de 19/04/1994. Considera de utilidade pública a "Associação de Moradores e Amigos do Bairro São Judas II", "Associação Comunitária do Riachinho", a "Associação Comunitária dos Pequenos Produtores da Região de Cabeceiras e Baixa" e a "Associação dos Moradores da Vila Mauricéia". (Sob a indicação dos vereadores Benedito Paula Said, Ubaldo Ferreira Gonçalves e José Geraldo de Oliveira). Obs.: Não consta a indicação do vereador que reconheceu a utilidade pública da Associação de Moradores e Amigos do Bairro São Judas II._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2448</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2448/flash_4357.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2448/flash_4357.pdf</t>
   </si>
   <si>
     <t>Flash 4357._x000D_
 RESOLUÇÃO Nº 80, de 10/05/1994. Considera de utilidade pública a "Associação Protetora do Pequi", a "Associação dos Moradores do Bairro Maracanã", a "Associação de Moradores do Bairro JK", a "Sociedade de Amigos de São Pedro da Garça", a "Associação Comunitária de Varginha da Onça", o "Conselho Comunitário de Aparecida do Mundo Novo" e o "Grupo 3ª Idade – Coroa Moderno". (Sob a indicação dos vereadores João Hamilton Silveira, Sebastião Wellington Pimenta de Figueiredo, José Vicente Medeiros, Ademar de Barros Bicalho, Sebastião Ildeu Maia e Eurípedes Xavier Souto). Obs.: Não consta a indicação  do vereador que reconheceu a utilidade pública da Associação de Moradores do Bairro JK._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2449</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2449/flash_4358.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2449/flash_4358.pdf</t>
   </si>
   <si>
     <t>Flash 4358._x000D_
 RESOLUÇÃO Nº 81, de 17/05/1994. Considera de utilidade pública a "Associação de Moradores do Bairro Alice Maia", a "Associação Comunitária de Pequenos Produtores Rurais da Fazenda Nova Boqueirão" e a "Associação dos Moradores do Conjunto Habitacional Ciro dos Anjos". (Sob a indicação dos vereadores José Maria Saraiva, José Vicente Medeiros e João Hamilton Silveira)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2450</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2450/flash_4359.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2450/flash_4359.pdf</t>
   </si>
   <si>
     <t>Flash 4359._x000D_
 RESOLUÇÃO Nº 83, de 19/05/1994. Considera de utilidade pública a "Associação de Moradores do Bairro Santo Inácio II", a "Associação de Moradores do Bairro Santa Laura" e o "Conselho Comunitário de Monte Alto". (Sob a indicação dos vereadores José Vicente Medeiros, José Geraldo Cardoso e Ubaldo Ferreira Gonçalves)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2451</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2451/flash_4360.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2451/flash_4360.pdf</t>
   </si>
   <si>
     <t>Flash 4360._x000D_
 RESOLUÇÃO Nº 84, de 31/05/1994. Considera de utilidade pública a "Associação Comunitária de Abóboras, Pinheiros e Três Marias", a "Associação Comunitária de Poço Novo" e a "Associação de Moradores do Bairro Guilhermina". (Sob a indicação dos vereadores Benedito Paula Said, Ubaldo Ferreira Gonçalves e José Vicente Medeiros)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2452</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2452/flash_4361.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2452/flash_4361.pdf</t>
   </si>
   <si>
     <t>Flash 4361._x000D_
 RESOLUÇÃO Nº 85, de 08/06/1994. Considera de utilidade pública a "Associação União de Santo André", a "Associação de Pequenos Produtores e_x000D_
 Trabalhadores Rurais de Santa Cruz" e a "União Popular da Mulher de Montes Claros". (Sob a indicação dos vereadores Ubaldo Ferreira Gonçalves, Benedito Paula Said e Eurípedes Xavier Souto)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2453</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2453/flash_4362.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2453/flash_4362.pdf</t>
   </si>
   <si>
     <t>Flash 4362._x000D_
 RESOLUÇÃO Nº 86, de 17/06/1994. Considera de utilidade pública a "Associação Comunitária de Bonito" e a "Associação dos Geógrafos Brasileiros – Seção de Montes Claros". (Sob a indicação dos vereadores José Vicente Medeiros e Eurípedes Xavier Souto)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2454</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2454/flash_4363.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2454/flash_4363.pdf</t>
   </si>
   <si>
     <t>Flash 4363._x000D_
 RESOLUÇÃO Nº 90, de 28/06/1994. Considera de utilidade pública a "Associação de Pequenos Produtores e Trabalhadores Rurais de Cachoeira de Miralta", o "Conselho Feminino de Ação Social de Montes Claros - CFAS" e a "Associação Comunitária de Pequenos Produtores de Extrema, Cedro e Três Irmãos". (Sob a indicação dos vereadores Benedito Paula Said, João Hamilton Silveira e José Vicente Medeiros)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2455</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2455/flash_4364.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2455/flash_4364.pdf</t>
   </si>
   <si>
     <t>Flash 4364._x000D_
 RESOLUÇÃO Nº 91, de 01/07/94. Considera de utilidade pública a "Associação dos Vereadores da Área Mineira da SUDENE – AVAMS". (Sob a indicação do vereador Ademar de Barros Bicalho)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2456</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2456/flash_4365.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2456/flash_4365.pdf</t>
   </si>
   <si>
     <t>Flash 4365._x000D_
 RESOLUÇÃO Nº 92, de 01/07/1994. Considera de utilidade pública a "Associação de Uso Proteção e Conservação da Bacia Hidrográfica do Ribeirão do Riachão" e o "Grupo de Produtores do Vale do Ribeirão do Ouro e Canabrava". (Sob a indicação dos vereadores José Hélio Guimarães de Carvalho e Ubaldo Ferreira Gonçalves)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2457</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2457/flash_4366.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2457/flash_4366.pdf</t>
   </si>
   <si>
     <t>Flash 4366._x000D_
 RESOLUÇÃO Nº 95, de 04/08/1994. Considera de utilidade pública a "Associação de Amigos e Moradores do Bairro Independência" e a "Associação Cultural Alcobaça". (Sob a indicação do vereador João Hamilton Silveira)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2458</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2458/flash_4367.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2458/flash_4367.pdf</t>
   </si>
   <si>
     <t>Flash 4367._x000D_
 RESOLUÇÃO Nº 98, de 09/08/1994. Considera de utilidade pública a "Associação dos Moradores e Amigos de Canto do Engenho, Lagoa dos Freitas, Pederneiras, Cedro, Extrema e Riacho Fundo", a "Associação de Pais dos Alunos da Escola de Educação Especial Abdias Dias de Souza" e a "Associação de Moradores e Pequenos Produtores de Ermidinha". (Sob a indicação dos vereadores Ademar de Barros Bicalho e Sebastião Ildeu Maia). Obs.: Não consta a indicação do vereador que reconheceu a utilidade pública da Associação de Moradores e Pequenos Produtores de Ermidinha._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2459</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2459/flash_4368.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2459/flash_4368.pdf</t>
   </si>
   <si>
     <t>Flash 4368._x000D_
 RESOLUÇÃO Nº 100, de 19/08/1994. Considera de utilidade pública a "Associação dos Amigos dos Bairros Santa Eugênia e Eldorado" e a "Associação de Pequenos Produtores e Trabalhadores Rurais da Região de Milivre". (Sob a indicação dos vereadores Sebastião Ildeu Maia e Ademar de Barros Bicalho)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2460</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2460/flash_4369.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2460/flash_4369.pdf</t>
   </si>
   <si>
     <t>Flash 4369._x000D_
 RESOLUÇÃO Nº 101, de 25/08/1994. Considera de utilidade pública a "Associação de Moradores do Conjunto Havaí" e o "Conselho Metropolitano de Montes Claros, da Sociedade de São Vicente de Paulo". (Sob a indicação dos vereadores José Geraldo de Oliveira e José Maria Saraiva)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2461</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2461/flash_4370.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2461/flash_4370.pdf</t>
   </si>
   <si>
     <t>Flash 4370._x000D_
 RESOLUÇÃO 102, de 06/09/1994. Considera de utilidade pública a "Associação de Pequenos Produtores  e Amigos de Olhos D’água e Adjacências", a "Associação Comunitária da Região do Rio do Peixe" e o "Conselho Comunitário de Furadinho". (Sob a indicação dos vereadores José Vicente Medeiros, Ubaldo Ferreira Gonçalves e João Hamilton Silveira)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2462</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2462/flash_4371.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2462/flash_4371.pdf</t>
   </si>
   <si>
     <t>Flash 4371._x000D_
 RESOLUÇÃO Nº 104, de 20/09/1994. Considera de utilidade pública a "Associação dos Produtores Rurais de Mato Verde". (Sob a indicação do vereador José Vicente Medeiros)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2463</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2463/flash_4372.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2463/flash_4372.pdf</t>
   </si>
   <si>
     <t>Flash 4372._x000D_
 RESOLUÇÃO Nº 105, de 11/10/1994. Considera de utilidade pública a "Associação Comunitária Rural de Pederneiras e Adjacências" e a "Igreja Pentecostal de Jesus Cristo". (Sob a indicação do vereador Benedito Paula Said)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2464</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2464/flash_4373.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2464/flash_4373.pdf</t>
   </si>
   <si>
     <t>Flash 4373._x000D_
 RESOLUÇÃO 109, de 11/11/1994. Considera de utilidade pública a "Associação dos Moradores do Bairro Jardim Palmeiras" e a "Associação dos Moradores do Conjunto Habitacional Joaquim Costa". (Sob a indicação dos vereadores Antônio Eustáquio Gomes e João Hamilton Silveira)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2465</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2465/flash_4374.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2465/flash_4374.pdf</t>
   </si>
   <si>
     <t>Flash 4374._x000D_
 RESOLUÇÃO 112, de 20/12/1994. Considera de utilidade pública a "Associação Comunitária do Rio do Sítio", o "Projeto Viver", a "Escola Infantil Menino Jesus" e o "Conselho de Desenvolvimento da Comunidade de Santa Rosa de Lima". (Sob a indicação dos vereadores Ademar de Barros Bicalho, José Geraldo Cardoso, José Maria Saraiva e Sebastião Ildeu Maia)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2466</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2466/flash_4375.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2466/flash_4375.pdf</t>
   </si>
   <si>
     <t>Flash 4375._x000D_
 RESOLUÇÃO 001/95, de 10/02/1995. Considera de utilidade pública a "Associação dos Amigos do Bairro Vila Sion". (Sob a indicação do vereador José Geraldo Cardoso)._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>2361</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2361/flash_4297.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2361/flash_4297.pdf</t>
   </si>
   <si>
     <t>Flash 4297._x000D_
 RESOLUÇÃO Nº 113, de 27/12/1994. Dispõe sobre o orçamento da Câmara Municipal de Montes Claros, para o exercício financeiro de 1995._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
   <si>
     <t>9882</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/9882/flash_4312a.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/9882/flash_4312a.pdf</t>
   </si>
   <si>
     <t>Flash 4312A._x000D_
 RESOLUÇÃO Nº 79, de 03/05/1994. Dispõe sobre a organização administrativa e estabelece normas de provimento dos cargos, movimentação e remuneração dos servidores da Câmara Municipal de Montes Claros._x000D_
 João Hamilton Silveira (Presidente).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -2454,68 +2454,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1774/flash_4029.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1775/flash_4030.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1777/flash_4031.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1782/flash_3745.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1783/flash_3746.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1784/flash_3747.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1792/flash_3754.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1793/flash_3755.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1794/flash_3756.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1796/flash_3757.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1798/flash_3758.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1815/flash_3774.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1817/flash_3776.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1818/flash_3777.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1819/flash_3778.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1857/flash_3801.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1858/flash_3802.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1861/flash_3804.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1862/flash_3805.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1863/flash_3806.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1865/flash_3807.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1866/flash_3808.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1867/flash_3809.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1868/flash_3810.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1870/flash_3811.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1871/flash_3812.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1872/flash_3813.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1875/flash_3814.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1876/flash_3815.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1877/flash_3816.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1878/flash_3817.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1879/flash_3818.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1880/flash_3819.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1881/flash_3820.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1882/flash_3821.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1883/flash_3822.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1884/flash_3823.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1885/flash_3824.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1886/flash_3825.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1887/flash_3826.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1889/flash_3828.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1890/flash_3829.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1971/flash_3892.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2019/flash_3902.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2021/flash_3903.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2032/flash_3909.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2033/flash_3910.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2035/flash_3911.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2037/flash_3912.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2056/flash_3924.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2058/flash_3925.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2060/flash_3926.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2075/flash_3935.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2093/flash_3946.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2094/flash_3947.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2107/flash_3959.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2108/flash_3960.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2109/flash_3961.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2110/flash_3962.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2111/flash_3963.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2112/flash_3964.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2113/flash_3965.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2114/flash_3966.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2115/flash_3967.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2117/flash_3968.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2119/flash_3969.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2120/flash_3970.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2121/flash_3971.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2146/flash_3984.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2157/flash_3995.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2159/flash_3996.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2171/flash_4006.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2173/flash_4007.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2174/flash_4008.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2180/flash_4148.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2182/flash_4149.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2184/flash_4150.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2188/flash_4151.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2189/flash_4152.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2192/flash_4153.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2195/flash_4154.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2197/flash_4155.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2210/flash_4028.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/9063/flash_3775.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2176/flash_4009.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2468/flash_4377.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2473/flash_4382.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2474/flash_4383.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2475/flash_4384.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2322/flash_4217.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2323/flash_4218.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/11791/flash_4377g.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/11792/flash_4382a.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2378/flash_4415.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/9061/flash_3740.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2347/flash_4395.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2349/flash_4396.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2352/flash_4397.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2353/flash_4398.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2354/flash_4399.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2226/flash_4234.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2229/flash_4236.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2235/flash_4240.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2249/flash_4249.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2254/flash_4250.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2276/flash_4262.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2277/flash_4263.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2278/flash_4264.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2280/flash_4265.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2281/flash_4266.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2282/flash_4267.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2283/flash_4268.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2284/flash_4269.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2285/flash_4270.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2286/flash_4271.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2290/flash_4272.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2292/flash_4273.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2297/flash_4274.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2298/flash_4275.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2334/flash_4224.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2336/flash_4226.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2396/flash_4310.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2397/flash_4311.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2399/flash_4312.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2401/flash_4313.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2414/flash_4324.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2415/flash_4325.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2416/flash_4326.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2442/flash_4351.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2443/flash_4352.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2444/flash_4353.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2445/flash_4354.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2446/flash_4355.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2447/flash_4356.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2448/flash_4357.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2449/flash_4358.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2450/flash_4359.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2451/flash_4360.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2452/flash_4361.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2453/flash_4362.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2454/flash_4363.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2455/flash_4364.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2456/flash_4365.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2457/flash_4366.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2458/flash_4367.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2459/flash_4368.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2460/flash_4369.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2461/flash_4370.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2462/flash_4371.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2463/flash_4372.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2464/flash_4373.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2465/flash_4374.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2466/flash_4375.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2361/flash_4297.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/9882/flash_4312a.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1774/flash_4029.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1775/flash_4030.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1777/flash_4031.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1782/flash_3745.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1783/flash_3746.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1784/flash_3747.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1792/flash_3754.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1793/flash_3755.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1794/flash_3756.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1796/flash_3757.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1798/flash_3758.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1815/flash_3774.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1817/flash_3776.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1818/flash_3777.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1819/flash_3778.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1857/flash_3801.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1858/flash_3802.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1861/flash_3804.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1862/flash_3805.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1863/flash_3806.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1865/flash_3807.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1866/flash_3808.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1867/flash_3809.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1868/flash_3810.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1870/flash_3811.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1871/flash_3812.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1872/flash_3813.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1875/flash_3814.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1876/flash_3815.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1877/flash_3816.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1878/flash_3817.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1879/flash_3818.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1880/flash_3819.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1881/flash_3820.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1882/flash_3821.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1883/flash_3822.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1884/flash_3823.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1885/flash_3824.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1886/flash_3825.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1887/flash_3826.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1889/flash_3828.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1890/flash_3829.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/1971/flash_3892.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2019/flash_3902.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2021/flash_3903.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2032/flash_3909.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2033/flash_3910.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2035/flash_3911.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2037/flash_3912.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2056/flash_3924.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2058/flash_3925.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2060/flash_3926.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2075/flash_3935.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2093/flash_3946.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2094/flash_3947.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2107/flash_3959.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2108/flash_3960.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2109/flash_3961.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2110/flash_3962.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2111/flash_3963.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2112/flash_3964.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2113/flash_3965.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2114/flash_3966.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2115/flash_3967.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2117/flash_3968.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2119/flash_3969.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2120/flash_3970.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2121/flash_3971.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2146/flash_3984.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2157/flash_3995.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2159/flash_3996.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2171/flash_4006.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2173/flash_4007.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2174/flash_4008.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2180/flash_4148.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2182/flash_4149.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2184/flash_4150.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2188/flash_4151.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2189/flash_4152.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2192/flash_4153.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2195/flash_4154.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2197/flash_4155.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2210/flash_4028.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/9063/flash_3775.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2176/flash_4009.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2468/flash_4377.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2473/flash_4382.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2474/flash_4383.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2475/flash_4384.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2322/flash_4217.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2323/flash_4218.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/11791/flash_4377g.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/11792/flash_4382a.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2378/flash_4415.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/9061/flash_3740.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2347/flash_4395.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2349/flash_4396.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2352/flash_4397.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2353/flash_4398.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2354/flash_4399.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2226/flash_4234.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2229/flash_4236.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2235/flash_4240.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2249/flash_4249.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2254/flash_4250.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2276/flash_4262.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2277/flash_4263.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2278/flash_4264.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2280/flash_4265.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2281/flash_4266.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2282/flash_4267.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2283/flash_4268.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2284/flash_4269.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2285/flash_4270.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2286/flash_4271.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2290/flash_4272.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2292/flash_4273.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2297/flash_4274.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2298/flash_4275.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2334/flash_4224.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2336/flash_4226.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2396/flash_4310.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2397/flash_4311.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2399/flash_4312.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2401/flash_4313.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2414/flash_4324.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2415/flash_4325.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2416/flash_4326.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2442/flash_4351.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2443/flash_4352.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2444/flash_4353.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2445/flash_4354.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2446/flash_4355.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2447/flash_4356.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2448/flash_4357.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2449/flash_4358.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2450/flash_4359.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2451/flash_4360.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2452/flash_4361.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2453/flash_4362.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2454/flash_4363.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2455/flash_4364.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2456/flash_4365.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2457/flash_4366.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2458/flash_4367.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2459/flash_4368.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2460/flash_4369.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2461/flash_4370.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2462/flash_4371.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2463/flash_4372.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2464/flash_4373.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2465/flash_4374.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2466/flash_4375.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/2361/flash_4297.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1994/9882/flash_4312a.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H156"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="47.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="92.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="91.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>