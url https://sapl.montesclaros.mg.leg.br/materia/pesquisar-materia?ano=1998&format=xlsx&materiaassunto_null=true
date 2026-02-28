--- v0 (2025-12-28)
+++ v1 (2026-02-28)
@@ -150,288 +150,288 @@
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>João Hamilton Silveira</t>
   </si>
   <si>
     <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2542/flash_4447.pdf</t>
   </si>
   <si>
     <t>Flash 4447._x000D_
 PROJETO DE LEI Nº 104/98. Cria o "Projeto Cultural Nossa Gente", com o objetivo de promover eventos culturais nos bairros de Montes Claros, e dá outras providências. (Referente à Lei nº 2.666, de 04/01/1999). _x000D_
 Geraldo Corrêa Machado Filho (Presidente).</t>
   </si>
   <si>
     <t>2563</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Paulo Gustavo Dias Lopes</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2563/imagem_4468.pdf</t>
+    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2563/flash_4468.pdf</t>
   </si>
   <si>
     <t>Flash 4468._x000D_
 PROJETO DE LEI Nº 25/98. Denomina a "Praça Dona Clarice Ataíde Vieira", localizada no bairro Vera Cruz. (Referente à Lei nº 2.585, de 29/05/1998).                                       _x000D_
 Geraldo Corrêa Machado Filho (Presidente).</t>
   </si>
   <si>
     <t>2564</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Antônio Carlos Câmara</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2564/imagem_4469.pdf</t>
+    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2564/flash_4469.pdf</t>
   </si>
   <si>
     <t>Flash 4469._x000D_
 PROJETO DE LEI Nº 17/98. Dá nova denominação à rua Goiânia, localizada no bairro Ibituruna. Passa a denominar "Rua Dalva dos Anjos Medeiros". (Referente à Lei nº 2.582, de 28/04/1998).                                                                       _x000D_
 Geraldo Corrêa Machado Filho (Presidente).</t>
   </si>
   <si>
     <t>2566</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Tarcísio Iran Rêgo</t>
   </si>
   <si>
     <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2566/flash_4471.pdf</t>
   </si>
   <si>
     <t>Flash 4471._x000D_
 PROJETO DE LEI Nº 34/98. Denomina a Casa de Passagem "Dona Eunice Pires Rocha Sousa", localizada na rua D, nº 142, Vila Atlântida. (Referente à Lei nº 2.598, de 15/06/1998).     _x000D_
 Geraldo Corrêa Machado Filho (Presidente).</t>
   </si>
   <si>
     <t>2567</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Ademar de Barros Bicalho</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2567/imagem_4472.pdf</t>
+    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2567/flash_4472.pdf</t>
   </si>
   <si>
     <t>Flash 4472._x000D_
 PROJETO DE LEI Nº 35/98. Denomina a "Praça Hotorgantino Lopes de Souza", localizada entre o cruzamento das ruas Angélica C. Brant e João S. Caldeira, na Vila João Gordo. (Referente à Lei nº 2.595, de 15/06/1998).  _x000D_
 Geraldo Corrêa Machado Filho (Presidente).</t>
   </si>
   <si>
     <t>2568</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>José Vicente Medeiros</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2568/imagem_4473.pdf</t>
+    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2568/flash_4473.pdf</t>
   </si>
   <si>
     <t>Flash 4473._x000D_
  PROJETO DE LEI Nº 38/98. Denomina vias públicas localizadas no bairro Santo Inácio II (atual bairro Santa Rafaela): "Avenida Dona Isabel", "Rua Vicente Silva", "Rua Frei Damião, "Rua Juvenita Pereira", "Rua Padre Tadeu Carvalho", "Rua Bibiano Pinheiro", "Rua Geraldo Ribeiro", "Rua Irmã Dulce, "Rua Madre Tereza, "Rua Rosângela Moura", "Rua Crispina Oliveira", "Rua Martiliano", "Avenida Geralda Monteiro", "Rua Padre Rubens Magalhães", "Rua Firmino Ferreira" e "Rua Juca Malveira". (Referente à Lei nº 2.596, de 15/06/1998).   _x000D_
 Geraldo Corrêa Machado Filho (Presidente).</t>
   </si>
   <si>
     <t>2570</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Marcos Nem</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2570/imagem_4475.pdf</t>
+    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2570/flash_4475.pdf</t>
   </si>
   <si>
     <t>Flash 4475._x000D_
 PROJETO DE LEI Nº 50/98. Denomina a "Rua José Carneiro Silva", localizada no bairro Novo Delfino. (Referente à Lei nº 2.611, de 06/08/1998)._x000D_
 Geraldo Corrêa Machado Filho (Presidente).</t>
   </si>
   <si>
     <t>2571</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2571/flash_4476.pdf</t>
   </si>
   <si>
     <t>Flash 4476._x000D_
 PROJETO DE LEI Nº 60/98. Denomina a "Praça Zeca Silveira", localizada na avenida Mestra Fininha, limitando com o trevo da avenida Vicente Guimarães. (Referente à Lei nº 2.617, de 17/08/1998)._x000D_
 Geraldo Corrêa Machado Filho (Presidente).</t>
   </si>
   <si>
     <t>2572</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Antônio Silveira de Sá</t>
   </si>
   <si>
     <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2572/flash_4477.pdf</t>
   </si>
   <si>
     <t>Flash 4477._x000D_
 PROJETO DE LEI Nº 61/98. Denomina a "Praça Marcílio José Barros Lins Albuquerque", localizada entre as avenidas Vicente Guimarães, Mestra Fininha e o canal da Avenida Vicente Guimarães, recentemente inaugurada. (Referente à Lei nº 2.618, de 17/08/1998)._x000D_
 Geraldo Corrêa Machado Filho (Presidente).</t>
   </si>
   <si>
     <t>2573</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2573/imagem_4478.pdf</t>
+    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2573/flash_4478.pdf</t>
   </si>
   <si>
     <t>Flash 4478._x000D_
 PROJETO DE LEI Nº 64/98. Denomina a "Rua Professor Darcy Ribeiro", localizada no bairro Edgar Pereira. (Referente à Lei nº 2.620, de 17/08/1998)._x000D_
 Geraldo Corrêa Machado Filho (Presidente).</t>
   </si>
   <si>
     <t>2574</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2574/flash_4479.pdf</t>
   </si>
   <si>
     <t>Flash 4479._x000D_
 PROJETO DE LEI Nº 59/98. Denomina oficialmente o "Bairro Morrinhos". (Referente à Lei nº 2.616, de 17/08/1998).  _x000D_
 Geraldo Corrêa Machado Filho (Presidente).</t>
   </si>
   <si>
     <t>2575</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2575/imagem_4480.pdf</t>
+    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2575/flash_4480.pdf</t>
   </si>
   <si>
     <t>Flash 4480._x000D_
 PROJETO DE LEI Nº 49/98. Dá nova denominação à rua Humaitá, localizada no bairro Morrinhos. Passa a denominar "Rua Pedro Dias". (Referente à Lei nº 2.612, de 06/08/1998).     _x000D_
 Geraldo Corrêa Machado Filho (Presidente).</t>
   </si>
   <si>
     <t>2576</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2576/imagem_4481.pdf</t>
+    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2576/flash_4481.pdf</t>
   </si>
   <si>
     <t>Flash 4481._x000D_
 PROJETO DE LEI Nº 54/98. Denomina oficialmente o "Bairro Itatiaia", conhecido popularmente como Vila Murici. (Referente à Lei nº 2.613, de 06/08/1998)._x000D_
 Geraldo Corrêa Machado Filho (Presidente).</t>
   </si>
   <si>
     <t>2577</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Ubaldo Ferreira Gonçalves</t>
   </si>
   <si>
     <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2577/flash_4482.pdf</t>
   </si>
   <si>
     <t>Flash 4482._x000D_
 PROJETO DE LEI Nº 62/98. Denomina vias públicas localizadas no prolongamento do bairro Todo os Santos: "Rua Santa Bárbara", "Rua Santa Cecília", "Rua Santa Laura", "Rua Santa Madalena", "Rua São Lucas", "Rua São Miguel", "Rua São Lázaro" e "Rua São Jerônimo". (Referente à Lei nº 2.622, de 17/08/1998).         _x000D_
 Geraldo Corrêa Machado Filho (Presidente).</t>
   </si>
   <si>
     <t>2578</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Ivan José Lopes</t>
   </si>
   <si>
     <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2578/flash_4483.pdf</t>
   </si>
   <si>
     <t>Flash 4483._x000D_
 PROJETO DE LEI Nº 63/98. Denomina a "Rua Zezé Malveira", localizada no bairro Santa Rita II. (Referente à Lei nº 2.619, de 17/08/1998)._x000D_
 Geraldo Corrêa Machado Filho (Presidente).</t>
   </si>
   <si>
     <t>2579</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>José Geraldo Cardoso</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2579/imagem_4484.pdf</t>
+    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2579/flash_4484.pdf</t>
   </si>
   <si>
     <t>Flash 4484._x000D_
 PROJETO DE LEI Nº 76/98. Denomina a "Praça João Batista de Moura", localizada no bairro Alto da Boa Vista. (Referente à Lei nº 2.629, de 25/09/1998).   _x000D_
 Geraldo Corrêa Machado Filho (Presidente).</t>
   </si>
   <si>
     <t>2580</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2580/imagem_4485.pdf</t>
+    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2580/flash_4485.pdf</t>
   </si>
   <si>
     <t>Flash 4485._x000D_
 PROJETO DE LEI Nº 91/98. Denomina a "Rua Gasparina Soares dos Reis", localizada no bairro Jardim Primavera. (Referente à Lei nº 2.652, de 02/12/1998)._x000D_
 Geraldo Corrêa Machado Filho (Presidente).</t>
   </si>
   <si>
     <t>2581</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2581/flash_4486.pdf</t>
   </si>
   <si>
     <t>Flash 4486._x000D_
 PROJETO DE LEI Nº 115/98. Denomina a "Rua Raimunda Wanderley", localizada no bairro Santo Antônio. (Referente à Lei nº 2.667, de 04/01/1999). _x000D_
 Geraldo Corrêa Machado Filho (Presidente).</t>
   </si>
   <si>
     <t>2582</t>
   </si>
   <si>
     <t>23</t>
@@ -485,228 +485,228 @@
     <t>Flash 4490._x000D_
 PROJETO DE LEI Nº 119/98. Denomina a "Rua José Estevam Barbosa", localizada no bairro Planalto. (Referente à Lei nº 2.681, de 04/01/1999).   _x000D_
 Geraldo Corrêa Machado Filho (Presidente).</t>
   </si>
   <si>
     <t>2586</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2586/flash_4491.pdf</t>
   </si>
   <si>
     <t>Flash 4491._x000D_
 PROJETO DE LEI Nº 120/98. Denomina a "Rua José Avelino Pereira", localizada no bairro Santa Rita II. (Referente à Lei nº 2.680, de 04/01/1999)._x000D_
 Geraldo Corrêa Machado Filho (Presidente).</t>
   </si>
   <si>
     <t>2587</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2587/imagem_4492.pdf</t>
+    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2587/flash_4492.pdf</t>
   </si>
   <si>
     <t>Flash 4492._x000D_
 PROJETO DE LEI Nº 67/98. Denomina vias públicas localizadas no bairro Camilo Prates: "Rua Lúcia de Fátima", "Rua Idalício Narciso", "Rua Marília Narciso", "Rua Lourival Gomes Mota", "Rua Nossa Senhora do Carmo", "Avenida Maria José Silveira de Freitas", "Avenida Sebastião Gama" e "Avenida Benvinda Evangelista Santos". (Referente à Lei nº 2.626, de 15/09/1998).     _x000D_
 Geraldo Corrêa Machado Filho (Presidente).</t>
   </si>
   <si>
     <t>2588</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2588/imagem_4493.pdf</t>
+    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2588/flash_4493.pdf</t>
   </si>
   <si>
     <t>Flash 4493._x000D_
 PROJETO DE LEI Nº 79/98. (ALTERADA). Denomina vias públicas localizadas no Conjunto Habitacional Joaquim Costa: "Rua Geralda Bicalho", "Rua Solange Rocha", "Rua Tereza Francisca Soares", "Rua Maria de Jesus Vieira", "Rua Eugênio da Costa Zuba" e "Rua da Conquista". (Referente à Lei n° 2.642, de 19/10/1998, que foi alterada pela Lei nº 4.803, de 15/07/2015)._x000D_
 Geraldo Corrêa Machado Filho (Presidente).</t>
   </si>
   <si>
     <t>2589</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2589/imagem_4494.pdf</t>
+    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2589/flash_4494.pdf</t>
   </si>
   <si>
     <t>Flash 4494._x000D_
 PROJETO DE LEI Nº 86/98. Denomina oficialmente o "Bairro Santa Rafaela", popularmente conhecido como bairro Santo Inácio II. (Referente à Lei nº 2.649, de 17/11/1998).   _x000D_
 Geraldo Corrêa Machado Filho (Presidente).</t>
   </si>
   <si>
     <t>2590</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2590/imagem_4495.pdf</t>
+    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2590/flash_4495.pdf</t>
   </si>
   <si>
     <t>Flash 4495._x000D_
 PROJETO DE LEI Nº 97/98. Denomina a "Praça Rainha da Paz", localizada na área da antiga "Barroca do Modesto", situada na rua Juscelino Kubitschek, bairro Morrinhos. (Referente à Lei nº 2.656, de 14/12/1998).  _x000D_
 Geraldo Corrêa Machado Filho (Presidente).</t>
   </si>
   <si>
     <t>2591</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2591/imagem_4496.pdf</t>
+    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2591/flash_4496.pdf</t>
   </si>
   <si>
     <t>Flash 4496._x000D_
 PROJETO DE LEI Nº 98/98. Denomina a "Rua Hormínio Evaristo", localizada no bairro Monte Carmelo I. (Referente à Lei nº 2.655, de 14/12/1998).    _x000D_
 Geraldo Corrêa Machado Filho (Presidente).</t>
   </si>
   <si>
     <t>2592</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Kátia Maria dos Santos Oliveira</t>
   </si>
   <si>
     <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2592/flash_4497.pdf</t>
   </si>
   <si>
     <t>Flash 4497._x000D_
 PROJETO DE LEI Nº 105/98. Denomina o estádio de futebol em construção, localizado no bairro Santos Reis: "Estádio Dr. Rubens Durães Peres". (Referente à Lei nº 2.665, de 04/01/1999).     _x000D_
 Geraldo Corrêa Machado Filho (Presidente).</t>
   </si>
   <si>
     <t>2593</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>José Gonzaga Pereira</t>
   </si>
   <si>
     <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2593/flash_4498.pdf</t>
   </si>
   <si>
     <t>Flash 4498._x000D_
 PROJETO DE LEI Nº 111/98. Denomina vias públicas localizadas no bairro Morada do Parque II: "Rua Engenheiro Eugênio Benjamim Silva", "Rua Engenheiro Adão Levi Barbosa" e "Rua Engenheiro Nilson Crispim da Costa". (Referente à Lei nº 2.674, de 04/01/1999).     _x000D_
 Geraldo Corrêa Machado Filho (Presidente).</t>
   </si>
   <si>
     <t>2594</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2594/imagem_4499.pdf</t>
+    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2594/flash_4499.pdf</t>
   </si>
   <si>
     <t>Flash 4499._x000D_
 PROJETO DE LEI Nº 106/98. Denomina a "Praça São João Batista", localizada na comunidade de São João da Vereda. (Referente à Lei nº 2.668, de 04/01/1999).   _x000D_
 Geraldo Corrêa Machado Filho (Presidente).</t>
   </si>
   <si>
     <t>2595</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2595/imagem_4500.pdf</t>
+    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2595/flash_4500.pdf</t>
   </si>
   <si>
     <t>Flash 4500._x000D_
 PROJETO DE LEI Nº 107/98. Denomina a "Praça Nossa Senhora Aparecida", localizada na comunidade de Calhau. (Referente à Lei nº 2.678, de 04/01/1999)._x000D_
 Geraldo Corrêa Machado Filho (Presidente).</t>
   </si>
   <si>
     <t>2597</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>José Hélio Guimarães de Carvalho</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2597/imagem_4501.pdf</t>
+    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2597/flash_4501.pdf</t>
   </si>
   <si>
     <t>Flash 4501._x000D_
 PROJETO DE LEI Nº 108/98. Denomina o "Beco do Nunes", localizado entre os números 290 e 280 da rua Cardoso Soares, no povoado de São Geraldo II. (Referente à Lei nº 2.662, de 30/12/1998)._x000D_
 Geraldo Corrêa Machado Filho (Presidente).</t>
   </si>
   <si>
     <t>2598</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2598/imagem_4502.pdf</t>
+    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2598/flash_4502.pdf</t>
   </si>
   <si>
     <t>Flash 4502._x000D_
 PROJETO DE LEI Nº 109/98. Denomina o "Beco do José Amaro", localizado entre os números 196 e 108 da rua Cardoso Soares, no povoado de São Geraldo II. (Referente à Lei nº 2.663, de 04/01/1999)._x000D_
 Geraldo Corrêa Machado Filho (Presidente).</t>
   </si>
   <si>
     <t>2599</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2599/flash_4503.pdf</t>
   </si>
   <si>
     <t>Flash 4503._x000D_
 PROJETO DE LEI Nº 103/98. Denomina o "Conjunto Habitacional Olga Benário", localizado no bairro Alterosa. (Referente à Lei nº 2.664, de 04/01/1999).      _x000D_
 Geraldo Corrêa Machado Filho (Presidente).</t>
   </si>
   <si>
     <t>2600</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2600/imagem_4504.pdf</t>
+    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2600/flash_4504.pdf</t>
   </si>
   <si>
     <t>Flash 4504._x000D_
 PROJETO DE LEI Nº 110/98. Denomina a "Rua José Pereira dos Santos", localizada no bairro Morrinhos. (Referente à Lei nº 2.676, de 04/01/1999)._x000D_
 Geraldo Corrêa Machado Filho (Presidente).</t>
   </si>
   <si>
     <t>2601</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2601/flash_4505.pdf</t>
   </si>
   <si>
     <t>Flash 4505._x000D_
 PROJETO DE LEI Nº 121/98. Denomina a "Rua José Maria Câmara (Zé Liu)", localizada no bairro Canelas II. (Referente à Lei nº 2.675, de 04/01/1999)._x000D_
 Geraldo Corrêa Machado Filho (Presidente).</t>
   </si>
   <si>
     <t>2602</t>
   </si>
   <si>
     <t>42</t>
@@ -2198,51 +2198,51 @@
     <t>Flash 4908._x000D_
 PROJETO DE LEI S/Nº/98. (NÃO VOTADO). Isenta do pagamento do Imposto Predial e Territorial Urbano - IPTU, o contribuinte que adotar ou assumir a guarda de menor carente._x000D_
 Geraldo Corrêa Machado Filho (Presidente).</t>
   </si>
   <si>
     <t>3238</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3238/flash_4909.pdf</t>
   </si>
   <si>
     <t>Flash 4909._x000D_
 PROJETO DE LEI S/Nº/98. (NÃO VOTADO). Institui no município de Montes Claros o concurso "Natal de Luz e Esperança" e dá outras providências._x000D_
 Geraldo Corrêa Machado Filho (Presidente).</t>
   </si>
   <si>
     <t>3239</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3239/imagem_4910.pdf</t>
+    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3239/flash_4910.pdf</t>
   </si>
   <si>
     <t>Flash 4910._x000D_
 PROJETO DE LEI S/Nº/98. (NÃO VOTADO). Denomina a "Rua Francisco Dias da Silva", conhecida como Rua Carlos Leite, localizada no bairro Sumaré._x000D_
 Geraldo Corrêa Machado Filho (Presidente).</t>
   </si>
   <si>
     <t>3181</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3181/flash_5177.pdf</t>
   </si>
   <si>
     <t>Flash 5177._x000D_
 PROJETO DE RESOLUÇÃO S/Nº/98. (NÃO VOTADO). Revoga a Resolução nº 20/96, de 27/12/1996, que dispõe sobre a remuneração dos vereadores da Câmara Municipal de Montes Claros._x000D_
 Geraldo Corrêa Machado Filho (Presidente).</t>
   </si>
   <si>
     <t>3183</t>
@@ -3108,67 +3108,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3014/flash_5009.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2534/flash_4439.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2539/flash_4444.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2540/flash_4445.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2541/flash_4446.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2542/flash_4447.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2563/imagem_4468.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2564/imagem_4469.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2566/flash_4471.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2567/imagem_4472.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2568/imagem_4473.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2570/imagem_4475.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2571/flash_4476.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2572/flash_4477.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2573/imagem_4478.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2574/flash_4479.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2575/imagem_4480.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2576/imagem_4481.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2577/flash_4482.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2578/flash_4483.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2579/imagem_4484.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2580/imagem_4485.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2581/flash_4486.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2582/flash_4487.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2583/flash_4488.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2584/flash_4489.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2585/flash_4490.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2586/flash_4491.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2587/imagem_4492.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2588/imagem_4493.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2589/imagem_4494.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2590/imagem_4495.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2591/imagem_4496.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2592/flash_4497.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2593/flash_4498.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2594/imagem_4499.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2595/imagem_4500.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2597/imagem_4501.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2598/imagem_4502.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2599/flash_4503.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2600/imagem_4504.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2601/flash_4505.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2602/flash_4506.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2603/flash_4507.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2604/flash_4508.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2605/flash_4509.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2606/flash_4510.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2698/flash_4593.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2699/flash_4594.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2700/flash_4595.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2701/flash_4596.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2702/flash_4597.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2703/flash_4598.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2704/flash_4599.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2705/flash_4600.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2706/flash_4601.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2707/flash_4602.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2708/flash_4603.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2709/flash_4604.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2710/flash_4605.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2733/flash_4628.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2735/flash_4630.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2736/flash_4631.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2737/flash_4632.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2751/flash_4646.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2752/flash_4647.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2753/flash_4648.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2754/flash_4649.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2760/flash_4655.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2761/flash_4656.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2792/flash_4687.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2793/flash_4688.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2794/flash_4689.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2798/flash_4692.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2799/flash_4693.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2800/flash_4694.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2801/flash_4695.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2822/flash_4716.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2823/flash_4717.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2824/flash_4718.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2825/flash_4719.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2826/flash_4720.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2827/flash_4721.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2828/flash_4722.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2829/flash_4723.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2830/flash_4724.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2850/flash_4744.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2851/flash_4745.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2852/flash_4746.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2853/flash_4747.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2854/flash_4748.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2855/flash_4749.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2856/flash_4750.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2857/flash_4751.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2858/flash_4752.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2872/flash_4766.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2873/flash_4767.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2874/flash_4768.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2884/flash_4777.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2885/flash_4778.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2955/flash_4970.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2956/flash_4971.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2957/flash_4972.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2958/flash_4973.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2959/flash_4974.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2960/flash_4975.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2961/flash_4976.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2962/flash_4977.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2963/flash_4978.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2964/flash_4979.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3050/flash_4835.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3051/flash_4836.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3052/flash_4837.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3053/flash_4838.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3054/flash_4839.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3055/flash_4840.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3056/flash_4841.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3057/flash_4842.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3058/flash_4843.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3059/flash_4844.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3060/flash_4845.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3061/flash_4846.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3062/flash_4847.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3063/flash_4848.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3064/flash_4849.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3065/flash_4850.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3066/flash_4851.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3067/flash_4852.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3068/flash_4853.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3069/flash_4854.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3070/flash_4855.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3071/flash_4856.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3109/flash_4894.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3110/flash_4895.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3111/flash_4896.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3112/flash_4897.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3113/flash_4898.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3114/flash_4899.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3115/flash_4900.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3116/flash_4901.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3229/flash_4902.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3230/flash_4903.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3232/flash_4904.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3233/flash_4905.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3234/flash_4906.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3235/flash_4907.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3236/flash_4908.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3238/flash_4909.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3239/imagem_4910.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3181/flash_5177.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3183/flash_5178.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3184/flash_5179.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3186/flash_5180.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3188/flash_5181.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3339/flash_5233.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2998/flash_5016.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/8396/flash_4430.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3267/flash_5211.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3268/flash_5212.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3269/flash_5213.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3270/flash_5214.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3271/flash_5215.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3308/flash_5216.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2986/flash_5003.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3013/flash_5002.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2975/flash_4991.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2976/flash_4992.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3006/flash_5025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3008/flash_5027.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3147/flash_5153.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3148/flash_5154.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3149/flash_5155.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3150/flash_5156.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3151/flash_5157.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3161/flash_5115.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3165/flash_5166.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3171/flash_5117.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3173/flash_5118.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3175/flash_5119.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3177/flash_5120.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3178/flash_5121.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3182/flash_5122.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3185/flash_5123.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3276/flash_5035.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3277/flash_5036.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3278/flash_5037.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3288/flash_5047.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3346/flash_5085.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3348/flash_5086.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3350/flash_5087.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3351/flash_5088.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3352/flash_5089.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3158/flash_5114.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3162/flash_5116.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3187/flash_5124.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3014/flash_5009.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2534/flash_4439.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2539/flash_4444.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2540/flash_4445.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2541/flash_4446.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2542/flash_4447.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2563/flash_4468.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2564/flash_4469.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2566/flash_4471.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2567/flash_4472.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2568/flash_4473.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2570/flash_4475.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2571/flash_4476.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2572/flash_4477.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2573/flash_4478.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2574/flash_4479.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2575/flash_4480.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2576/flash_4481.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2577/flash_4482.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2578/flash_4483.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2579/flash_4484.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2580/flash_4485.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2581/flash_4486.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2582/flash_4487.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2583/flash_4488.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2584/flash_4489.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2585/flash_4490.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2586/flash_4491.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2587/flash_4492.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2588/flash_4493.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2589/flash_4494.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2590/flash_4495.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2591/flash_4496.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2592/flash_4497.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2593/flash_4498.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2594/flash_4499.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2595/flash_4500.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2597/flash_4501.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2598/flash_4502.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2599/flash_4503.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2600/flash_4504.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2601/flash_4505.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2602/flash_4506.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2603/flash_4507.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2604/flash_4508.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2605/flash_4509.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2606/flash_4510.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2698/flash_4593.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2699/flash_4594.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2700/flash_4595.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2701/flash_4596.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2702/flash_4597.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2703/flash_4598.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2704/flash_4599.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2705/flash_4600.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2706/flash_4601.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2707/flash_4602.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2708/flash_4603.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2709/flash_4604.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2710/flash_4605.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2733/flash_4628.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2735/flash_4630.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2736/flash_4631.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2737/flash_4632.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2751/flash_4646.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2752/flash_4647.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2753/flash_4648.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2754/flash_4649.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2760/flash_4655.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2761/flash_4656.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2792/flash_4687.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2793/flash_4688.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2794/flash_4689.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2798/flash_4692.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2799/flash_4693.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2800/flash_4694.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2801/flash_4695.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2822/flash_4716.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2823/flash_4717.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2824/flash_4718.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2825/flash_4719.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2826/flash_4720.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2827/flash_4721.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2828/flash_4722.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2829/flash_4723.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2830/flash_4724.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2850/flash_4744.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2851/flash_4745.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2852/flash_4746.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2853/flash_4747.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2854/flash_4748.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2855/flash_4749.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2856/flash_4750.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2857/flash_4751.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2858/flash_4752.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2872/flash_4766.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2873/flash_4767.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2874/flash_4768.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2884/flash_4777.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2885/flash_4778.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2955/flash_4970.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2956/flash_4971.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2957/flash_4972.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2958/flash_4973.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2959/flash_4974.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2960/flash_4975.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2961/flash_4976.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2962/flash_4977.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2963/flash_4978.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2964/flash_4979.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3050/flash_4835.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3051/flash_4836.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3052/flash_4837.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3053/flash_4838.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3054/flash_4839.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3055/flash_4840.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3056/flash_4841.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3057/flash_4842.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3058/flash_4843.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3059/flash_4844.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3060/flash_4845.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3061/flash_4846.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3062/flash_4847.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3063/flash_4848.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3064/flash_4849.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3065/flash_4850.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3066/flash_4851.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3067/flash_4852.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3068/flash_4853.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3069/flash_4854.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3070/flash_4855.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3071/flash_4856.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3109/flash_4894.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3110/flash_4895.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3111/flash_4896.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3112/flash_4897.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3113/flash_4898.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3114/flash_4899.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3115/flash_4900.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3116/flash_4901.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3229/flash_4902.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3230/flash_4903.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3232/flash_4904.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3233/flash_4905.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3234/flash_4906.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3235/flash_4907.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3236/flash_4908.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3238/flash_4909.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3239/flash_4910.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3181/flash_5177.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3183/flash_5178.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3184/flash_5179.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3186/flash_5180.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3188/flash_5181.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3339/flash_5233.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2998/flash_5016.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/8396/flash_4430.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3267/flash_5211.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3268/flash_5212.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3269/flash_5213.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3270/flash_5214.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3271/flash_5215.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3308/flash_5216.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2986/flash_5003.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3013/flash_5002.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2975/flash_4991.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/2976/flash_4992.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3006/flash_5025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3008/flash_5027.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3147/flash_5153.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3148/flash_5154.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3149/flash_5155.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3150/flash_5156.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3151/flash_5157.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3161/flash_5115.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3165/flash_5166.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3171/flash_5117.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3173/flash_5118.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3175/flash_5119.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3177/flash_5120.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3178/flash_5121.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3182/flash_5122.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3185/flash_5123.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3276/flash_5035.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3277/flash_5036.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3278/flash_5037.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3288/flash_5047.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3346/flash_5085.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3348/flash_5086.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3350/flash_5087.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3351/flash_5088.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3352/flash_5089.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3158/flash_5114.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3162/flash_5116.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/1998/3187/flash_5124.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H196"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="30.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="93" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="90.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>