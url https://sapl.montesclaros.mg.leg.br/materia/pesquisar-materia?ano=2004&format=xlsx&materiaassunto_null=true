--- v0 (2025-12-23)
+++ v1 (2026-03-22)
@@ -54,2703 +54,2703 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3728</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica Municipal</t>
   </si>
   <si>
     <t>Eurípedes Xavier Souto</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3728/flash_5872.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3728/flash_5872.pdf</t>
   </si>
   <si>
     <t>Flash 5872._x000D_
 PROJETO DE EMENDA (NÃO VOTADO). Modifica o artigo 131 da Lei Orgânica Municipal._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3729</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Sued Kennedy Parrela Botelho</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3729/flash_5873.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3729/flash_5873.pdf</t>
   </si>
   <si>
     <t>Flash 5873._x000D_
 PROJETO DE EMENDA (NÃO VOTADO). Altera a redação do artigo 21 da Lei Orgânica Municipal, alterada pela Emenda nº 29/2002._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3731</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Maria de Fátima Pereira Macedo</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3731/flash_5874.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3731/flash_5874.pdf</t>
   </si>
   <si>
     <t>Flash 5874._x000D_
 PROJETO DE EMENDA (NÃO VOTADO). Altera o artigo 28 da Lei Orgânica do Município._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3419</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Executivo Municipal - EXEC</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3419/flash_5258.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3419/flash_5258.pdf</t>
   </si>
   <si>
     <t>Flash 5258._x000D_
 PROJETO DE LEI Nº 45/2004. Autoriza a abertura de crédito especial ao orçamento vigente, para o repasse de recursos financeiros ao Rotary Clube Oeste de Montes Claros e contém outras providências._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3420</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3420/flash_5259.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3420/flash_5259.pdf</t>
   </si>
   <si>
     <t>Flash 5259._x000D_
 PROJETO DE LEI Nº 62/2004. Autoriza o Poder Executivo a abrir crédito especial ao orçamento vigente, para efetivação da verba remuneratória dos conselheiros tutelares que integram o Conselho Tutelar dos Direitos da Criança e do Adolescente._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3439</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3439/flash_5278.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3439/flash_5278.pdf</t>
   </si>
   <si>
     <t>Flash 5278._x000D_
 PROJETO DE LEI Nº 35/2004. Cria regras de segurança para posse ou condução responsável de cães nas vias públicas do município de Montes Claros e dá outras providências (Focinheira para cães). (Referente à Lei nº 3.216 de 11/05/2004, regulamentada pelo Decreto nº 2.133, de 09/05/2005)._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3440</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3440/flash_5279.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3440/flash_5279.pdf</t>
   </si>
   <si>
     <t>Flash 5279._x000D_
 PROJETO DE LEI Nº 48/2004. Dispõe sobre a criação do "Centro de Convívio Curumim", localizado na Vila Anália._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3510</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Ademar de Barros Bicalho</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3510/flash_5739.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3510/flash_5739.pdf</t>
   </si>
   <si>
     <t>Flash 5739._x000D_
 PROJETO DE LEI S/Nº/2004. (NÃO VOTADO). Institui o "Meio Passe Estudantil" no transporte coletivo urbano do município de Montes Claros, e dá outras providências._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3511</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3511/flash_5740.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3511/flash_5740.pdf</t>
   </si>
   <si>
     <t>Flash 5740._x000D_
 PROJETO DE LEI S/Nº/2004. (NÃO VOTADO). Dispõe sobre critérios de identificação das vias e logradouros públicos do município de Montes Claros, e dá outras providências._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3512</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3512/flash_5741.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3512/flash_5741.pdf</t>
   </si>
   <si>
     <t>Flash 5741._x000D_
 PROJETO DE LEI S/Nº/2004. (NÃO VOTADO). Institui o Estudo Prévio de Impacto de Vizinhança – EPIV._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3513</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3513/flash_5742.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3513/flash_5742.pdf</t>
   </si>
   <si>
     <t>Flash 5742._x000D_
 PROJETO DE LEI S/Nº/2004. (NÃO VOTADO). Denomina a "Rua Professora Benilda Pinto de Oliveira", conhecida como Rua Monte Sinai, localizada no bairro Santo Inácio._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3514</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3514/flash_5743.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3514/flash_5743.pdf</t>
   </si>
   <si>
     <t>Flash 5743._x000D_
 PROJETO DE LEI S/Nº/2004. (NÃO VOTADO). Denomina vias e logradouros públicos no Distrito de Miralta: Praça Bom Jesus, Praça Martinho Rodrigues de Jesus, Praça Sebastião Pontes, Praça Maria Mendes da Silva, Rua Domingos Luiz Procópio, Rua Bonfim, Rua Capitão Jacinto Fonseca, Rua Fortunato Leal, Rua 18 de Junho, Rua Montes Claros, Rua José Joaquim Pereira e Rua José Soares._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3515</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>José Maria Saraiva</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3515/flash_5744.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3515/flash_5744.pdf</t>
   </si>
   <si>
     <t>Flash 5744._x000D_
 PROJETO DE LEI S/Nº/2004. (NÃO VOTADO). Altera dispositivos da Lei nº 2.250, de 29/03/1995, que dispõe sobre normas aplicáveis aos veículos oficiais de propriedade do município._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3516</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3516/flash_5745.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3516/flash_5745.pdf</t>
   </si>
   <si>
     <t>Flash 5745._x000D_
 PROJETO DE LEI S/Nº/2004. (NÃO VOTADO). Cria a Política Municipal de Promoção da Pessoa Portadora de Deficiência – PMPD, e dá outras providências._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3517</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3517/flash_5746.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3517/flash_5746.pdf</t>
   </si>
   <si>
     <t>Flash 5746._x000D_
 PROJETO DE LEI S/Nº/2004. (NÃO VOTADO). Denomina a "Rua Professora Benilda Pinto de Oliveira", conhecida como Rua Monte Sinai, localizada no bairro Santo Inácio._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3518</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3518/flash_5747.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3518/flash_5747.pdf</t>
   </si>
   <si>
     <t>Flash 5747._x000D_
 PROJETO DE LEI S/Nº/2004. (NÃO VOTADO). Denomina o "Parque Municipal Jorge Tadeu Guimarães" (Parque da Sapucaia)._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3519</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3519/flash_5748.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3519/flash_5748.pdf</t>
   </si>
   <si>
     <t>Flash 5748._x000D_
 PROJETO DE LEI S/Nº/2004. (NÃO VOTADO). Dispõe sobre a instituição de "Programa de Apoio às Mães Solteiras de Baixa Renda" no município de Montes Claros._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3520</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3520/flash_5749.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3520/flash_5749.pdf</t>
   </si>
   <si>
     <t>Flash 5749._x000D_
 PROJETO DE LEI S/Nº/2004. (NÃO VOTADO). Dispõe sobre a obrigatoriedade do estabelecimento de datas opcionais para o pagamento de impostos e taxas públicas municipais._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3521</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Raimundo Pereira da Silva</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3521/flash_5750.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3521/flash_5750.pdf</t>
   </si>
   <si>
     <t>Flash 5750._x000D_
 PROJETO DE LEI S/Nº/2004. (NÃO VOTADO). Dispõe sobre a destinação de 5% de ingressos gratuitos às pessoas maiores de 60 anos de idade, nos eventos e espetáculos que recebam apoio do Poder Executivo Municipal, e dá outras providências._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3522</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3522/flash_5751.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3522/flash_5751.pdf</t>
   </si>
   <si>
     <t>Flash 5751._x000D_
 PROJETO DE LEI S/Nº/2004. (NÃO VOTADO). Denomina a "Rua Walter Linhares da Frota Machado", conhecida popularmente como "Rua Rio de Janeiro", localizada no bairro Ibituruna._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3523</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Maria Helena Lopes</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3523/flash_5752.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3523/flash_5752.pdf</t>
   </si>
   <si>
     <t>Flash 5752._x000D_
 PROJETO DE LEI S/Nº/2004. (NÃO VOTADO). Obriga a transferência de uso das lojas do Shopping Popular Municipal, dá nova redação aos incisos, I, II, III e IV do artigo 3º da Lei nº 3.076, de 27/12/2002, que autorizou o Poder Executivo e o Instituto de Previdência dos Servidores de Montes Claros - PREVMOC a celebrarem contrato de concessão de uso das lojas do Shopping Popular, e contém outras providências._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3638</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Josedilson Alves dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3638/flash_5814.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3638/flash_5814.pdf</t>
   </si>
   <si>
     <t>Flash 5814._x000D_
 PROJETO DE LEI S/Nº/2004. (SOBRESTADO). Institui o "Passe-Escolar Gratuito" no transporte coletivo urbano do município de Montes Claros, e dá outras providências._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3639</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3639/flash_5815.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3639/flash_5815.pdf</t>
   </si>
   <si>
     <t>Flash 5815._x000D_
 PROJETO DE LEI S/Nº/2004. (RETIRADO). Proíbe a retirada de pequis verdes (fruto do pequizeiro), no município de Montes Claros e dá outras providências._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3641</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3641/flash_5816.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3641/flash_5816.pdf</t>
   </si>
   <si>
     <t>Flash 5816._x000D_
 PROJETO DE LEI S/Nº/2004. (REJEITADO). Dispõe sobre o uso dos veículos oficiais de propriedade do Município, bem como daqueles de propriedade do Estado, os quais estejam aos cuidados do Município, e dá outras providências._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3643</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3643/flash_5817.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3643/flash_5817.pdf</t>
   </si>
   <si>
     <t>Flash 5817._x000D_
 PROJETO DE LEI S/Nº/2004. (RETIRADO). Dispõe sobre a afixação de orientações sobre o Seguro DPVAT, em estabelecimentos públicos ou privados de prestação de serviço de saúde e funerários do município de Montes Claros, e dá outras providências._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3645</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3645/flash_5818.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3645/flash_5818.pdf</t>
   </si>
   <si>
     <t>Flash 5818._x000D_
 PROJETO DE LEI S/Nº/2004. (RETIRADO). Estabelece o caráter público essencial dos serviços funerários e de cemitérios, e, critérios para sua operação por terceiros no município de Montes Claros, e dá outras providências._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3647</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3647/flash_5819.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3647/flash_5819.pdf</t>
   </si>
   <si>
     <t>Flash 5819._x000D_
 PROJETO DE LE S/Nº/2004. (RETIRADO). Dispõe sobre a obrigatoriedade de empresas de serviço de vigilância e segurança privadas de fornecerem coletes protetores para todos os funcionários em situação de risco._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3650</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3650/flash_5820.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3650/flash_5820.pdf</t>
   </si>
   <si>
     <t>Flash 5820._x000D_
 PROJETO DE LE S/Nº/2004. (RETIRADO). Institui o "Programa de Prevenção e Orientação à Gravidez na Adolescência" e dá outras providências._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3651</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3651/flash_5821.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3651/flash_5821.pdf</t>
   </si>
   <si>
     <t>Flash 5821._x000D_
 PROJETO DE LE S/Nº/2004. (RETIRADO). Dispõe sobre a publicação mensal das compras, obras e serviços dos órgãos da Administração Direta e Indireta do Município de Montes Claros e dá outras providências._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3653</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3653/flash_5822.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3653/flash_5822.pdf</t>
   </si>
   <si>
     <t>Flash 5822._x000D_
 PROJETO DE LE S/Nº/2004. (RETIRADO). Dispõe sobre a obrigatoriedade da preservação das áreas de risco (áreas de encosta) existentes no município de Montes Claros, para impedir que sejam ocupadas._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3655</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3655/flash_5823.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3655/flash_5823.pdf</t>
   </si>
   <si>
     <t>Flash 5823._x000D_
 PROJETO DE LE S/Nº/2004. (RETIRADO). Institui critério nos procedimentos licitatórios do Poder Público Municipal, pontuando empresas que mantiverem cursos de alfabetização de adultos, e dá outras providências._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3658</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3658/flash_5824.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3658/flash_5824.pdf</t>
   </si>
   <si>
     <t>Flash 5824._x000D_
 PROJETO DE LE S/Nº/2004. (NÃO VOTADO). Dispõe sobre a abertura dos espaços das Escolas Municipais, nos horários sem aulas formais, para as comunidades realizarem atividades sócio educacionais, culturais, recreativas e de lazer, no município de Montes Claros e dá outras providências._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3659</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>José Hélio Guimarães de Carvalho</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3659/imagem_5379.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3659/flash_5379.pdf</t>
   </si>
   <si>
     <t>Flash 5379._x000D_
 PROJETO DE LEI Nº 04/2004. Denomina a "Rua Christina Vasconcelos", localizada no bairro Barcelona Park. (Referente à Lei nº 3.189, de 11/02/2004)._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3660</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3660/flash_5825.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3660/flash_5825.pdf</t>
   </si>
   <si>
     <t>Flash 5825._x000D_
 PROJETO DE LE S/Nº/2004. (RETIRADO). Institui a obrigatoriedade de divulgação dos instrumentos de participação popular e dos prazos para prestação de contas do município de Montes Claros._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3661</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3661/flash_5826.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3661/flash_5826.pdf</t>
   </si>
   <si>
     <t>Flash 5826._x000D_
 PROJETO DE LE S/Nº/2004. (RETIRADO). Dispõe sobre as diretrizes que estabelecem a acessibilidade às pessoas portadoras de deficiências físicas ou com mobilidade reduzida, em espaços públicos do município de Montes Claros._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3662</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3662/flash_5827.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3662/flash_5827.pdf</t>
   </si>
   <si>
     <t>Flash 5827._x000D_
 PROJETO DE LE S/Nº/2004. (RETIRADO). Institui a obrigatoriedade de divulgação dos instrumentos de participação popular e dos prazos para prestação de contas do município de Montes Claros._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3663</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3663/imagem_5380.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3663/flash_5380.pdf</t>
   </si>
   <si>
     <t>Flash 5380._x000D_
 PROJETO DE LEI Nº 16/2004. Denomina vias públicas localizadas no bairro Nova Morada: "Rua Cândido Alves Gonçalves", "Rua Ana Gonçalves Silva", "Rua Joaquim Gonçalves Santana", "Rua José Antônio Mendes" e "Rua Luiz Alves de Brito". (Referente à Lei nº 3.212, de 11/02/2004)._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3664</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3664/flash_5828.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3664/flash_5828.pdf</t>
   </si>
   <si>
     <t>Flash 5828._x000D_
 PROJETO DE LE S/Nº/2004. (RETIRADO). Institui a obrigatoriedade de publicação das Leis e Atos Administrativos praticados e/ou expedidos pelo Poder Executivo e suas autarquias, fundações e empresas públicas do município de Montes Claros._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3665</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3665/flash_5829.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3665/flash_5829.pdf</t>
   </si>
   <si>
     <t>Flash 5829._x000D_
 PROJETO DE LE S/Nº/2004. (RETIRADO). Autoriza o Poder Executivo Municipal a firmar parcerias para a construção, recuperação, conservação e manutenção das áreas de lazer, bibliotecas, centros culturais, centros esportivos, comunitários e passarelas das vias urbanas no município de Montes Claros._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3666</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3666/flash_5830.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3666/flash_5830.pdf</t>
   </si>
   <si>
     <t>Flash 5830._x000D_
 PROJETO DE LE S/Nº/2004. (RETIRADO). Cria o "Conselho Municipal de Promoção da Pessoa Portadora de Deficiência – CMPD", e dá outras providências._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3667</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3667/imagem_5381.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3667/flash_5381.pdf</t>
   </si>
   <si>
     <t>Flash 5381._x000D_
 PROJETO DE LEI Nº 40/2004. Denomina a "Rua Geraldo Elizeuton Santos (Zeu)", conhecida popularmente como rua Buenópolis, localizada no bairro Delfino Magalhães. (Referente à  Lei nº 3.221, de 27/05/2004).    _x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3668</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>Marcos Nem</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3668/imagem_5382.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3668/flash_5382.pdf</t>
   </si>
   <si>
     <t>Flash 5382._x000D_
 PROJETO DE LEI Nº 43/2004. Denomina a "Rua Herotildes Parrela" e a "Rua Zeca Parrela", localizadas no bairro Clarice Ataíde Vieira. (Referente à Lei nº 3.224, de 27/05/2004)._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3670</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>Afrânio Eleutério Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3670/imagem_5384.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3670/flash_5384.pdf</t>
   </si>
   <si>
     <t>Flash 5384._x000D_
 PROJETO DE LEI Nº 42/2004. Denomina a "Rua Irmã Brígida", localizada no bairro Nossa Senhora Aparecida. (Referente à Lei nº 3.223, de 27/05/2004).    _x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3671</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3671/imagem_5385.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3671/flash_5385.pdf</t>
   </si>
   <si>
     <t>Flash 5385._x000D_
 PROJETO DE LEI Nº 41/2004. (ALTERADA). Denomina a "Rua Professora Vieira de Melo", localizada no bairro Renascença. (Referente à Lei nº 3.222, de 27/05/2004, que foi posteriormente alterada pela Lei nº 3.343, de 13/07/2004, mudando o nome da rua para "Sérgio Vieira de Melo").  _x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3672</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>Paulo Gustavo Dias Lopes</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3672/imagem_5386.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3672/flash_5386.pdf</t>
   </si>
   <si>
     <t>Flash 5386._x000D_
 PROJETO DE LEI Nº 66/2004. Denomina a "Avenida Agenor José de Morais", localizada no Conjunto Habitacional Clarice Ataíde Vieira. (Referente à Lei nº 3.344, de 13/07/2004).     _x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3673</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3673/flash_5831.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3673/flash_5831.pdf</t>
   </si>
   <si>
     <t>Flash 5831._x000D_
 PROJETO DE LE S/Nº/2004. (RETIRADO). Cria o "Fundo Municipal de Promoção da Pessoa Portadora de Deficiência – FMPD" e dá outras providências._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3674</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>Rosemberg dos Anjos Medeiros</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3674/flash_5832.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3674/flash_5832.pdf</t>
   </si>
   <si>
     <t>Flash 5832._x000D_
 PROJETO DE LE S/Nº/2004. (RETIRADO). Institui a normatização de funcionamento dos estabelecimentos de vendas e serviços de produtos ópticos no município de Montes Claros, e contém outras providências._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3675</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3675/imagem_5387.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3675/flash_5387.pdf</t>
   </si>
   <si>
     <t>Flash 5387._x000D_
 PROJETO DE LEI Nº 65/2004. Denomina a "Rua Dr. Osmar Peres Caldeira", localizada no bairro Santa Lúcia II. (Referente à Lei nº 3.345, de 13/07/2004)._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3676</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3676/imagem_5388.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3676/flash_5388.pdf</t>
   </si>
   <si>
     <t>Flash 5388._x000D_
 PROJETO DE LEI Nº 70/2004. Denomina a "Rua Lagoa Esperança", conhecida popularmente como rua Lagoa das Cobras, localizada no bairro Carmelo. (Referente à Lei nº 3.349, de 06/08/2004)._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3677</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3677/flash_5833.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3677/flash_5833.pdf</t>
   </si>
   <si>
     <t>Flash 5833._x000D_
 PROJETO DE LE S/Nº/2004. (RETIRADO). Dispõe sobre a transparência e lisura na execução das licitações, concorrências e contratos de serviços do município de Montes Claros e dá outras providências._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3678</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>Sebastião Prisilino Alves</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3678/flash_5389.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3678/flash_5389.pdf</t>
   </si>
   <si>
     <t>Flash 5389._x000D_
 PROJETO DE LEI Nº 63/2004. Denomina a "Avenida Dr. José Nunes Mourão", conhecida popularmente como avenida Pedro Álvares Cabral, localizada no bairro Ibituruna. (Referente à Lei nº 3.342, de 13/07/2004).    _x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3679</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3679/flash_5834.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3679/flash_5834.pdf</t>
   </si>
   <si>
     <t>Flash 5834._x000D_
 PROJETO DE LE S/Nº/2004. (NÃO VOTADO). Inclui na grade escolar municipal o estudo do Estatuto da Criança e do Adolescente – ECA e dá outras providências._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3680</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3680/imagem_5390.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3680/flash_5390.pdf</t>
   </si>
   <si>
     <t>Flash 5390._x000D_
 PROJETO DE LEI Nº 64/2004. Denomina a "Rua Dona Laura Estanislau", localizada no bairro Canelas II. (Referente à Lei nº 3.346, de 13/07/2004).   _x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3681</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3681/imagem_5391.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3681/flash_5391.pdf</t>
   </si>
   <si>
     <t>Flash 5391._x000D_
 PROJETO DE LEI Nº 71/2004. Denomina a "Avenida Djalma Freitas", localizada no bairro Vila Castelo Branco. (Referente à Lei nº 3.350, de 06/08/2004)._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3682</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3682/flash_5835.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3682/flash_5835.pdf</t>
   </si>
   <si>
     <t>Flash 5835._x000D_
 PROJETO DE LE S/Nº/2004. (REJEITADO). Dispõe sobre a proibição da venda de farda ou qualquer tipo de vestuário, bem como distintivos e acessórios, da Polícia Federal, Civil e Militar e das Forças Armadas, Guarda Municipal, Agentes de Saúde e Fiscais de Órgãos Públicos, em estabelecimentos comerciais do município de Montes Claros e dá outras providências._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3683</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>Christian Wladimir de Araújo Simões</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3683/flash_5836.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3683/flash_5836.pdf</t>
   </si>
   <si>
     <t>Flash 5836._x000D_
 PROJETO DE LE S/Nº/2004. (REJEITADO). Dispõe sobre a permissão de direito real de uso de área pertencente ao município, em via com Cul-de-Sac ou com característica semelhante, que faça recomendar seu fechamento, e dá outras providências._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3685</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3685/flash_5837.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3685/flash_5837.pdf</t>
   </si>
   <si>
     <t>Flash 5837._x000D_
 PROJETO DE LEI S/Nº/2004. (REJEITADO). Altera a Lei nº 2.640, de 16/10/1998, que dispõe sobre a "Meia Entrada" para estudantes, em estabelecimentos culturais, esportivos, de lazer e entretenimentos diversos._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3684</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3684/imagem_5392.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3684/flash_5392.pdf</t>
   </si>
   <si>
     <t>Flash 5392._x000D_
 PROJETO DE LEI Nº 72/2004. Denomina vias públicas localizadas no bairro Vila Castelo Branco: "Rua Dona Jacinta", "Rua Alice Pereira", "Rua Pedro Cardoso de Sá", "Rua Helena Afonso", "Rua Ana Andrade", "Rua Edite Barbosa", "Rua Juracina Gomes", "Rua Darcy Pinheiro" e "Rua Sisilio Pereira. (Referente à Lei nº 3.351, de 06/08/2004)._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3686</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3686/imagem_5393.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3686/flash_5393.pdf</t>
   </si>
   <si>
     <t>Flash 5393._x000D_
 PROJETO DE LEI Nº 81/2004. Denomina a "Rua José Prego", localizada no bairro Canelas. (Referente à Lei nº 3.360, de 22/09/2004)._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3688</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3688/imagem_5394.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3688/flash_5394.pdf</t>
   </si>
   <si>
     <t>Flash 5394._x000D_
 PROJETO DE LEI Nº 83/2004. Denomina a "Rua Marcelo Souza Rodrigues", localizada no bairro Morada do Sol. (Referente à Lei nº 3.359, de 22/09/2004)._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3687</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3687/flash_5838.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3687/flash_5838.pdf</t>
   </si>
   <si>
     <t>Flash 5838._x000D_
 PROJETO DE LE S/Nº/2004. (REJEITADO). Dispõe sobre a "Gestão Democrática" nas escolas de ensino fundamental da rede municipal de Montes Claros._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3689</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3689/flash_5839.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3689/flash_5839.pdf</t>
   </si>
   <si>
     <t>Flash 5839._x000D_
 PROJETO DE LE S/Nº/2004. (REJEITADO). Dispõe sobre normas para instalação, manutenção e funcionamento de postos de revenda de combustíveis, lubrificantes e serviços para veículos, no município de Montes Claros, bem como estabelece critérios para comercialização no município, de produtos potencialmente poluidores e correlacionados com a atividade em questão._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3691</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>Aldair Fagundes</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3691/imagem_5395.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3691/flash_5395.pdf</t>
   </si>
   <si>
     <t>Flash 5395._x000D_
 PROJETO DE LEI Nº 79/2004. Denomina a "Rua Diógenes Baleeiro", localizada no bairro Alto São João. (Referente à Lei nº 3.362, de 22/09/2004)._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3690</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3690/flash_5840.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3690/flash_5840.pdf</t>
   </si>
   <si>
     <t>Flash 5840._x000D_
 PROJETO DE LE S/Nº/2004. (REJEITADO). Institui o Plano de Custeio do Regime da Previdência Social dos Servidores Públicos do Município de Montes Claros, e dá outras providências._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3692</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3692/flash_5841.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3692/flash_5841.pdf</t>
   </si>
   <si>
     <t>Flash 5841._x000D_
 PROJETO DE LE S/Nº/2004. (RETIRADO). Altera dispositivos das Leis nº 3.174, nº 3.175 e nº 3.176, de 23/12/2003, e dá outras providências._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3693</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3693/imagem_5396.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3693/flash_5396.pdf</t>
   </si>
   <si>
     <t>Flash 5396._x000D_
 PROJETO DE LEI Nº 80/2004. Denomina a "Rua Maria Madalena de Freitas", localizada no bairro Jardim Liberdade. (Referente à Lei nº 3.361, de 22/09/2004)._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3695</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3695/imagem_5397.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3695/flash_5397.pdf</t>
   </si>
   <si>
     <t>Flash 5397._x000D_
 PROJETO DE LEI Nº 82/2004. Denomina a "Rua Walter Linhares Frota Machado", conhecida popularmente como "Rua da Constituição", localizada no bairro Ibituruna. (Referente à Lei nº 3.357, de 22/09/2004)._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3694</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3694/flash_5842.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3694/flash_5842.pdf</t>
   </si>
   <si>
     <t>Flash 5842._x000D_
 PROJETO DE LE S/Nº/2004. (REJEITADO). Altera dispositivos das Leis nº 3.174, nº 3.175 e nº 3.176, de 23/12/2003 e dá outras providências._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3696</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3696/flash_5843.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3696/flash_5843.pdf</t>
   </si>
   <si>
     <t>Flash 5843._x000D_
 PROJETO DE LEI S/Nº/2004. (REJEITADO). Altera dispositivos da Lei nº 2.566, de 30/12/1997, que dispõe sobre o Código Tributário Municipal, e dá outras providências._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3697</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3697/imagem_5398.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3697/flash_5398.pdf</t>
   </si>
   <si>
     <t>Flash 5398._x000D_
 PROJETO DE LEI Nº 84/2004. Denomina a "Rua Nair Gonçalves", localizada no bairro Canelas - prolongamento. (Referente à Lei nº 3.358, de 22/09/2004)._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3698</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>Sebastião Wellington Pimenta de Figueiredo</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3698/imagem_5399.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3698/flash_5399.pdf</t>
   </si>
   <si>
     <t>Flash 5399._x000D_
 PROJETO DE LEI Nº 87/2004. Denomina a "Rua Altair Pereira de Souza", localizada no bairro Vera Cruz. (Referente à Lei nº 3.367, de 20/10/2004)._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3699</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3699/imagem_5400.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3699/flash_5400.pdf</t>
   </si>
   <si>
     <t>Flash 5400._x000D_
 PROJETO DE LEI Nº 88/2004. Denomina a "Rua José Caldeira de Oliveira", localizada no bairro Vera Cruz. (Referente à Lei nº 3.366, de 20/10/2004)._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3730</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3730/flash_5401.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3730/flash_5401.pdf</t>
   </si>
   <si>
     <t>Flash 5401._x000D_
 PROJETO DE LEI Nº 96/2004. Denomina o "Centro de Órtese e Prótese – Daniel Avelino Pereira", localizado no bairro Nossa Senhora de Lourdes._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3799</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3799/flash_5447.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3799/flash_5447.pdf</t>
   </si>
   <si>
     <t>Flash 5447._x000D_
 PROJETO DE LEI Nº 10/2004. Dispõe sobre a divulgação de informações e exames preventivos na área de saúde, nos contracheques dos servidores do município de Montes Claros._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3800</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3800/flash_5448.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3800/flash_5448.pdf</t>
   </si>
   <si>
     <t>Flash 5448._x000D_
 PROJETO DE LEI Nº 08/2004. Dispõe sobre a presença de familiares adultos em quartos de hospitais públicos, como acompanhantes de pessoas acima de 60 anos de idade._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3801</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3801/flash_5449.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3801/flash_5449.pdf</t>
   </si>
   <si>
     <t>Flash 5449._x000D_
 PROJETO DE LEI Nº 11/2004. Dispõe sobre a afixação de orientações sobre o Seguro DPVAT (Seguro Obrigatório de Danos Causados por Veículos Automotores de Vias Terrestres), em estabelecimentos de prestação de saúde públicos e privados e funerárias do município de Montes Claros, e dá outras providências._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3803</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3803/flash_5450.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3803/flash_5450.pdf</t>
   </si>
   <si>
     <t>Flash 5450._x000D_
 PROJETO DE LEI Nº 37/2004. Dispõe sobre a reserva de caixa especial para gestantes, deficientes físicos e idosos nos supermercados e estabelecimentos comerciais do município, e dá outras providências._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3807</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3807/flash_5451.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3807/flash_5451.pdf</t>
   </si>
   <si>
     <t>Flash 5451._x000D_
 PROJETO DE LEI Nº 14/2004. Dispõe sobre os anexos a que se refere o artigo 2º da Lei nº 3.174, de 23/12/2003, que dispõe sobre o Plano de Cargos, Carreiras e Vencimentos dos Servidores Públicos do Poder Executivo do Município de Montes Claros. (Referente à Lei nº 3.194, de 26/03/2004)._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3808</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3808/flash_5452.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3808/flash_5452.pdf</t>
   </si>
   <si>
     <t>Flash 5452._x000D_
 PROJETO DE LEI Nº 76/2004. Dispõe sobre o atendimento prioritário aos idosos e deficientes em hospitais, casas de saúde e postos de saúde, no município de Montes Claros. (Referente à Lei nº 3.353, de 26/08/2004).      _x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3810</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3810/flash_5453.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3810/flash_5453.pdf</t>
   </si>
   <si>
     <t>Flash 5453._x000D_
 PROJETO DE LEI Nº 51/2004. (ALTERADA). Institui o adicional por atividade especial, que poderá ser atribuída ao servidor pelo efetivo exercício de atividades que o exponham ao risco de saúde e/ou à integridade física, e dá outras providências. (Insalubridade). (Referente à Lei nº 3.331, de 23/06/2004, que foi posteriormente alterada pela Lei nº 3.662, de 25/10/2006)._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3812</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3812/flash_5454.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3812/flash_5454.pdf</t>
   </si>
   <si>
     <t>Flash 5454._x000D_
 PROJETO DE LEI Nº 77/2004. Autoriza o município de Montes Claros a associar-se à "Frente Mineira de Prefeitos", e da outras providências._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3814</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3814/flash_5455.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3814/flash_5455.pdf</t>
   </si>
   <si>
     <t>Flash 5455._x000D_
 PROJETO DE LEI Nº 93/2004. Estabelece critérios para o funcionamento dos estabelecimentos de venda e serviços de produtos ópticos do município de Montes Claros, e contém outras providências._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3866</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3866/flash_5490.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3866/flash_5490.pdf</t>
   </si>
   <si>
     <t>Flash 5490._x000D_
 PROJETO DE LEI Nº 18/2004. (REVOGADA). Desafeta área de terreno do município e autoriza sua doação à 16ª Igreja do Evangelho Quadrangular. (Terreno de 1.240,00 m², localizado no loteamento Canelas). (Referente à Lei nº 3.197, de 31/03/2004, que foi posteriormente revogada pela Lei nº 4.793, de 25/06/2015).                                                                              _x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3867</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3867/flash_5491.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3867/flash_5491.pdf</t>
   </si>
   <si>
     <t>Flash 5491._x000D_
 PROJETO DE LEI Nº 19/2004. (ALTERADA). Desafeta áreas de terreno do município e autoriza sua doação à Associação da União Este Brasileira das Igrejas Adventistas do 7º Dia. (Duas áreas de terreno de 600,00 m² cada, localizadas nos bairros Jaraguá e Independência). (Referente à Lei nº 3.196, de 31/03/2004, que foi alterada posteriormente pela Lei nº 3.683, de 08/12/2006)._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3868</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3868/flash_5492.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3868/flash_5492.pdf</t>
   </si>
   <si>
     <t>Flash 5492._x000D_
 PROJETO DE LEI Nº 12/2004. Desafeta área de terreno do município e autoriza sua doação à Associação de Moradores do Bairro Cidade Industrial. (Terreno de 600,00 m², localizado no loteamento Cidade Industrial – CDI)._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3869</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3869/flash_5493.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3869/flash_5493.pdf</t>
   </si>
   <si>
     <t>Flash 5493._x000D_
 PROJETO DE LEI Nº 23/2004. Modifica a característica e destinação de áreas institucionais do município, localizadas no Loteamento Cidade Industrial - CDI, passando as mesmas a constituírem áreas verdes de preservação._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3870</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3870/flash_5494.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3870/flash_5494.pdf</t>
   </si>
   <si>
     <t>Flash 5494._x000D_
 PROJETO DE LEI Nº 22/2004. Modifica a característica e destinação de área verde de propriedade do município (área verde nº 5, medindo 2.600,00 m², localizada no loteamento Cidade Industrial – CDI), passando a mesma a constituir área institucional._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3871</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3871/flash_5495.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3871/flash_5495.pdf</t>
   </si>
   <si>
     <t>Flash 5495._x000D_
 PROJETO DE LEI Nº 24/2004. Desafeta área de terreno de sua característica de uso institucional e autoriza sua doação à Mitra Diocesana de Montes Claros. (Terreno de 1.058,00 m², situado no bairro JK, para construção de templo católico)._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3872</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3872/flash_5496.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3872/flash_5496.pdf</t>
   </si>
   <si>
     <t>Flash 5496._x000D_
 PROJETO DE LEI Nº 26/2004. Desafeta área de terreno de sua característica de uso institucional e autoriza sua doação à Casa da 3ª Idade Santa Ana. (Terreno de 552,50 m², localizado no loteamento Monte Carmelo)._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3873</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3873/flash_5497.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3873/flash_5497.pdf</t>
   </si>
   <si>
     <t>Flash 5497._x000D_
 PROJETO DE LEI Nº 27/2004. Desafeta área de terreno de sua característica de uso institucional e autoriza sua doação à Associação de Moradores_x000D_
 da Vila Graice. (Terreno de 575,00 m², localizado no loteamento Canelas). (Referente à Lei nº 3.205, de 02/04/2004)._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3874</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3874/flash_5498.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3874/flash_5498.pdf</t>
   </si>
   <si>
     <t>Flash 5498._x000D_
 PROJETO DE LEI Nº 28/2004. Desafeta área de terreno de sua característica de uso institucional e autoriza sua doação à Organização Não Governamental Caminhos da Solidariedade, para implantaçao do Projeto Casa da Cidadania. (Terreno de 1.728,00 m², localizado no loteamento Chiquinho Guimarães)._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3875</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3875/flash_5499.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3875/flash_5499.pdf</t>
   </si>
   <si>
     <t>Flash 5499._x000D_
 PROJETO DE LEI Nº 29/2004. Desafeta área de terreno de sua característica de uso institucional e autoriza sua doação à Igreja Pentecostal Mananciais do Espírito. (Terreno de 705,00 m², localizado no loteamento Canelas II)._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3876</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3876/flash_5500.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3876/flash_5500.pdf</t>
   </si>
   <si>
     <t>Flash 5500._x000D_
 PROJETO DE LEI Nº 30/2004. Desafeta área de terreno de sua característica de uso institucional e autoriza sua doação à Mitra Diocesana de Montes Claros, para construçao da Igreja da Boa Viagem. (Terreno de 900,00 m², localizado no loteamento Canelas II)._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3877</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3877/flash_5501.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3877/flash_5501.pdf</t>
   </si>
   <si>
     <t>Flash 5501._x000D_
 PROJETO DE LEI Nº 31/2004. Desafeta área de terreno de sua característica de uso institucional e autoriza sua doação à Igreja Evangélica Poço de Jacó. (Terreno de 504,60 m², localizado no loteamento José Corrêa Machado)._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3878</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3878/flash_5502.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3878/flash_5502.pdf</t>
   </si>
   <si>
     <t>Flash 5502._x000D_
 PROJETO DE LEI Nº 32/2004. Desafeta área de terreno de sua característica de uso institucional e autoriza sua doação à Associação de Moradores_x000D_
 do Bairro Jardim Brasil. (Terreno de 1.000,00 m², localizado no loteamento Jardim Brasil). (Referente à Lei nº 3.208, de 02/04/2004)._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3879</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3879/flash_5503.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3879/flash_5503.pdf</t>
   </si>
   <si>
     <t>Flash 5503._x000D_
 PROJETO DE LEI Nº 33/2004. Autoriza o Poder Executivo a outorgar a escritura pública de dação em pagamento ao Sr. Augusto Jorge da Silva, a título de indenização pela desapropriação de terreno de 80,00 m², situado entre as avenidas Padre Chico e Nossa Senhora de Fátima, no bairro Maracanã, por um terreno do município, com a mesma dimensão, situado no bairro Ciro dos Anjos._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3880</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3880/flash_5504.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3880/flash_5504.pdf</t>
   </si>
   <si>
     <t>Flash 5504._x000D_
 PROJETO DE LEI Nº 44/2004. Desafeta área de terreno do município, medindo 335,82 m², localizada no loteamento Nossa Senhora Aparecida e faz permuta por área terreno de propriedade da Sra. Nize Gonçalves Mendonça, localizada no loteamento Vila Toncheff, no bairro Edgar Pereira. (Referente à Lei nº 3.225, de 27/05/2004)._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3881</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3881/flash_5505.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3881/flash_5505.pdf</t>
   </si>
   <si>
     <t>Flash 5505._x000D_
 PROJETO DE LEI Nº 49/2004. Desafeta área de terreno de sua característica de uso institucional, autoriza sua doação ao Instituto Nacional de Metrologia, Normalização e Qualidade Industrial – INMETRO e dá outras providências. (Terreno de 2.600,00 m² localizado no loteamento Cidade Industrial – CDI, destinado à construção do escritório regional do Instituto de Pesos e Medidas do Estado de Minas Gerais – IPEM). (Referente às Leis nº 3.229/A, de 16/06/2004 e nº 3.229, de 09/07/2004)._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3882</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3882/flash_5506.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3882/flash_5506.pdf</t>
   </si>
   <si>
     <t>Flash 5506._x000D_
 PROJETO DE LEI Nº 57/2004. Desafeta área de terreno do município, localizado no loteamento Santa Rita II e faz permuta por terreno de propriedade do Sr. Lucílio Pereira dos Santos, para desobstrução da rua José Avelino Pereira. (Referente à Lei nº 3.337, de 01/07/2004)._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3883</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3883/flash_5507.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3883/flash_5507.pdf</t>
   </si>
   <si>
     <t>Flash 5507._x000D_
 PROJETO DE LEI Nº 50/2004. Desafeta área de terreno de sua característica de uso institucional, autoriza sua doação ao Estado de Minas Gerais e dá outras providências. (Terreno de 4.918,62 m², localizado no loteamento Independência, destinado à construção de um prédio escolar da rede pública estadual de ensino)._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3884</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3884/flash_5508.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3884/flash_5508.pdf</t>
   </si>
   <si>
     <t>Flash 5508._x000D_
 PROJETO DE LEI Nº 56/2004. Desafeta área de terreno de sua característica de uso institucional, transfere para o patrimônio disponível do município, autoriza concessão de direito real de uso à entidade S.O.S Amor em Ação, para fins de utilização como centro de recuperação para menores adolescentes, pelo prazo de 10 anos. (Terreno de 930,00 m², localizado no bairro Canelas, prolongamento). (Referente à Lei nº 3.338, de 02/07/2004)._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3885</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3885/flash_5509.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3885/flash_5509.pdf</t>
   </si>
   <si>
     <t>Flash 5509._x000D_
 PROJETO DE LEI Nº 86/2004. Desafeta áreas de terreno de suas características de uso comum do povo, transfere-as ao patrimônio disponível do_x000D_
 município e faz dação em pagamento, a título de compensação e ou indenização, pela desapropriação de áreas existentes nos loteamentos São Norberto e Jardim São Luiz, em razão da canalização e urbanização do Rio Vieira I. (Referente à Lei nº 3.364, de 29/09/2004)._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3886</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3886/flash_5510.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3886/flash_5510.pdf</t>
   </si>
   <si>
     <t>Flash 5510._x000D_
 PROJETO DE LEI Nº 100/2004. Autoriza o Poder Executivo a fazer doação de terreno à Sociedade Amigos de Miralta, localizado na Fazenda Morrinhos, no Distrito de Miralta, com área de 12.550,00 m², para construção de área de lazer e ampliação do perímetro do distrito._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3887</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3887/flash_5511.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3887/flash_5511.pdf</t>
   </si>
   <si>
     <t>Flash 5511._x000D_
 PROJETO DE LEI Nº 99/2004. Desafeta área de terreno do município, medindo 488,61 m² e faz permuta por área de terreno de 472,00 m², de propriedade do Sr. João Dias da Silva, localizadas no loteamento Vila Antonieta. (Referente à Lei nº 3.372, de 22/12/2004)._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3888</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3888/flash_5512.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3888/flash_5512.pdf</t>
   </si>
   <si>
     <t>Flash 5512._x000D_
 PROJETO DE LEI Nº 101/2004. Desafeta área de terreno de sua característica institucional, transfere-a para o patrimônio disponível do município e autoriza sua doação à Igreja Mundial da Bênção de Deus. (Terreno de 700,00 m² localizado no bairro Canelas). _x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4041</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4041/flash_5553.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4041/flash_5553.pdf</t>
   </si>
   <si>
     <t>Flash 5553._x000D_
 PROJETO DE LEI Nº 01/2004. Altera dispositivos da Lei nº 3.174, de 23/12/2003, que dispõe sobre o Plano de Cargos, Carreiras e Vencimentos dos Servidores Públicos do Poder Executivo e do Município de Montes Claros. (Referente à Lei nº 3.187, de 05/02/2004)._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4043</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4043/flash_5554.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4043/flash_5554.pdf</t>
   </si>
   <si>
     <t>Flash 5554._x000D_
 PROJETO DE LEI Nº 07/2004. Altera os incisos I e II do artigo 43 da Lei nº 3.176, de 23/12/2003, que dispõe sobre o Estatuto, o Plano de Cargos e a Remuneração do Magistério do Município de Montes Claros. (Referente à Lei nº 3.190, de 11/02/2004).   _x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4050</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>MESA DIRETORA - MESA</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4050/flash_5555.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4050/flash_5555.pdf</t>
   </si>
   <si>
     <t>Flash 5555._x000D_
 PROJETO DE LEI Nº 05/2004. Modifica dispositivos da Resolução nº 15, de 27/08/1999, que dispõe sobre reajuste de vencimentos, verba de gabinete e a sistemática de pontuação para efeito de remuneração dos servidores de gabinete, e dá outras providências. (Referente à Lei nº 3.191, de 11/02/2004).   _x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4054</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4054/flash_5556.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4054/flash_5556.pdf</t>
   </si>
   <si>
     <t>Flash 5556._x000D_
 PROJETO DE LEI Nº 06/2004. Altera dispositivos das Leis nº 3.076, de 27/12/02 e nº 3.114, de 28/04/2003, que dispõem respectivamente sobre a permissão para uso de lojas no "Shopping Popular Mário Ribeiro da Silveira" e boxes no "Calçadão Vereador Conrado Pereira". (Referente à Lei nº 3.188, de 11/08/2004, que teve o seu artigo 1º revogado pela Lei nº 3.639, de 25/08/2006)._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4056</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4056/flash_5557.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4056/flash_5557.pdf</t>
   </si>
   <si>
     <t>Flash 5557._x000D_
 PROJETO DE LEI Nº 13/2004. Altera dispositivos das Leis nº 2.891, de 30/04/2001, nº 3.174, de 23/12/2003, nº 3.175, de 23/12/2003 e nº 3.176, de 23/12/2003, que dispõem respectivamente sobre a Organização Administrativa da Prefeitura; o Plano de Cargos, Carreiras, Vencimentos dos Servidores Públicos do Executivo; o Estatuto dos Servidores Públicos de Montes Claros e o Estatuto e Plano de Cargos do Magistério de Montes Claros''. (Referente à Lei nº 3.193, de 24/03/2004).            _x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4059</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4059/flash_5558.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4059/flash_5558.pdf</t>
   </si>
   <si>
     <t>Flash 5558._x000D_
 PROJETO DE LEI Nº 47/2004. (REVOGADA). Modifica dispositivos da Lei nº 2.705 de 22/04/1999, que dispõe sobre a composição e organização do Conselho Municipal do Patrimônio Histórico, Artístico e Cultural de Montes Claros – COMPHAC. (Referente à Lei nº 3.228, de 31/05/2004, que foi posteriormente revogada pela Lei nº 4.602, de 27/05/2013)._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4066</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4066/flash_5559.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4066/flash_5559.pdf</t>
   </si>
   <si>
     <t>Flash 5559._x000D_
 PROJETO DE LEI Nº 38/2004. Modifica dispositivos da Lei nº 3.202, de 02/04/2004, que dispõe sobre o repasse de recursos à Fundação Sara Albuquerque Costa, à Associação de Pais e Amigos dos Excepcionais de Montes claros – APAE e ao Lar Nossa Senhora do Perpétuo Socorro. OBS.: O recurso destinado ao Lar Nossa Senhora do Perpétuo Socorro é oriundo de doação feita pela Sra. Gilka Frota Machado Pinto. (Referente à Lei nº 3.219, de 13/05/2004).       _x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4068</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4068/flash_5560.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4068/flash_5560.pdf</t>
   </si>
   <si>
     <t>Flash 5560._x000D_
 PROJETO DE LEI S/Nº/2004. Altera a composição dos anexos da Lei nº 3.194, de 26/03/2004. Dispõe sobre o Quadro de Cargos e Provimentos dos Servidores Públicos do Poder Executivo do Município de Montes Claros. (Referente à Lei nº 3.348, de 19/07/2004, alterada pela Lei Complementar nº 125, de 18/06/2024).   _x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4069</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4069/flash_5561.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4069/flash_5561.pdf</t>
   </si>
   <si>
     <t>Flash 5561._x000D_
 PROJETO DE LEI Nº 52/2004. Modifica artigos da Lei nº 3.175, de 23/12/2003, que dispõe sobre o Estatuto do Servidor Público Municipal. (Referente à Lei nº 3.332, de 23/06/2004)._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4070</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4070/flash_5562.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4070/flash_5562.pdf</t>
   </si>
   <si>
     <t>Flash 5562._x000D_
 PROJETO DE LEI Nº 53/2004. Altera dispositivo da Lei nº 3.175, de 23/12/2003, que dispõe sobre o Estatuto dos Servidores Públicos Municipais, regulando a concessão de adicional de produtividade. (Referente à Lei nº 3.333, de 23/06/2004).    _x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4071</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4071/flash_5563.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4071/flash_5563.pdf</t>
   </si>
   <si>
     <t>Flash 5563._x000D_
 PROJETO DE LEI Nº 67/2004. Altera a Lei nº 3.222, de 27/05/2004, que denominou a rua Professora Vieira de Melo, popularmente conhecida como rua 13, localizada no bairro Renascença. Com esta alteração, a rua passa a denominar-se "Rua Sérgio Vieira de Melo". (Referente à Lei nº 3.343, de 13/07/2004)._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4072</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4072/flash_5564.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4072/flash_5564.pdf</t>
   </si>
   <si>
     <t>Flash 5564._x000D_
 PROJETO DE LEI Nº 85/2004. Altera a redação do artigo 2º da Lei nº 3.337, de 01/07/04, que dispõe sobre a permuta de 50% da área desafetada do município, por uma área de 240,00 m², localizada no loteamento Santa Rita II, de propriedade do Sr. Lucílio Pereira dos Santos._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4073</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4073/flash_5565.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4073/flash_5565.pdf</t>
   </si>
   <si>
     <t>Flash 5565._x000D_
 PROJETO DE LEI Nº 90/2004. (REVOGADA). Altera dispositivos da Lei nº 2.566, de 30/12/1997, que dispõe sobre o Código Tributário Municipal e dá outras providências. (Isenção de taxa de IPTU e ITBI). (Referente à Lei nº 3.369, de 05/11/2004, que foi posteriormente revogada pela Lei Complementar nº 04, de 07/12/2005)._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4074</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4074/flash_5567.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4074/flash_5567.pdf</t>
   </si>
   <si>
     <t>Flash 5567._x000D_
 PROJETO DE LEI Nº 98/2004. Altera dispositivos da Lei Orçamentária Municipal nº 3.172, de 04/12/2003. (Créditos suplementares até o limite de 23%). (Referente à Lei nº 3.371, de 22/12/2004)._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4105</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4105/flash_5582.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4105/flash_5582.pdf</t>
   </si>
   <si>
     <t>Flash 5582._x000D_
 PROJETO DE LEI Nº 09/2004. Proíbe a retirada de pequis verdes (fruto do pequizeiro), no município de Montes Claros e dá outras providências._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4106</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4106/flash_5583.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4106/flash_5583.pdf</t>
   </si>
   <si>
     <t>Flash 5583._x000D_
 PROJETO DE LEI Nº 78/2004. Dispõe sobre a obrigatoriedade da Prefeitura em indenizar, quando preenchidos os requisitos exigidos nesta Lei, as vítimas de desmoronamento, enchentes e outros acidentes decorrentes de omissão do poder público e dá outras providências._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4108</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>Aurindo José Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4108/flash_5584.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4108/flash_5584.pdf</t>
   </si>
   <si>
     <t>Flash 5584._x000D_
 PROJETO DE LEI Nº 54/2004. Dispõe sobre a obrigatoriedade de constar em receituário médico da rede municipal, tarja orientando quanto ao combate e a prevenção do uso de drogas: "Se você sabe que seu amigo usa drogas e não fala nada, que droga de amigo você é?"._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4126</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4126/flash_5595.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4126/flash_5595.pdf</t>
   </si>
   <si>
     <t>Flash 5595._x000D_
 PROJETO DE LEI N° 68/2004. Dispõe sobre as Diretrizes Orçamentárias do Município de Montes Claros para o exercício financeiro de 2005, e dá outras providências. (Referente à Lei nº 3.341, de julho de 2004)._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4128</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4128/flash_5596.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4128/flash_5596.pdf</t>
   </si>
   <si>
     <t>Flash 5596._x000D_
 PROJETO DE LEI Nº 92/2004. Estima a receita e fixa a despesa do município de Montes Claros para o exercício financeiro de 2005. (OBS.: Algumas Emendas a este Projeto de Lei foram vetadas pelo Poder Executivo - ver flash 5886)._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4150</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4150/flash_5608.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4150/flash_5608.pdf</t>
   </si>
   <si>
     <t>Flash 5608._x000D_
 PROJETO DE LEI Nº 02/2004. Autoriza o Poder Executivo a fazer concessão de contribuição à Associação de Promoção e Ação Social - APAS, e contém outras providências._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4151</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4151/flash_5609.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4151/flash_5609.pdf</t>
   </si>
   <si>
     <t>Flash 5609._x000D_
 PROJETO DE LEI Nº 20/2004. Autoriza o Poder Executivo a fazer repasse de recursos financeiros à Associação de Promoção e Ação Social - APAS, destinados à capacitação de conselheiros municipais e tutelares do município de Montes Claros._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4152</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4152/flash_5610.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4152/flash_5610.pdf</t>
   </si>
   <si>
     <t>Flash 5610._x000D_
 PROJETO DE LEI Nº 21/2004. Autoriza o Poder Executivo a repassar recursos financeiros à Fundação Sara Albuquerque Costa, à Associação de Pais e Amigos dos Excepcionais de Montes Claros – APAE e ao Lar Nossa Senhora do Perpétuo Socorro. (Referente à Lei nº 3.202, de 02/04/2004)._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4153</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4153/flash_5611.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4153/flash_5611.pdf</t>
   </si>
   <si>
     <t>Flash 5611._x000D_
 PROJETO DE LEI Nº 25/2004. Autoriza o Poder Executivo a conceder contribuições e repassar recursos financeiros à Fundação Hospitalar de Montes Claros/Hospital Aroldo Tourinho e à Irmandade Nossa Senhora das Mercês/Santa Casa de Caridade._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4154</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4154/flash_5612.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4154/flash_5612.pdf</t>
   </si>
   <si>
     <t>Flash 5612._x000D_
 PROJETO DE LEI Nº 34/2004. Autoriza o Poder Executivo a repassar recursos financeiros do PRO-HOSP à Fundação Hospitalar de Montes Claros/Hospital Aroldo Tourinho, à Irmandade Nossa Senhora das Mercês/Santa Casa e ao Hospital Universitário Clemente de Faria/Unimontes; suplementar dotações orçamentárias, e contém outras providências._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4155</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4155/flash_5613.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4155/flash_5613.pdf</t>
   </si>
   <si>
     <t>Flash 5613._x000D_
 PROJETO DE LEI Nº 39/2004. Autoriza o Poder Executivo a fazer concessão de subvenção, contribuições e auxílios financeiros a diversas entidades do município de Montes Claros, com ênfase nas áreas de saúde, educação e assistência social, e contém outras providências. _x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4156</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4156/flash_5414.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4156/flash_5414.pdf</t>
   </si>
   <si>
     <t>Flash 5614._x000D_
 PROJETO DE LEI Nº 61/2004. Autoriza o Poder Executivo a fazer concessão de contribuição e abertura de crédito especial ao orçamento vigente para repasse à Câmara de Conciliação, Mediação e Arbitragem do Norte de Minas – CANOR. (Referente à Lei nº 3.339, de 08/07/2004)._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4157</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4157/flash_5615.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4157/flash_5615.pdf</t>
   </si>
   <si>
     <t>Flash 5615._x000D_
 PROJETO DE LEI Nº 89/2004. Autoriza o Poder Executivo repassar recursos financeiros do PRO-HOSP às entidades que menciona, suplementar dotações orçamentárias e contém outras providências. (Fundação Hospitalar de Montes Claros/Hospital Aroldo Tourinho, Irmandade Nossa Senhora das Mercês/ Santa Casa e Hospital Universitário Clemente de Farias/UNIMONTES)._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4160</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4160/flash_5618.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4160/flash_5618.pdf</t>
   </si>
   <si>
     <t>Flash 5618._x000D_
 PROJETO DE LEI Nº 15/2004. Reajusta vencimentos dos servidores do Poder Legislativo de Montes Claros, e contém outras providências. (Referente à Lei nº 3.198, de 31/03/2004).   _x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4186</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>Osmar Avelino Pereira</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4186/flash_5642.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4186/flash_5642.pdf</t>
   </si>
   <si>
     <t>Flash 5642._x000D_
 PROJETO DE LEI Nº 03/2004. Concede o título declaratório de utilidade pública à "Associação Comunitária Cidadania Ativa". (Referente à Lei nº 3.186, de 05/02/2004).    _x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4187</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4187/flash_5643.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4187/flash_5643.pdf</t>
   </si>
   <si>
     <t>Flash 5643._x000D_
 PROJETO DE LEI Nº 36/2004. Concede o título declaratório de utilidade pública às Unidades Municipais de Educação Infantil: "UMEI Alegria de Viver" (bairro Renascença), "UMEI Paulo Freire" (bairro Village do Lago), "UMEI do Bairro Cintra", "UMEI São Francisco de Assis" (Vila São Francisco), "UMEI Nossa Senhora da Conceição" (bairro Santos Reis), "UMEI de Nova Esperança", "UMEI Mundo da Criança" (bairro Maracanã), "UMEI do Bairro São Judas Tadeu", "UMEI Monteiro Lobato" (bairro Alterosa), "UMEI Aninha Corrêa Ribeiro" (bairro Renascença), "UMEI São Norberto" (Vila Oliveira), "UMEI Vera Cruz" (bairro Vera Cruz), e "UMEI O Nosso Lar" (bairro São Judas)._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4188</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4188/flash_5644.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4188/flash_5644.pdf</t>
   </si>
   <si>
     <t>Flash 5644._x000D_
 PROJETO DE LEI Nº 46/2004. Concede o título declaratório de utilidade pública à "Associação Artesanal e Social do Norte de Minas"._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4189</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4189/flash_5645.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4189/flash_5645.pdf</t>
   </si>
   <si>
     <t>Flash 5645._x000D_
 PROJETO DE LEI Nº 58/2004. Concede o título declaratório de utilidade pública à "Associação Orquestra Filarmônica do Norte de Minas". (Referente à Lei nº 3.336, de 01/07/2004)._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4190</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4190/flash_5646.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4190/flash_5646.pdf</t>
   </si>
   <si>
     <t>Flash 5646._x000D_
 PROJETO DE LEI Nº 59/2004. Concede título declaratório de utilidade pública à "Fundação de Desenvolvimento Científico e Tecnológico da Agropecuária Norte Mineira - FUNDETEC". (Referente à Lei nº 3.335, de 01/07/2004)._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4191</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4191/flash_5647.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4191/flash_5647.pdf</t>
   </si>
   <si>
     <t>Flash 5647._x000D_
 PROJETO DE LEI Nº 60/2004. Concede o título declaratório de utilidade pública à "Fundação de Apoio aos Municípios da Área Mineira da SUDENE – FAMAMS". (Referente à Lei nº 3.340, de 08/07/2004)._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4192</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4192/flash_5648.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4192/flash_5648.pdf</t>
   </si>
   <si>
     <t>Flash 5648._x000D_
 PROJETO DE LEI Nº 73/2004. Concede o título declaratório de utilidade pública à "Associação Comunitária dos Moradores de Palmito"._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4194</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4194/flash_5649.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4194/flash_5649.pdf</t>
   </si>
   <si>
     <t>Flash 5649._x000D_
 PROJETO DE LEI Nº 74/2004. Concede o título declaratório de utilidade pública à "Associação Comunitária dos Pequenos Produtores Rurais de Jardim Europa"._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4196</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4196/flash_5650.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4196/flash_5650.pdf</t>
   </si>
   <si>
     <t>Flash 5650._x000D_
 PROJETO DE LEI Nº 75/2004. Concede o título declaratório de utilidade pública ao "Projeto de Apoio à Criança"._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4198</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4198/flash_5651.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4198/flash_5651.pdf</t>
   </si>
   <si>
     <t>Flash 5651._x000D_
 PROJETO DE LEI Nº 91/2004. Concede o título declaratório de utilidade pública à "Associação de Pequenos Produtores Rurais de Olhos D’água". (Referente à Lei nº 3.370, de 11/11/2004)._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4200</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4200/flash_5652.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4200/flash_5652.pdf</t>
   </si>
   <si>
     <t>Flash 5652._x000D_
 PROJETO DE LEI Nº 94/2004. Concede o título declaratório de utilidade pública à "Pastoral do Menor da Paróquia São Sebastião" - Arquidiocese de Montes Claros._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4208</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4208/flash_5653.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4208/flash_5653.pdf</t>
   </si>
   <si>
     <t>Flash 5653._x000D_
 PROJETO DE LEI Nº 95/2004. Concede o título declaratório de utilidade pública à "Associação Filantrópica Nazarena de Amparo Social"._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>9110</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/9110/flash_5383.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/9110/flash_5383.pdf</t>
   </si>
   <si>
     <t>Flash 5383._x000D_
 PROJETO DE LEI Nº 17/2004. Destina área de terreno medindo 2.923,47 m², localizada no bairro Carmelo, para construção de uma praça pública, que será denominada "Praça Apóstolo Santiago o Maior". (Referente à Lei nº 3.195, de 31/03/2004).  _x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>9116</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/9116/flash_5566.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/9116/flash_5566.pdf</t>
   </si>
   <si>
     <t>Flash 5566._x000D_
 PROJETO DE LEI Nº 97/2004. (REVOGADA). Acrescenta o parágrafo 2º ao artigo 2º da Lei nº 2.188, de 31/03/1994, que dispõe sobre a "Meia Entrada" para estudantes. (Referente à Lei nº 3.373, de 29/12/2004, que foi posteriormente revogada pela Lei nº 3.389, de 11/03/2005)._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4239</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4239/flash_6113.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4239/flash_6113.pdf</t>
   </si>
   <si>
     <t>Flash 6113._x000D_
 PROJETO DE RESOLUÇÃO S/Nº/2004. (NÃO VOTADO). Cria a "Comissão Permanente de Indústria e Comércio" na Câmara Municipal de Montes Claros._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4244</t>
   </si>
   <si>
     <t>Sebastião Ildeu Maia</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4244/flash_6114.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4244/flash_6114.pdf</t>
   </si>
   <si>
     <t>Flash 6114._x000D_
 PROJETO DE RESOLUÇÃO S/Nº/2004. (NÃO VOTADO). Concede a Medalha Ivan José Lopes de Honra Montes Claros, ao Deputado Estadual Gil Pereira._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4245</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4245/flash_6115.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4245/flash_6115.pdf</t>
   </si>
   <si>
     <t>Flash 6115._x000D_
 PROJETO DE RESOLUÇÃO S/Nº/2004. (NÃO VOTADO). Altera a redação do artigo 113 do Regimento Interno da Câmara Municipal de Montes Claros._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4246</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4246/flash_6116.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4246/flash_6116.pdf</t>
   </si>
   <si>
     <t>Flash 6116._x000D_
 PROJETO DE RESOLUÇÃO S/Nº/2004. (NÃO VOTADO). Cria a "Comissão Permanente de Políticas Públicas Familiares" na Câmara Municipal de Montes Claros._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4247</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4247/flash_6117.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4247/flash_6117.pdf</t>
   </si>
   <si>
     <t>Flash 6117._x000D_
 PROJETO DE RESOLUÇÃO S/Nº/2004. (NÃO VOTADO). Altera o artigo 38 do Regimento Interno da Câmara Municipal de Montes Claros._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4315</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4315/flash_6144.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4315/flash_6144.pdf</t>
   </si>
   <si>
     <t>Flash 6144._x000D_
 PROJETO DE RESOLUÇÃO S/Nº/2004. (REJEITADO). Dispõe sobre a fixação dos subsídios dos vereadores da Câmara Municipal de Montes Claros para a Legislatura 2005 a 2008, e contém outras providências._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4316</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4316/flash_6145.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4316/flash_6145.pdf</t>
   </si>
   <si>
     <t>Flash 6145._x000D_
 PROJETO DE RESOLUÇÃO S/Nº/2004. (REJEITADO). Dispõe sobre a fixação dos subsídios do Prefeito Municipal, Vice-prefeito e Secretários, para a Legislatura 2005 a 2008, e contém outras providências._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4317</t>
   </si>
   <si>
     <t>Aldair Fagundes, Sued Kennedy Parrela Botelho</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4317/flash_6146.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4317/flash_6146.pdf</t>
   </si>
   <si>
     <t>Flash 6146._x000D_
 PROJETO DE RESOLUÇÃO S/Nº/2004. (REJEITADO). Revoga o artigo 116 do Regimento Interno da Câmara Municipal de Montes Claros._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4318</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4318/flash_6147.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4318/flash_6147.pdf</t>
   </si>
   <si>
     <t>Flash 6147._x000D_
 PROJETO DE RESOLUÇÃO S/Nº/2004. (REJEITADO). Altera dispositivos da Resolução nº 63, de 24/12/2002, que alterou Resoluções que dispõem sobre a Organização Administrativa da Câmara de Montes Claros e contém outras providências._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3764</t>
   </si>
   <si>
     <t>VET</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3764/flash_5886.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3764/flash_5886.pdf</t>
   </si>
   <si>
     <t>Flash 5886._x000D_
 VETO À EMENDAS AO PROJETO DE LEI Nº 92/2004. (MANTIDO). Estima a receita e fixa despesa do município de Montes Claros para o exercício financeiro de 2005._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3766</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3766/flash_5887.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3766/flash_5887.pdf</t>
   </si>
   <si>
     <t>Flash 5887._x000D_
 VETO PARCIAL AO PROJETO DE LEI S/Nº/2004. (DERRUBADO). Altera a composição dos anexos da Lei nº 3.194, de 26/03/2004, que dispõe sobre o Plano de Cargos, Carreiras e Vencimentos dos Servidores Públicos do Poder Executivo do Município de Montes Claros e dá outras providências._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>8405</t>
   </si>
   <si>
     <t>ATA</t>
   </si>
   <si>
     <t>Ata</t>
   </si>
   <si>
     <t>ATL - ATL</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/8405/flash_5244.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/8405/flash_5244.pdf</t>
   </si>
   <si>
     <t>Flash 5244._x000D_
 Atas das sessões da Câmara Municipal de Montes Claros, do período de 22/01 a 27/12/2004._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3706</t>
   </si>
   <si>
     <t>ELOM</t>
   </si>
   <si>
     <t>Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3706/flash_5850.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3706/flash_5850.pdf</t>
   </si>
   <si>
     <t>Flash 5850._x000D_
 EMENDA Nº 32, de 30/03/2004. Acrescenta o artigo 125-A, à Lei Orgânica Municipal. (Dispõe sobre sanções à empresas, contratadas pelo Município, por quebra de obrigações contratuais)._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3707</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3707/flash_5851.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3707/flash_5851.pdf</t>
   </si>
   <si>
     <t>Flash 5851._x000D_
 EMENDA Nº 33, de 11/05/2004. Altera o parágrafo 2º, do artigo 86 da Lei Orgânica Municipal. (Dispõe sobre a participação gratuita nos Conselhos Municipais, exceto nos Conselhos Tutelares)._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3784</t>
   </si>
   <si>
     <t>RES</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3784/flash_5894.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3784/flash_5894.pdf</t>
   </si>
   <si>
     <t>Flash 5894._x000D_
 RESOLUÇÃO Nº 32, de 21/12/2004. Institui o "Bloco Parlamentar de Educação e Prevenção ao Uso de Drogas"._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3815</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3815/flash_5905.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3815/flash_5905.pdf</t>
   </si>
   <si>
     <t>Flash 5905._x000D_
 RESOLUÇÃO Nº 30, de 16/12/2004. Denomina a "Sala Jornalista Erick Assunção", onde está instalada a TV Câmara de Montes Claros._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3830</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3830/flash_5909.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3830/flash_5909.pdf</t>
   </si>
   <si>
     <t>Flash 5909._x000D_
 RESOLUÇÃO Nº 14, de 25/05/2004. Institui o "Diploma Professora América Eleutério Nogueira", no âmbito da Câmara de Montes Claros, em comemoração ao "Dia das Mães"._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3832</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3832/flash_5910.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3832/flash_5910.pdf</t>
   </si>
   <si>
     <t>Flash 5910._x000D_
 RESOLUÇÃO Nº 19, de 17/06/2004. Institui a "Menção de Honra Jornalista Júlio César de Melo Franco", no âmbito da Câmara de Montes Claros, a ser entregue anualmente em 10/09, em comemoração ao "Dia Nacional da Imprensa", e dá outras providências._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3852</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3852/flash_5917.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3852/flash_5917.pdf</t>
   </si>
   <si>
     <t>Flash 5917._x000D_
 RESOLUÇÃO Nº 21, de 29/06/2004. Concede a Medalha "Ivan José Lopes" de Honra Montes Claros ao Padre Aderbal Humberto Murta de Almeida._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3899</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3899/flash_5929.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3899/flash_5929.pdf</t>
   </si>
   <si>
     <t>Flash 5929._x000D_
 RESOLUÇÃO Nº 17, de 08/06/2004. Concede a "Medalha do Mérito Esportivo Antônio Manoel Dias" a Pedro Pereira Lima._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3902</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3902/flash_5932.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3902/flash_5932.pdf</t>
   </si>
   <si>
     <t>Flash 5932._x000D_
 RESOLUÇÃO Nº 23, de 29/06/2004. Concede a "Medalha do Mérito Legislativo Vereador Jorge Tadeu Guimarães" ao Dr. José Hélio Guimarães de Carvalho._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3928</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3928/flash_5944.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3928/flash_5944.pdf</t>
   </si>
   <si>
     <t>Flash 5944._x000D_
 RESOLUÇÃO Nº 03, de 02/03/2004. Concede a "Placa de Mérito Cultural Cândido Canela" a Nivaldo Maciel Araújo._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3929</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3929/flash_5945.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3929/flash_5945.pdf</t>
   </si>
   <si>
     <t>Flash 5945._x000D_
 RESOLUÇÃO Nº 27, de 06/07/2004. Concede a "Placa de Mérito Cultural Cândido Canela" a Geraldo Pereira da Silva (Geraldo Paulista)._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3955</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3955/flash_5971.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3955/flash_5971.pdf</t>
   </si>
   <si>
     <t>Flash 5971._x000D_
 RESOLUÇÃO Nº 12, de 06/04/2004.  Concede a "Placa de Prata Alferes José Lopes de Carvalho" às Faculdades Santo Agostinho._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3956</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3956/flash_5972.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3956/flash_5972.pdf</t>
   </si>
   <si>
     <t>Flash 5972._x000D_
 RESOLUÇÃO Nº 22, de 29/06/2004.  Concede a "Placa de Prata Alferes José Lopes de Carvalho" ao Serviço Nacional de Aprendizagem Comercial - SENAC._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3957</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3957/flash_5973.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3957/flash_5973.pdf</t>
   </si>
   <si>
     <t>Flash 5973._x000D_
 RESOLUÇÃO Nº 28, de 10/08/2004.  Concede a "Placa de Prata Alferes José Lopes de Carvalho" a Ivan Fonseca de Oliveira._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>3999</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3999/flash_5999.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3999/flash_5999.pdf</t>
   </si>
   <si>
     <t>Flash 5999._x000D_
 RESOLUÇÃO Nº 05, de 04/03/2004. Concede o Título de Cidadã Benemérita de Montes Claros à Dra. Cláudia Borém Pimenta de Figueiredo._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4000</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4000/flash_6000.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4000/flash_6000.pdf</t>
   </si>
   <si>
     <t>Flash 6000._x000D_
 RESOLUÇÃO Nº 02, de 10/02/2004. Concede o Título de Cidadão Benemérito de Montes Claros a José Augusto Ferreira Dias._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4002</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4002/flash_6001.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4002/flash_6001.pdf</t>
   </si>
   <si>
     <t>Flash 6001._x000D_
 RESOLUÇÃO Nº 04, de 04/03/2004. Concede o Título de Cidadão Benemérito de Montes Claros ao Tenente Coronel Carlos Roberto Nogueira Reis. (Comandante do 10º Batalhão da Polícia Militar de Minas Gerais)._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4004</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4004/flash_6002.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4004/flash_6002.pdf</t>
   </si>
   <si>
     <t>Flash 6002._x000D_
 RESOLUÇÃO Nº 07, de 18/03/2004. Concede o Título de Cidadão Benemérito de Montes Claros a José do Nascimento Silva._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4007</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4007/flash_6003.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4007/flash_6003.pdf</t>
   </si>
   <si>
     <t>Flash 6003._x000D_
 RESOLUÇÃO Nº 09, de 06/04/2004. Concede o Título de Cidadão Benemérito de Montes Claros a Valério Ubiray Ferreira da Silva._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4011</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4011/flash_6004.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4011/flash_6004.pdf</t>
   </si>
   <si>
     <t>Flash 6004._x000D_
 RESOLUÇÃO Nº 13, de 20/04/2004. Concede o Título de Cidadão Benemérito de Montes Claros a Waldomiro dos Santos._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4013</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4013/flash_6005.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4013/flash_6005.pdf</t>
   </si>
   <si>
     <t>Flash 6005._x000D_
 RESOLUÇÃO Nº 25, de 06/07/2004. Concede o Título de Cidadão Benemérito de Montes Claros a Lenir de Abreu._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4015</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4015/flash_6006.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4015/flash_6006.pdf</t>
   </si>
   <si>
     <t>Flash 6006._x000D_
 RESOLUÇÃO Nº 15, de 01/06/2004. Concede o Título de Cidadão Benemérito de Montes Claros ao Dr. Roberto Murilo Peres Corrêa Machado._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4016</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4016/flash_6007.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4016/flash_6007.pdf</t>
   </si>
   <si>
     <t>Flash 6007._x000D_
 RESOLUÇÃO Nº 29, de 10/08/2004. Concede o Título de Cidadão Benemérito de Montes Claros a Mário Paulino Kottas._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4055</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4055/flash_6036.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4055/flash_6036.pdf</t>
   </si>
   <si>
     <t>Flash 6036._x000D_
 RESOLUÇÃO Nº 01, de 27/01/2004. Concede o Título de Cidadão Honorário de Montes Claros a Marco Antônio Laffranchi._x000D_
 Ademar de Barros Bicalho (Presidente).</t>
   </si>
   <si>
     <t>4057</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4057/flash_6037.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4057/flash_6037.pdf</t>
   </si>
   <si>
     <t>Flash 6037._x000D_
 RESOLUÇÃO Nº 06, de 16/03/2004. Concede o Título de Cidadão Honorário de Montes Claros a Paulo José Carlos Guedes._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4058</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4058/flash_6038.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4058/flash_6038.pdf</t>
   </si>
   <si>
     <t>Flash 6038._x000D_
 RESOLUÇÃO Nº 11, de 06/04/2004. Concede o Título de Cidadão Honorário de Montes Claros a Alfredo Cardoso Bispo Filho._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4060</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4060/flash_6039.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4060/flash_6039.pdf</t>
   </si>
   <si>
     <t>Flash 6039._x000D_
 RESOLUÇÃO Nº 08, de 23/03/2004. Concede o Título de Cidadão Honorário de Montes Claros a Ivana Maria Soares Toledo._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4061</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4061/flash_6040.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4061/flash_6040.pdf</t>
   </si>
   <si>
     <t>Flash 6040._x000D_
 RESOLUÇÃO Nº 10, de 06/04/2004. Concede o Título de Cidadão Honorário de Montes Claros a João Mendes Sobrinho._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4062</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4062/flash_6041.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4062/flash_6041.pdf</t>
   </si>
   <si>
     <t>Flash 6041._x000D_
 RESOLUÇÃO Nº 16, de 01/06/2004. Concede o Título de Cidadã Honorária de Montes Claros a Walquíria Martins Antunes Pereira._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4063</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4063/flash_6042.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4063/flash_6042.pdf</t>
   </si>
   <si>
     <t>Flash 6042._x000D_
 RESOLUÇÃO Nº 18, de 08/06/2004. Concede o Título de Cidadã Honorária de Montes Claros a Maria Lúcia Becattini Miranda._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4064</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4064/flash_6043.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4064/flash_6043.pdf</t>
   </si>
   <si>
     <t>Flash 6043._x000D_
 RESOLUÇÃO Nº 26, de 06/07/2004. Concede o Título de Cidadã Honorária de Montes Claros a Eloisa Solange Rosa._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4065</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4065/flash_6044.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4065/flash_6044.pdf</t>
   </si>
   <si>
     <t>Flash 6044._x000D_
 RESOLUÇÃO Nº 24, de 29/06/2004. Concede o Título de Cidadão Honorário de Montes Claros ao Dr. Narciso Alvarenga Monteiro de Castro._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4067</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4067/flash_6045.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4067/flash_6045.pdf</t>
   </si>
   <si>
     <t>Flash 6045._x000D_
 RESOLUÇÃO Nº 31, de 21/12/2004. Concede o Título de Cidadão Honorário de Montes Claros ao Coronel Geraldo Magela Moreira de Freitas._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
   <si>
     <t>4217</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4217/flash_6100.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4217/flash_6100.pdf</t>
   </si>
   <si>
     <t>Flash 6100._x000D_
 RESOLUÇÃO Nº 20, de 22/06/2004. Altera a Resolução nº 19/97, de 27/08/1997, que dispõe sobre a instituição e concessão da Medalha do Mérito Legislativo, passando a mesma a denominar-se Medalha do Mérito Legislativo "Vereador Jorge Tadeu Guimarães"._x000D_
 José Maria Saraiva (Presidente).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -3059,67 +3059,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3728/flash_5872.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3729/flash_5873.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3731/flash_5874.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3419/flash_5258.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3420/flash_5259.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3439/flash_5278.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3440/flash_5279.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3510/flash_5739.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3511/flash_5740.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3512/flash_5741.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3513/flash_5742.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3514/flash_5743.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3515/flash_5744.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3516/flash_5745.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3517/flash_5746.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3518/flash_5747.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3519/flash_5748.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3520/flash_5749.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3521/flash_5750.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3522/flash_5751.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3523/flash_5752.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3638/flash_5814.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3639/flash_5815.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3641/flash_5816.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3643/flash_5817.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3645/flash_5818.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3647/flash_5819.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3650/flash_5820.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3651/flash_5821.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3653/flash_5822.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3655/flash_5823.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3658/flash_5824.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3659/imagem_5379.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3660/flash_5825.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3661/flash_5826.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3662/flash_5827.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3663/imagem_5380.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3664/flash_5828.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3665/flash_5829.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3666/flash_5830.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3667/imagem_5381.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3668/imagem_5382.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3670/imagem_5384.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3671/imagem_5385.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3672/imagem_5386.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3673/flash_5831.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3674/flash_5832.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3675/imagem_5387.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3676/imagem_5388.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3677/flash_5833.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3678/flash_5389.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3679/flash_5834.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3680/imagem_5390.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3681/imagem_5391.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3682/flash_5835.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3683/flash_5836.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3685/flash_5837.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3684/imagem_5392.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3686/imagem_5393.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3688/imagem_5394.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3687/flash_5838.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3689/flash_5839.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3691/imagem_5395.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3690/flash_5840.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3692/flash_5841.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3693/imagem_5396.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3695/imagem_5397.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3694/flash_5842.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3696/flash_5843.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3697/imagem_5398.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3698/imagem_5399.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3699/imagem_5400.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3730/flash_5401.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3799/flash_5447.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3800/flash_5448.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3801/flash_5449.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3803/flash_5450.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3807/flash_5451.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3808/flash_5452.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3810/flash_5453.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3812/flash_5454.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3814/flash_5455.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3866/flash_5490.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3867/flash_5491.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3868/flash_5492.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3869/flash_5493.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3870/flash_5494.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3871/flash_5495.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3872/flash_5496.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3873/flash_5497.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3874/flash_5498.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3875/flash_5499.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3876/flash_5500.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3877/flash_5501.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3878/flash_5502.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3879/flash_5503.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3880/flash_5504.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3881/flash_5505.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3882/flash_5506.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3883/flash_5507.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3884/flash_5508.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3885/flash_5509.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3886/flash_5510.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3887/flash_5511.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3888/flash_5512.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4041/flash_5553.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4043/flash_5554.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4050/flash_5555.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4054/flash_5556.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4056/flash_5557.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4059/flash_5558.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4066/flash_5559.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4068/flash_5560.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4069/flash_5561.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4070/flash_5562.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4071/flash_5563.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4072/flash_5564.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4073/flash_5565.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4074/flash_5567.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4105/flash_5582.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4106/flash_5583.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4108/flash_5584.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4126/flash_5595.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4128/flash_5596.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4150/flash_5608.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4151/flash_5609.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4152/flash_5610.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4153/flash_5611.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4154/flash_5612.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4155/flash_5613.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4156/flash_5414.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4157/flash_5615.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4160/flash_5618.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4186/flash_5642.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4187/flash_5643.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4188/flash_5644.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4189/flash_5645.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4190/flash_5646.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4191/flash_5647.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4192/flash_5648.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4194/flash_5649.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4196/flash_5650.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4198/flash_5651.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4200/flash_5652.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4208/flash_5653.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/9110/flash_5383.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/9116/flash_5566.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4239/flash_6113.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4244/flash_6114.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4245/flash_6115.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4246/flash_6116.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4247/flash_6117.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4315/flash_6144.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4316/flash_6145.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4317/flash_6146.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4318/flash_6147.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3764/flash_5886.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3766/flash_5887.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/8405/flash_5244.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3706/flash_5850.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3707/flash_5851.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3784/flash_5894.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3815/flash_5905.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3830/flash_5909.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3832/flash_5910.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3852/flash_5917.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3899/flash_5929.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3902/flash_5932.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3928/flash_5944.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3929/flash_5945.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3955/flash_5971.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3956/flash_5972.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3957/flash_5973.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3999/flash_5999.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4000/flash_6000.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4002/flash_6001.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4004/flash_6002.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4007/flash_6003.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4011/flash_6004.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4013/flash_6005.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4015/flash_6006.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4016/flash_6007.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4055/flash_6036.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4057/flash_6037.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4058/flash_6038.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4060/flash_6039.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4061/flash_6040.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4062/flash_6041.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4063/flash_6042.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4064/flash_6043.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4065/flash_6044.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4067/flash_6045.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4217/flash_6100.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3728/flash_5872.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3729/flash_5873.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3731/flash_5874.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3419/flash_5258.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3420/flash_5259.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3439/flash_5278.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3440/flash_5279.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3510/flash_5739.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3511/flash_5740.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3512/flash_5741.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3513/flash_5742.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3514/flash_5743.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3515/flash_5744.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3516/flash_5745.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3517/flash_5746.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3518/flash_5747.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3519/flash_5748.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3520/flash_5749.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3521/flash_5750.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3522/flash_5751.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3523/flash_5752.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3638/flash_5814.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3639/flash_5815.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3641/flash_5816.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3643/flash_5817.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3645/flash_5818.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3647/flash_5819.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3650/flash_5820.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3651/flash_5821.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3653/flash_5822.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3655/flash_5823.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3658/flash_5824.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3659/flash_5379.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3660/flash_5825.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3661/flash_5826.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3662/flash_5827.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3663/flash_5380.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3664/flash_5828.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3665/flash_5829.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3666/flash_5830.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3667/flash_5381.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3668/flash_5382.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3670/flash_5384.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3671/flash_5385.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3672/flash_5386.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3673/flash_5831.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3674/flash_5832.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3675/flash_5387.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3676/flash_5388.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3677/flash_5833.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3678/flash_5389.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3679/flash_5834.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3680/flash_5390.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3681/flash_5391.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3682/flash_5835.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3683/flash_5836.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3685/flash_5837.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3684/flash_5392.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3686/flash_5393.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3688/flash_5394.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3687/flash_5838.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3689/flash_5839.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3691/flash_5395.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3690/flash_5840.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3692/flash_5841.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3693/flash_5396.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3695/flash_5397.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3694/flash_5842.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3696/flash_5843.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3697/flash_5398.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3698/flash_5399.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3699/flash_5400.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3730/flash_5401.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3799/flash_5447.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3800/flash_5448.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3801/flash_5449.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3803/flash_5450.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3807/flash_5451.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3808/flash_5452.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3810/flash_5453.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3812/flash_5454.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3814/flash_5455.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3866/flash_5490.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3867/flash_5491.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3868/flash_5492.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3869/flash_5493.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3870/flash_5494.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3871/flash_5495.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3872/flash_5496.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3873/flash_5497.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3874/flash_5498.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3875/flash_5499.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3876/flash_5500.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3877/flash_5501.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3878/flash_5502.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3879/flash_5503.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3880/flash_5504.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3881/flash_5505.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3882/flash_5506.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3883/flash_5507.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3884/flash_5508.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3885/flash_5509.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3886/flash_5510.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3887/flash_5511.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3888/flash_5512.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4041/flash_5553.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4043/flash_5554.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4050/flash_5555.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4054/flash_5556.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4056/flash_5557.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4059/flash_5558.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4066/flash_5559.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4068/flash_5560.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4069/flash_5561.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4070/flash_5562.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4071/flash_5563.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4072/flash_5564.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4073/flash_5565.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4074/flash_5567.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4105/flash_5582.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4106/flash_5583.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4108/flash_5584.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4126/flash_5595.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4128/flash_5596.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4150/flash_5608.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4151/flash_5609.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4152/flash_5610.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4153/flash_5611.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4154/flash_5612.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4155/flash_5613.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4156/flash_5414.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4157/flash_5615.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4160/flash_5618.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4186/flash_5642.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4187/flash_5643.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4188/flash_5644.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4189/flash_5645.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4190/flash_5646.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4191/flash_5647.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4192/flash_5648.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4194/flash_5649.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4196/flash_5650.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4198/flash_5651.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4200/flash_5652.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4208/flash_5653.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/9110/flash_5383.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/9116/flash_5566.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4239/flash_6113.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4244/flash_6114.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4245/flash_6115.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4246/flash_6116.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4247/flash_6117.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4315/flash_6144.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4316/flash_6145.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4317/flash_6146.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4318/flash_6147.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3764/flash_5886.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3766/flash_5887.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/8405/flash_5244.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3706/flash_5850.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3707/flash_5851.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3784/flash_5894.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3815/flash_5905.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3830/flash_5909.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3832/flash_5910.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3852/flash_5917.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3899/flash_5929.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3902/flash_5932.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3928/flash_5944.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3929/flash_5945.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3955/flash_5971.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3956/flash_5972.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3957/flash_5973.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/3999/flash_5999.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4000/flash_6000.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4002/flash_6001.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4004/flash_6002.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4007/flash_6003.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4011/flash_6004.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4013/flash_6005.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4015/flash_6006.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4016/flash_6007.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4055/flash_6036.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4057/flash_6037.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4058/flash_6038.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4060/flash_6039.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4061/flash_6040.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4062/flash_6041.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4063/flash_6042.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4064/flash_6043.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4065/flash_6044.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4067/flash_6045.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2004/4217/flash_6100.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H194"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="43" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="93" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="89.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>