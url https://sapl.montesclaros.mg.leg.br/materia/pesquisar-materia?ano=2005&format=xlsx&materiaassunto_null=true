--- v0 (2025-12-24)
+++ v1 (2026-03-23)
@@ -54,4072 +54,4072 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>5858</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica Municipal</t>
   </si>
   <si>
     <t>Maria de Fátima Pereira Macedo</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5858/flash_7220a.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5858/flash_7220a.pdf</t>
   </si>
   <si>
     <t>Flash 7220A._x000D_
 PROJETO DE EMENDA (NÃO VOTADO). Acrescenta o parágrafo 2º ao artigo 77, altera o artigo 78, altera o inciso III do artigo 79, da seção IV, capítulo III da Lei Orgânica do Município de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5859</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5859/flash_7220b.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5859/flash_7220b.pdf</t>
   </si>
   <si>
     <t>Flash 7220B._x000D_
 PROJETO DE EMENDA (RETIRADO). Acrescenta o inciso V ao artigo 80, da seção IV, capítulo III da Lei Orgânica do Município de Montes Claros e dá outras providências.   _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5860</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5860/flash_7220c.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5860/flash_7220c.pdf</t>
   </si>
   <si>
     <t>Flash 7220C._x000D_
 PROJETO DE EMENDA (NÃO VOTADO). Altera o artigo 81, da seção IV, capítulo III, da Lei Orgânica do Município de Montes Claros e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5861</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Executivo Municipal - EXEC</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5861/flash_7220d.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5861/flash_7220d.pdf</t>
   </si>
   <si>
     <t>Flash 7220D._x000D_
 PROJETO DE EMENDA (RETIRADO). Altera dispositivos do artigo 77 da Lei Orgânica do Município de Montes Claros.   _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5862</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5862/flash_7220e.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5862/flash_7220e.pdf</t>
   </si>
   <si>
     <t>Flash 7220E._x000D_
 PROJETO DE EMENDA (NÃO VOTADO). Altera o inciso IV, o parágrafo 3º do inciso XIV e acrescenta o inciso XV ao artigo 197 da Lei Orgânica do Município de Montes Claros e dá outras providências.   _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5863</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5863/flash_7220f.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5863/flash_7220f.pdf</t>
   </si>
   <si>
     <t>Flash 7220F._x000D_
 PROJETO DE EMENDA (NÃO VOTADO). Altera o artigo 202 e seu parágrafo único, capítulo IV, da Lei Orgânica do Município de Montes Claros e dá outras providências.   _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4560</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4560/flash_6194.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4560/flash_6194.pdf</t>
   </si>
   <si>
     <t>Flash 6194._x000D_
 PROJETO DE LEI COMPLEMENTAR S/Nº/2005. (ALTERADA). Consolida a Legislação Tributária Municipal instituindo o Código Tributário do Município de Montes Claros; revoga a Lei nº 2.566, de 30/12/1997 e toda a legislação tributária anterior. (Contém os Anexos/tabelas referente às alíquotas sobre o ISSQN). (Referente à Lei Complementar nº 04, de 07/12/2005). OBS: Houve, ao longo do tempo, várias alterações desta Lei - ver no site da Prefeitura a versão atualizada._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5416</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5416/flash_6625.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5416/flash_6625.pdf</t>
   </si>
   <si>
     <t>Flash 6625._x000D_
 PROJETO DE LEI COMPLEMENTAR Nº 32/2005. (REVOGADA). Altera o Regime Próprio de Previdência Social do Município de Montes Claros (PREVMOC), em decorrência das Emendas nº 20/1998 e nº 41/2003; revoga as Leis nº 2.101, de 14/01 e 2.130, de 08/09/1993. (Referente à Lei Complementar nº 02, de 23/06/2005, que foi posteriormente revogada pela Lei Complementar nº 008, de 11/04/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5417</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5417/flash_6626.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5417/flash_6626.pdf</t>
   </si>
   <si>
     <t>Flash 6626._x000D_
 PROJETO DE LEI COMPLEMENTAR Nº 03/2005. (ALTERADA). Altera a composição dos Anexos da Lei nº 3.348, de 19/07/2004, cria cargos de provimento efetivo de nível médio do Programa Saúde da Família – PSF, e dá outras providências. (Referente à Lei Complementar nº 03, de 22/08/2005, que foi alterada pela Lei Complementar nº 91, de 22/03/2022).   _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5425</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5425/flash_6634.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5425/flash_6634.pdf</t>
   </si>
   <si>
     <t>Flash 6634._x000D_
 PROJETO DE LEI COMPLEMENTAR Nº 127/2005. Substitui o Anexo III da Lei complementar nº 04 de 14/12/2005, que dispõe sobre o Código Tributário Municipal. (Planta de valores para base de cálculo do IPTU). (Referente à Lei Complementar nº 005, de dezembro de 2005)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5464</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5464/flash_6638.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5464/flash_6638.pdf</t>
   </si>
   <si>
     <t>Flash 6638._x000D_
 PROJETO DE LEI COMPLEMENTAR Nº 140/2005. Modifica dispositivos da Lei nº 2.891, de 30/04/2001, que dispõe sobre a Organização Administrativa do Município de Montes Claros. Institui o Sistema de Controle Interno e cria a Coordenadoria do Sistema de Controle Interno no âmbito do Poder Executivo. (Referente à Lei Complementar nº 006, de 29/12/2005)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5412</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5412/flash_6621.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5412/flash_6621.pdf</t>
   </si>
   <si>
     <t>Flash 6621._x000D_
 PROJETO DE LEI COMPLEMENTAR Nº 05/2005. Altera o Anexo II, revoga itens II.1 e II.2 da Lei nº 3.348, de 19/07/2004. Dispõe sobre denominação de cargos do Quadro de Cargos e Provimentos dos Servidores Públicos do Poder Executivo do Município de Montes Claros. (Referente à Lei Complementar nº 01/2005)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5514</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5514/flash_6883.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5514/flash_6883.pdf</t>
   </si>
   <si>
     <t>Flash 6883._x000D_
 PROJETO DE LEI COMPLEMENTAR S/Nº/2005. (NÃO VOTADO). Regulamenta o artigo 200, inciso VII, alínea "b", da Lei Orgânica Municipal, que dispõe sobre a designação da Direção da Unidade Municipal de Ensino._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4411</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Sebastião Wellington Pimenta de Figueiredo</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4411/flash_7130.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4411/flash_7130.pdf</t>
   </si>
   <si>
     <t>Flash 7130._x000D_
 PROJETO DE LEI S/Nº/2005. (RETIRADO). Revoga a Lei nº 3.342, de 13/07/04, que denomina a "Avenida Dr. José Nunes Mourão", localizada no bairro Ibituruna._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4412</t>
   </si>
   <si>
     <t>Raimundo Pereira da Silva</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4412/flash_7131.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4412/flash_7131.pdf</t>
   </si>
   <si>
     <t>Flash 7131._x000D_
 PROJETO DE LEI S/Nº/2005. (RETIRADO). Institui o Programa de Atendimento Domiciliar ao Idoso e Portadores de Deficiência Física e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4413</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4413/flash_7132.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4413/flash_7132.pdf</t>
   </si>
   <si>
     <t>Flash 7132._x000D_
 PROJETO DE LEI S/Nº/2005. (RETIRADO). Institui o veto ao uso, pelo Poder Executivo de Montes Claros, das cores do partido político ao qual pertence, em obras públicas, benfeitorias, eventos, elementos de divulgação, formulários e/ou prédios públicos do município._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4414</t>
   </si>
   <si>
     <t>Valcir Soares da Silva</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4414/flash_7133.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4414/flash_7133.pdf</t>
   </si>
   <si>
     <t>Flash 7133._x000D_
 PROJETO DE LEI S/Nº/2005. (RETIRADO). Estabelece normas para a definição de cotas de cargos e empregos públicos, para as pessoas portadoras de deficiência, nos concursos públicos da Administração Direta e Indireta de Montes Claros e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4415</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4415/flash_7134.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4415/flash_7134.pdf</t>
   </si>
   <si>
     <t>Flash 7134._x000D_
 PROJETO DE LEI S/Nº/2005. (RETIRADO). Modifica dispositivos da Lei nº 2.891, de 30/04/2005, que dispõe sobre a Organização Administrativa da Prefeitura Municipal de Montes Claros, institui o Sistema de Controle Interno e cria a Coordenadoria do Sistema de Controle Interno no âmbito do Poder Executivo de Montes Claros e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4416</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4416/flash_7135.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4416/flash_7135.pdf</t>
   </si>
   <si>
     <t>Flash 7135._x000D_
 PROJETO DE LEI S/Nº/2005. (RETIRADO). Altera dispositivo da Lei nº 3.403, de 02/06/2005, que dispõe sobre a celebração de parcerias de empresas, clubes, universidades, associações e afins, com o Poder Executivo, para a recuperação, restauração, manutenção de praças e logradouros públicos do município de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4417</t>
   </si>
   <si>
     <t>Athos Mameluque Mota</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4417/flash_7136.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4417/flash_7136.pdf</t>
   </si>
   <si>
     <t>Flash 7136._x000D_
 PROJETO DE LEI S/Nº/2005. (RETIRADO). Dispõe sobre o licenciamento especial para o estacionamento de veículos a serviço da Justiça Comum, Federal ou do Trabalho do Município de Montes Claros e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4418</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4418/flash_7137.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4418/flash_7137.pdf</t>
   </si>
   <si>
     <t>Flash 7137._x000D_
 PROJETO DE LEI S/Nº/2005. (RETIRADO). Isenta o cidadão desempregado do pagamento da taxa de inscrição nos concursos públicos promovidos pelo Município do Montes Claros e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4419</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4419/flash_7138.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4419/flash_7138.pdf</t>
   </si>
   <si>
     <t>Flash 7138._x000D_
 PROJETO DE LEI S/Nº/2005. (RETIRADO). Autoriza o Poder Executivo a instalar nos semáforos de Montes Claros, dispositivos emissores de som, com a finalidade de auxiliar os deficientes visuais na travessia de ruas._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4421</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4421/flash_7140.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4421/flash_7140.pdf</t>
   </si>
   <si>
     <t>Flash 7140._x000D_
 PROJETO DE LEI S/Nº/2005. (RETIRADO). Altera dispositivo da Lei nº 3.403, de 02/06/2005, que dispõe sobre a celebração de parcerias de empresas, clubes, universidades, associações e afins, com o Poder Executivo, para a recuperação, restauração, manutenção de praças e logradouros públicos do município de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4422</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4422/flash_7141.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4422/flash_7141.pdf</t>
   </si>
   <si>
     <t>Flash 7141._x000D_
 PROJETO DE LEI S/Nº/2005. (RETIRADO). Altera a Lei nº 3.178, de 23/12/2003, que instituiu o Conselho de Política de Administração e Remuneração de Pessoal do Município de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4423</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4423/flash_7142.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4423/flash_7142.pdf</t>
   </si>
   <si>
     <t>Flash 7142._x000D_
 PROJETO DE LEI S/Nº/2005. (RETIRADO). Autoriza o Poder Executivo a instalar nos semáforos de Montes Claros, dispositivos emissores de som, com a finalidade de auxiliar os deficientes visuais na travessia de ruas._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4424</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4424/flash_7143.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4424/flash_7143.pdf</t>
   </si>
   <si>
     <t>Flash 7143._x000D_
 PROJETO DE LEI S/Nº/2005. (RETIRADO). Autoriza o Poder Executivo a repassar recursos financeiros, suplementar dotações do orçamento vigente e firmar convênio com a Confederação Nacional do Municípios - CNM, AMAMS e Associação Mineira de Municípios, e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4425</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4425/flash_7144.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4425/flash_7144.pdf</t>
   </si>
   <si>
     <t>Flash 7144._x000D_
 PROJETO DE LEI S/Nº/2005. (RETIRADO). Acrescenta inciso ao artigo 9º da Lei nº 2.479, de 07/05/1997, que dispõe sobre a Política de Assistência Social no Município de Montes Claros. (O inciso tem por finalidade incluir um representante da Secretaria Municipal de Segurança e Direitos do Cidadão no Conselho de Assistência Social)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4426</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4426/flash_7145.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4426/flash_7145.pdf</t>
   </si>
   <si>
     <t>Flash 7145._x000D_
 PROJETO DE LEI S/Nº/2005. (RETIRADO). Define as obrigações de pequeno valor, de que tratam os parágrafos 3º e 4º do artigo 100 da Constituição Federal de 1988, para as entidades de direito público integrantes da Administração Direta e Indireta do Município de Montes Claros, para o pagamento sem a emissão de precatórios._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4427</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4427/flash_7146.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4427/flash_7146.pdf</t>
   </si>
   <si>
     <t>Flash 7146._x000D_
 PROJETO DE LEI S/Nº/2005. (RETIRADO). Institui o Diário Oficial do Município de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4428</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4428/flash_7147.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4428/flash_7147.pdf</t>
   </si>
   <si>
     <t>Flash 7147._x000D_
 PROJETO DE LEI S/Nº/2005. (RETIRADO). Dispõe sobre a gratuidade do transporte público municipal aos oficiais do Corpo de Bombeiros de Montes Claros, e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4529</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4529/flash_6678.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4529/flash_6678.pdf</t>
   </si>
   <si>
     <t>Flash 6678._x000D_
 PROJETO DE LEI Nº 17/2005. Estabelece a obrigatoriedade da reserva de espaço físico, para obra de arte regional, nas praças, parques, jardins, áreas de lazer, logradouros e prédios públicos municipais de Montes Claros.   _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4530</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4530/flash_6679.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4530/flash_6679.pdf</t>
   </si>
   <si>
     <t>Flash 6679._x000D_
 PROJETO DE LEI Nº 42/2005. Estabelece normas para a definição de cotas de cargos e empregos públicos para as pessoas portadoras de deficiência, nos concursos públicos da Administração Direta e Indireta do Município de Montes Claros, e dá outras providências. (Reserva de 10% das vagas). (Referente à Lei nº 3.422, de 19/07/2005)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4532</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4532/flash_6680.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4532/flash_6680.pdf</t>
   </si>
   <si>
     <t>Flash 6680._x000D_
 PROJETO DE LEI Nº 56/2005. (VETADO PARCIALMENTE). Dispõe sobre a regulamentação de publicidade em veículo táxi de transporte público individual de passageiros. (Vetado os artigos 1º, 3º e 6º pelo Poder Executivo - ver flash 7221)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4533</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4533/flash_6681.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4533/flash_6681.pdf</t>
   </si>
   <si>
     <t>Flash 6681._x000D_
 PROJETO DE LEI Nº 95/2005. (ALTERADA). Define as obrigações de pequeno valor, de que tratam os parágrafos 3º e 4º do artigo 100 da Constituição Federal de 1988, para as entidades de direito público integrantes da Administração Direta e Indireta do Município de Montes Claros, para o pagamento sem a emissão de precatórios. (Referente à Lei nº 3.474, de 25/11/2005, que foi alterada pela Lei nº 5.118, de 08/03/2019)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4534</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4534/flash_6682.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4534/flash_6682.pdf</t>
   </si>
   <si>
     <t>Flash 6682._x000D_
 PROJETO DE LEI Nº 113/2005. Estabelece a obrigatoriedade do "Serviço de Salva-Vidas" nas piscinas dos clubes sociais do município de Montes Claros. (Referente à Lei nº 3.497, de 20/12/2005)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4535</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4535/flash_6683.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4535/flash_6683.pdf</t>
   </si>
   <si>
     <t>Flash 6683._x000D_
 PROJETO DE LEI Nº 133/2005. Dispõe sobre a regulamentação de publicidade em veículos denominados "táxis", de transporte público individual de passageiros.  _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4541</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4541/flash_6175.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4541/flash_6175.pdf</t>
   </si>
   <si>
     <t>Flash 6175._x000D_
 PROJETO DE LEI Nº 15/2005. Autoriza o Poder Executivo a celebrar convênio com a Secretaria de Segurança Pública do Estado de Minas Gerais, através da Polícia Civil e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4542</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4542/flash_6176.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4542/flash_6176.pdf</t>
   </si>
   <si>
     <t>Flash 6176._x000D_
 PROJETO DE LEI Nº 23/2005. Autoriza o Poder Executivo a celebrar convênio de cooperação técnico-científica com a Universidade Estadual de Montes Claros – UNIMONTES._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4543</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4543/flash_6177.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4543/flash_6177.pdf</t>
   </si>
   <si>
     <t>Flash 6177._x000D_
 PROJETO DE LEI Nº 52/2005. Autoriza o Poder Executivo a celebrar convênios de cooperação mútua com entidades da área da Educação do município de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4544</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4544/flash_6178.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4544/flash_6178.pdf</t>
   </si>
   <si>
     <t>Flash 6178._x000D_
 PROJETO DE LEI Nº 57/2005. Autoriza o Poder Executivo a firmar o V Termo Aditivo ao Contrato de Concessão, celebrado em 09/10/1974, entre o Município de Montes Claros e a Companhia de Saneamento de Minas Gerais – COPASA, para a execução e exploração dos serviços públicos de abastecimento de água e esgotamento sanitário. (Referente à Lei nº 3.435 de 18/08/2005).  _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4545</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4545/flash_6179.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4545/flash_6179.pdf</t>
   </si>
   <si>
     <t>Flash 6179._x000D_
 PROJETO DE LEI Nº 64/2005. Autoriza o Poder Executivo a celebrar convênio com o Governo do Estado de Minas Gerais através da Defensoria Pública, objetivando o apoio à criação e implementação da Defensoria Pública especializada na defesa dos direitos das mulheres em situação de violência._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4546</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4546/flash_6180.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4546/flash_6180.pdf</t>
   </si>
   <si>
     <t>Flash 6180._x000D_
 PROJETO DE LEI Nº 66/2005. Autoriza o Poder Executivo a celebrar convênio com o Instituto Brasileiro de Arte, Educação e Estudos Culturais – IBRAEC, para realização de trabalhos de pesquisas e diagnósticos do patrimônio cultural imaterial e material do município de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4547</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4547/flash_6181.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4547/flash_6181.pdf</t>
   </si>
   <si>
     <t>Flash 6181._x000D_
 PROJETO DE LEI Nº 86/2005. Autoriza o Poder Executivo a celebrar convênio com a União, através da Justiça Federal de Primeiro Grau em Minas Gerais, objetivando o apoio à criação e instalação da Vara Federal de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4548</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4548/flash_6182.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4548/flash_6182.pdf</t>
   </si>
   <si>
     <t>Flash 6182._x000D_
 PROJETO DE LEI Nº 100/2005. Autoriza o Poder Executivo a celebrar convênio com o Estado de Minas Gerais, através do Corpo de Bombeiros Militar do Estado de Minas Gerais._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4549</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4549/flash_6183.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4549/flash_6183.pdf</t>
   </si>
   <si>
     <t>Flash 6183._x000D_
 PROJETO DE LEI Nº 128/2005. Autoriza o Poder Executivo a celebrar convênio com o Estado de Minas Gerais, visando o ingresso e a participação  do Município no "Programa Máquina para o Desenvolvimento", e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4564</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4564/flash_6198.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4564/flash_6198.pdf</t>
   </si>
   <si>
     <t>Flash 6198._x000D_
 PROJETO DE LEI Nº 34/2005. Autoriza o Poder Executivo a abrir crédito adicional especial ao orçamento vigente, repassar recursos financeiros e firmar convênio com a Polícia Militar do Estado de Minas Gerais._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4565</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4565/flash_6199.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4565/flash_6199.pdf</t>
   </si>
   <si>
     <t>Flash 6199._x000D_
 PROJETO DE LEI Nº 41/2005. Autoriza a concessão de contribuição, a abertura de crédito adicional especial ao orçamento vigente, o repasse de recursos e a filiação do Município de Montes Claros à Associação dos Municípios Mineradores de Minas Gerais, e contém outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4566</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4566/flash_6200.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4566/flash_6200.pdf</t>
   </si>
   <si>
     <t>Flash 6200._x000D_
 PROJETO DE LEI Nº 53/2005. Autoriza o Poder Executivo a abrir crédito adicional especial ao orçamento vigente, repassar recursos financeiros e firmar convênio com o Programa de Apoio à Criança – PAC. (Referente à Lei nº 3.426, de 05/08/2005)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4567</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4567/flash_6201.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4567/flash_6201.pdf</t>
   </si>
   <si>
     <t>Flash 6201._x000D_
 PROJETO DE LEI Nº 59/2005. Autoriza o Poder Executivo a abrir crédito adicional especial ao orçamento vigente, repassar recursos financeiros e firmar convênio com entidades sócio educacionais do município de Montes Claros, visando o combate à desnutrição infantil._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4568</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4568/flash_6202.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4568/flash_6202.pdf</t>
   </si>
   <si>
     <t>Flash 6202._x000D_
 PROJETO DE LEI Nº 68/2005. Autoriza o Poder Executivo a abrir crédito adicional especial ao orçamento vigente, para criação e implantação do "Restaurante Popular" no município de Montes Claros, e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4569</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4569/flash_6203.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4569/flash_6203.pdf</t>
   </si>
   <si>
     <t>Flash 6203._x000D_
 PROJETO DE LEI Nº 101/2005. Autoriza o Poder Executivo a abrir crédito adicional especial ao orçamento vigente, repassar recursos financeiros e firmar o I Termo Aditivo ao Convênio celebrado com a Polícia Militar de Minas Gerais, visando a execução do Programa Educacional de Resistência às Drogas e à Violência - PROERD, no município de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4570</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4570/flash_6204.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4570/flash_6204.pdf</t>
   </si>
   <si>
     <t>Flash 6204._x000D_
 PROJETO DE LEI Nº 120/2005. Autoriza o Poder Executivo a abrir crédito adicional especial ao orçamento vigente, repassar recursos financeiros e firmar convênio com a Câmara de Dirigentes Lojistas de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4590</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4590/flash_6224.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4590/flash_6224.pdf</t>
   </si>
   <si>
     <t>Flash 6224._x000D_
 PROJETO DE LEI Nº 77/2005. Cria a "Campanha Municipal de Incentivo à Doação para Transplante de Órgãos", no município de Montes Claros e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4591</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4591/flash_6225.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4591/flash_6225.pdf</t>
   </si>
   <si>
     <t>Flash 6225._x000D_
 PROJETO DE LEI Nº 79/2005. Cria o "Conselho Municipal de Defesa dos Direitos da Pessoa com Deficiência de Montes Claros – CPDMOC", e dá outras providências. (Referente à Lei nº 3.455, de 21/10/2005).    _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4592</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4592/flash_6226.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4592/flash_6226.pdf</t>
   </si>
   <si>
     <t>Flash 6226._x000D_
 PROJETO DE LEI Nº 134/2005. Autoriza o Poder Executivo a criar o Conselho Municipal de Acompanhamento e Avaliação do Plano Decenal de Educação do Município de Montes Claros e dá outras providências. (Referente à Lei nº 3.512, de 29/12/2005)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4620</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>Eurípedes Xavier Souto</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4620/flash_6256.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4620/flash_6252.pdf</t>
   </si>
   <si>
     <t>Flash 6252._x000D_
 PROJETO DE LEI Nº 45/2005. Denomina a "Rua Altamiro Parrela", localizada no bairro Vila Campos. (Referente à Lei nº 3.428, de 09/08/2005)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4621</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4621/flash_6253.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4621/flash_6253.pdf</t>
   </si>
   <si>
     <t>Flash 6253._x000D_
 PROJETO DE LEI Nº 10/2005. Denomina a "Rua José Rodrigues Rocha", localizada no bairro Jaraguá II. (Referente à Lei nº 3.390, de 14/03/2005).   _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4622</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>Antônio Silveira de Sá</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4622/flash_6254.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4622/flash_6254.pdf</t>
   </si>
   <si>
     <t>Flash 6254._x000D_
 PROJETO DE LEI Nº 09/2005. Denomina as ruas "Davi Rodrigues Diniz", "Manoel Sarmento Oliveira" e "Sérgio Renan Figueiredo de Abreu", localizadas no bairro Vargem Grande II. (Referente à Lei nº 3.391, de 14/03/2005).   _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4623</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4623/flash_6255.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4623/flash_6255.pdf</t>
   </si>
   <si>
     <t>Flash 6255._x000D_
 PROJETO DE LEI Nº 11/2005. Denomina a "Praça Bailarino Igor Xavier", localizada no bairro Morada do Parque. (Referente à Lei nº 3.392, de 23/03/2005)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4624</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4624/imagem_6256.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4624/flash_6256.pdf</t>
   </si>
   <si>
     <t>Flash 6256._x000D_
 PROJETO DE LEI Nº 49/2005. Denomina a "Rua Engenheiro César Quadros”, localizada no bairro Morada da Serra, conhecida como rua Serra do Cipó._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4625</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>Ademar de Barros Bicalho</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4625/flash_6257.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4625/flash_6257.pdf</t>
   </si>
   <si>
     <t>Flash 6257._x000D_
 PROJETO DE LEI Nº 84/2005. Denomina de "Prefeito Doutor Pedro Santos", o prédio da Sede Administrativa da Prefeitura Municipal de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4626</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4626/flash_6258.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4626/flash_6258.pdf</t>
   </si>
   <si>
     <t>Flash 6258._x000D_
 PROJETO DE LEI Nº 47/2005. Denomina a "Rua Dona Eulina Xavier Miranda", localizada no bairro Ibituruna. (Referente à Lei nº 3.430, de 09/08/2005)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4627</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4627/flash_6259.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4627/flash_6259.pdf</t>
   </si>
   <si>
     <t>Flash 6259._x000D_
 PROJETO DE LEI Nº 48/2005. Denomina a "Rua Herculino Miranda", localizada no bairro Canelas. (Referente à Lei nº 3.431, de 09/08/2005)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4628</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4628/flash_6260.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4628/flash_6260.pdf</t>
   </si>
   <si>
     <t>Flash 6260._x000D_
 PROJETO DE LEI Nº 46/2005. Denomina a "Rua Maria Teixeira Soares”, localizada no bairro Santa Eugênia. (Referente à Lei nº 3.429, de 09/08/2005)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4629</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>Coriolando da Soledade Ribeiro Afonso</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4629/flash_6261.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4629/flash_6261.pdf</t>
   </si>
   <si>
     <t>Flash 6261._x000D_
 PROJETO DE LEI Nº 50/2005. Denomina a "Praça João Paulo II", localizada no bairro Dr. Antônio Pimenta. (Referente à Lei nº 3.427, de 09/08/2005)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4630</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4630/flash_6262.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4630/flash_6262.pdf</t>
   </si>
   <si>
     <t>Flash 6262._x000D_
 PROJETO DE LEI Nº 81/2005. Denomina a “Avenida Itamar Caldeira Brant”, localizada no bairro Cintra, conhecida popularmente como Avenida São João. (Referente à Lei nº 3.457, de 18/10/2005)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4631</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4631/flash_6263.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4631/flash_6263.pdf</t>
   </si>
   <si>
     <t>Flash 6263._x000D_
 PROJETO DE LEI Nº 82/2005. Denomina a "Rua Professora Maria Luiza Avelar”, localizada na Vila Atlântida, conhecida popularmente como Rua Interna. (Referente à Lei nº 3.458, de 18/10/2005)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4632</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4632/flash_6264.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4632/flash_6264.pdf</t>
   </si>
   <si>
     <t>Flash 6264._x000D_
 PROJETO DE LEI Nº 85/2005. Denomina a “Praça Iezid Evangelista de Almeida”, situada na confluência das ruas Coração de Jesus, Urbino Viana e Avenida Dr. João Luiz de Almeida. (Referente à Lei nº 3.461, de 18/10/2005)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4633</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>Guilherme Dias Ramos</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4633/flash_6265.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4633/flash_6265.pdf</t>
   </si>
   <si>
     <t>Flash 6265._x000D_
 PROJETO DE LEI Nº 83/2005. Denomina a "Rua Antônio Bernardo Lopes", localizada no bairro Parque Pampulha. (Referente à Lei nº 3.459, de 18/10/2005)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4644</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4644/flash_6695.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4644/flash_6695.pdf</t>
   </si>
   <si>
     <t>Flash 6695._x000D_
 PROJETO DE LEI Nº 37/2005. (ALTERADA). Dispõe sobre as Diretrizes para Elaboração da Lei Orçamentária do Município de Montes Claros, para o exercício de 2006, e dá outras providências. (Referente à Lei nº 3.417, de 07/07/2005, que foi posteriormente alterada - ver flash 6696)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4645</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4645/flash_6696.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4645/flash_6696.pdf</t>
   </si>
   <si>
     <t>Flash 6696._x000D_
 PROJETO DE LEI Nº 92/2005. Dispõe sobre a revisão/retificação do Anexo I da Lei nº 3.417, de 07/07/2005 – Metas Fiscais da Lei de Diretrizes Orçamentárias para no exercício de 2006, em função da reprogramação das receitas e despesas._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4646</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4646/flash_6697.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4646/flash_6697.pdf</t>
   </si>
   <si>
     <t>Flash 6697._x000D_
 PROJETO DE LEI Nº 112/2005. (ALTERADA). Estima a receita e fixa a despesa do município de Montes Claros para o exercício financeiro de 2006. (Emendas rejeitadas). (Referente à Lei nº 3.483, de 13/12/2005, que foi posteriormente alterada pela Lei nº 3.687, de 26/12/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4655</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4655/flash_6706.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4655/flash_6706.pdf</t>
   </si>
   <si>
     <t>Flash 6706._x000D_
 PROJETO DE LEI Nº 111/2005. Dispõe sobre o Plano Plurianual do Município de Montes Claros, para o período de 2006 a 2009. (Referente à Lei nº 3.482, de 13/12/2005)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4656</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4656/flash_6707.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4656/flash_6707.pdf</t>
   </si>
   <si>
     <t>Flash 6707._x000D_
 PROJETO DE LEI Nº 08/2005. Autoriza o Poder Executivo a repassar recursos financeiros à Fundação Hospitalar de Montes Claros/Hospital Aroldo Tourinho, à Irmandade Nossa Senhora das Mercês/Santa Casa e ao Hospital Universitário Clemente de Farias/Unimontes._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4657</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4657/flash_6708.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4657/flash_6708.pdf</t>
   </si>
   <si>
     <t>Flash 6708._x000D_
 PROJETO DE LEI Nº 16/2005. Autoriza o Poder Executivo a repassar recursos financeiros e firmar convênio com a Empresa de Assistência Técnica e Extensão Rural do Estado de Minas Gerais – EMATER._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4658</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4658/flash_6709.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4658/flash_6709.pdf</t>
   </si>
   <si>
     <t>Flash 6709._x000D_
 PROJETO DE LEI Nº 19/2005. Autoriza o Poder Executivo a repassar recursos financeiros e firmar convênio com as entidades: Assistência ao Idoso (API), Assistência ao Portador de Deficiência (PPD) e Programa de Apoio à Criança em Creche (PAC)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4659</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4659/flash_6710.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4659/flash_6710.pdf</t>
   </si>
   <si>
     <t>Flash 6710._x000D_
 PROJETO DE LEI Nº 20/2005. Autoriza o Poder Executivo a repassar recursos através de subvenção e firmar convênio com a Irmandade Nossa Senhora das Mercês de Montes Claros/Santa Casa._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4660</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4660/flash_6711.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4660/flash_6711.pdf</t>
   </si>
   <si>
     <t>Flash 6711._x000D_
 PROJETO DE LEI Nº 22/2005. Autoriza o Poder Executivo a repassar recursos financeiros e firmar convênio com a Associação Comercial e Industrial de Montes Claros - ACI, a título de contribuição para a realização da Feira Nacional da Indústria e Comércio e Serviços - FENICS 2005._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4661</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4661/flash_6712.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4661/flash_6712.pdf</t>
   </si>
   <si>
     <t>Flash 6712._x000D_
 PROJETO DE LEI Nº 24/2005. Autoriza o Poder Executivo a repassar recursos financeiros e firmar convênio com entidades representativas de Assistência Social do Município de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4662</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4662/flash_6713.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4662/flash_6713.pdf</t>
   </si>
   <si>
     <t>Flash 6713._x000D_
 PROJETO DE LEI Nº 33/2005. Autoriza o Poder Executivo a repassar recursos financeiros ao Colegiado dos Secretários Municipais de Saúde – COSEMS._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4663</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4663/flash_6714.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4663/flash_6714.pdf</t>
   </si>
   <si>
     <t>Flash 6714._x000D_
 PROJETO DE LEI Nº 27/2005. Autoriza o Poder Executivo a repassar recursos financeiros e firmar convênio com entidades representativas da Cultura de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4664</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4664/flash_6715.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4664/flash_6715.pdf</t>
   </si>
   <si>
     <t>Flash 6715._x000D_
 PROJETO DE LEI Nº 38/2005. (REVOGADA). Autoriza o Poder Executivo a repassar recursos financeiros à Fundação Sara Albuquerque Costa e à Associação de Pais e Amigos dos Excepcionais de Montes Claros – APAE. (Referente à Lei nº 3.419, de 11/07/2005, que foi posteriormente revogada - ver flash 6723)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4665</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4665/flash_6716.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4665/flash_6716.pdf</t>
   </si>
   <si>
     <t>Flash 6716._x000D_
 PROJETO DE LEI Nº 39/2005. Autoriza o Poder Executivo a repassar recursos financeiros através de subvenção e firmar convênio com a Fundação Hospitalar de Montes Claros/Hospital Aroldo Tourinho._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4666</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4666/flash_6717.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4666/flash_6717.pdf</t>
   </si>
   <si>
     <t>Flash 6717._x000D_
 PROJETO DE LEI Nº 40/2005. Autoriza o Poder Executivo a repassar recursos e firmar convênio com à União dos Dirigentes Municipais de Ensino - UNDIME._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4667</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4667/flash_6718.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4667/flash_6718.pdf</t>
   </si>
   <si>
     <t>Flash 6718._x000D_
 PROJETO DE LEI Nº 43/2005. Autoriza o Poder Executivo a repassar recursos financeiros e firmar convênio com entidades de Educação Infantil do Município de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4668</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4668/flash_6719.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4668/flash_6719.pdf</t>
   </si>
   <si>
     <t>Flash 6719._x000D_
 PROJETO DE LEI Nº 54/2005. Autoriza o Poder Executivo a repassar recursos financeiros e firmar convênio com a Associação de Promoção e Ação Social – APAS, para realização dos projetos da Festa Nacional do Pequi e das Festas de Agosto - 2005._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4669</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4669/flash_6720.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4669/flash_6720.pdf</t>
   </si>
   <si>
     <t>Flash 6720._x000D_
 PROJETO DE LEI Nº 65/2005. Autoriza o Poder Executivo a repassar recursos financeiros e firmar convênio com a Pastoral da Criança da Arquidiocese de Montes Claros e com o Grupo de Apoio e Prevenção aos Portadores de AIDS de Montes Claros – GRAPPA._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4670</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4670/flash_6721.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4670/flash_6721.pdf</t>
   </si>
   <si>
     <t>Flash 6721._x000D_
 PROJETO DE LEI Nº 74/2005. Autoriza o Poder Executivo a repassar recursos financeiros e firmar convênio com a Associação de Pais e Amigos de Excepcionais – APAE e com a Fundação Sara Albuquerque Costa._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4671</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4671/flash_6722.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4671/flash_6722.pdf</t>
   </si>
   <si>
     <t>Flash 6722._x000D_
 PROJETO DE LEI Nº 97/2005. Autoriza o Poder Executivo a repassar recursos financeiros, celebrar convênio e abrir crédito adicional especial ao orçamento vigente, em favor da "Associação Comunitária dos Moradores do Bairro Delfino Magalhães", da "Associação dos Feirantes do Grande Renascença e Região Renascer" e do "Conselho Diretor dos Líderes Comunitários do Grande Maracanã"._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4672</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4672/flash_6723.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4672/flash_6723.pdf</t>
   </si>
   <si>
     <t>Flash 6723._x000D_
 PROJETO DE LEI Nº 102/2005. Autoriza o Poder Executivo a repassar recursos financeiros e firmar convênio com a Fundação Sara Albuquerque Costa e a Associação de Pais e Amigos dos Excepcionais – APAE; abrir crédito especial ao orçamento vigente; revoga a Lei nº 3.419, de 11/07/2005, e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4673</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4673/flash_6724.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4673/flash_6724.pdf</t>
   </si>
   <si>
     <t>Flash 6724._x000D_
 PROJETO DE LEI N° 103/2005. Autoriza o Poder Executivo a suplementar o orçamento vigente, repassar recursos financeiros e firmar convênio com a Fundação Hospitalar de Montes Claros/Hospital Aroldo tourinho, a Irmandade Nossa Senhora das Mercês/Santa Casa e o Hospital Universitário Clemente de Farias/UNIMONTES._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4674</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4674/flash_6725.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4674/flash_6725.pdf</t>
   </si>
   <si>
     <t>Flash 6725._x000D_
 PROJETO DE LEI Nº 110/2005. Autoriza o Poder Executivo a repassar recursos financeiros e firmar convênio com a Confederação Nacional dos Municípios – CNM e a Associação dos Municípios da Área Mineira da Sudene – AMAMS._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4675</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4675/flash_6726.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4675/flash_6726.pdf</t>
   </si>
   <si>
     <t>Flash 6726._x000D_
 PROJETO DE LEI Nº 109/2005. Autoriza o Poder Executivo a repassar recursos financeiros, celebrar convênio e abrir crédito adicional especial em favor da Frente Mineira de Prefeitos._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4676</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4676/flash_6727.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4676/flash_6727.pdf</t>
   </si>
   <si>
     <t>Flash 6727._x000D_
 PROJETO DE LEI Nº 121/2005. Autoriza o Poder Executivo a repassar recursos financeiros e firmar convênio com o Montes Claros Tênis Clube – MCTC. (Praça de Esportes)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4677</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4677/flash_6728.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4677/flash_6728.pdf</t>
   </si>
   <si>
     <t>Flash 6728._x000D_
 PROJETO DE LEI Nº 123/2005. Autoriza o Poder Executivo a repassar recursos financeiros e firmar convênio com o Centro Comunitário e Vivência Espírita Cristã – CCVEC._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4678</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4678/flash_6729.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4678/flash_6729.pdf</t>
   </si>
   <si>
     <t>Flash 6729._x000D_
 PROJETO DE LEI Nº 124/2005. Autoriza o Poder Executivo a repassar recursos financeiros e firmar convênio com a Associação de Moradores e Amigos do bairro Major Prates._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4679</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4679/flash_6730.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4679/flash_6730.pdf</t>
   </si>
   <si>
     <t>Flash 6730._x000D_
 PROJETO DE LEI Nº 125/2005. (ALTERADA). Autoriza o Poder Executivo a repassar saldo remanescente de recursos do Fundo de Manutenção e Desenvolvimento do Ensino Fundamental e de Valorização do Magistério – FUNDEF, em forma de abono, aos profissionais do magistério, referente ao ano de 2005, nos termos do artigo 7º, e parágrafo único do artigo 8º da Lei Federal nº 9.424/96, e dá outras providências. (Referente à Lei nº 3.500, de 26/12/2005, que foi posteriormente alterada - ver flash 6640)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4680</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4680/flash_6731.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4680/flash_6731.pdf</t>
   </si>
   <si>
     <t>Flash 6731._x000D_
 PROJETO DE LEI Nº 129/2005. Autoriza o Poder Executivo a repassar recursos financeiros e firmar convênio com a Associação de Amigos e Moradores do Conjunto Habitacional José Corrêa Machado (Maracanã II)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4681</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4681/flash_6732.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4681/flash_6732.pdf</t>
   </si>
   <si>
     <t>Flash 6732._x000D_
 PROJETO DE LEI Nº 136/2005. Autoriza o Poder Executivo a repassar recursos financeiros, celebrar convênio e abrir crédito adicional especial ao orçamento vigente, em favor da Associação das Pessoas com Deficiência de Montes Claros - ADEMOC._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4692</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4692/flash_6266.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4692/flash_6266.pdf</t>
   </si>
   <si>
     <t>Flash 6266._x000D_
 PROJETO DE LEI Nº 80/2005. Denomina a "Rua Evandro Gonçalves de Oliveira", localizada no bairro Todos os Santos II. (Referente à Lei nº 3.456, de 18/10/2005)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4693</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4693/flash_6267.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4693/flash_6267.pdf</t>
   </si>
   <si>
     <t>Flash 6267._x000D_
 PROJETO DE LEI Nº 114/2005. Denomina o “Horto Florestal Jorge Tadeu Guimarães”, localizado no bairro Maracanã, entre a  rua do Cruzeiro e a rua do Corinthians._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4695</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4695/flash_6268.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4695/flash_6268.pdf</t>
   </si>
   <si>
     <t>Flash 6268._x000D_
 PROJETO DE LEI Nº 117/2005. Denomina a "Rua “Fredimar D’angelis", localizada no bairro João Botelho. (Referente à Lei nº 3.490, de 30/12/2005)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4697</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>Sebastião Ildeu Maia</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4697/flash_6269.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4697/flash_6269.pdf</t>
   </si>
   <si>
     <t>Flash 6269._x000D_
 PROJETO DE LEI Nº 116/2005. Denomina a "Rua Waldomiro Lourenço Lopes", localizada no bairro Barcelona Park._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4698</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4698/flash_6270.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4698/flash_6270.pdf</t>
   </si>
   <si>
     <t>Flash 6270._x000D_
 PROJETO DE LEI Nº 118/2005. Denomina a "Rua José Bezerra Silva", localizada no bairro Jardim Panorama; revoga a Lei nº 2.055, de 26/06/1992. (Referente à Lei nº 3.489, de 20/12/2005)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4699</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4699/flash_6271.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4699/flash_6271.pdf</t>
   </si>
   <si>
     <t>Flash 6271._x000D_
 PROJETO DE LEI Nº 119/2005. Denomina a "Rua José Sebastião Crisóstomo", localizada na Vila Oliveira. (Referente à Lei nº 3.488, de 20/12/2005)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5032</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5032/flash_6819.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5032/flash_6819.pdf</t>
   </si>
   <si>
     <t>Flash 6819._x000D_
 PROJETO DE LEI Nº 02/2005. Concede o título declaratório de utilidade pública à “Fundação Santo Agostinho”.  _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5035</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>Heráclides Gonçalves Filho (Júnior de Samambaia)</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5035/flash_6820.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5035/flash_6820.pdf</t>
   </si>
   <si>
     <t>Flash 6820._x000D_
 PROJETO DE LEI Nº 03/2005. Concede o título declaratório de utilidade pública à “Associação Comunitária dos Pequenos Produtores Rurais das Comunidades de Barrocão e Espigão”. _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5037</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5037/flash_6821.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5037/flash_6821.pdf</t>
   </si>
   <si>
     <t>Flash 6821._x000D_
 PROJETO DE LEI Nº 12/2005. Concede o título declaratório de utilidade pública à “Fundação Cultural Marina Lorenzo Fernandez”._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5039</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5039/flash_6822.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5039/flash_6822.pdf</t>
   </si>
   <si>
     <t>Flash 6822._x000D_
 PROJETO DE LEI Nº 13/2005. (ALTERADA). Concede o título declaratório de utilidade pública à "Associação de Voluntários no Apoio ao Paciente com Câncer – Projeto Presente". (Referente à Lei nº 3.394, de 14/04/2005, que foi posteriormente alterada pela Lei nº 3.806, de 04/10/2007). _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5041</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5041/flash_6823.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5041/flash_6823.pdf</t>
   </si>
   <si>
     <t>Flash 6823._x000D_
 PROJETO DE LEI Nº 14/2005. Concede o título declaratório de utilidade pública à "Companhia de Missão Social Gideões de Cristo". (Referente à Lei nº 3.393, de 14/04/2005)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5043</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5043/flash_6824.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5043/flash_6824.pdf</t>
   </si>
   <si>
     <t>Flash 6824._x000D_
 PROJETO DE LEI Nº 69/2005. Concede o título declaratório de utilidade pública à “Associação dos Produtores e Trabalhadores Rurais de Brejão, Curralinho e Caraíbas”.    _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5045</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>Aurindo José Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5045/flash_6825.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5045/flash_6825.pdf</t>
   </si>
   <si>
     <t>Flash 6825._x000D_
 PROJETO DE LEI Nº 90/2005. Concede o título declaratório de utilidade pública à “Associação Comunitária Nossa Senhora Rosa Mística”. _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5218</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5218/flash_6466.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5218/flash_6466.pdf</t>
   </si>
   <si>
     <t>Flash 6466._x000D_
 PROJETO DE LEI Nº 06/2005. Autoriza o Poder Executivo a instalar câmeras de vídeo para reforçar o sistema de segurança nas escolas da rede municipal de ensino._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5219</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5219/flash_6467.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5219/flash_6467.pdf</t>
   </si>
   <si>
     <t>Flash 6467._x000D_
 PROJETO DE LEI Nº 28/2005. Autoriza o uso dos muros e espaços adjacentes das escolas públicas municipais, através de concessão remunerada firmada pelo Poder Executivo, para uso de publicidade através de outdoors, placas e pinturas publicitárias. (Referente à Lei nº 3.412, de 24/06/2005).    _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5220</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5220/flash_6468.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5220/flash_6468.pdf</t>
   </si>
   <si>
     <t>Flash 6468._x000D_
 PROJETO DE LEI Nº 29/2005. Institui o "Programa Não à Violência Infanto-Juvenil”, no município de Montes Claros. (Referente à Lei nº 3.411, de 24/06/2005).  _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5223</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5223/flash_6469.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5223/flash_6469.pdf</t>
   </si>
   <si>
     <t>Flash 6469._x000D_
 PROJETO DE LEI Nº 31/2005. Assegura ao usuário do Sistema de Abastecimento de Água de Montes Claros, o direito de instalação de equipamento eliminador de ar da tubulação hidráulica do seu imóvel, e dá outras providências. (Referente à Lei nº 3.413, de ___/06/2005).   _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5225</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5225/flash_6470.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5225/flash_6470.pdf</t>
   </si>
   <si>
     <t>Flash 6470._x000D_
 PROJETO DE LEI Nº 35/2005. (REVOGADA). Dispõe sobre a adaptação de listas de preços e cardápios, em bares, lanchonetes, restaurantes e estabelecimentos similares, ao uso por deficientes visuais. (Referente à Lei nº 3.415, de 07/07/2005, que foi posteriormente revogada pela Lei nº 5.139, de 09/05/2019).    _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5228</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5228/flash_6471.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5228/flash_6471.pdf</t>
   </si>
   <si>
     <t>Flash 6471._x000D_
 PROJETO DE LEI Nº 36/2005. Institui o "Programa do Pelotão Ecológico Mirim nas Escolas Municipais de Montes Claros". (Referente à Lei nº 3.414, de 07/07/2005)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5230</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5230/flash_6472.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5230/flash_6472.pdf</t>
   </si>
   <si>
     <t>Flash 6472._x000D_
 PROJETO DE LEI Nº 44/2005. Autoriza a municipalização das entidades conveniadas de ensino de educação infantil no município de Montes Claros: Escola Infantil Amiguinhos da Vila, localizada no bairro Vila Guilhermina, que passará a denominar-se "CEMEI Amiguinhos da Vila" e o Instituto Educacional Cristo Rei, que passará a denominar-se "CEMEI Cristo Rei"._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5232</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5232/flash_6473.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5232/flash_6473.pdf</t>
   </si>
   <si>
     <t>Flash 6473._x000D_
 PROJETO DE LEI Nº 51/2005. Autoriza a gravação de logomarca de empresas privadas em uniformes e materiais escolares, mochilas, pastas e similares doados aos alunos da rede municipal de ensino, aos participantes dos programas das fundações municipais, bem como, em uniformes de servidores de secretarias, autarquias e empresas mistas._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5235</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5235/flash_6474.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5235/flash_6474.pdf</t>
   </si>
   <si>
     <t>Flash 6474._x000D_
 PROJETO DE LEI Nº 58/2005. Dispõe sobre a aplicação de penalidade à prática de “assédio moral”, nas dependências da Administração Pública Municipal Direta e Indireta, por servidores públicos municipais, e dá outras providências. (Referente à Lei nº 3.468, de 16/11/2005)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5237</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5237/flash_6475.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5237/flash_6475.pdf</t>
   </si>
   <si>
     <t>Flash 6475._x000D_
 PROJETO DE LEI Nº 60/2005. Dispõe sobre o licenciamento especial de veículos a serviço da Justiça Comum, Federal ou do Trabalho, e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5239</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5239/flash_6476.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5239/flash_6476.pdf</t>
   </si>
   <si>
     <t>Flash 6476._x000D_
 PROJETO DE LEI Nº 75/2005. Autoriza o Poder Executivo a delimitar e alterar a denominação das áreas do perímetro urbano, utilizadas na produção de hortifrutigranjeiros no município de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5242</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5242/flash_6477.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5242/flash_6477.pdf</t>
   </si>
   <si>
     <t>Flash 6477._x000D_
 PROJETO DE LEI Nº 107/2005. Dispõe sobre a realização de abertura de shows com capacidade superior a 3000 espectadores por músicos, cantores e conjuntos musicais do município de Montes Claros. (Referente à Lei nº 3.498, de 24/12/2005).    _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5244</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5244/flash_6478.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5244/flash_6478.pdf</t>
   </si>
   <si>
     <t>Flash 6478._x000D_
 PROJETO DE LEI Nº 135/2005. Institui o "Programa Municipal de Incentivo à Quitação de Tributo Municipal" e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5247</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5247/flash_6479.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5247/flash_6479.pdf</t>
   </si>
   <si>
     <t>Flash 6479._x000D_
-PROJETO DE LEI Nº 141/2005. (ALTERADA). Dispõe sobre a Função Pública de Conselheiro Tutelar do Município de Montes Claros. (Referente à Lei nº 3.511, de 29/12/2005, que foi posteriormente alterada pela Lei nº 4.796, de 01/07/2015)._x000D_
+PROJETO DE LEI Nº 141/2005. (ALTERADA). Dispõe sobre a Função Pública de Conselheiro Tutelar do Município de Montes Claros. (Referente à Lei nº 3.511, de 29/12/2005, que foi posteriormente alterada pela Lei nº 4.796, de 01/07/2015 e Lei nº 5.803, de 16/04/2025)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5311</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5311/flash_6526.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5311/flash_6526.pdf</t>
   </si>
   <si>
     <t>Flash 6526._x000D_
 PROJETO DE LEI Nº 115/2005. Denomina a Escola Municipal “Professora América Eleutério Nogueira”, popularmente conhecida como Escola Municipal Jason Caetano II._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5316</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5316/flash_6531.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5316/flash_6531.pdf</t>
   </si>
   <si>
     <t>Flash 6531._x000D_
 PROJETO DE LEI Nº 18/2005. Desafeta área de terreno de sua característica institucional, transfere-a para o patrimônio disponível do município, autoriza sua doação ao Estado de Minas Gerais para construção da sede do Ministério Público e dá outras providências. (Área de 740,89 m², localizada na avenida Cula Mangabeira, nº 345, Centro)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5317</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5317/flash_6532.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5317/flash_6532.pdf</t>
   </si>
   <si>
     <t>Flash 6532._x000D_
 PROJETO DE LEI Nº 25/2005. Desafeta áreas de uso institucional e autoriza modificar a destinação das mesmas objetivando atender projeto de interesse social (Programa Habitar Brasil – BID) e contém outras providências. (Terreno com área total de 9.700,74m², localizado na avenida Vargem Grande do loteamento Canelas)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5318</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5318/flash_6533.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5318/flash_6533.pdf</t>
   </si>
   <si>
     <t>Flash 6533._x000D_
 PROJETO DE LEI Nº 70/2005. Desafeta área de terreno de sua característica institucional, transfere-a para o patrimônio disponível do município, autoriza constituir servidão em favor do Estado de Minas Gerais, através da Companhia de Saneamento de Minas Gerais - COPASA e dá outras providências. (Terreno localizado no loteamento Cidade Industrial, para construção de um emissário de esgoto)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5319</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5319/flash_6534.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5319/flash_6534.pdf</t>
   </si>
   <si>
     <t>Flash 6534._x000D_
 PROJETO DE LEI Nº 76/2005. (REVOGADA). Transforma área verde em institucional, desafeta de suas características de uso institucional, transfere ao patrimônio disponível do município e dá outras providências. (Terrenos localizados nos bairros Santa Lúcia, Santo Antônio, Carmelo e Delfino Magalhães, onde serão edificadas e ampliadas as sedes para o Programa de Saúde da Família - PSF. (Referente à Lei nº 3.450, de, 04/10/2005, que foi posteriormente revogada - ver flash 6539)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5320</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5320/flash_6535.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5320/flash_6535.pdf</t>
   </si>
   <si>
     <t>Flash 6535._x000D_
 PROJETO DE LEI Nº 78/2005. Desafeta área de terreno de sua característica institucional, transfere-a para o patrimônio disponível do município, autoriza sua doação à Câmara Municipal de Montes Claros e dá outras providências. (Terreno de 4.909,00 m², localizado na avenida José Corrêa Machado). (Referente à Lei nº 3.463, de 19/10/2005).        _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5321</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5321/flash_6536.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5321/flash_6536.pdf</t>
   </si>
   <si>
     <t>Flash 6536._x000D_
 PROJETO DE LEI Nº 87/2005. Autoriza o Poder Executivo a fazer cessão administrativa de uso de imóvel público ao Montes Claros Tênis Clube - MCTC (Praça de Esportes), por um período de 03 anos, podendo ser prorrogável; celebrar convênio e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5322</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5322/flash_6537.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5322/flash_6537.pdf</t>
   </si>
   <si>
     <t>Flash 6537._x000D_
 PROJETO DE LEI Nº 88/2005. (ALTERADA). Dispõe sobre a doação de lotes de propriedade do município à Companhia de Habitação do Estado de Minas Gerais - COHAB e/ou à famílias de baixa renda, para a construção e venda de imóveis no loteamento Village do Lago III, na forma e condições que especifica. (Programa Lares Gerais). (Referente à Lei n° 3.462, de 19/10/2005, que foi posteriormente alterada pela Lei nº 3.756, de 20/06/2007).        _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5323</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5323/flash_6538.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5323/flash_6538.pdf</t>
   </si>
   <si>
     <t>Flash 6538._x000D_
 PROJETO DE LEI Nº 98/2005. Autoriza o Poder Executivo a fazer doação de terreno à Associação dos Deficientes de Montes Claros - ADEMOC. (Área de 600,00 m², localizada no bairro Canelas II, para a construção de sua sede).       _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5324</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5324/flash_6539.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5324/flash_6539.pdf</t>
   </si>
   <si>
     <t>Flash 6539._x000D_
 PROJETO DE LEI Nº 104/2005. Desafeta áreas de terreno de suas características de uso institucional, transfere-as ao patrimônio disponível do município, transforma área verde em institucional, transforma área institucional em área verde, revoga a Lei nº 3.450 de 04/10/2005, e dá outras providências. (Áreas localizadas nos bairros Santa Lúcia e Monte Carmelo para edificação das sedes para o Programa Saúde da Família – PSF)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5325</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5325/flash_6540.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5325/flash_6540.pdf</t>
   </si>
   <si>
     <t>Flash 6540._x000D_
 PROJETO DE LEI Nº 130/2005. (REVOGADA). Autoriza o Poder Executivo Municipal a fazer doação de terreno à Associação Nóbrega de Educação e Assistência Social - ANEAS. (Área de 3.880,00 m², situada na Praça Beato Francisco Coll, bairro Maracanã. (Referente à Lei nº 3.507 de 27/12/2005, que foi posteriormente revogada pela Lei nº 3.724, de 14/05/2007). _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5326</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5326/flash_6541.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5326/flash_6541.pdf</t>
   </si>
   <si>
     <t>Flash 6541._x000D_
 PROJETO DE LEI Nº 131/2005. Desafeta área de terreno de sua característica de uso institucional, transfere-a para o patrimônio disponível do município, autoriza sua doação ao Estado de Minas Gerais, e dá outras providências. (Área de 5.693,25 m², localizada no bairro Todos os Santos II, para a construção da Escola Estadual Francisco Lopes da Silva. (Referente à Lei nº 3.907, de 19/03/2008).       _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5327</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5327/flash_6542.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5327/flash_6542.pdf</t>
   </si>
   <si>
     <t>Flash 6542._x000D_
 PROJETO DE LEI Nº 138/2005. Autoriza o Poder Executivo a fazer cessão administrativa de uso de imóvel público à FLOREVALE – Floresta Vale do Jequitinhonha Ltda, por um prazo de 10 anos, podendo ser prorrogado, e dá outras providências. (Área de 40.000,00 m², localizada na avenida Governador Magalhães Pinto, nº 3.523, bairro Planalto)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5388</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5388/flash_6598.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5388/flash_6598.pdf</t>
   </si>
   <si>
     <t>Flash 6598._x000D_
 PROJETO DE LEI Nº 61/2005. Institui o “Dia do Frentista” no município de Montes Claros, a ser comemorado anualmente no dia 30 de julho. (Referente à Lei nº 3.440, de 15/09/2005)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5390</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5390/flash_6599.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5390/flash_6599.pdf</t>
   </si>
   <si>
     <t>Flash 6599._x000D_
 PROJETO DE LEI Nº 62/2005. Institui o “Dia da Pessoa com Deficiência” no município de Montes Claros, a ser comemorado anualmente no dia 03 de dezembro. (Referente à Lei nº 3.439, de 15/09/2005)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5391</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5391/flash_6600.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5391/flash_6600.pdf</t>
   </si>
   <si>
     <t>Flash 6600._x000D_
 PROJETO DE LEI Nº 89/2005. Institui o “Dia Municipal das Bandas de Músicas” em Montes Claros, a ser comemorado anualmente no dia 21 de abril. (Referente à Lei nº 3.469, de 19/11/2005)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5392</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5392/flash_6601.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5392/flash_6601.pdf</t>
   </si>
   <si>
     <t>Flash 6601._x000D_
 PROJETO DE LEI Nº 93/2005. Institui o "Dia do Movimento Hip-Hop" no município de Montes Claros, a ser comemorado anualmente no dia 20 de novembro. (Referente à Lei nº 3.471, de 25/11/2005)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5393</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5393/flash_6602.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5393/flash_6602.pdf</t>
   </si>
   <si>
     <t>Flash 6602._x000D_
 PROJETO DE LEI Nº 94/2005. Institui o "Dia Municipal da Cantineira" em Montes Claros, a ser comemorado anualmente no dia 16 de outubro. (Referente à Lei nº 3.472, de 30/11/2005)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5394</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5394/flash_6603.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5394/flash_6603.pdf</t>
   </si>
   <si>
     <t>Flash 6603._x000D_
 PROJETO DE LEI Nº 99/2005. Institui o "Dia da Guarda Municipal" no município de Montes Claros, a ser comemorado anualmente no dia 17 de outubro. (Apesar de aprovado e encaminhado para sansão, este projeto não virou Lei, conforme informação recebida da Consultoria Jurídica da Prefeitura)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5395</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5395/flash_6604.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5395/flash_6604.pdf</t>
   </si>
   <si>
     <t>Flash 6604._x000D_
 PROJETO DE LEI Nº 106/2005. Institui o "Dia Municipal de Prevenção e Orientação da Distrofia Muscular" em Montes Claros, a ser comemorado anualmente no dia 17 de setembro. (Referente à Lei nº 3.496, de 24/12/2005)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5396</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5396/flash_6605.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5396/flash_6605.pdf</t>
   </si>
   <si>
     <t>Flash 6605._x000D_
 PROJETO DE LEI Nº 122/2005. Institui o “Dia Municipal dos Agentes Comunitários de Saúde do PSF – Programa Saúde da Família” em Montes Claros, a ser comemorado anualmente no dia 30 de maio. (Referente à Lei nº 3.486, de 20/12/2005).  _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5410</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>MESA DIRETORA - MESA</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5410/flash_6619.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5410/flash_6619.pdf</t>
   </si>
   <si>
     <t>Flash 6619._x000D_
 PROJETO DE LEI Nº 01/2005. Altera dispositivos da Lei nº 3.191, de 11/02/2004, que alterou dispositivos da Resolução nº 15, de 27/08/1999, que dispõe sobre reajuste de vencimentos, verba de gabinete e a sistemática de pontuação para efeito de remuneração dos servidores de gabinete, e dá outras providências. (Referente à Lei nº 3.382, de 12/01/2005).     _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5411</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5411/flash_6620.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5411/flash_6620.pdf</t>
   </si>
   <si>
     <t>Flash 6620._x000D_
 PROJETO DE LEI Nº 04/2005. (REVOGADA). Altera e revoga dispositivos da Lei nº 2.566 de 30/12/1997, que dispõe sobre o Código Tributário Municipal. (Referente à Lei nº 3.384, de 02/02/2005, que foi posteriormente revogada pela Lei Complementar nº 04, de 07/12/2005).   _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5413</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5413/flash_6622.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5413/flash_6622.pdf</t>
   </si>
   <si>
     <t>Flash 6622._x000D_
 PROJETO DE LEI Nº 07/2005. Dá nova redação à Lei nº 2.640, de 16/10/1998, que dispõe sobre a "Meia Entrada" para estudantes. Revoga as Leis nº 2.640, de 16/10/1998, nº 2.188, de 31/03/1994 e nº 3.373, de 22/12/2004. (Referente à Lei nº 3.389, de 11/03/2005).  _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5414</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5414/flash_6623.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5414/flash_6623.pdf</t>
   </si>
   <si>
     <t>Flash 6623._x000D_
 PROJETO DE LEI Nº 21/2005. Autoriza o Poder Executivo a firmar parcerias com entidades diversas, pessoas físicas e jurídicas, objetivando a construção, recuperação, conservação, ampliação, instalação e manutenção de praças, logradouros públicos, áreas de lazer, centros esportivos, bibliotecas, centros culturais e centros comunitários no núcleo do município. Revoga as Leis nº 2.122, de 06/07/1993 e nº 2.814, de 01/03/2000, que dispõem sobre o Programa Municipal de Adoção de Praças Públicas, por empresas particulares. (Referente à Lei nº 3.403, de 02/06/2005)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5415</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5415/flash_6624.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5415/flash_6624.pdf</t>
   </si>
   <si>
     <t>Flash 6624._x000D_
 PROJETO DE LEI Nº 30/2005. Modifica o artigo 1º da Lei nº 3.400, de 04/05/2005, que dispõe sobre a doação de terreno ao Estado de Minas Gerais, para construção da sede do Ministério Público. (As dimensões da área de terreno doada passou a ser de 890,48 m²)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5418</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5418/flash_6627.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5418/flash_6627.pdf</t>
   </si>
   <si>
     <t>Flash 6627._x000D_
 PROJETO DE LEI Nº 67/2005. Altera a Emenda e Dispositivos da Lei nº 3.426, de 05/08/2005, que autoriza o Poder Executivo a repassar recursos financeiros e firmar convênio com o Programa de Apoio à Criança – PAC._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5419</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5419/flash_6628.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5419/flash_6628.pdf</t>
   </si>
   <si>
     <t>Flash 6628._x000D_
 PROJETO DE LEI Nº 71/2005. Revoga-se o inciso I e altera redação do parágrafo 1º do artigo 3º da Lei nº 2.892, de 30/04/2001, e acrescentam-se novos incisos a este artigo. (Dispõe sobre a Guarda Municipal de Montes Claros). (Referente à Lei nº 3.449, de 30/10/2005)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5420</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5420/flash_6629.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5420/flash_6629.pdf</t>
   </si>
   <si>
     <t>Flash 6629._x000D_
 PROJETO DE LEI Nº 72/2005. (REVOGADA). Revoga o artigo 1º da Lei nº 3.079, de 20/02/2003, que dispõe sobre o Conselho Municipal de Desenvolvimento Rural Sustentável – CMDRS. (Referente à Lei nº 3.451, de 04/10/2005, que foi posteriormente revogada pela Lei nº 3.694, de 02/03/2007)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5421</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5421/flash_6630.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5421/flash_6630.pdf</t>
   </si>
   <si>
     <t>Flash 6630._x000D_
 PROJETO DE LEI Nº 73/2005. (REVOGADA). Altera o inciso IV do artigo 2º da Lei nº 3.000, de 12/04/02, que dispõe sobre o Conselho Municipal de Desenvolvimento Rural Sustentável – CMDRS. (Referente à Lei nº 3.452, de 04/10/2005, que foi posteriormente revogada pela Lei nº 3.694, de 02/03/2007)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5422</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5422/flash_6631.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5422/flash_6631.pdf</t>
   </si>
   <si>
     <t>Flash 6631._x000D_
 PROJETO DE LEI Nº 96/2005. (REVOGADA). Altera parcialmente a composição dos anexos da Lei nº 3.348, de 19/07/2004, que alterou a composição dos anexos da Lei nº 3.194, de 26/03/2004. Dispõe sobre o Quadro de Cargos e Provimentos dos Servidores do Poder Executivo do Município de Montes Claros (grupo de chefia). (Referente à Lei nº 3.481, de 07/12/2005, que foi posteriormente revogada pela Lei Complementar nº 010/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5423</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5423/flash_6632.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5423/flash_6632.pdf</t>
   </si>
   <si>
     <t>Flash 6632._x000D_
 PROJETO DE LEI Nº 105/2005. Altera/revoga o artigo 1º da Lei nº 2.581, de 28/04/1998, que concedeu o título declaratório de utilidade pública à Sociedade das Irmãs Missionárias Diocesanas de Montes Claros. (Com a nova redação, a entidade passou a denominar-se "Associação das Irmãs Franciscanas Missionárias Diocesanas da Encarnação")._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5424</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5424/flash_6633.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5424/flash_6633.pdf</t>
   </si>
   <si>
     <t>Flash 6633._x000D_
 PROJETO DE LEI Nº 126/2005. Altera a redação dos artigos 4º, 5º e 7º da Lei nº 2.300, de 26/12/95, que dispõe sobre a concessão de incentivos fiscais às empresas industriais que se instalarem no município de Montes Claros. (Referente à Lei nº 3.502, de 21/12/2005).  _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5426</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5426/flash_6635.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5426/flash_6635.pdf</t>
   </si>
   <si>
     <t>Flash 6635._x000D_
 PROJETO DE LEI Nº 132/2005. Dá nova redação ao parágrafo 3º do artigo 197 da Lei nº 3.175, de 23/12/2003, que dispõe sobre o Estatuto do Servidor do_x000D_
 Município de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5462</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5462/flash_6636.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5462/flash_6636.pdf</t>
   </si>
   <si>
     <t>Flash 6636._x000D_
 PROJETO DE LEI Nº 137/2005. Dá nova redação aos artigos 199 e 210 da Lei nº 3.175, de 23/12/2003, que dispõe sobre o Estatuto do Servidor Público do Município de Montes Claros. (Referente à Lei nº 3.515/2005)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5463</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5463/flash_6637.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5463/flash_6637.pdf</t>
   </si>
   <si>
     <t>Flash 6637._x000D_
 PROJETO DE LEI Nº 139/2005. (REVOGADA). Altera dispositivos e anexos da Lei nº 3.031, de 16/07/2002, que dispõe sobre Normas de Uso e Ocupação do Solo no Município de Montes Claros. (Referente à Lei nº 3.510, de 29/12/2005, que foi posteriormente revogada pela Lei nº 4.198, de 23/12/2009)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5493</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5493/flash_6875.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5493/flash_6875.pdf</t>
   </si>
   <si>
     <t>Flash 6875._x000D_
 PROJETO DE LEI S/Nº/2005. (NÃO VOTADO). Denomina a "Avenida “Walduck Wanderley”, conhecida popularmente como Avenida do Aeroporto, localizada no bairro Esplanada._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5495</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5495/flash_6876.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5495/flash_6876.pdf</t>
   </si>
   <si>
     <t>Flash 6876._x000D_
 PROJETO DE LEI S/Nº/2005. (NÃO VOTADO). Cria o Projeto “Mais Segurança” no município de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5497</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5497/flash_6877.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5497/flash_6877.pdf</t>
   </si>
   <si>
     <t>Flash 6877._x000D_
 PROJETO DE LEI S/Nº/2005. (NÃO VOTADO). Dispõe sobre a inclusão do ensino da Língua Espanhola nas escolas públicas municipais de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5500</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5500/flash_6878.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5500/flash_6878.pdf</t>
   </si>
   <si>
     <t>Flash 6878._x000D_
 PROJETO DE LEI S/Nº/2005. (NÃO VOTADO). Dispõe sobre a criação do Conselho Municipal dos Direitos da Mulher – CMDM e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5503</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5503/flash_6879.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5503/flash_6879.pdf</t>
   </si>
   <si>
     <t>Flash 6879._x000D_
 PROJETO DE LEI S/Nº/2005. (NÃO VOTADO). Dispõe sobre parcerias para construção, recuperação, conservação e manutenção de praças, logradouros públicos, áreas de lazer, bibliotecas, centros culturais, centros esportivos e comunitários de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5506</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5506/flash_6880.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5506/flash_6880.pdf</t>
   </si>
   <si>
     <t>Flash 6880._x000D_
 PROJETO DE LEI S/Nº/2005. (NÃO VOTADO). Dispõe sobre indenização aos proprietários de veículos, vítimas de danos materiais ocorridos durante a utilização do Estacionamento ÁREAZUL (Área Azul), nas vias públicas de Montes Claros, e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5510</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5510/flash_6881.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5510/flash_6881.pdf</t>
   </si>
   <si>
     <t>Flash 6881._x000D_
 PROJETO DE LEI S/Nº/2005. (NÃO VOTADO). Dispõe sobre as indenizações às vítimas de acidente, causados pela má conservação das vias públicas municipais e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5511</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5511/flash_6882.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5511/flash_6882.pdf</t>
   </si>
   <si>
     <t>Flash 6882._x000D_
 PROJETO DE LEI S/Nº/2005. (NÃO VOTADO). Institui o “Programa Municipal de Incentivos às Indústrias Caseiras” do município de Montes Claros, e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5516</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5516/flash_6884.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5516/flash_6884.pdf</t>
   </si>
   <si>
     <t>Flash 6884._x000D_
 PROJETO DE LEI S/Nº/2005. (NÃO VOTADO). Altera dispositivos da Lei nº 2.779 de 16/11/1999, da Lei nº 2.824 de 27/03/2000, da Lei nº 2.900 de 01/06/2001, que estabelecem normas disciplinadoras do serviço de Moto-Táxi no município de Montes Claros e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5518</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5518/flash_6885.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5518/flash_6885.pdf</t>
   </si>
   <si>
     <t>Flash 6885._x000D_
 PROJETO DE LEI S/Nº/2005. (NÃO VOTADO). Dispõe sobre a obrigatoriedade em destinar áreas para estacionamento de bicicletas em prédios públicos municipais, terminais de transporte rodoviário, hospitais, agências bancárias, shopping centers, supermercados e hipermercados._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5520</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5520/flash_6886.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5520/flash_6886.pdf</t>
   </si>
   <si>
     <t>Flash 6886._x000D_
 PROJETO DE LEI S/Nº/2005. (NÃO VOTADO). Institui no currículo da rede municipal de ensino, conteúdos voltados ao processo de envelhecimento, ao respeito e à valorização do idoso._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5521</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5521/flash_6887.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5521/flash_6887.pdf</t>
   </si>
   <si>
     <t>Flash 6887._x000D_
 PROJETO DE LEI S/Nº/2005. (NÃO VOTADO). Denomina a "Rua Deputado Jader Figueiredo”, conhecida popularmente como Rua Coronel José Alves, localizada no bairro Alto São João._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5522</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5522/flash_6888.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5522/flash_6888.pdf</t>
   </si>
   <si>
     <t>Flash 6888._x000D_
 PROJETO DE LEI S/Nº/2005. (NÃO VOTADO). Altera dispositivo da Lei nº 3.176, de 23/12/2003, que dispõe sobre o Estatuto, o Plano de Cargos e a Remuneração do Magistério do Município de Montes Claros e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5523</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5523/flash_6889.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5523/flash_6889.pdf</t>
   </si>
   <si>
     <t>Flash 6889._x000D_
 PROJETO DE LEI S/Nº/2005. (NÃO VOTADO). Autoriza o Poder Executivo a instituir e regulamentar o incentivo ao pagamento do IPTU, através do sistema de premiação, e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5524</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5524/flash_6890.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5524/flash_6890.pdf</t>
   </si>
   <si>
     <t>Flash 6890._x000D_
 PROJETO DE LEI S/Nº/2005. (NÃO VOTADO). Institui no currículo das escolas municipais de Montes Claros, as áreas de conhecimento denominadas: "Cooperativismo", "Associativismo" e "Meio Ambiente" e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5525</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5525/flash_6891.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5525/flash_6891.pdf</t>
   </si>
   <si>
     <t>Flash 6891._x000D_
 PROJETO DE LEI S/Nº/2005. (NÃO VOTADO). Denomina a "Rua Vereador Conrado Pereira”, localizada no bairro Todos os Santos II._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5526</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5526/flash_6892.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5526/flash_6892.pdf</t>
   </si>
   <si>
     <t>Flash 6892._x000D_
 PROJETO DE LEI S/Nº/2005. (NÃO VOTADO). Assegura ao cidadão do município de Montes Claros, o direito de acesso a medicamentos manipulados pelas farmácias credenciadas da cidade, e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5527</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5527/flash_6893.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5527/flash_6893.pdf</t>
   </si>
   <si>
     <t>Flash 6893._x000D_
 PROJETO DE LEI S/Nº/2005. (NÃO VOTADO). Denomina a "Rodovia Engenheiro Abelard Câmara”, conhecida popularmente como "Estrada da Produção"._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5528</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5528/flash_6894.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5528/flash_6894.pdf</t>
   </si>
   <si>
     <t>Flash 6894._x000D_
 PROJETO DE LEI S/Nº/2005. (NÃO VOTADO). Dispõe sobre a redução em 50% sobre as áreas destinadas para o Estacionamento “ÁREAZUL” (Área Azul) e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5530</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5530/flash_6895.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5530/flash_6895.pdf</t>
   </si>
   <si>
     <t>Flash 6895._x000D_
 PROJETO DE LEI S/Nº/2005. (NÃO VOTADO). Dispõe sobre a padronização das cores utilizadas para pintura dos prédios públicos do município de Montes Claros e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5534</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5534/flash_6896.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5534/flash_6896.pdf</t>
   </si>
   <si>
     <t>Flash 6896._x000D_
 PROJETO DE LEI S/Nº/2005. (NÃO VOTADO). Dispõe sobre o programa de incentivo à arborização de ruas, praças e jardins do município de Montes Claros e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5535</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5535/flash_6897.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5535/flash_6897.pdf</t>
   </si>
   <si>
     <t>Flash 6897._x000D_
 PROJETO DE LEI S/Nº/2005. (NÃO VOTADO). Considera como utilidade pública municipal a obra literária intitulada “História Primitiva de Montes Claros e outros aspectos do Médio São Francisco”, do historiador e escritor Dário Teixeira Cotrim._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5537</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5537/flash_6898.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5537/flash_6898.pdf</t>
   </si>
   <si>
     <t>Flash 6898._x000D_
 PROJETO DE LEI S/Nº/2005. (NÃO VOTADO). Denomina oficialmente de “Professora Terezinha Miranda” a Unidade Municipal de Ensino Infantil, conhecida popularmente como UMEI “Alegria de Viver”._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5538</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5538/flash_6899.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5538/flash_6899.pdf</t>
   </si>
   <si>
     <t>Flash 6899._x000D_
 PROJETO DE LEI S/Nº/2005. (NÃO VOTADO). Dispõe sobre a reserva de vagas para estagiário portador de deficiência, em órgão da Administração Pública Direta e Indireta do Município de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5542</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5542/flash_6900.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5542/flash_6900.pdf</t>
   </si>
   <si>
     <t>Flash 6900._x000D_
 PROJETO DE LEI S/Nº/2005. (NÃO VOTADO). Dispõe sobre as diretrizes que estabelecem a acessibilidade às pessoas portadoras de deficiências físicas ou com mobilidade reduzida em espaços públicos do município de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5550</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5550/flash_6901.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5550/flash_6901.pdf</t>
   </si>
   <si>
     <t>Flash 6901._x000D_
 PROJETO DE LEI S/Nº/2005. (NÃO VOTADO). Revoga a Lei nº 3.357, de 22/09/2004, que denominou a "Rua Walter Linhares Frota Machado"._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5552</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5552/flash_6902.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5552/flash_6902.pdf</t>
   </si>
   <si>
     <t>Flash 6902._x000D_
 PROJETO DE LEI S/Nº/2005. (NÃO VOTADO). Denomina a "Escola Municipal Professora Heloísa Sarmento”, localizada no bairro Independência._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5553</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5553/flash_6903.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5553/flash_6903.pdf</t>
   </si>
   <si>
     <t>Flash 6903._x000D_
 PROJETO DE LEI S/Nº/2005. (NÃO VOTADO). Dispõe sobre a criação do Programa Municipal de Atenção à Saúde do Escolar e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5554</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5554/flash_6904.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5554/flash_6904.pdf</t>
   </si>
   <si>
     <t>Flash 6904._x000D_
 PROJETO DE LEI S/Nº/2005. (NÃO VOTADO). Altera dispositivo da Lei nº 2.705 de 22/04/1999, que dispõe sobre a Política Cultural do Município de Montes Claros e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5555</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5555/flash_6905.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5555/flash_6905.pdf</t>
   </si>
   <si>
     <t>Flash 6905._x000D_
 PROJETO DE LEI S/Nº/2005. (NÃO VOTADO). Reconhece no âmbito do Município de Montes Claros a Língua Brasileira de Sinais - LIBRAS, como língua de instrução e meio de comunicação objetiva e de uso corrente da comunidade surda e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5557</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5557/flash_6906.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5557/flash_6906.pdf</t>
   </si>
   <si>
     <t>Flash 6906._x000D_
 PROJETO DE LEI S/Nº/2005. (NÃO VOTADO). Institui a obrigatoriedade de mensagens aos portadores de deficiência auditiva na propaganda oficial do município de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5560</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5560/flash_6907.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5560/flash_6907.pdf</t>
   </si>
   <si>
     <t>Flash 6907._x000D_
 PROJETO DE LEI S/Nº/2005. (NÃO VOTADO). Institui o Programa de Assistência Municipal de Engenharia Pública, no município de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5561</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5561/flash_6908.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5561/flash_6908.pdf</t>
   </si>
   <si>
     <t>Flash 6908._x000D_
 PROJETO DE LEI S/Nº/2005. (NÃO VOTADO). Dispõe sobre a obrigatoriedade da preservação das áreas de risco (encostas) existentes no município de Montes Claros, para impedir que sejam ocupadas._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5562</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5562/flash_6909.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5562/flash_6909.pdf</t>
   </si>
   <si>
     <t>Flash 6909._x000D_
 PROJETO DE LEI S/Nº/2005. (NÃO VOTADO). Estabelece critérios para a cobrança da Taxa de Iluminação Pública no município de Montes Claros e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5563</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5563/flash_6910.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5563/flash_6910.pdf</t>
   </si>
   <si>
     <t>Flash 6910._x000D_
 PROJETO DE LEI S/Nº/2005. (NÃO VOTADO). Estabelece a obrigatoriedade das agências bancárias do município, possuírem sanitários e bebedouros nas suas dependências, para uso dos clientes._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5565</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5565/flash_6911.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5565/flash_6911.pdf</t>
   </si>
   <si>
     <t>Flash 6911._x000D_
 PROJETO DE LEI S/Nº/2005. (NÃO VOTADO). Institui o "Programa Parceiro da Saúde do Idoso" no município de Montes Claros e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5566</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5566/flash_6912.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5566/flash_6912.pdf</t>
   </si>
   <si>
     <t>Flash 6912._x000D_
 PROJETO DE LEI S/Nº/2005. (NÃO VOTADO). Dispõe sobre normas para a instalação de circos ou parques de diversões no perímetro urbano do município de Montes Claros, e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5567</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5567/flash_6913.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5567/flash_6913.pdf</t>
   </si>
   <si>
     <t>Flash 6913._x000D_
 PROJETO DE LEI S/Nº/2005. (NÃO VOTADO). Dispõe sobre a autorização para os motoristas de táxi, solicitarem ou não, documentos de seus passageiros no embarque, e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5568</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5568/flash_6914.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5568/flash_6914.pdf</t>
   </si>
   <si>
     <t>Flash 6914._x000D_
 PROJETO DE LEI S/Nº/2005. (NÃO VOTADO). Dispõe sobre a proibição do uso de publicidade em postes dos serviços de telefonia, eletricidade e iluminação pública no município de Montes Claros e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5569</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5569/flash_6915.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5569/flash_6915.pdf</t>
   </si>
   <si>
     <t>Flash 6915._x000D_
 PROJETO DE LEI S/Nº/2005. (NÃO VOTADO). Dispõe sobre a divulgação na internet, através do site oficial da Prefeitura, da relação dos medicamentos disponíveis ou não, no estoque da Secretaria Municipal de Saúde e nos Postos de Saúde, e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5570</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5570/flash_6916.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5570/flash_6916.pdf</t>
   </si>
   <si>
     <t>Flash 6916._x000D_
 PROJETO DE LEI S/Nº/2005. (NÃO VOTADO). Institui o "Programa de Coleta Seletiva de Lixo Reciclável nas Escolas da Rede Pública do Município de Montes Claros"._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5571</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5571/flash_6917.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5571/flash_6917.pdf</t>
   </si>
   <si>
     <t>Flash 6917._x000D_
 PROJETO DE LEI S/Nº/2005. (NÃO VOTADO). Institui o Programa Municipal de Educação Fiscal e seu respectivo grupo de trabalho._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5573</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5573/flash_6918.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5573/flash_6918.pdf</t>
   </si>
   <si>
     <t>Flash 6918._x000D_
 PROJETO DE LEI S/Nº/2005. (NÃO VOTADO). Denomina a "Rua João Figueiredo”, conhecida popularmente como "Rua João Carroceiro”, localizada no bairro Nossa Senhora das Graças._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4420</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4420/flash_7139.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4420/flash_7139.pdf</t>
   </si>
   <si>
     <t>Flash 7139._x000D_
 PROJETO DE LEI S/Nº/2005. (RETIRADO). Institui o “Dia da Pessoa Portadora de Deficiência”, a ser comemorado anualmente no dia 03 de dezembro, e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>10685</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/10685/flash_6816a.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/10685/flash_6816a.pdf</t>
   </si>
   <si>
     <t>Flash 6816A._x000D_
 PROJETO DE LEI Nº 26/2005. Dispõe sobre revisão geral dos vencimentos dos servidores municipais efetivos, comissionados e contratados pela Prefeitura de Montes Claros, e contém outras providências. _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>10687</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/10687/flash_6816b.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/10687/flash_6816b.pdf</t>
   </si>
   <si>
     <t>Flash 6816B._x000D_
 PROJETO DE LEI Nº 63/2005. Concede abono de 3% à remuneração de contribuição do servidor efetivo da Administração Pública, conforme parágrafo 1º do artigo 14 da Lei Complementar nº 02, de 23/06/2005, e dá outras providências. (Referente à Lei nº 3.437, de 13/09/2005). (OBS.: este abono foi extinto, no âmbito do Poder Executivo, conforme Lei nº 4.806, de 15/07/2015). _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5653</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5653/flash_7524.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5653/flash_7524.pdf</t>
   </si>
   <si>
     <t>Flash 7524._x000D_
 PROJETO DE RESOLUÇÃO S/Nº/2005. (NÃO VOTADO). Altera dispositivos e acrescenta o parágrafo 3º ao artigo 4º, da Resolução nº 30, de 04/06/2002. _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5649</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5649/flash_7523.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5649/flash_7523.pdf</t>
   </si>
   <si>
     <t>Flash 7523._x000D_
 PROJETO DE RESOLUÇÃO S/Nº/2005. (NÃO VOTADO). Altera a redação do caput do artigo 133 e seu parágrafo 2º do Regimento Interno da Câmara Municipal, modificado pela Resolução nº 03/2001._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5775</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5775/flash_7571.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5775/flash_7571.pdf</t>
   </si>
   <si>
     <t>Flash 7571._x000D_
 PROJETO DE RESOLUÇÃO S/Nº/2005. (RETIRADO). Modifica a redação do artigo 66 do Regimento Interno da Câmara Municipal de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5777</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5777/flash_7572.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5777/flash_7572.pdf</t>
   </si>
   <si>
     <t>Flash 7572._x000D_
  PROJETO DE RESOLUÇÃO S/Nº/2005. (RETIRADO). Altera a redação do parágrafo 1º do artigo 28 do Regimento Interno da Câmara Municipal de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5779</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5779/flash_7573.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5779/flash_7573.pdf</t>
   </si>
   <si>
     <t>Flash 7573._x000D_
  PROJETO DE RESOLUÇÃO S/Nº/2005. (RETIRADO). Altera a redação do caput do artigo 87 e cria o parágrafo 3º no mesmo artigo do Regimento Interno da Câmara Municipal._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5782</t>
   </si>
   <si>
     <t>Athos Mameluque Mota, Marcos Nem, Maria de Fátima Pereira Macedo, Valcir Soares da Silva</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5782/flash_7574.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5782/flash_7574.pdf</t>
   </si>
   <si>
     <t>Flash 7574._x000D_
 PROJETO DE RESOLUÇÃO S/Nº/2005. (RETIRADO). Altera a redação do parágrafo 2º do artigo 133 do Regimento Interno da Câmara Municipal de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5793</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5793/flash_7582.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5793/flash_7582.pdf</t>
   </si>
   <si>
     <t>Flash 7582._x000D_
 Requerimentos do vereador Ademar de Barros Bicalho, apresentados à Câmara Municipal de Montes Claros, no período de 11/01/2005 a 15/12/2008._x000D_
 Sebastião Ildeu Maia/ Coriolando da Soledade Ribeiro Afonso (Presidentes da Legislatura 2005-2008).</t>
   </si>
   <si>
     <t>5794</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5794/flash_7583.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5794/flash_7583.pdf</t>
   </si>
   <si>
     <t>Flash 7583._x000D_
 Requerimentos do vereador Antônio Silveira de Sá, apresentados à Câmara Municipal de Montes Claros, no período de 02/01/2005 a 26/08/ 2008._x000D_
 Sebastião Ildeu Maia/ Coriolando da Soledade Ribeiro Afonso (Presidentes da Legislatura 2005-2008).</t>
   </si>
   <si>
     <t>5795</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5795/flash_7584.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5795/flash_7584.pdf</t>
   </si>
   <si>
     <t>Flash 7584._x000D_
 Requerimentos do vereador Athos Mameluque Mota, apresentados à Câmara Municipal de Montes Claros, no período de 28/02/2005 a 27/10/2008._x000D_
 Sebastião Ildeu Maia/ Coriolando da Soledade Ribeiro Afonso (Presidentes da Legislatura 2005-2008).</t>
   </si>
   <si>
     <t>5796</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5796/flash_7585.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5796/flash_7585.pdf</t>
   </si>
   <si>
     <t>Flash 7585._x000D_
 Requerimentos do vereador Aurindo José Ribeiro, apresentados à Câmara Municipal de Montes Claros, no período de 10/02/2005 a 27/05/2008._x000D_
 Sebastião Ildeu Maia/ Coriolando da Soledade Ribeiro Afonso (Presidentes da Legislatura 2005-2008).</t>
   </si>
   <si>
     <t>5797</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5797/flash_7586.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5797/flash_7586.pdf</t>
   </si>
   <si>
     <t>Flash 7586._x000D_
 Requerimentos do vereador Coriolando da Soledade Ribeiro Afonso, apresentados à Câmara Municipal de Montes Claros, no período de 19/01/2005 a 28/10/2008._x000D_
 Sebastião Ildeu Maia/ Coriolando da Soledade Ribeiro Afonso (Presidentes da Legislatura 2005-2008).</t>
   </si>
   <si>
     <t>5798</t>
   </si>
   <si>
     <t>Damázio Wladimir Silva</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5798/flash_7587.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5798/flash_7587.pdf</t>
   </si>
   <si>
     <t>Flash 7587._x000D_
 Requerimentos do vereador Damázio Wladimir Silva, apresentados à Câmara Municipal de Montes Claros, no período de 26/01 a 02/05/2005._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5799</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5799/flash_7588.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5799/flash_7588.pdf</t>
   </si>
   <si>
     <t>Flash 7588._x000D_
 Requerimentos do vereador Eurípedes Xavier Souto, apresentados à Câmara Municipal de Montes Claros, no período de 11/01/2005 a 12/05/2008._x000D_
 Sebastião Ildeu Maia, Coriolando da Soledade Ribeiro Afonso (Presidentes da Legislatura 2005-2008).</t>
   </si>
   <si>
     <t>5800</t>
   </si>
   <si>
     <t>Gonçalo de Souza Gomes</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5800/flash_7589.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5800/flash_7589.pdf</t>
   </si>
   <si>
     <t>Flash 7589._x000D_
 Requerimentos do vereador Gonçalo de Souza Gomes, apresentados à Câmara Municipal de Montes Claros, no período de 14/06 a 05/09/2005._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5802</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5802/flash_7590.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5802/flash_7590.pdf</t>
   </si>
   <si>
     <t>Flash 7590._x000D_
 Requerimentos do vereador Guilherme Dias Ramos, apresentados à Câmara Municipal de Montes Claros, no período de 31/01/2005 a 23/10/2008._x000D_
 Sebastião Ildeu Maia/ Coriolando da Soledade Ribeiro Afonso (Presidentes da Legislatura 2005-2008).</t>
   </si>
   <si>
     <t>5805</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5805/flash_7591.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5805/flash_7591.pdf</t>
   </si>
   <si>
     <t>Flash 7591._x000D_
 Requerimentos do vereador Heráclides Gonçalves Filho, apresentados à Câmara Municipal de Montes Claros, no período de 10/01/2005 a 13/11/2008._x000D_
 Sebastião Ildeu Maia/ Coriolando da Soledade Ribeiro Afonso (Presidentes da Legislatura 2005-2008).</t>
   </si>
   <si>
     <t>5807</t>
   </si>
   <si>
     <t>Marcos Nem</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5807/flash_7592.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5807/flash_7592.pdf</t>
   </si>
   <si>
     <t>Flash 7592._x000D_
 Requerimentos do vereador José Marcos Martins de Freitas, apresentados à Câmara Municipal de Montes Claros, no período de 06/01/2005 a 08/12/2008._x000D_
 Sebastião Ildeu Maia, Coriolando da Soledade Ribeiro Afonso  (Presidentes da Legislatura).</t>
   </si>
   <si>
     <t>5809</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5809/flash_7593.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5809/flash_7593.pdf</t>
   </si>
   <si>
     <t>Flash 7593._x000D_
 Requerimentos da vereadora Maria de Fátima Pereira Macedo, apresentados à Câmara Municipal de Montes Claros, no período de 03/01/2005 a 01/09/2008._x000D_
 Sebastião Ildeu Maia, Coriolando da Soledade Ribeiro Afonso (Presidentes da Legislatura 2005-2008).</t>
   </si>
   <si>
     <t>5812</t>
   </si>
   <si>
     <t>Rosemberg dos Anjos Medeiros</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5812/flash_7595.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5812/flash_7595.pdf</t>
   </si>
   <si>
     <t>Flash 7595._x000D_
 Requerimentos do vereador Rosemberg dos Anjos Medeiros, apresentados à Câmara Municipal de Montes Claros, nos períodos de 26/01 a 19/10/2005, e, de 06/01/2007 a 31/07/2008._x000D_
 Sebastião Ildeu Maia/ Coriolando da Soledade Ribeiro Afonso (Presidentes da Legislatura 2005-2008).</t>
   </si>
   <si>
     <t>5817</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5817/flash_7597.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5817/flash_7597.pdf</t>
   </si>
   <si>
     <t>Flash 7597._x000D_
 Requerimentos do vereador Sebastião Ildeu Maia, apresentados à Câmara Municipal de Montes Claros, no período de 18/01/2005 a 27/11/2008._x000D_
 Sebastião Ildeu Maia/ Coriolando da Soledade Ribeiro Afonso (Presidentes da Legislatura 2005-2008).</t>
   </si>
   <si>
     <t>5819</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5819/flash_7598.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5819/flash_7598.pdf</t>
   </si>
   <si>
     <t>Flash 7598._x000D_
 Requerimentos do vereador Sebastião Wellington Pimenta de Figueiredo, apresentados à Câmara Municipal de Montes Claros, no período de 10/01/2005 a 11/08/2008._x000D_
 Sebastião Ildeu Maia/ Coriolando da Soledade Ribeiro Afonso (Presidentes da Legislatura 2005-2008).</t>
   </si>
   <si>
     <t>5821</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5821/flash_7599.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5821/flash_7599.pdf</t>
   </si>
   <si>
     <t>Flash 7599._x000D_
 Requerimentos do vereador Valcir Soares da Silva, apresentados à Câmara Municipal de Montes Claros, no período de 24/01/2005 a 08/12/2008._x000D_
 Sebastião Ildeu Maia/ Coriolando da Soledade Ribeiro Afonso (Presidentes da Legislatura 2005-2008).</t>
   </si>
   <si>
     <t>12046</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/12046/flash_7594.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/12046/flash_7594.pdf</t>
   </si>
   <si>
     <t>Flash 7594. _x000D_
 Requerimentos do vereador Raimundo Pereira da Silva, apresentados à Câmara Municipal de Montes Claros, no período de 19/01/2005 a 04/11/2008. Sebastião Ildeu Maia/ Coriolando da Soledade Ribeiro Afonso (Presidentes da Legislatura 2005-2008).</t>
   </si>
   <si>
     <t>4537</t>
   </si>
   <si>
     <t>VET</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4537/flash_7221.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4537/flash_7221.pdf</t>
   </si>
   <si>
     <t>Flash 7221._x000D_
 VETO PARCIAL AO PROJETO DE LEI Nº 56/2005. (MANTIDO). Veto do Poder Executivo aos artigos 1º, 3º e 6º do Projeto de Lei que dispõe sobre a regulamentação de publicidade em veículo táxi de transporte público individual de passageiros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4539</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4539/flash_7223.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4539/flash_7223.pdf</t>
   </si>
   <si>
     <t>Flash 7223._x000D_
 VETO AO PROJETO DE LEI Nº 58/2005. (DERRUBADO). Dispõe sobre a aplicação de penalidades à prática de assédio moral nas dependências da Administração Pública Municipal Direta e Indireta, por servidores públicos municipais, e dá outras providências. (Veto do Poder Executivo derrubado pela Câmara em 18/10/2005)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>8424</t>
   </si>
   <si>
     <t>ATA</t>
   </si>
   <si>
     <t>Ata</t>
   </si>
   <si>
     <t>ATL - ATL</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/8424/flash_6171.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/8424/flash_6171.pdf</t>
   </si>
   <si>
     <t>Flash 6171._x000D_
 Atas das sessões da Câmara Municipal de Montes Claros, do período de 04/01 a 22/12/2005._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4522</t>
   </si>
   <si>
     <t>ELOM</t>
   </si>
   <si>
     <t>Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4522/flash_7217.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4522/flash_7217.pdf</t>
   </si>
   <si>
     <t>Flash 7217._x000D_
 EMENDA Nº 34, de 23/08/2005. Altera dispositivos do artigo 77 da Lei Orgânica Municipal._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4526</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4526/flash_7218.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4526/flash_7218.pdf</t>
   </si>
   <si>
     <t>Flash 7218._x000D_
 EMENDA Nº 35, de 06/09/2005. Altera o artigo 206 da Lei Orgânica Municipal._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4528</t>
   </si>
   <si>
     <t>Maria de Fátima Pereira Macedo, Coriolando da Soledade Ribeiro Afonso</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4528/flash_7219.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4528/flash_7219.pdf</t>
   </si>
   <si>
     <t>Flash 7219._x000D_
 EMENDA Nº 36, de 11/10/2005. Altera a redação do parágrafo 2º do artigo 58 da Lei Orgânica Municipal. (Dispõe sobre o julgamento da prestação de contas do município)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4708</t>
   </si>
   <si>
     <t>RES</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
     <t>FIN - FINANÇAS, ORÇAMENTO E TOMADA DE CONTAS</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4708/flash_7228.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4708/flash_7228.pdf</t>
   </si>
   <si>
     <t>Flash 7228. _x000D_
 RESOLUÇÃO 49, de 22/11/2005. Dispõe sobre a Prestação de Contas da Prefeitura Municipal de Montes Claros, relativas ao exercício financeiro de 2000. (Rejeitadas). (Parecer prévio do Tribunal de Contas do Estado de Minas Gerais - TCE em anexo)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4711</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4711/flash_7229.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4711/flash_7229.pdf</t>
   </si>
   <si>
     <t>Flash 7229._x000D_
 RESOLUÇÃO Nº 01, de 11/01/2005. Cria a "Comissão Permanente de Meio Ambiente", no âmbito da Câmara Municipal de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4718</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4718/flash_7230.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4718/flash_7230.pdf</t>
   </si>
   <si>
     <t>Flash 7230._x000D_
 RESOLUÇÃO Nº 21, de 22/03/2005. Institui o "Bloco Parlamentar de Políticas Públicas de Juventude", no âmbito da Câmara Municipal de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4723</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4723/flash_7233.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4723/flash_7233.pdf</t>
   </si>
   <si>
     <t>Flash 7233._x000D_
 RESOLUÇÃO Nº 34, de 24/05/2005. Institui o "Projeto Vereador Estudante", no âmbito da Câmara Municipal de Montes Claros, a ser realizado anualmente na 2ª quinzena do mês de abril, com a finalidade de estimular a participação dos estudantes na prática legislativa e no exercício da cidadania; revoga as Resoluções nº 30, de 04/07/2002 e nº 51, de 03/12/2002._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4725</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4725/flash_7234.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4725/flash_7234.pdf</t>
   </si>
   <si>
     <t>Flash 7234._x000D_
 RESOLUÇÃO Nº 48, de 03/11/2005. Institui a execução do Hino do Município nas sessões solenes da Câmara Municipal de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4731</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4731/flash_7236.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4731/flash_7236.pdf</t>
   </si>
   <si>
     <t>Flash 7236._x000D_
 RESOLUÇÃO Nº 42, de 20/10/2005. Institui a “Medalha do Mérito à Secretária”, no âmbito da Câmara Municipal de Montes Claros, a ser entregue no dia 30 de setembro, ocasião em que se comemora o "Dia da Secretária"._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4744</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4744/flash_7241.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4744/flash_7241.pdf</t>
   </si>
   <si>
     <t>Flash 7241._x000D_
 RESOLUÇÃO Nº 54, de 13/12/2005. Concede o Diploma do Mérito Comunitário Rural a Nivaldo Alves Tupinambás._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4793</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4793/flash_7258.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4793/flash_7258.pdf</t>
   </si>
   <si>
     <t>Flash 7258._x000D_
 RESOLUÇÃO Nº 36, de 28/06/2005. Concede a "Medalha Ivan José Lopes de Honra Montes Claros" a Gilberto Wagner Martins Pereira - Gil Pereira (Deputado Estadual)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4811</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4811/flash_7264.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4811/flash_7264.pdf</t>
   </si>
   <si>
     <t>Flash 7264._x000D_
 RESOLUÇÃO Nº 46, de 03/11/2005. Concede a "Medalha do Mérito Educacional Professora Maria Aparecida Bispo de Moura" a Nicomedes de Almeida Teixeira._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4833</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4833/flash_7273.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4833/flash_7273.pdf</t>
   </si>
   <si>
     <t>Flash 7273._x000D_
 RESOLUÇÃO Nº 02, de 11/01/2005. Concede a "Medalha do Mérito Esportivo Antônio Manoel Dias" a Edson França Lino (Sabará)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4882</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4882/flash_7298.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4882/flash_7298.pdf</t>
   </si>
   <si>
     <t>Flash 7298._x000D_
 RESOLUÇÃO Nº 30, de 26/04/2005. Concede a "Placa de Prata Alferes José Lopes de Carvalho" à Banda de Música do 10º Batalhão de Polícia Militar de Minas Gerais._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4889</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4889/flash_7300.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4889/flash_7300.pdf</t>
   </si>
   <si>
     <t>Flash 7300._x000D_
 RESOLUÇÃO Nº 45, de 25/10/2005. Concede a "Placa de Prata Alferes José Lopes de Carvalho" ao SESC – Unidade de Serviços de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4891</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4891/flash_7301.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4891/flash_7301.pdf</t>
   </si>
   <si>
     <t>Flash 7301._x000D_
 RESOLUÇÃO Nº 50, de 29/11/2005. Concede a "Placa de Prata Alferes José Lopes de Carvalho" ao Dr. José Saraiva Felipe. (Ministro da Saúde)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4894</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4894/flash_7302.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4894/flash_7302.pdf</t>
   </si>
   <si>
     <t>Flash 7302._x000D_
 RESOLUÇÃO Nº 51, de 13/12/2005. Concede a "Placa de Prata Alferes José Lopes de Carvalho" à Empresa de Assistência Técnica e Extensão Rural do Estado de Minas Gerais - EMATER/MG._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4895</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4895/flash_7303.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4895/flash_7303.pdf</t>
   </si>
   <si>
     <t>Flash 7303._x000D_
 RESOLUÇÃO Nº 55, de 13/12/2005. Concede a "Placa de Prata Alferes José Lopes de Carvalho" à TV Câmara de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4898</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4898/flash_7304.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4898/flash_7304.pdf</t>
   </si>
   <si>
     <t>Flash 7304._x000D_
 RESOLUÇÃO Nº 56, de 20/12/2005. Concede a "Placa de Prata Alferes José Lopes de Carvalho" à Paróquia São Sebastião._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4901</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4901/flash_7305.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4901/flash_7305.pdf</t>
   </si>
   <si>
     <t>Flash 7305._x000D_
 RESOLUÇÃO Nº 66, de 22/12/2005. Concede a "Placa de Prata Alferes José Lopes de Carvalho" ao Ministério Público do Estado de Minas Gerais – Regional Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5046</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5046/flash_7360.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5046/flash_7360.pdf</t>
   </si>
   <si>
     <t>Flash 7360._x000D_
 RESOLUÇÃO Nº 05, de 25/01/2005. Concede o Título de Cidadão Benemérito de Montes Claros a Robson Braga de Andrade._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5049</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5049/flash_7361.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5049/flash_7361.pdf</t>
   </si>
   <si>
     <t>Flash 7361._x000D_
 RESOLUÇÃO Nº 16, de 22/02/2005. Concede o Título de Cidadão Benemérito de Montes Claros ao Dr. Geraldo Corrêa Machado Filho._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5051</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5051/flash_7362.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5051/flash_7362.pdf</t>
   </si>
   <si>
     <t>Flash 7362._x000D_
 RESOLUÇÃO Nº 19, de 22/03/2005. Concede o Título de Cidadã Benemérita de Montes Claros a Dra. Vera Lúcia Pereira Nunes._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5052</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5052/flash_7363.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5052/flash_7363.pdf</t>
   </si>
   <si>
     <t>Flash 7363._x000D_
 RESOLUÇÃO Nº 22, de 05/04/2005. Concede o Título de Cidadão Benemérito de Montes Claros a Danilo de Castro (Deputado Federal)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5054</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5054/flash_7364.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5054/flash_7364.pdf</t>
   </si>
   <si>
     <t>Flash 7364._x000D_
 RESOLUÇÃO Nº 23, de 05/04/2005. Concede o Título de Cidadão Benemérito de Montes Claros a Aécio Neves da Cunha (Governador do Estado de Minas Gerais)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5056</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5056/flash_7365.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5056/flash_7365.pdf</t>
   </si>
   <si>
     <t>Flash 7365._x000D_
 RESOLUÇÃO Nº 25, de 12/04/2005. Concede o Título de Cidadão Benemérito de Montes Claros ao Dr. Marcos Antônio Ferreira._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5057</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5057/flash_7366.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5057/flash_7366.pdf</t>
   </si>
   <si>
     <t>Flash 7366._x000D_
 RESOLUÇÃO Nº 26, de 19/04/2005. Concede o Título de Cidadão Benemérito de Montes Claros a Victor Van Eetvelt._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5059</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5059/flash_7367.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5059/flash_7367.pdf</t>
   </si>
   <si>
     <t>Flash 7367._x000D_
 RESOLUÇÃO Nº 28, de 19/04/2005. Concede o Título de Cidadã Benemérita de Montes Claros a Juliana Philomena Verbist (Irmã Juliana)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5061</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5061/flash_7368.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5061/flash_7368.pdf</t>
   </si>
   <si>
     <t>Flash 7368._x000D_
 RESOLUÇÃO Nº 29, de 27/04/2005. Concede o Título de Cidadão Benemérito de Montes Claros ao Dr. Lailson Braga Baeta Neves._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5063</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5063/flash_7369.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5063/flash_7369.pdf</t>
   </si>
   <si>
     <t>Flash 7369._x000D_
 RESOLUÇÃO Nº 37, de 30/08/2005. Concede o Título de Cidadão Benemérito de Montes Claros a Francisco Sérgio Soares Cavalieri._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5065</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5065/flash_7370.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5065/flash_7370.pdf</t>
   </si>
   <si>
     <t>Flash 7370._x000D_
 RESOLUÇÃO Nº 38, de 27/09/2005. Concede o Título de Cidadão Benemérito de Montes Claros ao Dr. José Aparecido Gomes Rodrigues._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5068</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5068/flash_7371.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5068/flash_7371.pdf</t>
   </si>
   <si>
     <t>Flash 7371._x000D_
 RESOLUÇÃO Nº 39, de 27/09/2005. Concede o Título de Cidadão Benemérito de Montes Claros a Marcus Vinícius Caetano Pestana da Silva._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5071</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5071/flash_7372.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5071/flash_7372.pdf</t>
   </si>
   <si>
     <t>Flash 7372._x000D_
 RESOLUÇÃO Nº 44, de 25/10/2005. Concede o Título de Cidadão Benemérito de Montes Claros ao Dr. Márcio Augusto Vasconcelos Nunes._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5073</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5073/flash_7373.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5073/flash_7373.pdf</t>
   </si>
   <si>
     <t>Flash 7373._x000D_
 RESOLUÇÃO Nº 47, de 03/11/2005. Concede o Título de Cidadão Benemérito de Montes Claros a João Alves Simões._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5077</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5077/flash_7374.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5077/flash_7374.pdf</t>
   </si>
   <si>
     <t>Flash 7374._x000D_
 RESOLUÇÃO Nº 53, de 13/12/2005. Concede o Título de Cidadão Benemérito de Montes Claros ao Dr. Marcos Teixeira Almeida Furtado._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5082</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5082/flash_7375.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5082/flash_7375.pdf</t>
   </si>
   <si>
     <t>Flash 7375._x000D_
 RESOLUÇÃO Nº 57, de 20/12/2005. Concede o Título de Cidadão Benemérito de Montes Claros a João Jorge Dias Soares._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5086</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5086/flash_7376.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5086/flash_7376.pdf</t>
   </si>
   <si>
     <t>Flash 7376._x000D_
 RESOLUÇÃO Nº 58, de 20/12/2005. Concede o Título de Cidadã Benemérita de Montes Claros à Dra. Raquel Batista Rocha Machado._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5090</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5090/flash_7377.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5090/flash_7377.pdf</t>
   </si>
   <si>
     <t>Flash 7377._x000D_
 RESOLUÇÃO Nº 59, de 20/12/2005. Concede o Título de Cidadão Benemérito de Montes Claros ao Frei Valdomiro Soares Machado (Frei Valdo)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5217</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5217/flash_7430.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5217/flash_7430.pdf</t>
   </si>
   <si>
     <t>Flash 7430._x000D_
 RESOLUÇÃO Nº 20, de 21/03/2005. Concede o Título de Cidadã Honorária de Montes Claros a Dra. Vanda Lúcia Horta Moreira._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5238</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5238/flash_7431.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5238/flash_7431.pdf</t>
   </si>
   <si>
     <t>Flash 7431._x000D_
 RESOLUÇÃO Nº 27, de 19/04/2005. Concede o Título de Cidadão Honorário de Montes Claros ao Dr. Clídio de Moura Lima._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5240</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5240/flash_7432.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5240/flash_7432.pdf</t>
   </si>
   <si>
     <t>Flash 7432._x000D_
 RESOLUÇÃO Nº 41, de 11/10/2005. Concede o Título de Cidadã Honorária de Montes Claros a Maria de Castro Macedo Chaves._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5243</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5243/flash_7433.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5243/flash_7433.pdf</t>
   </si>
   <si>
     <t>Flash 7433._x000D_
 RESOLUÇÃO Nº 43, de 25/10/2005. Concede o Título de Cidadã Honorária de Montes Claros a Edna Sousa David._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5246</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5246/flash_7434.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5246/flash_7434.pdf</t>
   </si>
   <si>
     <t>Flash 7434._x000D_
 RESOLUÇÃO Nº 52, de 13/12/2005. Concede o Título de Cidadã Honorária de Montes Claros à Dra. Isméria Tupinambá de Lélis Branquinho._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5248</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5248/flash_7435.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5248/flash_7435.pdf</t>
   </si>
   <si>
     <t>Flash 7435._x000D_
 RESOLUÇÃO Nº 60, de 20/12/2005. Concede o Título de Cidadão Honorário de Montes Claros a Marcelo Zuculin Júnior (Novo Nordisk)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5255</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5255/flash_7436.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5255/flash_7436.pdf</t>
   </si>
   <si>
     <t>Flash 7436._x000D_
 RESOLUÇÃO Nº 61, de 20/12/2005. Concede o Título de Cidadão Honorário de Montes Claros ao Dr. Renato Antônio Pinto Miranda._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5258</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5258/flash_7437.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5258/flash_7437.pdf</t>
   </si>
   <si>
     <t>Flash 7437._x000D_
 RESOLUÇÃO Nº 64, de 21/12/2005. Concede o Título de Cidadão Honorário de Montes Claros a Luiz Inácio Lula da Silva (Presidente da República)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5264</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5264/flash_7438.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5264/flash_7438.pdf</t>
   </si>
   <si>
     <t>Flash 7438._x000D_
 RESOLUÇÃO Nº 65, de 21/12/2005. Concede o Título de Cidadão Honorário de Montes Claros ao Dr. Bruno Terra Dias._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5529</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5529/flash_7491.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5529/flash_7491.pdf</t>
   </si>
   <si>
     <t>Flash 7491._x000D_
 RESOLUÇÃO Nº 03, de 18/01/2005. Modifica a redação do parágrafo 2º, do artigo 62 e revoga o parágrafo 4º do artigo 170 do Regimento Interno da Câmara Municipal de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5532</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5532/flash_7492.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5532/flash_7492.pdf</t>
   </si>
   <si>
     <t>Flash 7492._x000D_
 RESOLUÇÃO Nº 04, de 18/01/2005. Modifica a redação do parágrafo 4º do artigo 52 do Regimento Interno da Câmara Municipal de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5539</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5539/flash_7493.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5539/flash_7493.pdf</t>
   </si>
   <si>
     <t>Flash 7493._x000D_
 RESOLUÇÃO Nº 06, de 25/01/2005. Modifica a redação do inciso II, segunda parte do artigo 124 do Regimento Interno da Câmara Municipal de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5545</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5545/flash_7495.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5545/flash_7495.pdf</t>
   </si>
   <si>
     <t>Flash 7495._x000D_
 RESOLUÇÃO Nº 09, de 25/01/2005. Altera a redação do artigo 70 do Regimento Interno da Câmara Municipal de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5547</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5547/flash_7496.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5547/flash_7496.pdf</t>
   </si>
   <si>
     <t>Flash 7496._x000D_
 RESOLUÇÃO Nº 10, de 25/01/2005. Altera a redação do parágrafo 1º do artigo 171 do Regimento Interno da Câmara Municipal de Montes Claros, modificado pela Resolução nº 57/2001._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5549</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5549/flash_7497.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5549/flash_7497.pdf</t>
   </si>
   <si>
     <t>Flash 7497._x000D_
 RESOLUÇÃO Nº 11, de 25/01/2005. Cria o parágrafo único do artigo 230 do Regimento Interno da Câmara Municipal de Montes Claros, modificado pela Resolução nº 33/2002._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5564</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5564/flash_7498.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5564/flash_7498.pdf</t>
   </si>
   <si>
     <t>Flash 7498._x000D_
 RESOLUÇÃO Nº 07, de 25/01/2005. Altera denominação da Comissão de Direitos Humanos, contida no inciso VII do artigo 64 e modifica a redação do artigo 74 do Regimento Interno da Câmara Municipal de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5572</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5572/flash_7499.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5572/flash_7499.pdf</t>
   </si>
   <si>
     <t>Flash 7499._x000D_
 RESOLUÇÃO Nº 13, de 03/02/2005. Modifica a redação do inciso II do artigo 10 do Regimento Interno da Câmara Municipal de Montes Claros, alterado pela Resolução nº 54/2002._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5575</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5575/flash_7500.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5575/flash_7500.pdf</t>
   </si>
   <si>
     <t>Flash 7500._x000D_
 RESOLUÇÃO Nº 12, de 01/02/2005. Altera a redação do parágrafo 1º do artigo 28 do Regimento Interno da Câmara Municipal de Montes Claros, alterado pela Resolução nº 33/2002._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5577</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5577/flash_7501.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5577/flash_7501.pdf</t>
   </si>
   <si>
     <t>Flash 7501._x000D_
 RESOLUÇÃO Nº 14, de 15/02/2005. Altera a redação do artigo 133 do Regimento Interno da Câmara Municipal de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5578</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5578/flash_7502.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5578/flash_7502.pdf</t>
   </si>
   <si>
     <t>Flash 7502._x000D_
 RESOLUÇÃO Nº 15, de 15/02/2005. Altera a redação do caput do artigo 87 e cria o parágrafo 3º no mesmo artigo do Regimento Interno da Câmara Municipal de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5581</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5581/flash_7503.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5581/flash_7503.pdf</t>
   </si>
   <si>
     <t>Flash 7503._x000D_
 RESOLUÇÃO Nº 18, de 08/03/2005. Altera a redação do parágrafo 1º do artigo 135 do Regimento Interno da Câmara Municipal de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5583</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5583/flash_7504.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5583/flash_7504.pdf</t>
   </si>
   <si>
     <t>Flash 7504._x000D_
 RESOLUÇÃO Nº 24, de 05/04/2005. Altera a redação do caput do artigo 180 e acrescenta parágrafo único ao referido artigo do Regimento Interno da Câmara Municipal de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5585</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5585/flash_7505.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5585/flash_7505.pdf</t>
   </si>
   <si>
     <t>Flash 7505._x000D_
 RESOLUÇÃO Nº 33, de 05/05/2005. Altera a redação do parágrafo 3º do artigo 178 do Regimento Interno da Câmara Municipal de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5587</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5587/flash_7506.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5587/flash_7506.pdf</t>
   </si>
   <si>
     <t>Flash 7506._x000D_
 RESOLUÇÃO Nº 31, de 26/04/2005. Dispõe sobre alteração na Resolução nº 01/2001, que instituiu a Verba de Gabinete dos Vereadores da Câmara Municipal de Montes Claros e contém outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5589</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5589/flash_7507.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5589/flash_7507.pdf</t>
   </si>
   <si>
     <t>Flash 7507._x000D_
 RESOLUÇÃO Nº 32, de 03/05/2005. Altera dispositivos da Resolução nº 63/2002 (cria mais 03 vagas de Operador de Som e Edição de Imagens) e contém outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5591</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5591/flash_7508.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5591/flash_7508.pdf</t>
   </si>
   <si>
     <t>Flash 7508._x000D_
 RESOLUÇÃO Nº 63, de 20/12/2005. (REVOGADA). Altera a redação do parágrafo 4º do artigo 159 do Regimento Interno da Câmara Municipal de Montes Claros. (Requisitos para denominação de vias públicas). (Esta Resolução foi revogada pela Resolução nº 55, de 17/08/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5593</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5593/flash_7509.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5593/flash_7509.pdf</t>
   </si>
   <si>
     <t>Flash 7509._x000D_
 RESOLUÇÃO Nº 40, de 04/10/2005. Altera o caput do artigo 190 do Regimento Interno da Câmara Municipal de Montes Claros. (Dispõe sobre o recebimento do Parecer Prévio do Tribunal de Contas em relação à Prestação de Contas do Município)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5597</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5597/flash_7510.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5597/flash_7510.pdf</t>
   </si>
   <si>
     <t>Flash 7510._x000D_
 RESOLUÇÃO Nº 62, de 20/12/2005. Modifica a redação do caput do artigo 41 do Regimento Interno da Câmara Municipal de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5852</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5852/flash_7299.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5852/flash_7299.pdf</t>
   </si>
   <si>
     <t>Flash 7299._x000D_
 RESOLUÇÃO Nº 35, de 31/05/2005. Concede a "Placa de Prata Alferes José Lopes de Carvalho" ao Automóvel Clube de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4720</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4720/flash_7231.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4720/flash_7231.pdf</t>
   </si>
   <si>
     <t>Flash 7231._x000D_
 RESOLUÇÃO Nº 17, de 22/02/2005. Cria a “Comissão Permanente do Esporte" na Câmara Municipal de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5543</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/5543/flash_7494.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/5543/flash_7494.pdf</t>
   </si>
   <si>
     <t>Flash 7494._x000D_
 RESOLUÇÃO Nº 08, de 25/01/2005. Modifica a redação do artigo 159 do Regimento Interno da Câmara Municipal de Montes Claros. (Dispõe sobre o prazo para entrega de requerimentos (1:00 hora). Ver Portaria 123/2013 que mudou o prazo._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -4428,68 +4428,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5858/flash_7220a.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5859/flash_7220b.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5860/flash_7220c.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5861/flash_7220d.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5862/flash_7220e.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5863/flash_7220f.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4560/flash_6194.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5416/flash_6625.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5417/flash_6626.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5425/flash_6634.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5464/flash_6638.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5412/flash_6621.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5514/flash_6883.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4411/flash_7130.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4412/flash_7131.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4413/flash_7132.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4414/flash_7133.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4415/flash_7134.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4416/flash_7135.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4417/flash_7136.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4418/flash_7137.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4419/flash_7138.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4421/flash_7140.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4422/flash_7141.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4423/flash_7142.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4424/flash_7143.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4425/flash_7144.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4426/flash_7145.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4427/flash_7146.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4428/flash_7147.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4529/flash_6678.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4530/flash_6679.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4532/flash_6680.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4533/flash_6681.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4534/flash_6682.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4535/flash_6683.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4541/flash_6175.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4542/flash_6176.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4543/flash_6177.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4544/flash_6178.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4545/flash_6179.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4546/flash_6180.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4547/flash_6181.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4548/flash_6182.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4549/flash_6183.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4564/flash_6198.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4565/flash_6199.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4566/flash_6200.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4567/flash_6201.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4568/flash_6202.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4569/flash_6203.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4570/flash_6204.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4590/flash_6224.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4591/flash_6225.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4592/flash_6226.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4620/flash_6256.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4621/flash_6253.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4622/flash_6254.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4623/flash_6255.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4624/imagem_6256.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4625/flash_6257.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4626/flash_6258.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4627/flash_6259.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4628/flash_6260.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4629/flash_6261.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4630/flash_6262.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4631/flash_6263.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4632/flash_6264.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4633/flash_6265.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4644/flash_6695.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4645/flash_6696.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4646/flash_6697.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4655/flash_6706.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4656/flash_6707.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4657/flash_6708.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4658/flash_6709.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4659/flash_6710.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4660/flash_6711.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4661/flash_6712.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4662/flash_6713.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4663/flash_6714.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4664/flash_6715.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4665/flash_6716.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4666/flash_6717.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4667/flash_6718.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4668/flash_6719.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4669/flash_6720.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4670/flash_6721.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4671/flash_6722.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4672/flash_6723.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4673/flash_6724.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4674/flash_6725.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4675/flash_6726.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4676/flash_6727.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4677/flash_6728.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4678/flash_6729.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4679/flash_6730.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4680/flash_6731.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4681/flash_6732.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4692/flash_6266.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4693/flash_6267.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4695/flash_6268.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4697/flash_6269.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4698/flash_6270.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4699/flash_6271.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5032/flash_6819.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5035/flash_6820.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5037/flash_6821.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5039/flash_6822.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5041/flash_6823.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5043/flash_6824.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5045/flash_6825.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5218/flash_6466.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5219/flash_6467.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5220/flash_6468.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5223/flash_6469.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5225/flash_6470.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5228/flash_6471.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5230/flash_6472.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5232/flash_6473.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5235/flash_6474.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5237/flash_6475.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5239/flash_6476.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5242/flash_6477.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5244/flash_6478.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5247/flash_6479.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5311/flash_6526.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5316/flash_6531.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5317/flash_6532.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5318/flash_6533.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5319/flash_6534.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5320/flash_6535.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5321/flash_6536.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5322/flash_6537.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5323/flash_6538.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5324/flash_6539.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5325/flash_6540.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5326/flash_6541.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5327/flash_6542.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5388/flash_6598.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5390/flash_6599.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5391/flash_6600.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5392/flash_6601.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5393/flash_6602.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5394/flash_6603.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5395/flash_6604.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5396/flash_6605.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5410/flash_6619.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5411/flash_6620.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5413/flash_6622.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5414/flash_6623.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5415/flash_6624.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5418/flash_6627.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5419/flash_6628.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5420/flash_6629.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5421/flash_6630.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5422/flash_6631.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5423/flash_6632.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5424/flash_6633.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5426/flash_6635.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5462/flash_6636.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5463/flash_6637.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5493/flash_6875.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5495/flash_6876.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5497/flash_6877.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5500/flash_6878.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5503/flash_6879.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5506/flash_6880.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5510/flash_6881.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5511/flash_6882.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5516/flash_6884.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5518/flash_6885.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5520/flash_6886.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5521/flash_6887.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5522/flash_6888.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5523/flash_6889.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5524/flash_6890.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5525/flash_6891.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5526/flash_6892.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5527/flash_6893.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5528/flash_6894.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5530/flash_6895.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5534/flash_6896.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5535/flash_6897.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5537/flash_6898.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5538/flash_6899.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5542/flash_6900.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5550/flash_6901.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5552/flash_6902.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5553/flash_6903.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5554/flash_6904.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5555/flash_6905.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5557/flash_6906.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5560/flash_6907.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5561/flash_6908.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5562/flash_6909.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5563/flash_6910.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5565/flash_6911.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5566/flash_6912.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5567/flash_6913.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5568/flash_6914.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5569/flash_6915.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5570/flash_6916.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5571/flash_6917.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5573/flash_6918.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4420/flash_7139.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/10685/flash_6816a.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/10687/flash_6816b.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5653/flash_7524.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5649/flash_7523.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5775/flash_7571.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5777/flash_7572.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5779/flash_7573.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5782/flash_7574.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5793/flash_7582.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5794/flash_7583.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5795/flash_7584.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5796/flash_7585.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5797/flash_7586.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5798/flash_7587.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5799/flash_7588.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5800/flash_7589.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5802/flash_7590.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5805/flash_7591.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5807/flash_7592.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5809/flash_7593.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5812/flash_7595.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5817/flash_7597.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5819/flash_7598.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5821/flash_7599.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/12046/flash_7594.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4537/flash_7221.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4539/flash_7223.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/8424/flash_6171.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4522/flash_7217.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4526/flash_7218.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4528/flash_7219.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4708/flash_7228.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4711/flash_7229.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4718/flash_7230.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4723/flash_7233.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4725/flash_7234.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4731/flash_7236.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4744/flash_7241.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4793/flash_7258.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4811/flash_7264.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4833/flash_7273.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4882/flash_7298.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4889/flash_7300.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4891/flash_7301.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4894/flash_7302.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4895/flash_7303.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4898/flash_7304.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4901/flash_7305.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5046/flash_7360.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5049/flash_7361.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5051/flash_7362.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5052/flash_7363.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5054/flash_7364.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5056/flash_7365.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5057/flash_7366.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5059/flash_7367.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5061/flash_7368.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5063/flash_7369.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5065/flash_7370.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5068/flash_7371.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5071/flash_7372.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5073/flash_7373.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5077/flash_7374.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5082/flash_7375.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5086/flash_7376.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5090/flash_7377.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5217/flash_7430.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5238/flash_7431.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5240/flash_7432.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5243/flash_7433.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5246/flash_7434.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5248/flash_7435.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5255/flash_7436.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5258/flash_7437.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5264/flash_7438.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5529/flash_7491.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5532/flash_7492.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5539/flash_7493.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5545/flash_7495.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5547/flash_7496.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5549/flash_7497.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5564/flash_7498.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5572/flash_7499.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5575/flash_7500.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5577/flash_7501.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5578/flash_7502.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5581/flash_7503.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5583/flash_7504.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5585/flash_7505.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5587/flash_7506.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5589/flash_7507.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5591/flash_7508.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5593/flash_7509.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5597/flash_7510.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5852/flash_7299.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4720/flash_7231.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/5543/flash_7494.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5858/flash_7220a.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5859/flash_7220b.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5860/flash_7220c.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5861/flash_7220d.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5862/flash_7220e.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5863/flash_7220f.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4560/flash_6194.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5416/flash_6625.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5417/flash_6626.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5425/flash_6634.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5464/flash_6638.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5412/flash_6621.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5514/flash_6883.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4411/flash_7130.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4412/flash_7131.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4413/flash_7132.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4414/flash_7133.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4415/flash_7134.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4416/flash_7135.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4417/flash_7136.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4418/flash_7137.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4419/flash_7138.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4421/flash_7140.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4422/flash_7141.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4423/flash_7142.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4424/flash_7143.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4425/flash_7144.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4426/flash_7145.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4427/flash_7146.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4428/flash_7147.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4529/flash_6678.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4530/flash_6679.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4532/flash_6680.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4533/flash_6681.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4534/flash_6682.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4535/flash_6683.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4541/flash_6175.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4542/flash_6176.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4543/flash_6177.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4544/flash_6178.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4545/flash_6179.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4546/flash_6180.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4547/flash_6181.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4548/flash_6182.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4549/flash_6183.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4564/flash_6198.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4565/flash_6199.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4566/flash_6200.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4567/flash_6201.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4568/flash_6202.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4569/flash_6203.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4570/flash_6204.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4590/flash_6224.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4591/flash_6225.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4592/flash_6226.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4620/flash_6252.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4621/flash_6253.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4622/flash_6254.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4623/flash_6255.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4624/flash_6256.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4625/flash_6257.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4626/flash_6258.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4627/flash_6259.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4628/flash_6260.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4629/flash_6261.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4630/flash_6262.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4631/flash_6263.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4632/flash_6264.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4633/flash_6265.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4644/flash_6695.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4645/flash_6696.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4646/flash_6697.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4655/flash_6706.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4656/flash_6707.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4657/flash_6708.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4658/flash_6709.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4659/flash_6710.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4660/flash_6711.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4661/flash_6712.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4662/flash_6713.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4663/flash_6714.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4664/flash_6715.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4665/flash_6716.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4666/flash_6717.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4667/flash_6718.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4668/flash_6719.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4669/flash_6720.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4670/flash_6721.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4671/flash_6722.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4672/flash_6723.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4673/flash_6724.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4674/flash_6725.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4675/flash_6726.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4676/flash_6727.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4677/flash_6728.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4678/flash_6729.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4679/flash_6730.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4680/flash_6731.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4681/flash_6732.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4692/flash_6266.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4693/flash_6267.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4695/flash_6268.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4697/flash_6269.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4698/flash_6270.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4699/flash_6271.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5032/flash_6819.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5035/flash_6820.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5037/flash_6821.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5039/flash_6822.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5041/flash_6823.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5043/flash_6824.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5045/flash_6825.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5218/flash_6466.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5219/flash_6467.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5220/flash_6468.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5223/flash_6469.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5225/flash_6470.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5228/flash_6471.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5230/flash_6472.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5232/flash_6473.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5235/flash_6474.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5237/flash_6475.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5239/flash_6476.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5242/flash_6477.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5244/flash_6478.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5247/flash_6479.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5311/flash_6526.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5316/flash_6531.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5317/flash_6532.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5318/flash_6533.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5319/flash_6534.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5320/flash_6535.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5321/flash_6536.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5322/flash_6537.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5323/flash_6538.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5324/flash_6539.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5325/flash_6540.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5326/flash_6541.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5327/flash_6542.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5388/flash_6598.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5390/flash_6599.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5391/flash_6600.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5392/flash_6601.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5393/flash_6602.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5394/flash_6603.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5395/flash_6604.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5396/flash_6605.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5410/flash_6619.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5411/flash_6620.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5413/flash_6622.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5414/flash_6623.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5415/flash_6624.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5418/flash_6627.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5419/flash_6628.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5420/flash_6629.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5421/flash_6630.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5422/flash_6631.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5423/flash_6632.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5424/flash_6633.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5426/flash_6635.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5462/flash_6636.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5463/flash_6637.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5493/flash_6875.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5495/flash_6876.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5497/flash_6877.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5500/flash_6878.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5503/flash_6879.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5506/flash_6880.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5510/flash_6881.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5511/flash_6882.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5516/flash_6884.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5518/flash_6885.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5520/flash_6886.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5521/flash_6887.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5522/flash_6888.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5523/flash_6889.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5524/flash_6890.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5525/flash_6891.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5526/flash_6892.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5527/flash_6893.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5528/flash_6894.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5530/flash_6895.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5534/flash_6896.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5535/flash_6897.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5537/flash_6898.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5538/flash_6899.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5542/flash_6900.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5550/flash_6901.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5552/flash_6902.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5553/flash_6903.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5554/flash_6904.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5555/flash_6905.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5557/flash_6906.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5560/flash_6907.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5561/flash_6908.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5562/flash_6909.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5563/flash_6910.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5565/flash_6911.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5566/flash_6912.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5567/flash_6913.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5568/flash_6914.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5569/flash_6915.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5570/flash_6916.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5571/flash_6917.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5573/flash_6918.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4420/flash_7139.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/10685/flash_6816a.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/10687/flash_6816b.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5653/flash_7524.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5649/flash_7523.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5775/flash_7571.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5777/flash_7572.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5779/flash_7573.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5782/flash_7574.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5793/flash_7582.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5794/flash_7583.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5795/flash_7584.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5796/flash_7585.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5797/flash_7586.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5798/flash_7587.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5799/flash_7588.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5800/flash_7589.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5802/flash_7590.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5805/flash_7591.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5807/flash_7592.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5809/flash_7593.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5812/flash_7595.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5817/flash_7597.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5819/flash_7598.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5821/flash_7599.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/12046/flash_7594.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4537/flash_7221.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4539/flash_7223.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/8424/flash_6171.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4522/flash_7217.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4526/flash_7218.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4528/flash_7219.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4708/flash_7228.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4711/flash_7229.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4718/flash_7230.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4723/flash_7233.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4725/flash_7234.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4731/flash_7236.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4744/flash_7241.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4793/flash_7258.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4811/flash_7264.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4833/flash_7273.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4882/flash_7298.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4889/flash_7300.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4891/flash_7301.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4894/flash_7302.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4895/flash_7303.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4898/flash_7304.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4901/flash_7305.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5046/flash_7360.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5049/flash_7361.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5051/flash_7362.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5052/flash_7363.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5054/flash_7364.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5056/flash_7365.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5057/flash_7366.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5059/flash_7367.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5061/flash_7368.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5063/flash_7369.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5065/flash_7370.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5068/flash_7371.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5071/flash_7372.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5073/flash_7373.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5077/flash_7374.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5082/flash_7375.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5086/flash_7376.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5090/flash_7377.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5217/flash_7430.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5238/flash_7431.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5240/flash_7432.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5243/flash_7433.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5246/flash_7434.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5248/flash_7435.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5255/flash_7436.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5258/flash_7437.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5264/flash_7438.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5529/flash_7491.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5532/flash_7492.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5539/flash_7493.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5545/flash_7495.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5547/flash_7496.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5549/flash_7497.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5564/flash_7498.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5572/flash_7499.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5575/flash_7500.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5577/flash_7501.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5578/flash_7502.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5581/flash_7503.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5583/flash_7504.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5585/flash_7505.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5587/flash_7506.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5589/flash_7507.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5591/flash_7508.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5593/flash_7509.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5597/flash_7510.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/5852/flash_7299.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2005/4720/flash_7231.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/5543/flash_7494.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H304"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="83.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="93" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="91.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>