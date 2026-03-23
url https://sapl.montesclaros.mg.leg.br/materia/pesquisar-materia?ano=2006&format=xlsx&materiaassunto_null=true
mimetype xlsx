--- v0 (2025-12-23)
+++ v1 (2026-03-23)
@@ -54,5979 +54,5979 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>5864</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica Municipal</t>
   </si>
   <si>
     <t>Guilherme Dias Ramos</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5864/flash_7220g.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5864/flash_7220g.pdf</t>
   </si>
   <si>
     <t>Flash 7220G._x000D_
 PROJETO DE EMENDA (NÃO VOTADO). Acrescenta dispositivos ao artigo 136, da Lei Orgânica do Município de Montes Claros e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4448</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Executivo Municipal - EXEC</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4448/flash_6652.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4448/flash_6652.pdf</t>
   </si>
   <si>
     <t>Flash 6652._x000D_
 PROJETO DE LEI COMPLEMENTAR Nº 178/2006. Altera a Lei Complementar nº 04, de 07/12/2005, que dispõe sobre o Código Tributário Municipal; revoga a Lei nº 3.595, de 07/07/2006. (Referente à Lei Complementar nº 11, de 18/12/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5260</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5260/flash_6484.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5260/flash_6484.pdf</t>
   </si>
   <si>
     <t>Flash 6484._x000D_
 PROJETO DE LEI COMPLEMENTAR Nº 36/2006. (ALTERADA). Dispõe sobre o “Regime Próprio de Previdência Social” do Município de Montes Claros e sobre a “Entidade de Previdência PREVMOC”, revoga a Lei Complementar nº 02, de 23/06/2005 e dispositivos da Lei nº 3.166, de 24/10/2003, e dá outras providências. (Referente à Lei Complementar nº 008, de 11/04/2006, que foi modificada posteriormente pelas Leis Complementares nº 017, de 11/03/2009, nº 028, de 08/07/2010, nº 49, de 20/08/2015, nº 79, de 03/03/2020 e nº 81, de 02/09/2020, nº 100, de 01/03/2023, nº 117, de 13/12/2023 e nº 124, de 07/06/2024)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5478</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5478/flash_6645.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5478/flash_6645.pdf</t>
   </si>
   <si>
     <t>Flash 6645._x000D_
 PROJETO DE LEI COMPLEMENTAR Nº 65/2006. Altera o Anexo (Quadro de Salário Base) e o parágrafo 5º do artigo 22 da Lei nº 2.902, de 29/05/2001, que dispõe sobre a criação da Empresa Municipal de Transportes e Trânsito de Montes Claros – TRANSMONTES, e dá outras providências. (Referente à Lei Complementar nº 09, de 07/06/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5753</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5753/flash_6981.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5753/flash_6981.pdf</t>
   </si>
   <si>
     <t>Flash 6981._x000D_
 PROJETO DE LEI COMPLEMENTAR S/Nº/2006. (NÃO VOTADO). Altera a Lei Complementar nº 4, de 07/12/2005, que dispõe sobre o Código Tributário Municipal._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5481</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5481/flash_6646.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5481/flash_6646.pdf</t>
   </si>
   <si>
     <t>Flash 6646._x000D_
 PROJETO DE LEI COMPLEMENTAR Nº 83/2006. Altera parcialmente a composição do Anexo I da Lei nº 3.348, de 19/07/2004, que alterou a composição dos anexos da Lei nº 3.194, de 26/03/2004, que dispõe sobre o Quadro de Cargos e Provimentos dos Servidores Públicos do Poder Executivo do Município de Montes Claros; revoga a Lei nº 3.481, de 07/12/2005, e dá outras providências. (Referente à Lei Complementar nº 010/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4550</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4550/flash_6184.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4550/flash_6184.pdf</t>
   </si>
   <si>
     <t>Flash 6184._x000D_
 PROJETO DE LEI COMPLEMENTAR Nº 12/2006. Autoriza o Poder Executivo a celebrar acordo, com os servidores públicos municipais, em relação ao adicional por tempo de serviço, previsto na legislação municipal vigente. (Referente à Lei Complementar nº 07/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4429</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Ademar de Barros Bicalho</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4429/flash_7148.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4429/flash_7148.pdf</t>
   </si>
   <si>
     <t>Flash 7148._x000D_
 PROJETO DE LEI S/Nº/2006. (RETIRADO). Dispõe sobre a identificação das vias e logradouros públicos do município de Montes Claros. Autoriza as empresas privadas a patrocinarem a confecção de placas e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4430</t>
   </si>
   <si>
     <t>Maria de Fátima Pereira Macedo</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4430/flash_7149.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4430/flash_7149.pdf</t>
   </si>
   <si>
     <t>Flash 7149._x000D_
 PROJETO DE LEI S/Nº/2006. (REJEITADO). Dispõe sobre a obrigatoriedade da manutenção de aparelho desfibrilador externo automático, em locais públicos com previsão de concentração ou circulação igual ou superior a 1500 pessoas, e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4431</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4431/flash_7150.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4431/flash_7150.pdf</t>
   </si>
   <si>
     <t>Flash 7150._x000D_
 PROJETO DE LEI S/Nº/2006. (REJEITADO). Dispõe sobre normas para a instalação de circos ou parques de diversões no perímetro urbano do município de Montes Claros e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4432</t>
   </si>
   <si>
     <t>Ruy Adriano Borges Muniz</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4432/flash_7151.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4432/flash_7151.pdf</t>
   </si>
   <si>
     <t>Flash 7151._x000D_
 PROJETO DE LEI S/Nº/2006. (REJEITADO). Autoriza a Prefeitura Municipal de Montes Claros a celebrar convênio com a Empresa Brasileira de Correios e Telégrafos – EBCT, para a criação do "Programa Remédio em Casa"._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4433</t>
   </si>
   <si>
     <t>Eurípedes Xavier Souto</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4433/flash_7152.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4433/flash_7152.pdf</t>
   </si>
   <si>
     <t>Flash 7152._x000D_
 PROJETO DE LEI S/Nº/2006. (RETIRADO). Autoriza a Prefeitura Municipal de Montes Claros a isentar do pagamento de Imposto Predial e Territorial Urbano - IPTU, os aposentados por doença grave, que tenham uma renda mínima de até 2 salários mínimos e sejam proprietários de um único imóvel._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4434</t>
   </si>
   <si>
     <t>Antônio Silveira de Sá</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4434/flash_7153.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4434/flash_7153.pdf</t>
   </si>
   <si>
     <t>Flash 7153._x000D_
 PROJETO DE LEI S/Nº/2006. (RETIRADO). Autoriza o Poder Executivo a exigir a contratação de seguro de passageiros no transporte escolar municipal e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4435</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4435/flash_7154.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4435/flash_7154.pdf</t>
   </si>
   <si>
     <t>Flash 7154._x000D_
 PROJETO DE LEI S/Nº/2006. (RETIRADO). Altera dispositivo da Lei nº 3.176, de 23/12/2003, que dispõe sobre o Estatuto, o Plano de Cargos e a Remuneração do Magistério do Município de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4436</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4436/flash_7155.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4436/flash_7155.pdf</t>
   </si>
   <si>
     <t>Flash 7155._x000D_
 PROJETO DE LEI S/Nº2006. (RETIRADO). Altera dispositivo da Lei nº 3.176, de 23/12/2003, que dispõe sobre o Estatuto, o Plano de Cargos e a Remuneração do Magistério do Município de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4437</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4437/flash_7156.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4437/flash_7156.pdf</t>
   </si>
   <si>
     <t>Flash 7156._x000D_
 PROJETO DE LEI S/Nº/2006. (REJEITADO). Autoriza o Poder Executivo a alterar dispositivos da Lei nº 3.176, de 23/12/2003, que dispõe sobre o Estatuto, o Plano de Cargos e a Remuneração do Magistério do Município de Montes Claros e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4438</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4438/flash_7157.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4438/flash_7157.pdf</t>
   </si>
   <si>
     <t>Flash 7157._x000D_
 PROJETO DE LEI S/Nº/2006. (RETIRADO). Autoriza o Poder Executivo a fixar e cobrar preço público pela ocupação do espaço de solo em áreas públicas municipais, pelo sistema de posteamento de rede de energia elétrica e iluminação pública, de propriedade de concessionária de energia elétrica que os utiliza e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4439</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4439/flash_7158.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4439/flash_7158.pdf</t>
   </si>
   <si>
     <t>Flash 7158._x000D_
 PROJETO DE LEI S/Nº/2006. (RETIRADO). Autoriza o Poder Executivo a criar o "Conselho Municipal dos Direitos da Mulher" no município de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4440</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4440/flash_7159.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4440/flash_7159.pdf</t>
   </si>
   <si>
     <t>Flash 7159._x000D_
 PROJETO DE LEI S/Nº/2006. (RETIRADO). Dispõe sobre a Gestão Democrática do Ensino Público Municipal e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4441</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4441/flash_7160.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4441/flash_7160.pdf</t>
   </si>
   <si>
     <t>Flash 7160._x000D_
 PROJETO DE LEI S/Nº/2006. (RETIRADO). Dispõe sobre a construção e manutenção das calçadas do município de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4442</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4442/flash_6650.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4442/flash_6650.pdf</t>
   </si>
   <si>
     <t>Flash 6650._x000D_
 PROJETO DE LEI Nº 151/2006. Dispõe sobre alteração da Lei nº 3.623, de 24/07/2006, que dispõe sobre as Diretrizes Orçamentárias - LDO, para o exercício de 2007, e dá outras providências. (Referente à Lei nº 3.659, de 06/10/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4443</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4443/flash_7161.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4443/flash_7161.pdf</t>
   </si>
   <si>
     <t>Flash 7161._x000D_
 PROJETO DE LEI S/Nº/2006. (RETIRADO). Dispõe sobre a padronização das cores utilizadas para pintura dos prédios públicos do município de Montes Claros e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4444</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Valcir Soares da Silva</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4444/flash_7162.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4444/flash_7162.pdf</t>
   </si>
   <si>
     <t>Flash 7162._x000D_
 PROJETO DE LEI S/Nº/2006. (RETIRADO). Institui, no município de Montes Claros, o Cartão Especial de Estacionamento, a ser utilizado por condutores de automóveis para deficientes ou deficientes proprietários de automóveis._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4445</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4445/flash_6651.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4445/flash_6651.pdf</t>
   </si>
   <si>
     <t>Flash 6651._x000D_
 PROJETO DE LEI Nº 155/2006. Altera a Lei nº 3.331, de 23/06/2004, que instituiu o adicional por atividade especial, que poderá ser atribuída ao servidor pelo efetivo exercício de atividades que o exponham ao risco de saúde e/ou à integridade física, e dá outras providências. (Insalubridade). (Referente à Lei nº 3.662, de 25/10/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4446</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4446/flash_7163.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4446/flash_7163.pdf</t>
   </si>
   <si>
     <t>Flash 7163._x000D_
 PROJETO DE LEI S/Nº/2006. (RETIRADO). Cria o "Programa Municipal de Vacinação do Idoso na Rede Municipal de Saúde de Montes Claros" e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4447</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4447/flash_7164.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4447/flash_7164.pdf</t>
   </si>
   <si>
     <t>Flash 7164._x000D_
 PROJETO DE LEI S/Nº/2006. (RETIRADO). Dispõe sobre o acesso aos Centros de Educação Infantil do Município, por crianças portadoras de necessidades educativas especiais e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4449</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4449/flash_7165.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4449/flash_7165.pdf</t>
   </si>
   <si>
     <t>Flash 7165._x000D_
 PROJETO DE LEI S/Nº/2006. (RETIRADO). Dispõe sobre a obrigatoriedade em destinar áreas para estacionamento de bicicletas em prédios públicos municipais, terminais de transporte rodoviário, hospitais, bancos, shopping centers, supermercados e hipermercados._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4451</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4451/flash_7166.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4451/flash_7166.pdf</t>
   </si>
   <si>
     <t>Flash 7166._x000D_
 PROJETO DE LEI S/Nº/2006. (RETIRADO). Autoriza o Poder Executivo a criar a Lei de Incentivo Fiscal e o Conselho Municipal de Esportes de Montes Claros e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4450</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4450/flash_6653.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4450/flash_6653.pdf</t>
   </si>
   <si>
     <t>Flash 6653._x000D_
 PROJETO DE LEI Nº 176/2006. Altera a Lei nº 3.196, de 31/03/2004, que autorizou a doação de terrenos à Associação da União Este Brasileira das Igrejas Adventistas do 7º Dia. (Referente à Lei nº 3.683, de 08/12/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4453</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4453/flash_6654.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4453/flash_6654.pdf</t>
   </si>
   <si>
     <t>Flash 6654._x000D_
 PROJETO DE LEI Nº 180/2006. Altera dispositivo da Lei nº 3.483, de 13/12/2005, que dispõe sobre a Lei Orçamentária Municipal para o exercício financeiro de 2006. (Referente à Lei nº 3.687, de 26/12/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4454</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4454/flash_7168.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4454/flash_7168.pdf</t>
   </si>
   <si>
     <t>Flash 7168._x000D_
 PROJETO DE LEI S/Nº/2006. (RETIRADO). Denomina o Zoológico Municipal de Montes Claros “Amaro Satiro de Araújo - Pernambuco", localizado nas dependências do Parque Municipal Milton Prates._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4457</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4457/flash_7170.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4457/flash_7170.pdf</t>
   </si>
   <si>
     <t>Flash 7170._x000D_
 PROJETO DE LEI S/Nº/2006. (RETIRADO). Dispõe sobre a construção, o funcionamento, a utilização, a administração, a fiscalização dos cemitérios e a execução dos serviços funerários do município de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4462</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4462/flash_7172.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4462/flash_7172.pdf</t>
   </si>
   <si>
     <t>Flash 7172._x000D_
 PROJETO DE LEI S/Nº/2006. (RETIRADO). Dispõe sobre a obrigatoriedade de instalação de dispositivo triturador de resíduos orgânicos nas edificações que menciona e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4464</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4464/flash_7173.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4464/flash_7173.pdf</t>
   </si>
   <si>
     <t>Flash 7173._x000D_
 PROJETO DE LEI S/Nº/2006. (RETIRADO). Dispõe sobre a criação do Conselho de Políticas Urbanas da Cidade de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4466</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4466/flash_7174.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4466/flash_7174.pdf</t>
   </si>
   <si>
     <t>Flash 7174._x000D_
 PROJETO DE LEI S/Nº/2006. (RETIRADO). Autoriza o Poder Executivo a instituir no currículo das escolas da rede municipal de ensino, o "Programa de Meditação"._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4469</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4469/flash_7175.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4469/flash_7175.pdf</t>
   </si>
   <si>
     <t>Flash 7175._x000D_
 PROJETO DE LEI S/Nº/2006. (RETIRADO). Dispõe sobre reciclagem de papel e sua utilização no âmbito da Administração Municipal e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4473</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>Athos Mameluque Mota</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4473/flash_7177.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4473/flash_7177.pdf</t>
   </si>
   <si>
     <t>Flash 7177._x000D_
 PROJETO DE LEI S/Nº/2006. (RETIRADO). Dispõe sobre a utilização de cartelas individuais de consumo para bares e restaurantes do município de Montes Claros e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4474</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4474/flash_7178.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4474/flash_7178.pdf</t>
   </si>
   <si>
     <t>Flash 7178._x000D_
 PROJETO DE LEI S/Nº/2006. (PREJUDICADO). Autoriza o Poder Executivo a isentar os desempregados de pagamento de inscrição em concursos públicos municipais._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4475</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4475/flash_7179.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4475/flash_7179.pdf</t>
   </si>
   <si>
     <t>Flash 7179._x000D_
 PROJETO DE LEI S/Nº/2006. (RETIRADO). Institui o "Passe-Escolar" no transporte coletivo urbano do município de Montes Claros e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4476</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4476/flash_7180.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4476/flash_7180.pdf</t>
   </si>
   <si>
     <t>Flash 7180._x000D_
 PROJETO DE LEI S/Nº/2006. (RETIRADO). Regulamenta o acondicionamento do cano de descarga dos ônibus e lotações do serviço de transporte coletivo urbano do município de Montes Claros e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4477</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4477/flash_7181.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4477/flash_7181.pdf</t>
   </si>
   <si>
     <t>Flash 7181._x000D_
 PROJETO DE LEI S/Nº/2006. (RETIRADO). Dispõe sobre a criação do Conselho Municipal de Política Cultural - CMPC e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4478</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4478/flash_7182.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4478/flash_7182.pdf</t>
   </si>
   <si>
     <t>Flash 7182._x000D_
 PROJETO DE LEI S/Nº/2006. (RETIRADO). Institui o "Programa Passe-Desemprego" no município de Montes Claros e contém outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4479</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4479/flash_7183.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4479/flash_7183.pdf</t>
   </si>
   <si>
     <t>Flash 7183._x000D_
 PROJETO DE LEI S/Nº/2006. (RETIRADO). Dispõe sobre a isenção de pagamento dos ingressos para eventos culturais, aos professores da rede municipal de ensino e contém outras disposições._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4480</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4480/flash_7184.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4480/flash_7184.pdf</t>
   </si>
   <si>
     <t>Flash 7184._x000D_
 PROJETO DE LEI S/Nº/2006. (RETIRADO). Dispõe sobre a divulgação na internet, através do site oficial da Prefeitura, da relação dos medicamentos disponíveis no estoque da Secretaria Municipal de Saúde e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4481</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4481/flash_7185.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4481/flash_7185.pdf</t>
   </si>
   <si>
     <t>Flash 7185._x000D_
 PROJETO DE LEI S/Nº/2006. (RETIRADO). Dispõe sobre "Feiras Itinerantes Intermunicipais" e contém outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4483</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4483/flash_7187.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4483/flash_7187.pdf</t>
   </si>
   <si>
     <t>Flash 7187._x000D_
 PROJETO DE LEI S/Nº/2006. (RETIRADO). Dispõe sobre a obrigatoriedade em destinar áreas para estacionamento de bicicletas em hospitais, bancos, shopping centers, supermercados e hipermercados._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4484</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4484/flash_7188.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4484/flash_7188.pdf</t>
   </si>
   <si>
     <t>Flash 7188._x000D_
 PROJETO DE LEI S/Nº/2006. (RETIRADO). Dispõe sobre a criação do Conselho Municipal dos Direitos da Mulher - CMDM._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4536</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4536/flash_6684.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4536/flash_6684.pdf</t>
   </si>
   <si>
     <t>Flash 6684._x000D_
 PROJETO DE LEI Nº 07/2006. Obriga o Fiscal de Trânsito da TRANSMONTES a comprovar a autuação de trânsito, por meio de notificação, com recibo de entrega assinado ou por fotografia do ato de infração._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4551</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4551/flash_6185.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4551/flash_6185.pdf</t>
   </si>
   <si>
     <t>Flash 6185._x000D_
 PROJETO DE LEI Nº 46/2006. Autoriza o Poder Executivo a firmar convênio com a Associação Mantenedora da Guarda Mirim de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4552</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4552/flash_6186.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4552/flash_6186.pdf</t>
   </si>
   <si>
     <t>Flash 6186._x000D_
 PROJETO DE LEI Nº 50/2006. Autoriza o Poder Executivo a firmar convênio com a Secretaria de Segurança Pública do Estado de Minas Gerais, através da Polícia Civil, e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4553</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4553/flash_6187.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4553/flash_6187.pdf</t>
   </si>
   <si>
     <t>Flash 6187._x000D_
 PROJETO DE LEI Nº 55/2006. Autoriza o Poder Executivo a celebrar convênio com Empresa Brasileira de Correios e Telégrafos – ECT, para prestação de serviço postal na zona rural do município de Montes Claros e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4554</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4554/flash_6188.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4554/flash_6188.pdf</t>
   </si>
   <si>
     <t>Flash 6188._x000D_
 PROJETO DE LEI Nº 64/2006. Autoriza o Poder Executivo a firmar convênio com o Departamento de Polícia Federal – Superintendência Regional de Minas Gerais._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4555</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4555/flash_6189.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4555/flash_6189.pdf</t>
   </si>
   <si>
     <t>Flash 6189._x000D_
 PROJETO DE LEI Nº 63/2006. Autoriza o Poder Executivo a firmar convênio com a Secretaria de Segurança Pública do Estado de Minas Gerais, através da Polícia Civil, visando a prevenção ao tráfico de entorpecentes, e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4556</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4556/flash_6190.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4556/flash_6190.pdf</t>
   </si>
   <si>
     <t>Flash 6190._x000D_
 PROJETO DE LEI Nº 125/2006. Autoriza o Poder Executivo a modificar as planilhas de orçamento da Lei nº 3.435, de 18/08/2005 e incluir cláusula de reajustamento nas obras de que trata o V Termo Aditivo ao Contrato de Concessão celebrado entre o Município e a Companhia de Abastecimento de Minas Gerais - COPASA._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4557</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4557/flash_6191.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4557/flash_6191.pdf</t>
   </si>
   <si>
     <t>Flash 6191._x000D_
 PROJETO DE LEI Nº 154//2006. Autoriza o Poder Executivo a firmar convênio para a execução do "Projeto Hortas Comunitárias", a serem implantadas sob a rede de transmissão da CEMIG, no bairro Ibituruna, entre a Vila Oliveira e o Parque da Sapucaia._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4558</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4558/flash_6192.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4558/flash_6192.pdf</t>
   </si>
   <si>
     <t>Flash 6192._x000D_
 PROJETO DE LEI Nº 133/2006. Autoriza o Poder Executivo a firmar convênio com a Associação de Promoção s Assistência Social - APAS, para fornecimento de 200 litros mensais de combustível. (Referente à Lei nº 3.643, de 12/09/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4559</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4559/flash_6193.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4559/flash_6193.pdf</t>
   </si>
   <si>
     <t>Flash 6193._x000D_
 PROJETO DE LEI Nº 171/2006. Autoriza o Poder Executivo a celebrar convênio com entidades públicas e privadas, voltadas para o desenvolvimento do "Programa Sentinela", com ênfase em ações de assistência social destinadas ao atendimento de crianças e adolescentes vitimadas pela violência. (Referente à Lei nº 3.680, de 29/11/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4561</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4561/flash_6195.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4561/flash_6195.pdf</t>
   </si>
   <si>
     <t>Flash 6195._x000D_
 PROJETO DE LEI Nº 177/2006. Autoriza o Poder Executivo a contratar financiamento junto ao Banco do Brasil, no valor de R$1.980.000,00, a serem aplicados na aquisição de máquinas e equipamentos, no âmbito do Programa de Intervenções Viárias - PROVIAS, e dá outras providências. (Referente à Lei nº 3.682, de 06/12/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4571</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4571/flash_6205.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4571/flash_6205.pdf</t>
   </si>
   <si>
     <t>Flash 6205._x000D_
 PROJETO DE LEI Nº 04/2006. Autoriza o Poder Executivo a abrir crédito adicional especial ao orçamento vigente, repassar recursos financeiros ao Esquadrão da Vida, firmar convênio e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4572</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4572/flash_6206.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4572/flash_6206.pdf</t>
   </si>
   <si>
     <t>Flash 6206._x000D_
 PROJETO DE LEI Nº 06/2006. Autoriza o Poder Executivo a abrir crédito adicional especial ao orçamento vigente, no valor de R$70.000,00, a serem utilizados no Programa de Incentivo à Quitação de Tributos Municipais e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4573</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4573/flash_6207.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4573/flash_6207.pdf</t>
   </si>
   <si>
     <t>Flash 6207._x000D_
 PROJETO DE LEI Nº 13/2006. Autoriza o Poder Executivo a abrir crédito adicional especial ao orçamento vigente, para implantação da Coordenadoria do Sistema de Controle Interno, e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4574</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4574/flash_6208.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4574/flash_6208.pdf</t>
   </si>
   <si>
     <t>Flash 6208._x000D_
 PROJETO DE LEI Nº 20/2006. Autoriza o Poder Executivo a abrir crédito adicional especial ao orçamento vigente, no valor de R$5.000,00, para concessão de auxílio à Miss Montes Claros, e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4575</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4575/flash_6209.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4575/flash_6209.pdf</t>
   </si>
   <si>
     <t>Flash 6209._x000D_
 PROJETO DE LEI Nº 35/2006. Autoriza o Poder Executivo a abrir crédito adicional especial ao orçamento vigente, no valor de R$35.000,00, destinados à Associação de Pais e Amigos dos Excepcionais de Montes Claros - APAE, e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4576</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4576/flash_6210.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4576/flash_6210.pdf</t>
   </si>
   <si>
     <t>Flash 6210._x000D_
 PROJETO DE LEI Nº 81/2006. Autoriza o Poder Executivo a abrir crédito adicional especial ao orçamento vigente, repassar recursos financeiros e firmar convênio com a Polícia Militar do Estado de Minas Gerais, para execução do PROERD._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4577</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4577/flash_6211.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4577/flash_6211.pdf</t>
   </si>
   <si>
     <t>Flash 6211._x000D_
 PROJETO DE LEI Nº 85/2006. Autoriza o Poder Executivo a abrir crédito adicional especial ao orçamento vigente, no valor de R$369.000,00, destinados à recuperação/revitalização da micro-bacia do Rio do Cedro, e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4578</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4578/flash_6212.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4578/flash_6212.pdf</t>
   </si>
   <si>
     <t>Flash 6212._x000D_
 PROJETO DE LEI Nº 167/2006. Autoriza o Poder Executivo a abrir crédito adicional especial ao orçamento vigente, visando o pagamento de despesas de exercícios anteriores, e dá outras providências. (Referente à Lei nº 3.674, de 07/11/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4593</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>Coriolando da Soledade Ribeiro Afonso</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4593/flash_6227.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4593/flash_6227.pdf</t>
   </si>
   <si>
     <t>Flash 6227._x000D_
 PROJETO DE LEI Nº 14/2006. Institui o "Programa Municipal de Educação Fiscal" e seu respectivo grupo de trabalho para coordenação. (Referente à Lei nº 3.527, de 15/03/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4594</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4594/flash_6228.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4594/flash_6228.pdf</t>
   </si>
   <si>
     <t>Flash 6228._x000D_
 PROJETO DE LEI Nº 24/2006. Autoriza o Poder Executivo a criar o "Conselho Municipal da Juventude", no âmbito do município de Montes Claros, e dá outras providências. (Referente à Lei nº 3.546 de 12/04/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4595</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4595/flash_6229.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4595/flash_6229.pdf</t>
   </si>
   <si>
     <t>Flash 6229._x000D_
 PROJETO DE LEI Nº 22/2006. Autoriza o Poder Executivo a criar o "Programa de Coleta Seletiva de Lixo Reciclável", nas escolas da rede pública municipal._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4596</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>MESA DIRETORA - MESA</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4596/flash_6230.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4596/flash_6230.pdf</t>
   </si>
   <si>
     <t>Flash 6230._x000D_
 PROJETO DE LEI Nº 29/2006. Cria o Plano de Assistência à Saúde, no âmbito de Poder Legislativo de Montes Claros. (Plano de Saúde). (Referente à Lei nº 3.537, de 03/04/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4597</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4597/flash_6231.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4597/flash_6231.pdf</t>
   </si>
   <si>
     <t>Flash 6231._x000D_
 PROJETO DE LEI Nº 87/2006. Autoriza a criação do "Conselho Municipal de Combate à Corrupção e à Impunidade", no município de Montes Claros. (Referente à Lei nº 3.597, de 13/07/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4598</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4598/flash_6232.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4598/flash_6232.pdf</t>
   </si>
   <si>
     <t>Flash 6232._x000D_
-PROJETO DE LEI Nº 86/2006. Autoriza o Poder Executivo a criar o "Conselho Municipal de Segurança Alimentar e Nutricional Sustentável de Montes Claros - COMSEA", e dá outras providências. (Referente à Lei nº 3.598, de 10/07/2006)._x000D_
+PROJETO DE LEI Nº 86/2006. (REVOGADA). Autoriza o Poder Executivo a criar o "Conselho Municipal de Segurança Alimentar e Nutricional Sustentável de Montes Claros - COMSEA", e dá outras providências. (Referente à Lei nº 3.598, de 10/07/2006, que foi revogada pela Lei nº 5.923, de 15/12/2025)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4599</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4599/flash_6233.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4599/flash_6233.pdf</t>
   </si>
   <si>
     <t>Flash 6233._x000D_
 PROJETO DE LEI Nº 132/2006. Cria o Conselho Municipal Antidrogas - COMAD; revoga a Lei nº 2.925, de 12/09/2001, e dá outras providências. (Referente à Lei nº 3.641, de 11/09/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4600</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>Aurindo José Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4600/flash_6234.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4600/flash_6234.pdf</t>
   </si>
   <si>
     <t>Flash 6234._x000D_
 PROJETO DE LEI Nº 140/2006. Autoriza o Poder Executivo a criar o "Programa Disque-Idoso", no município de Montes Claros e dá outras providências. (Referente à Lei nº 3.654, de 27/09/2006).     _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4601</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4601/flash_6235.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4601/flash_6235.pdf</t>
   </si>
   <si>
     <t>Flash 6235._x000D_
 PROJETO DE LEI Nº 148/2006. Cria o Programa Municipal de Regularização Fundiária de Interesse Social no Município de Montes Claros, e dá outras providências. (Referente à Lei nº 3.658, de 02/10/2006). _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4602</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4602/flash_6236.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4602/flash_6236.pdf</t>
   </si>
   <si>
     <t>Flash 6236._x000D_
-PROJETO DE LEI Nº 170/2006. Cria a Coordenadoria Municipal de Defesa Civil – COMDEC e o Fundo Municipal de Defesa Civil – FUMDEC, no âmbito do município de Montes Claros; revoga a Lei nº 3.152, de 12/09/2003, e dá outras providências. (Referente à Lei nº 3.677, de 21/11/2006)._x000D_
+PROJETO DE LEI Nº 170/2006. (REVOGADA). Cria a Coordenadoria Municipal de Defesa Civil – COMDEC e o Fundo Municipal de Defesa Civil – FUMDEC, no âmbito do município de Montes Claros; revoga a Lei nº 3.152, de 12/09/2003, e dá outras providências. (Referente à Lei nº 3.677, de 21/11/2006, que foi revogada pela Lei nº 5.889, de 08/10/2025)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4603</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4603/flash_6237.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4603/flash_6237.pdf</t>
   </si>
   <si>
     <t>Flash 6237._x000D_
 PROJETO DE LEI Nº 172/2006. Cria o Fundo Municipal de Desenvolvimento Rural Sustentável e dá outras providências. (Referente à Lei nº 3.679, de 29/11/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4634</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4634/flash_6685.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4634/flash_6685.pdf</t>
   </si>
   <si>
     <t>Flash 6685._x000D_
 PROJETO DE LEI Nº 27/2006. (REVOGADA). Estabelece a Política e Normas para o Ecocrédito no Município de Montes Claros, e dá outras providências. (Referente à Lei nº 3.545, de 12/04/2006, que, após alteração em 2007, foi posteriormente revogada pela Lei nº 5.035, de 27/12/2017)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4635</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4635/flash_6686.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4635/flash_6686.pdf</t>
   </si>
   <si>
     <t>Flash 6686._x000D_
 PROJETO DE LEI Nº 116/2006. Torna obrigatório o fornecimento, por parte dos Shoppings e estabelecimentos similares, cadeiras de rodas para pessoas portadoras de deficiência física ou que necessitam de seu uso, e dá outras providências. (Referente à Lei nº 3.624, de 25/07/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4636</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4636/flash_6687.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4636/flash_6687.pdf</t>
   </si>
   <si>
     <t>Flash 6687._x000D_
 PROJETO DE LEI Nº 53/2006. Dispõe sobre a proibição de coleta antecipada de frutos do pequi (pequizeiro - Caryocar Brasiliense), e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4637</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4637/flash_6688.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4637/flash_6688.pdf</t>
   </si>
   <si>
     <t>Flash 6688._x000D_
 PROJETO DE LEI Nº 61/2006. Dispõe sobre normas para a instalação, manutenção e funcionamento de Posto Revendedor (PR), Posto de Abastecimento (PA), Instalação de Sistema Retalhista (ISR) e outros estabelecimentos que exerçam atividades ligadas à área automotiva, potencialmente poluidora e dá outras providências. Postos de combustível. (Referente à Lei nº 3.575, de 02/06/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4638</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4638/flash_6689.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4638/flash_6689.pdf</t>
   </si>
   <si>
     <t>Flash 6689._x000D_
 PROJETO DE LEI Nº 115/2006. Proíbe a compra de fios e cabos condutores de energia elétrica, mata-burro e boca-de-lobo, sem a devida identificação de sua origem e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4639</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4639/flash_6690.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4639/flash_6690.pdf</t>
   </si>
   <si>
     <t>Flash 6690._x000D_
 PROJETO DE LEI Nº 131/2006. (REVOGADA). Dispõe sobre Normas Gerais para a instalação, no município de Montes Claros, de equipamentos transmissores de radiação eletromagnética, relativos a serviços móveis de telefonia celular sem fio. Revoga a Lei nº 3.215, de 29/04/2004. (Estação Rádio-Base – ERB). (Referente à Lei nº 3.642, de 11/09/2006, que foi posteriormente revogada pela Lei nº 5.395, de 25/11/2021).  _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4647</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4647/flash_6698.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4647/flash_6698.pdf</t>
   </si>
   <si>
     <t>Flash 6698._x000D_
 PROJETO DE LEI Nº 114/2006. (ALTERADA). Dispõe sobre as Diretrizes para Elaboração da Lei Orçamentária do Município de Montes Claros, para o exercício de 2007, e dá outras providências. (Referente à Lei nº 3.623, de 24/07/2006, que foi posteriormente alterada pelas Leis nº 3.659, de 06/10/2006 e nº 3.671, de 25/10/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4648</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4648/flash_6699.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4648/flash_6699.pdf</t>
   </si>
   <si>
     <t>Flash 6699._x000D_
 PROJETO DE LEI Nº 165/2006. Dispõe sobre revisão dos anexos I e II da Lei nº 3.623, de 24/07/2006 - Metas Fiscais da Lei de Diretrizes Orçamentárias para o exercício de 2007. (Referente à Lei nº 3.671, de 25/10/2006).     _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4649</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4649/flash_6700.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4649/flash_6700.pdf</t>
   </si>
   <si>
     <t>Flash 6700._x000D_
 PROJETO DE LEI Nº 168/2006. (ALTERADA). Estima a receita e fixa a despesa do Município de Montes Claros, para o exercício financeiro de 2007. (Referente à Lei nº 3.675, de 13/11/2006, que foi posteriormente alterada pela Lei nº 3.742, de 31/05/2007)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4682</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4682/flash_6733.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4682/flash_6733.pdf</t>
   </si>
   <si>
     <t>Flash 6733._x000D_
 PROJETO DE LEI Nº 05/2006. Autoriza o Poder Executivo a repassar recursos do Fundo Municipal para a Infância e Adolescência – FIA à entidades governamentais e não governamentais cadastradas no Conselho Municipal da Criança e do Adolescente._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4683</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4683/flash_6734.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4683/flash_6734.pdf</t>
   </si>
   <si>
     <t>Flash 6734._x000D_
 PROJETO DE LEI Nº 08/2006. (ALTERADA). Autoriza o Poder Executivo a repassar recursos financeiros e firmar convênio com as entidades conveniadas de Educação Infantil do Município de Montes Claros, e dá outras providências. (Referente à Lei nº 3.522, de 17/02/2006, que foi posteriormente alterada - ver flash 6647)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4684</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4684/flash_6735.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4684/flash_6735.pdf</t>
   </si>
   <si>
     <t>Flash 6735._x000D_
 PROJETO DE LEI Nº 18/2006. Autoriza o Poder Executivo a repassar recursos financeiros e firmar convênio com a Fundação Hospitalar de Montes Claros/Hospital Aroldo Tourinho, a Irmandade Nossa Senhora das Mercês de Montes Claros/Santa Casa e o Hospital Universitário Clemente de Faria/Unimontes, e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4685</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4685/flash_6736.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4685/flash_6736.pdf</t>
   </si>
   <si>
     <t>Flash 6736._x000D_
 PROJETO DE LEI Nº 19/2006. Autoriza o Poder Executivo a repassar recursos financeiros e firmar convênios com a Fundação Hospitalar de Montes Claros/Hospital Aroldo Tourinho e a Irmandade Nossa Senhora das Mercês de Montes Claros/Santa Casa._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4686</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4686/flash_6737.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4686/flash_6737.pdf</t>
   </si>
   <si>
     <t>Flash 6737._x000D_
 PROJETO DE LEI Nº 25/2006. Autoriza o Poder Executivo a repassar recursos financeiros e firmar convênio com a Confederação Nacional dos Municípios – CNM, Associação dos Municípios da Área Mineira da Sudene – AMAMS, e com a Frente Mineira dos Prefeitos._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4687</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4687/flash_6738.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4687/flash_6738.pdf</t>
   </si>
   <si>
     <t>Flash 6738._x000D_
 PROJETO DE LEI Nº 26/2006. Autoriza o Poder Executivo a repassar recursos financeiros e firmar convênios com as entidades culturais: Associação dos Ternos de Catopês, Marujos e Caboclinhos de Montes Claros, Associação dos Artistas Plásticos de Montes Claros, Associação dos Ternos de Folia de Reis e Pastorinhas de Montes Claros, Associação dos Artistas e Técnicos em Espetáculos de Diversão – AARTED, Associação dos Artistas do Norte de Minas – ASANORTE, Fundação Cultural Marina Lorenzo Fernandes, Grupo Folclórico Banzé, Associação dos Seresteiros e Amigos da arte – ASAMA, Associação dos Repentistas e Poetas Populares do Norte de Minas – ARTPMN e Associação dos Artesãos do Município de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4688</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4688/flash_6739.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4688/flash_6739.pdf</t>
   </si>
   <si>
     <t>Flash 6739._x000D_
 PROJETO DE LEI Nº 34/2006. Autoriza o Poder Executivo a repassar recursos financeiros ao Colegiado dos Secretários Municipais de Saúde – COSEMS._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4689</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4689/flash_6740.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4689/flash_6740.pdf</t>
   </si>
   <si>
     <t>Flash 6740._x000D_
 PROJETO DE LEI Nº 40/2006. Autoriza o Poder Executivo a repassar recursos financeiros do Fundo Municipal de Assistência Social – FMAS à entidades e organizações inscritas no Conselho Municipal de Assistência Social de Montes Claros, e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4690</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4690/flash_6741.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4690/flash_6741.pdf</t>
   </si>
   <si>
     <t>Flash 6741._x000D_
 PROJETO DE LEI Nº 38/2006. Autoriza o Poder Executivo a repassar recursos financeiros, abrir crédito adicional especial ao orçamento vigente e firmar convênio com a Associação Comunitária de Moradores e Proprietários do Bairro Anália Lopes._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4691</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4691/flash_6742.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4691/flash_6742.pdf</t>
   </si>
   <si>
     <t>Flash 6742._x000D_
 PROJETO DE LEI Nº 39/2006. Autoriza o Poder Executivo a repassar recursos financeiros e firmar convênio com a Pastoral da Criança da Arquidiocese de Montes Claros, e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4694</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4694/flash_6743.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4694/flash_6743.pdf</t>
   </si>
   <si>
     <t>Flash 6743._x000D_
 PROJETO DE LEI Nº 48/2006. Autoriza o Poder Executivo a repassar recursos financeiros e firmar convênio com o Montes Claros Tênis Clube – MCTC (Praça de Esportes), e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4696</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4696/flash_6744.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4696/flash_6744.pdf</t>
   </si>
   <si>
     <t>Flash 6744._x000D_
 PROJETO DE LEI Nº 49/2006. Autoriza o Poder Executivo a repassar recursos financeiros e firmar convênio com a Irmandade Nossa Senhora das Mercês de Montes Claros/Santa Casa._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4701</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4701/flash_6272.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4701/flash_6272.pdf</t>
   </si>
   <si>
     <t>Flash 6272._x000D_
 PROJETO DE LEI Nº 31/2006. Denomina a "Rua Renata Mendes Martins", localizada no bairro Chácara dos Mangues. (Referente à Lei nº 3.554, de 10/04/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4702</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>Sebastião Ildeu Maia</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4702/flash_6273.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4702/flash_6273.pdf</t>
   </si>
   <si>
     <t>Flash 6273._x000D_
 PROJETO DE LEI Nº 32/2006. Denomina a "Avenida Pedro Álvares Cabral”, localizada no bairro Ibituruna; revoga a Lei nº 3.342, de 13/07/2004. (Apesar de aprovado, não há evidências de que este projeto tenha virado lei)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4704</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4704/flash_6274.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4704/flash_6274.pdf</t>
   </si>
   <si>
     <t>Flash 6274._x000D_
 PROJETO DE LEI Nº 41/2006. Denomina a "Avenida Comendador Antônio Loureiro Ramos", localizada no bairro Jardim Panorama. (Referente à Lei nº 3.555, de 26/04/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4706</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4706/flash_6275.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4706/flash_6275.pdf</t>
   </si>
   <si>
     <t>Flash 6275._x000D_
 PROJETO DE LEI Nº 42/2006. Denomina a "Praça Juventino Ruas de Abreu", localizada no bairro Ibituruna, na confluência das ruas Londres, Luxembrurgo e avenida Erlindo Silveira. (Referente à Lei nº 3.558, de 29/04/2006). _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4707</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4707/flash_6745.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4707/flash_6745.pdf</t>
   </si>
   <si>
     <t>Flash 6745._x000D_
 PROJETO DE LEI Nº 56/2006. Autoriza o Poder Executivo a repassar recursos financeiros e firmar convênio com a União Nacional dos Dirigentes Municipais de Ensino - UNDIME._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4709</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4709/flash_6276.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4709/flash_6276.pdf</t>
   </si>
   <si>
     <t>Flash 6276._x000D_
 PROJETO DE LEI Nº 43/2006. Denomina a "Praça Dr. José Nunes Mourão”, localizada no bairro Todos os Santos, na confluência das ruas Santa Mônica, São Roberto e avenida Deputado Esteves Rodrigues. (Apesar de aprovado, não há indícios de que este projeto tenha virado lei)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4710</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4710/flash_6746.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4710/flash_6746.pdf</t>
   </si>
   <si>
     <t>Flash 6746._x000D_
 PROJETO DE LEI Nº 58/2006. Autoriza o Poder Executivo a repassar recursos financeiros e firmar convênio com a Associação Comercial, Industrial e de Serviços de Montes Claros - ACI, para realização da 11ª FENICS._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4712</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4712/flash_6747.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4712/flash_6747.pdf</t>
   </si>
   <si>
     <t>Flash 6747._x000D_
 PROJETO DE LEI Nº 76/2006. Autoriza o Poder Executivo a repassar recursos financeiros e firmar convênio com a Liga Montesclarense de Futebol, com a finalidade de custear despesas de arbitragem e premiação referentes ao Campeonato Amador 2006, e dá outras providências. (Referente à Lei nº 3.584, de 20/06/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4713</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4713/flash_6277.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4713/flash_6277.pdf</t>
   </si>
   <si>
     <t>Flash 6277._x000D_
 PROJETO DE LEI Nº 44/2006. Denomina a "Rua Seymando Sarmento", localizada no bairro Ibituruna. (Referente à Lei nº 3.556, de 26/04/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4714</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4714/flash_6278.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4714/flash_6278.pdf</t>
   </si>
   <si>
     <t>Flash 6278._x000D_
 PROJETO DE LEI Nº 82/2006. Denomina o Zoológico Municipal de Montes Claros "Amaro Satiro de Araújo – Pernambuco", localizado nas dependências do Parque Municipal Milton Prates. (Referente à Lei nº 3.589, de 22/06/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4716</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4716/flash_6279.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4716/flash_6279.pdf</t>
   </si>
   <si>
     <t>Flash 6279._x000D_
 PROJETO DE LEI Nº 90/2006. Denomina a "Rua Gregório Gomes Ferreira", localizada no bairro Universitário. (Referente à Lei nº 3.600, de 12/07/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4717</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4717/flash_6748.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4717/flash_6748.pdf</t>
   </si>
   <si>
     <t>Flash 6748._x000D_
 PROJETO DE LEI Nº 77/2006. Autoriza o Poder Executivo a repassar recursos financeiros e firmar convênio com a Associação Educativa do Brasil – SOEBRAS, e dá outras providências. (Referente à Lei nº 3.583, de 20/06/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4719</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4719/flash_6280.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4719/flash_6280.pdf</t>
   </si>
   <si>
     <t>Flash 6280._x000D_
 PROJETO DE LEI Nº 91/2006. Denomina a "Rua José Salete da Silva", localizada no Conjunto Habitacional José Corrêa Machado. (Referente à Lei nº 3.601, de 12/07/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4721</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4721/flash_6281.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4721/flash_6281.pdf</t>
   </si>
   <si>
     <t>Flash 6281._x000D_
 PROJETO DE LEI Nº 92/2006. Denomina a "Rua Maria de Lourdes Santos", localizada no bairro Universitário. (Referente à Lei nº 3.602, de 12/07/2006). _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4724</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4724/flash_6282.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4724/flash_6282.pdf</t>
   </si>
   <si>
     <t>Flash 6282._x000D_
 PROJETO DE LEI Nº 93/2006. Denomina a "Rua Maria Luiza da Silva”, localizada no Conjunto Habitacional José Corrêa Machado. (Referente à Lei nº 3.603, de 12/07/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4726</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4726/flash_6283.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4726/flash_6283.pdf</t>
   </si>
   <si>
     <t>Flash 6283._x000D_
 PROJETO DE LEI Nº 94/2006. Denomina a "Rua Edgard Vinícius Soares Rocha”, localizada no bairro Chiquinho Guimarães. (Referente à Lei nº 3.604, de 24/07/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4728</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4728/flash_6284.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4728/flash_6284.pdf</t>
   </si>
   <si>
     <t>Flash 6284._x000D_
 PROJETO DE LEI Nº 95/2006. Denomina a "Rua José Gonçalves Barbosa", localizada no bairro Chiquinho Guimarães. (Referente à Lei nº 3.605, de 24/07/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4727</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4727/flash_6749.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4727/flash_6749.pdf</t>
   </si>
   <si>
     <t>Flash 6749._x000D_
 PROJETO DE LEI Nº 78/2006. Autoriza o Poder Executivo a repassar recursos financeiros e firmar convênio com a Fundação Cultural Marina Lorenzo Fernandez, e dá outras providências. (Referente à Lei nº 3.585, de 20/06/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4730</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4730/flash_6285.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4730/flash_6285.pdf</t>
   </si>
   <si>
     <t>Flash 6285._x000D_
 PROJETO DE LEI Nº 96/2006. Denomina a "Rua Delmira Ramos da Silva", localizada no bairro Vila Oliveira. (Referente à Lei nº 3.606, de 24/07/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4732</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4732/flash_6750.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4732/flash_6750.pdf</t>
   </si>
   <si>
     <t>Flash 6750._x000D_
 PROJETO DE LEI Nº 80/2006. Autoriza o Poder Executivo a repassar recursos financeiros e conceder isenção de imposto sobre serviços de qualquer natureza – ISSQN à Sociedade Rural de Montes Claros, durante a XXXII Exposição Agropecuária de Montes Claros. (Referente à Lei nº 3.590, de 22/06/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4733</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4733/flash_6286.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4733/flash_6286.pdf</t>
   </si>
   <si>
     <t>Flash 6286._x000D_
 PROJETO DE LEI Nº 97/2006. Denomina a "Rua Ana Tereza de Jesus", localizada no bairro Jardim São Geraldo. (Referente à Lei nº 3.607, de 24/07/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4735</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4735/flash_6751.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4735/flash_6751.pdf</t>
   </si>
   <si>
     <t>Flash 6751._x000D_
 PROJETO DE LEI Nº 84/2006. Autoriza o Poder Executivo a repassar recursos financeiros e firmar convênio coma Fundação de Desenvolvimento Científico e Tecnológico da Agropecuária Norte Mineira – FUNDETEC._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4736</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4736/flash_6287.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4736/flash_6287.pdf</t>
   </si>
   <si>
     <t>Flash 6287._x000D_
 PROJETO DE LEI Nº 98/2006. Denomina a "Rua Maria Regina Pereira", localizada no bairro Chiquinho Guimarães. (Referente à Lei nº 3.608, de 24/07/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4738</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4738/flash_6752.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4738/flash_6752.pdf</t>
   </si>
   <si>
     <t>Flash 6752._x000D_
 PROJETO DE LEI Nº 121/2006. Autoriza o Poder Executivo a repassar recursos financeiros e firmar convênio com a Fundação Cultural Genival Tourinho, para realização do Projeto Festas de Agosto/2006, e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4740</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4740/flash_6288.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4740/flash_6288.pdf</t>
   </si>
   <si>
     <t>Flash 6288._x000D_
 PROJETO DE LEI Nº 99/2006. Denomina a "Rua “Adelina de Souza Cabral”, localizada no bairro Alterosa II. _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4741</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4741/flash_6753.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4741/flash_6753.pdf</t>
   </si>
   <si>
     <t>Flash 6753._x000D_
 PROJETO DE LEI Nº 126/2006. Autoriza o Poder Executivo a repassar recursos financeiros e firmar convênio coma Associação de Promoção e Assistência Social – APAS._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4743</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4743/flash_6289.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4743/flash_6289.pdf</t>
   </si>
   <si>
     <t>Flash 6289._x000D_
 PROJETO DE LEI Nº 100/2006. Denomina a "Rua Ednei Gomes dos Santos", localizada no bairro Vila Campos. (Referente à Lei nº 3.610, de 24/07/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4745</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4745/flash_6754.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4745/flash_6754.pdf</t>
   </si>
   <si>
     <t>Flash 6754._x000D_
 PROJETO DE LEI Nº 128/2006. Autoriza o Poder Executivo a repassar recursos financeiros e firmar convênio com a Associação dos Servidores e Vereadores da Câmara Municipal de Montes Claros - ASVEC._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4746</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4746/flash_6290.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4746/flash_6290.pdf</t>
   </si>
   <si>
     <t>Flash 6290._x000D_
 PROJETO DE LEI Nº 101/2006. Denomina a "Rua Benedito José dos Santos", localizada no bairro Jardim Alvorada. (Referente à Lei nº 3.611, de 24/07/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4748</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4748/flash_6291.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4748/flash_6291.pdf</t>
   </si>
   <si>
     <t>Flash 6291._x000D_
 PROJETO DE LEI Nº 102/2006. Denomina a "Rua Teobaldo Luiz da Rocha”, localizada no bairro Vila Anália. (Referente à Lei nº 3.612, de 24/07/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4750</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4750/flash_6292.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4750/flash_6292.pdf</t>
   </si>
   <si>
     <t>Flash 6292._x000D_
 PROJETO DE LEI Nº 103/2006. Denomina a "Rua Joaquim Gonçalves Queiroz”, localizada no bairro Acácias. (Referente à Lei nº 3.613, de 24/04/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4752</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4752/flash_6293.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4752/flash_6293.pdf</t>
   </si>
   <si>
     <t>Flash 6293._x000D_
 PROJETO DE LEI Nº 104/2006. Denomina a "Rua Elzirene Correia da Silva”, localizada no bairro Village do Lago II. (Referente à Lei nº 3.614, de 24/07/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4754</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4754/flash_6294.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4754/flash_6294.pdf</t>
   </si>
   <si>
     <t>Flash 6294._x000D_
 PROJETO DE LEI Nº 105/2006. Dá nova denominação à Rua Professora Marilda de Oliveira, dada pela Lei nº 1.218, de 30/10/1979, localizada em frente à Escola Estadual do Distrito de Nova Esperança. Passa a denominar-se "Rua Professora Terezinha de Jesus Oliveira”. (Referente à Lei nº 3.615, de 24/07/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4755</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4755/flash_6295.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4755/flash_6295.pdf</t>
   </si>
   <si>
     <t>Flash 6295._x000D_
 PROJETO DE LEI Nº 107/2006. Denomina o Centro de Gestão Ambiental de Montes Claros “José Gonçalves Ulhôa”, localizado no Parque Florestal Guimarães Rosa. (Referente à Lei nº 3.617, de 24/07/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4756</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4756/flash_6296.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4756/flash_6296.pdf</t>
   </si>
   <si>
     <t>Flash 6296._x000D_
 PROJETO DE LEI Nº 108/2006. Denomina a "Praça Dr. Carlos Gomes da Mota", localizada no bairro JK, nas adjacências das ruas República da Guatemala, República da Costa Rica, Sebastião Cândido Sales e Travessa Três._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4757</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4757/flash_6297.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4757/flash_6297.pdf</t>
   </si>
   <si>
     <t>Flash 6297._x000D_
 PROJETO DE LEI Nº 109/2006. Denomina a "Avenida Louis Francescon", localizada no bairro Jardim Primavera. (Referente à Lei nº 3.619, de 24/07/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4758</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4758/flash_6298.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4758/flash_6298.pdf</t>
   </si>
   <si>
     <t>Flash 6298._x000D_
 PROJETO DE LEI Nº 110/2006. Denomina a "Avenida Vera Lúcia Durães Gonçalves", localizada no bairro São Geraldo. (Referente à Lei nº 3.620, de 24/07/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4760</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4760/flash_6299.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4760/flash_6299.pdf</t>
   </si>
   <si>
     <t>Flash 6299._x000D_
 PROJETO DE LEI Nº 111/2006. Denomina a "Avenida Terezinha Maria de Assis Soares”, localizada no bairro Alterosa II._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4762</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4762/flash_6300.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4762/flash_6300.pdf</t>
   </si>
   <si>
     <t>Flash 6300._x000D_
 PROJETO DE LEI Nº 112/2006. Denomina oficialmente a "Avenida Professor Marcos Luiz dos Mares Guia”, conhecida popularmente como Avenida Plínio Ribeiro, localizada entre os bairros Jardim Brasil e Amazonas. (Referente à Lei nº 3.622 de 24 de julho de 2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4766</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4766/flash_6301.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4766/flash_6301.pdf</t>
   </si>
   <si>
     <t>Flash 6301._x000D_
 PROJETO DE LEI Nº 158/2006. Denomina a "Rua Eugênio Santos de Oliveira", localizada no bairro Santa Laura. (Referente à Lei nº 3.668, de 25/10/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4767</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4767/flash_6302.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4767/flash_6302.pdf</t>
   </si>
   <si>
     <t>Flash 6302._x000D_
 PROJETO DE LEI Nº 159/2006. Denomina a "Rua Josefa Alves Barbosa", localizada no bairro Jardim Primavera. (Referente à Lei nº 3.667, de 25/10/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4768</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4768/flash_6303.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4768/flash_6303.pdf</t>
   </si>
   <si>
     <t>Flash 6303._x000D_
 PROJETO DE LEI Nº 160/2006. Denomina a "Rua Joaquim Saraiva Magalhães”, localizada no bairro Monte Carmelo. (Referente à Lei nº 3.666, de 25/10/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4769</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4769/flash_6304.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4769/flash_6304.pdf</t>
   </si>
   <si>
     <t>Flash 6304._x000D_
 PROJETO DE LEI Nº 161/2006. Denomina a "Rua José de Oliveira Silva”, localizada no bairro Santo Antônio II. (Referente à Lei nº 3.665, de 25/10/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4770</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4770/flash_6305.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4770/flash_6305.pdf</t>
   </si>
   <si>
     <t>Flash 6305._x000D_
 PROJETO DE LEI Nº 162/2006. Denomina a "Rua Marcolina Rosa dos Santos”, localizada no bairro Ciro dos Anjos. (Referente à Lei nº 3.664, de 25/10/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4771</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4771/flash_6306.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4771/flash_6306.pdf</t>
   </si>
   <si>
     <t>Flash 6306._x000D_
 PROJETO DE LEI Nº 163/2006. Denomina a "Rua Joaquim Lopes Oliveira”, localizada no bairro Santo Antônio II. (Referente à Lei nº 3.670, de 25/10/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4772</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4772/flash_6307.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4772/flash_6307.pdf</t>
   </si>
   <si>
     <t>Flash 6307._x000D_
 PROJETO DE LEI Nº 164/2006. Denomina a "Rua Eva Faustino Ferreira de Souza”, localizada no bairro Vila Anália. (Referente à Lei nº 3.669, de 25/10/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4773</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4773/flash_6308.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4773/flash_6308.pdf</t>
   </si>
   <si>
     <t>Flash 6308._x000D_
 PROJETO DE LEI Nº 174/2006. Denomina a "Rua Príncipe da Paz”, localizada no bairro Morrinhos, nos fundos da Escola Estadual Dom Aristides Porto. (Referente à Lei nº 3.685, de 11/12/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4774</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4774/flash_6309.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4774/flash_6309.pdf</t>
   </si>
   <si>
     <t>Flash 6309._x000D_
 PROJETO DE LEI Nº 175/2006. Denomina o "Ginásio Poliesportivo Teodomiro Diniz”, localizado no Conjunto Habitacional José Corrêa Machado. (Referente à Lei nº 3.684, de 11/12/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4806</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4806/flash_6755.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4806/flash_6755.pdf</t>
   </si>
   <si>
     <t>Flash 6755._x000D_
 PROJETO DE LEI Nº 143/2006. Autoriza o Poder Executivo a repassar recursos financeiros e firmar convênio com a Associação dos Moradores e Amigos do Bairro Major Prates, visando a compra de barracas para a Feira Livre do bairro. (Referente à Lei nº 3.650, de 20/09/2006).          _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4810</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4810/flash_6756.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4810/flash_6756.pdf</t>
   </si>
   <si>
     <t>Flash 6756._x000D_
 PROJETO DE LEI Nº 150/2006. Autoriza o Poder Executivo a repassar recursos financeiros e firmar convênio com o "Grupo de Apoio e Prevenção aos Portadores de AIDS de Montes Claros - GRAPPA". (Referente à Lei nº 3.652, de 26/09/2006).      _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4819</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4819/flash_6757.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4819/flash_6757.pdf</t>
   </si>
   <si>
     <t>Flash 6757._x000D_
 PROJETO DE LEI Nº 156/2006. Autoriza o Poder Executivo a repassar recursos financeiros e firmar convênio com o "Conselho Diretor das Lideranças do Grande Maracanã", visando a compra de equipamentos de som para a Feira Livre do bairro. (Referente à Lei nº 3.663, de 25/10/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4823</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4823/flash_6758.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4823/flash_6758.pdf</t>
   </si>
   <si>
     <t>Flash 6758._x000D_
 PROJETO DE LEI Nº 166/2006. Autoriza o Poder Executivo a repassar recursos financeiros e firmar convênio com as entidades de Assitência Social: Centro Comunitário de Vivência Espírita Nathércio França, Associação doa Deficientes de Montes Claros – ADEMOC, SOS Amor em Ação, Grupo de Apoio à Prevenção e aos Portadores da AIDS, Asilo São Vicente de Paulo e Casa da Juventude São Luiz Gonzaga. (Referente à Lei nº 3.673, de 06/11/2006).     _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4828</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4828/flash_6759.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4828/flash_6759.pdf</t>
   </si>
   <si>
     <t>Flash 6759._x000D_
 PROJETO DE LEI Nº 169/2006. Autoriza o Poder Executivo a repassar recursos financeiros para atender ao Programa Família Acolhedora e abrir adicional especial ao orçamento vigente. (Referente à Lei nº 3.676, de 21/11/2006).   _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4831</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4831/flash_6760.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4831/flash_6760.pdf</t>
   </si>
   <si>
     <t>Flash 6760._x000D_
 PROJETO DE LEI Nº 179/2006. Autoriza o Poder Executivo a proceder ao repasse de verba do FUNDEF, mediante abono, aos professores do magistério, nos termos do artigo 7º e parágrafo único do artigo 8º, da Lei Federal nº 9.424/96, que dispõe sobre reajuste da remuneração dos servidores públicos da Educação, corrige tabelas de vencimentos, e dá outras providências.        _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5048</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5048/flash_6826.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5048/flash_6826.pdf</t>
   </si>
   <si>
     <t>Flash 6826._x000D_
 PROJETO DE LEI Nº 91/2005. Concede o título declaratório de utilidade pública à “Associação Comunitária Rural de Mucambinho”._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5050</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5050/flash_6828.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5050/flash_6828.pdf</t>
   </si>
   <si>
     <t>Flash 6828._x000D_
 PROJETO DE LEI Nº 17/2006. Concede o título declaratório de utilidade pública à “Liga Montesclarense de Futebol”. _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5053</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5053/flash_6827.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5053/flash_6827.pdf</t>
   </si>
   <si>
     <t>Flash 6827._x000D_
 PROJETO DE LEI N° 10/2006. Considera de utilidade pública municipal a obra literária intitulada “História Primitiva de Montes Claros e outros aspectos do Médio São Francisco”, do historiador e escritor Dário Teixeira Cotrim. _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5055</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5055/flash_6829.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5055/flash_6829.pdf</t>
   </si>
   <si>
     <t>Flash 6829._x000D_
 PROJETO DE LEI Nº 37/2006. Concede o título declaratório de utilidade pública à “Confederação de Irmãs Beneficentes Evangélicas de Montes Claros - CIBEMOC”. _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5058</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5058/flash_6830.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5058/flash_6830.pdf</t>
   </si>
   <si>
     <t>Flash 6830._x000D_
 PROJETO DE LEI Nº 47/2006. Concede o título declaratório de utilidade pública à “Associação de Pequenos Produtores Rurais de Olhos D’água”, localizada no distrito de Santa Rosa de Lima.  _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5060</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5060/flash_6831.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5060/flash_6831.pdf</t>
   </si>
   <si>
     <t>Flash 6831._x000D_
 PROJETO DE LEI Nº 54/2006. Concede o título declaratório de utilidade pública à “Fundação Cultural Genival Tourinho”. _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5062</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5062/flash_6832.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5062/flash_6832.pdf</t>
   </si>
   <si>
     <t>Flash 6832._x000D_
 PROJETO DE LEI Nº 60/2006. Concede o título declaratório de utilidade pública à “Associação de Pequenos Produtores Rurais de Gamileira Montes Claros”. _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5064</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>Heráclides Gonçalves Filho (Júnior de Samambaia)</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5064/flash_6833.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5064/flash_6833.pdf</t>
   </si>
   <si>
     <t>Flash 6833._x000D_
 PROJETO DE LEI Nº 67/2006. Concede o título declaratório de utilidade pública à “Associação dos Produtores Rurais de Tiririca”, localizada no distrito de Vila Nova de Minas.     _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5067</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5067/flash_6834.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5067/flash_6834.pdf</t>
   </si>
   <si>
     <t>Flash 6834._x000D_
 PROJETO DE LEI Nº 68/2006. Concede o título declaratório de utilidade pública à “Associação dos Servidores e Vereadores da Câmara Municipal de Montes Claros - ASVEC”. _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5070</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5070/flash_6835.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5070/flash_6835.pdf</t>
   </si>
   <si>
     <t>Flash 6835._x000D_
 PROJETO DE LEI Nº 69/2006. Concede o título declaratório de utilidade pública à “Fundação Irmã Dulce em Montes Claros – FUNDULCE”. _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5075</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5075/flash_6836.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5075/flash_6836.pdf</t>
   </si>
   <si>
     <t>Flash 6836._x000D_
 PROJETO DE LEI Nº 89/2006. Concede o título declaratório de utilidade pública ao “Projeto Social Casa Própria - Associação”.   _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5084</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5084/flash_6837.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5084/flash_6837.pdf</t>
   </si>
   <si>
     <t>Flash 6837._x000D_
 PROJETO DE LEI Nº 119/2006. Concede o título declaratório de utilidade pública à entidade denominada “Obras Sociais da Igreja Santa Cruz de Miralta – OSIMIR”._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5088</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5088/flash_6838.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5088/flash_6838.pdf</t>
   </si>
   <si>
     <t>Flash 6838._x000D_
 PROJETO DE LEI Nº 120/2006. Concede o título declaratório de utilidade pública à “Associação de Amigos e Moradores do Conjunto Habitacional José Corrêa Machado” (Maracanã II).    _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5091</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5091/flash_6839.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5091/flash_6839.pdf</t>
   </si>
   <si>
     <t>Flash 6839._x000D_
 PROJETO DE LEI Nº 129/2006. Concede o título declaratório de utilidade pública à “Associação dos Jovens da Região do Grande Eldorado”. _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5095</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5095/flash_6840.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5095/flash_6840.pdf</t>
   </si>
   <si>
     <t>Flash 6840._x000D_
 PROJETO DE LEI Nº 139/2006. Concede o título declaratório de utilidade pública ao “Projeto Vida Nova – Prevenção e Recuperação de Dependentes Químicos”. (Referente à Lei nº 3.649, de 20/09/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5099</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5099/flash_6841.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5099/flash_6841.pdf</t>
   </si>
   <si>
     <t>Flash 6841._x000D_
 PROJETO DE LEI Nº 145/2006. Concede o título declaratório de utilidade pública à “Associação Comunitária dos Pequenos Produtores Rurais da Comunidade Cruzeiro do Sul”. (Referente à Lei nº 3.646, de 20/09/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5101</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5101/flash_6842.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5101/flash_6842.pdf</t>
   </si>
   <si>
     <t>Flash 6842._x000D_
 PROJETO DE LEI Nº 146/2006. Concede o título declaratório de utilidade pública à “Associação dos Membros da Igreja Mananciais do Espírito”. (Referente à Lei nº 3.647, de 20/09/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5103</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5103/flash_6843.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5103/flash_6843.pdf</t>
   </si>
   <si>
     <t>Flash 6843._x000D_
 PROJETO DE LEI Nº 147/2006. Concede o título declaratório de utilidade pública à “Fundação de Apoio ao Desenvolvimento Educacional de Montes Claros Ibituruna – FUNADEM”. (Referente à Lei nº 3.657, de 02/10/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5106</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5106/flash_6844.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5106/flash_6844.pdf</t>
   </si>
   <si>
     <t>Flash 6844._x000D_
 PROJETO DE LEI Nº 152/2006. Concede o título declaratório de utilidade pública à “Associação dos Pequenos Produtores e Trabalhadores Rurais da Fazenda Capivara”, localizada no distrito de Santa Rosa de Lima. (Referente à Lei nº 3.656, de 02/10/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5108</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5108/flash_6845.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5108/flash_6845.pdf</t>
   </si>
   <si>
     <t>Flash 6845._x000D_
 PROJETO DE LEI Nº 173/2006. Concede o título declaratório de utilidade pública à “Associação Comunitária dos Pequenos Produtores de Riachão, Santa Cruz e Pindaíbas”. (Referente à Lei nº 3.681, de 29/11/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5250</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5250/flash_6480.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5250/flash_6480.pdf</t>
   </si>
   <si>
     <t>Flash 6480._x000D_
 PROJETO DE LEI Nº 09/2006. Dispõe sobre a colocação de numeração do maior e menor número correspondente dos imóveis localizados em cada quarteirão, nas placas fixadas nas esquinas, com a indicação do nome de rua e praça. (Referente à Lei nº 3.523, de 07/03/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5252</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5252/flash_6481.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5252/flash_6481.pdf</t>
   </si>
   <si>
     <t>Flash 6481._x000D_
 PROJETO DE LEI Nº 30/2006. Dispõe sobre a “Delimitação Administrativa dos Bairros”, no sítio urbano do município de Montes Claros, e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5253</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5253/flash_6482.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5253/flash_6482.pdf</t>
   </si>
   <si>
     <t>Flash 6482._x000D_
 PROJETO DE LEI Nº 23/2006. Aprova o "Plano Decenal de Educação de Montes Claros" e dá outras providências. (Referente à Lei nº 3.535, de 28/03/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5257</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5257/flash_6483.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5257/flash_6483.pdf</t>
   </si>
   <si>
     <t>Flash 6483._x000D_
 PROJETO DE LEI Nº 15/2006. Autoriza o Poder Executivo a proceder a municipalização do Colégio Cooperativista Ruy Lage, entidade de ensino fundamental, localizado no bairro JK, passando a denominar-se "Escola Municipal Ruy Lage"._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5262</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5262/flash_6485.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5262/flash_6485.pdf</t>
   </si>
   <si>
     <t>Flash 6485._x000D_
 PROJETO DE LEI Nº 45/2006. Dispõe sobre o “Programa Municipal de Assentamento de Famílias - PROAS”, no município de Montes Claros, e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5265</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5265/flash_6486.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5265/flash_6486.pdf</t>
   </si>
   <si>
     <t>Flash 6486._x000D_
 PROJETO DE LEI Nº 57/2006. Dispõe sobre os estabelecimentos comerciais que colocam a disposição, mediante locação, computadores e máquinas para acesso à Internet (Lan House, Cyber Café e Cyber Office), e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5268</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5268/flash_6487.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5268/flash_6487.pdf</t>
   </si>
   <si>
     <t>Flash 6487._x000D_
 PROJETO DE LEI Nº 66/2006. Autoriza o Poder Executivo a criar condições especiais no Transporte Coletivo Urbano do município, para atender com isenção de tarifa, os deficientes físicos residentes em Montes Claros, que utilizam cadeira de rodas, com denominação de Transporte Especial para Deficientes Físicos Cadeirantes – TRANSPECIAL. (Referente à Lei n° 3.580, de 09/06/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5270</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5270/flash_6488.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5270/flash_6488.pdf</t>
   </si>
   <si>
     <t>Flash 6488._x000D_
 PROJETO DE LEI Nº 136/2006. Dispõe sobre “Reservas de Unidades Habitacionais”, destinadas às famílias que tiverem dentre os seus, pessoas portadoras de deficiência física ou mental. (Referente à Lei nº 3.655, de 27/09/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5271</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5271/flash_6489.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5271/flash_6489.pdf</t>
   </si>
   <si>
     <t>Flash 6489._x000D_
 PROJETO DE LEI Nº 149/2006. Dispõe sobre “Reserva de Vagas” para estagiário portador de deficiência, em órgão da Administração Pública direta e indireta do município de Montes Claros. (Referente à Lei nº 3.660, de 11/10/2006). _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5273</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5273/flash_6490.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5273/flash_6490.pdf</t>
   </si>
   <si>
     <t>Flash 6490._x000D_
 PROJETO DE LEI Nº 73/2006. Dispõe sobre a instalação de “urnas coletoras de sugestões e reclamações”, nos ônibus do transporte coletivo urbano de Montes Claros e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5274</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5274/flash_6491.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5274/flash_6491.pdf</t>
   </si>
   <si>
     <t>Flash 6491._x000D_
 PROJETO DE LEI Nº 74/2006. Dispõe sobre a “Cassação do Alvará de Funcionamento” de estabelecimentos comerciais do município de Montes Claros, nos quais ocorram adulterações de combustíveis._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5276</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5276/flash_6492.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5276/flash_6492.pdf</t>
   </si>
   <si>
     <t>Flash 6492._x000D_
 PROJETO DE LEI Nº 75/2006. Autoriza a instituição da “Lei de Responsabilidade Social” do município de Montes Claros e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5277</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5277/flash_6493.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5277/flash_6493.pdf</t>
   </si>
   <si>
     <t>Flash 6493._x000D_
 PROJETO DE LEI Nº 88/2006. Dispõe sobre a “Educação Ambiental”, institui a “Política Municipal de Educação Ambiental” e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5278</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5278/flash_6494.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5278/flash_6494.pdf</t>
   </si>
   <si>
     <t>Flash 6494._x000D_
 PROJETO DE LEI Nº 118/2006. Autoriza o Poder Executivo a implantar o "Programa de Saúde Vocal para Professores da Rede Municipal de Ensino"._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5279</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5279/flash_6495.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5279/flash_6495.pdf</t>
   </si>
   <si>
     <t>Flash 6495._x000D_
 PROJETO DE LEI Nº 70/2006. Autoriza o Poder Executivo a instituir e conceder a gratificação denominada “Pó de Giz” aos professores do município, e dá outras providências. (Referente à Lei nº 3.587, de 22/06/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5280</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5280/flash_6496.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5280/flash_6496.pdf</t>
   </si>
   <si>
     <t>Flash 6496._x000D_
 PROJETO DE LEI Nº 71/2006. Autoriza o Poder Executivo a instituir e conceder gratificação ao Professor e Especialista em Educação – Supervisor de Ensino da Rede Pública Municipal, em exercício na zona rural, e dá outras providências. (Referente à Lei nº 3.588, de 22/06/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5281</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5281/flash_6497.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5281/flash_6497.pdf</t>
   </si>
   <si>
     <t>Flash 6497._x000D_
 PROJETO DE LEI Nº 72/2006. Autoriza a municipalização da entidade conveniada de educação infantil "Creche Amiguinhos da Adelour", localizada no bairro de Lourdes, que passará a denominar-se "CEMEI Amiguinhos da Adelour"._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5282</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5282/flash_6498.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5282/flash_6498.pdf</t>
   </si>
   <si>
     <t>Flash 6498._x000D_
 PROJETO DE LEI Nº 117/2006. Dispõe sobre a ação do Município no combate às práticas discriminatórias em razão de orientação sexual e dá outras providências. Após aprovação do Projeto em 04/07/2006, o mesmo não foi sancionado ou promulgado pelo Executivo. Em 2008, houve reapresentação pela Mesa Diretora da Câmara. Data de publicação: 10/09/2008. Homofobia. LGBTfobia. Lei Rosa. (Referente à Lei n° 4.007, de 05/09/2008)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5283</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5283/flash_6499.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5283/flash_6499.pdf</t>
   </si>
   <si>
     <t>Flash 6499._x000D_
 PROJETO DE LEI Nº 124/2006. Dispõe sobre o funcionamento, administração e gerenciamento do imóvel denominado "Shopping Popular"; revoga a Lei nº 3.076, de 27/12/2002 e o artigo 1º da Lei nº 3.188, de 11/02/2004, e dá outras providências. (Referente à Lei nº 3.639, de 25/08/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5284</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5284/flash_6500.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5284/flash_6500.pdf</t>
   </si>
   <si>
     <t>Flash 6500._x000D_
 PROJETO DE LEI Nº 137/2006. Autoriza o Poder Executivo a exigir a contratação de "Seguro de Passageiros no Transporte Escolar" e dá outras providências. (Referente à Lei nº 3.653, de 27/09/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5286</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5286/flash_6501.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5286/flash_6501.pdf</t>
   </si>
   <si>
     <t>Flash 6501._x000D_
 PROJETO DE LEI Nº 138/2006. (VETADO). Autoriza o Poder Executivo a criar o Adicional de Periculosidade aos Guardas Municipais, no âmbito do município de Montes Claros e dá outras providências. (Recebeu veto do Poder Executivo - ver flash 7222)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5287</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5287/flash_6502.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5287/flash_6502.pdf</t>
   </si>
   <si>
     <t>Flash 6502._x000D_
 PROJETO DE LEI Nº 141/2006. Dispõe sobre a numeração e emplacamento dos imóveis no município de Montes Claros e dá outras providências. (Referente à Lei nº 3.644, de 19/09/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5288</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5288/flash_6503.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5288/flash_6503.pdf</t>
   </si>
   <si>
     <t>Flash 6503._x000D_
 PROJETO DE LEI Nº 144/2006. Dispõe sobre a utilização de cartelas individuais de consumo para os bares e restaurantes do município de Montes Claros e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5289</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5289/flash_6504.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5289/flash_6504.pdf</t>
   </si>
   <si>
     <t>Flash 6504._x000D_
 PROJETO DE LEI Nº 157/2006. Dispõe sobre a “Gestão Democrática de Ensino Público Municipal”; sobre a "Eleição dos Diretores Escolares"; "Colegiado Escolar"; institui o Prêmio Municipal em Gestão Escolar e dá outras providências. (Referente à Lei nº 3.672, de 01/11/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5312</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5312/flash_6527.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5312/flash_6527.pdf</t>
   </si>
   <si>
     <t>Flash 6527._x000D_
 PROJETO DE LEI Nº 106/2006. (ALTERADA). Denomina a Escola Municipal "Egídio Cordeiro Aquino", localizada na Alameda das Américas, s/ nº, bairro Independência. (Referente à Lei nº 3.616, de 24/07/2006, que foi alterada posteriormente pela Lei nº 3.695, de 02/03/2007)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5328</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5328/flash_6543.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5328/flash_6543.pdf</t>
   </si>
   <si>
     <t>Flash 6543._x000D_
 PROJETO DE LEI Nº 21/2006. Desafeta área de terreno de sua característica de bem de uso comum do povo, autoriza sua transferência ao patrimônio disponível do município e faz sua doação à Fundação Universitária Mendes Pimentel. (Terreno de 4.508,00 m², situado no bairro Universitário - JK II)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5329</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5329/flash_6544.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5329/flash_6544.pdf</t>
   </si>
   <si>
     <t>Flash 6544._x000D_
 PROJETO DE LEI Nº 28/2006. (REVOGADA). Desafeta, autoriza transferência e faz doação de uma área de terreno de 478,93 m², situada no bairro Edgar Pereira, à Casa Santa Bernadete e à Associação de Voluntários no Apoio a Pacientes com Câncer. (Referente à Lei nº 3.533, de 24/03/2006, que foi revogada em 2007 - ver flash 6564).       _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5330</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5330/flash_6545.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5330/flash_6545.pdf</t>
   </si>
   <si>
     <t>Flash 6545._x000D_
 PROJETO DE LEI Nº 52/2006. Dispõe sobre desafetação e alienação de imóvel, por meio de processo licitatório. (Área de 414,37 m², localizada na_x000D_
 Rua Antônio Rodrigues, bairro São José. Os recursos arrecadados destinam-se à melhoria da Praça Flamarion Wanderley e a outras obras de interesse público). (Referente à Lei nº 3.569, de 17/05/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5331</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5331/flash_6546.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5331/flash_6546.pdf</t>
   </si>
   <si>
     <t>Flash 6546._x000D_
 PROJETO DE LEI Nº 62/2006. Desafeta, autoriza transferência e faz doação de terreno ao Estado de Minas Gerais. (Área de 24.920,44m², localizada no bairro Village do Lago III, destinada à construção da sede da Cadeia Pública de Montes Claros). (Referente à Lei nº 3.579, de 09/06/2006).     _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5332</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5332/flash_6547.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5332/flash_6547.pdf</t>
   </si>
   <si>
     <t>Flash 6547._x000D_
 PROJETO DE LEI Nº 113/2006. (ALTERADA). Desafeta imóvel de sua característica, transfere ao patrimônio disponível e autoriza a sua doação ao Estado de Minas Gerias. (Área de 5.440,00 m², localizada na avenida Nossa Senhora de Fátima, bairro Chiquinho Guimarães, onde está situada a Escola Estadual Antônio Canela). (Referente à Lei nº 3.626, de 25/07/2006, que foi alterada pela Lei nº 5.567, de 06/06/2023).   _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5333</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5333/flash_6548.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5333/flash_6548.pdf</t>
   </si>
   <si>
     <t>Flash 6548._x000D_
 PROJETO DE LEI Nº 122/2006. (ALTERADA). Desafeta, autoriza transferência e faz doação ao Estado de Minas Gerais, de área de terreno do Município, medindo 4.992,00 m², localizado na rua Guaporé, bairro João Botelho, onde está situada a Escola Estadual Nereide Carvalho. (Referente à Lei nº 3.631, de 16/08/2006, posteriormente alterada pelas Leis nº 4.656 de 25/10/2013, nº 4.686 de 07/01/2014 e nº 5.568, de 06/06/2023).       _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5334</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5334/flash_6549.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5334/flash_6549.pdf</t>
   </si>
   <si>
     <t>Flash 6549._x000D_
 PROJETO DE LEI Nº 123/2006. Autoriza o Poder Executivo a permutar área de terreno de 150.000,00 m², por áreas com total de 156.139,28 m², de_x000D_
 propriedade da Companhia de Desenvolvimento Econômico de Minas Gerais - CODEMIG, localizadas no Distrito Industrial, faz doação de parte da área permutada à Petróleo Brasileiro S/A - Petrobras (61.671,25 m²), dá quitação relativa à permuta celebrada em 09/01/2001, e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5335</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5335/flash_6550.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5335/flash_6550.pdf</t>
   </si>
   <si>
     <t>Flash 6550._x000D_
 PROJETO DE LEI Nº 134/2006. Autoriza o Poder Executivo a receber em cessão de uso onerosa, o imóvel de propriedade do Lions Clube Tropeiro de_x000D_
 Montes Claros – Clube de Mães Santo Antônio, localizado na rua H, do bairro Santo Antônio, destinado ao funcionamento do Centro de Referência da Assistência Social - CRAS. (Referente à Lei nº 3.648, de 20/09/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5373</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5373/flash_7167.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5373/flash_7167.pdf</t>
   </si>
   <si>
     <t>Flash 7167._x000D_
 PROJETO DE LEI S/Nº/2006. (RETIRADO). Altera a Lei nº 1.091, de 23/07/1976, que dispõe sobre Medidas de Polícia Administrativa do Município de Montes Claros (Código de Posturas), e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5375</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5375/flash_7169.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5375/flash_7169.pdf</t>
   </si>
   <si>
     <t>Flash 7169._x000D_
 PROJETO DE LEI S/Nº/2006. (RETIRADO). Dispõe sobre a obrigatoriedade do Poder Executivo Municipal em priorizar famílias cujas moradias estejam em áreas de risco (encostas)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5376</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5376/flash_7171.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5376/flash_7171.pdf</t>
   </si>
   <si>
     <t>Flash 7171._x000D_
 PROJETO DE LEI S/Nº/2006. (RETIRADO). Institui o Serviço Social na Rede Pública de Ensino do Município de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5377</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5377/flash_7176.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5377/flash_7176.pdf</t>
   </si>
   <si>
     <t>Flash 7176._x000D_
 PROJETO DE LEI S/Nº/2006. (RETIRADO). Dispõe sobre a isenção de destinação fiscal, para realização de projetos de geração de empregos, no âmbito do município de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5378</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5378/flash_7186.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5378/flash_7186.pdf</t>
   </si>
   <si>
     <t>Flash 7186._x000D_
 PROJETO DE LEI S/Nº/2006. (RETIRADO). Dispõe sobre a criação do "Programa Permanente de Treinamento e Reciclagem" para motoristas, cobradores e fiscais de empresas de ônibus, objetivando a melhoria no tratamento destinado às pessoas idosas e pessoas com deficiência._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5385</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5385/flash_6595.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5385/flash_6595.pdf</t>
   </si>
   <si>
     <t>Flash 6595._x000D_
 PROJETO DE LEI Nº 153/2006. Isenta o cidadão desempregado do pagamento da taxa de inscrição nos concursos públicos promovidos pelo município de Montes Claros, e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5386</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5386/flash_6596.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5386/flash_6596.pdf</t>
   </si>
   <si>
     <t>Flash 6596._x000D_
 PROJETO DE LEI Nº 79/2006. (REVOGADA). Autoriza o Poder Executivo a isentar do pagamento de IPTU aos aposentados por doença grave. (Referente à Lei nº 3.595, de 07/07/2006, que foi posteriormente revogada pela Lei Complementar nº 11, de 18/12/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5397</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5397/flash_6606.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5397/flash_6606.pdf</t>
   </si>
   <si>
     <t>Flash 6606._x000D_
 PROJETO DE LEI Nº 11/2006. Institui o “Dia Municipal do Cavaleiro” em Montes Claros, a ser comemorado anualmente no dia 20 de janeiro. (Referente à Lei nº 3.524, de 07/03/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5398</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5398/flash_6607.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5398/flash_6607.pdf</t>
   </si>
   <si>
     <t>Flash 6607._x000D_
 PROJETO DE LEI Nº 33/2006. Institui o "Dia Municipal da Padroeira de Montes Claros, Nossa Senhora Imaculada Conceição", a ser comemorado no dia 08 de dezembro. (Referente à Lei nº 3.542, de 07/04/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5399</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5399/flash_6608.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5399/flash_6608.pdf</t>
   </si>
   <si>
     <t>Flash 6608._x000D_
 PROJETO DE LEI Nº 130/2006. Institui o "Dia Municipal de Prevenção ao Câncer de Mama" em Montes Claros, a ser comemorado anualmente no 4º domingo do mês de maio. (Referente à Lei nº 3.640, de 05/09/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5466</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5466/flash_6639.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5466/flash_6639.pdf</t>
   </si>
   <si>
     <t>Flash 6639._x000D_
 PROJETO DE LEI Nº 01/2006. Altera a redação do artigo 1º da Lei nº 3.153, de 12/09/2003, que desafeta terreno e autoriza sua doação à Mitra Diocesana de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5467</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5467/flash_6640.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5467/flash_6640.pdf</t>
   </si>
   <si>
     <t>Flash 6640._x000D_
 PROJETO DE LEI Nº 02/2006. Altera a redação dos artigos 1º e 2º da Lei nº 3.500, de 26/12/2005, que autorizou o Poder Executivo a repassar saldo remanescente de recursos do FUNDEF, em forma de abono, aos profissionais do magistério, referente ao ano de 2005, nos termos do artigo 7º, e parágrafo único do artigo 8º da Lei Federal nº 9.424/96, e dá outras providências. (Referente à Lei nº 3.521, de fevereiro/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5469</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5469/flash_6641.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5469/flash_6641.pdf</t>
   </si>
   <si>
     <t>Flash 6641._x000D_
 PROJETO DE LEI Nº 03/2006. (ALTERADA). Altera dispositivos da Lei nº 3.382, de 12/01/2005, que alterou dispositivos da Lei nº 3.191, de 11/02/2004 e que dispõem sobre reajuste de vencimentos, verba de gabinete, sistemática de pontuação para efeito de remuneração, limite mínimo e máximo de assessores por gabinete, e dá outras providências.  (Referente à Lei nº 3.520, de 09/02/2006, que foi posteriormente alterada pela Lei nº 3.718, de 19/04/2007).  _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5471</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5471/flash_6642.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5471/flash_6642.pdf</t>
   </si>
   <si>
     <t>Flash 6642._x000D_
 PROJETO DE LEI Nº 16/2006. Altera e revoga a Lei nº 1.816, de 28/02/1990, que dispõe sobre a instalação de sanitários públicos nos supermercados e estabelecimentos bancários de Montes Claros. (Referente à Lei nº 3.528 de 15/03/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5473</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5473/flash_6643.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5473/flash_6643.pdf</t>
   </si>
   <si>
     <t>Flash 6643._x000D_
 PROJETO DE LEI Nº 51/2006. Altera dispositivos da Lei nº 3.175 de 23/12/2003, que dispõe sobre o Estatuto do Servidor Público do Município de Montes Claros. (Referente à Lei nº 3.561, de 27/04/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5476</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5476/flash_6644.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5476/flash_6644.pdf</t>
   </si>
   <si>
     <t>Flash 6644._x000D_
 PROJETO DE LEI Nº 59/2006. Altera a redação do parágrafo 2º do artigo 197 da Lei nº 3.175, de 23/12/2003, que dispõe sobre o Estatuto do Servidor Público do Município de Montes Claros. (Referente à Lei nº 3.571, de maio/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5483</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5483/flash_6647.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5483/flash_6647.pdf</t>
   </si>
   <si>
     <t>Flash 6647._x000D_
 PROJETO DE LEI Nº 127/2006. Altera a redação do inciso VII do artigo 1º da Lei nº 3.522, de 17/02/2006, que dispõe sobre a autorização de repasse de recursos financeiros e celebração de convênios com entidades conveniadas de Educação Infantil do Município de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5486</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5486/flash_6648.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5486/flash_6648.pdf</t>
   </si>
   <si>
     <t>Flash 6648._x000D_
 PROJETO DE LEI Nº 135/2006. Altera Lei nº 1.091, de 23/07/1976, que dispõe sobre as Medidas Polícia Administrativa do Município de Montes Claros (Código de Posturas), e dá outras providências. (Apreensão e recolhimento de animais soltos nas vias públicas urbanas do município). (Referente à Lei nº 3.645, de 20/09/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5489</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5489/flash_6649.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5489/flash_6649.pdf</t>
   </si>
   <si>
     <t>Flash 6649._x000D_
 PROJETO DE LEI Nº 142/2006. (REVOGADA). Altera redação do parágrafo único do artigo 4º da Lei nº 3.000, de 12/04/2002, que dispõe sobre o Conselho Municipal de Desenvolvimento Rural Sustentável. (Referente à Lei nº 3.651, de 25/09/2006, que foi posteriormente revogada pela Lei nº 3.694, de 02/03/2007)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5574</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5574/flash_6919.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5574/flash_6919.pdf</t>
   </si>
   <si>
     <t>Flash 6919._x000D_
 PROJETO DE LEI S/Nº/2006. (NÃO VOTADO). Institui no currículo da rede municipal de ensino, conteúdos voltados ao processo de envelhecimento, ao respeito e à valorização do idoso._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5576</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5576/flash_6920.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5576/flash_6920.pdf</t>
   </si>
   <si>
     <t>Flash 6920._x000D_
 PROJETO DE LEI S/Nº/2006. (NÃO VOTADO). Autoriza a instituição da Lei de Responsabilidade Social do Município de Montes Claros e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5579</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5579/flash_6921.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5579/flash_6921.pdf</t>
   </si>
   <si>
     <t>Flash 6921._x000D_
 PROJETO DE LEI S/Nº/2006. (NÃO VOTADO). Dispõe sobre as diretrizes que estabelecem a acessibilidade às pessoas portadoras de deficiências físicas ou com mobilidade reduzida, em espaços públicos do município de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5580</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5580/flash_6922.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5580/flash_6922.pdf</t>
   </si>
   <si>
     <t>Flash 6922._x000D_
 PROJETO DE LEI S/Nº/2006. (NÃO VOTADO). Autoriza o Poder Executivo a firmar convênio de parceria com a Universidade Estadual de Montes Claros - UNIMONTES, finalizando a instituição e a efetivação do Programa Saúde Marão – A Educação Formando o Cidadão, e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5582</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5582/flash_6923.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5582/flash_6923.pdf</t>
   </si>
   <si>
     <t>Flash 6923._x000D_
 PROJETO DE LEI S/Nº/2006. (NÃO VOTADO). Altera dispositivos das Leis nº 2.779, de 16/11/1999, nº 2.824, de 27/03/2000, nº 2.900, de 01/06/2001, que estabelecem normas disciplinadoras do serviço de Moto-Táxi no município de Montes Claros, e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5584</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5584/flash_6924.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5584/flash_6924.pdf</t>
   </si>
   <si>
     <t>Flash 6924._x000D_
 PROJETO DE LEI S/Nº/2006. (NÃO VOTADO). Dispõe sobre normas para realização de obras nas vias e logradouros públicos do município de Montes Claros e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5586</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5586/flash_6925.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5586/flash_6925.pdf</t>
   </si>
   <si>
     <t>Flash 6925._x000D_
 PROJETO DE LEI S/Nº/2006. (NÃO VOTADO). Dispõe sobre a proibição do uso de publicidades em postes de serviços de telefonia, eletricidade e iluminação pública no município de Montes Claros e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5588</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5588/flash_6926.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5588/flash_6926.pdf</t>
   </si>
   <si>
     <t>Flash 6926._x000D_
 PROJETO DE LEI S/Nº/2006. (NÃO VOTADO). Altera dispositivo da Lei nº 2.705, de 22/04/1999, que dispõe sobre a Política Cultural do Município de Montes Claros e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5590</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5590/flash_6927.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5590/flash_6927.pdf</t>
   </si>
   <si>
     <t>Flash 6927._x000D_
 PROJETO DE LEI S/Nº/2006. (NÃO VOTADO). Define o conceito de "Pessoa com Deficiência", para fins de concessão de benefício, prioridade e equiparação de oportunidades sociais no âmbito do município de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5592</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5592/flash_6928.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5592/flash_6928.pdf</t>
   </si>
   <si>
     <t>Flash 6928._x000D_
 PROJETO DE LEI S/Nº/2006. (NÃO VOTADO). Denomina a “Rua da Constituição”, localizada no bairro Ibituruna._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5594</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5594/flash_6929.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5594/flash_6929.pdf</t>
   </si>
   <si>
     <t>Flash 6929._x000D_
 PROJETO DE LEI S/Nº/2006. (NÃO VOTADO). Dispõe sobre a retirada de terra e ou cascalho em terrenos públicos e particulares do município de Montes Claros e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5595</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5595/flash_6930.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5595/flash_6930.pdf</t>
   </si>
   <si>
     <t>Flash 6930._x000D_
 PROJETO DE LEI S/Nº/2006. (NÃO VOTADO). Autoriza a Prefeitura Municipal de Montes Claros a isentar do pagamento de Imposto Predial e Territorial Urbano - IPTU, os aposentados por doença grave, que tenham uma renda mínima de até 2 salários mínimos e sejam proprietários de um único imóvel._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5596</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5596/flash_6931.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5596/flash_6931.pdf</t>
   </si>
   <si>
     <t>Flash 6931._x000D_
 PROJETO DE LEI S/Nº/2006. (NÃO VOTADO). Autoriza o Poder Executivo a alterar dispositivos da Lei nº 3.176, de 23/12/2003, que dispõe sobre o Estatuto, o Plano de Cargos e a Remuneração do Magistério do Município de Montes Claros e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5598</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5598/flash_6932.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5598/flash_6932.pdf</t>
   </si>
   <si>
     <t>Flash 6932._x000D_
 PROJETO DE LEI S/Nº/2006. (NÃO VOTADO). Dispõe sobre "Segurança no Trânsito" em frente a estabelecimentos de ensino público e privado do município de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5600</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5600/flash_6933.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5600/flash_6933.pdf</t>
   </si>
   <si>
     <t>Flash 6933._x000D_
 PROJETO DE LEI S/Nº/2006. (NÃO VOTADO). Cria o Projeto “Segurança Participativa” no município de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5603</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5603/flash_6934.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5603/flash_6934.pdf</t>
   </si>
   <si>
     <t>Flash 6934._x000D_
 PROJETO DE LEI S/Nº/2006. (NÃO VOTADO). Dispõe sobre a cassação de "Alvará de Funcionamento" de estabelecimentos do município de Montes Claros, nos quais ocorram adulterações de combustíveis._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5605</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5605/flash_6935.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5605/flash_6935.pdf</t>
   </si>
   <si>
     <t>Flash 6935._x000D_
 PROJETO DE LEI S/Nº/2006. (NÃO VOTADO). Dispõe sobre a construção, o funcionamento, a utilização, a administração e a fiscalização dos cemitérios e a execução dos serviços funerários do município de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5608</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5608/flash_6936.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5608/flash_6936.pdf</t>
   </si>
   <si>
     <t>Flash 6936._x000D_
 PROJETO DE LEI S/Nº/2006. (NÃO VOTADO). Autoriza o Poder Executivo a criar o “Sistema de Estágio Voluntário”, sem remuneração, no âmbito da Administração Pública do Município de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5611</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5611/flash_6937.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5611/flash_6937.pdf</t>
   </si>
   <si>
     <t>Flash 6937._x000D_
 PROJETO DE LEI S/Nº/2006. (NÃO VOTADO). Autoriza o Poder Executivo a criar uma Escola Técnica Municipal em Montes Claros, para ministrar cursos técnicos de qualificação profissional._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5613</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5613/flash_6938.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5613/flash_6938.pdf</t>
   </si>
   <si>
     <t>Flash 6938._x000D_
 PROJETO DE LEI S/Nº/2006. (NÃO VOTADO). Autoriza o Poder Executivo a proceder a limpeza e capina de terrenos privados do município, cujo proprietário não atenda a notificação dentro do prazo estabelecido pela Prefeitura e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5616</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5616/flash_6939.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5616/flash_6939.pdf</t>
   </si>
   <si>
     <t>Flash 6939._x000D_
 PROJETO DE LEI S/Nº/2006. (NÃO VOTADO). Dispõe sobre a Educação Ambiental, institui a Política Municipal de Educação Ambiental e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5619</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5619/flash_6940.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5619/flash_6940.pdf</t>
   </si>
   <si>
     <t>Flash 6940._x000D_
 PROJETO DE LEI S/Nº/2006. (NÃO VOTADO). Autoriza o Poder Executivo a criar o Fundo Municipal de Desenvolvimento Rural – FMDR no município de Montes Claros e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5622</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5622/flash_6941.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5622/flash_6941.pdf</t>
   </si>
   <si>
     <t>Flash 6941._x000D_
 PROJETO DE LEI S/Nº/2006. (NÃO VOTADO). Denomina as rampas do Shopping Popular Mário Ribeiro da Silveira: Anésio Pereira Nunes, Lucy Ely Almeida Martins, João Carlos F. Oliveira, José Martins Pereira, Francisco Avelino Aguiar, Jorge Afonso Magalhães, Venâncio Antônio Fonseca e Maria das Dores de Jesus._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5624</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5624/flash_6942.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5624/flash_6942.pdf</t>
   </si>
   <si>
     <t>Flash 6942._x000D_
 PROJETO DE LEI S/Nº/2006. (NÃO VOTADO). Proíbe a exigência de caução, por hospitais ou clínicas, nos casos de internação de pacientes em situação de urgência e emergência._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5628</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5628/flash_6943.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5628/flash_6943.pdf</t>
   </si>
   <si>
     <t>Flash 6943._x000D_
 PROJETO DE LEI S/Nº/2006. (NÃO VOTADO). Institui o Programa Biodiesel no município de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5629</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5629/flash_6944.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5629/flash_6944.pdf</t>
   </si>
   <si>
     <t>Flash 6944._x000D_
 PROJETO DE LEI S/Nº/2006. (NÃO VOTADO). Concede o título declaratório de utilidade pública à “Associação de Amigos e Moradores do Conjunto Habitacional José Corrêa Machado”._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5633</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>Ademar de Barros Bicalho, Athos Mameluque Mota, Aurindo José Ribeiro, Guilherme Dias Ramos, Heráclides Gonçalves Filho (Júnior de Samambaia), Marcos Nem, Maria de Fátima Pereira Macedo, Ruy Adriano Borges Muniz, Sebastião Wellington Pimenta de Figueiredo, Valcir Soares da Silva</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5633/flash_6945.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5633/flash_6945.pdf</t>
   </si>
   <si>
     <t>Flash 6945._x000D_
 PROJETO DE LEI S/Nº/2006. (NÃO VOTADO). Autoriza o Poder Executivo e o PREVMOC a renovarem os contratos de permissão de uso das lojas do Shopping Popular de Montes Claros, com os atuais lojistas._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5636</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5636/flash_6946.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5636/flash_6946.pdf</t>
   </si>
   <si>
     <t>Flash 6946._x000D_
 PROJETO DE LEI/S/Nº/2006. (NÃO VOTADO). Autoriza o Poder Executivo a firmar convênio com o Instituto de Terras de Minas Gerais – ITER/MG, para legitimar terras devolutas e garantir a posse definitiva aos pequenos posseiros e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5638</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5638/flash_6947.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5638/flash_6947.pdf</t>
   </si>
   <si>
     <t>Flash 6947._x000D_
 PROJETO DE LEI/S/Nº/2006. (NÃO VOTADO). Denomina a "Rua José Eustáquio Pereira”, localizada no bairro Santa Laura._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5641</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>Ademar de Barros Bicalho, Aurindo José Ribeiro, Guilherme Dias Ramos, Heráclides Gonçalves Filho (Júnior de Samambaia), Maria de Fátima Pereira Macedo, Raimundo Pereira da Silva, Ruy Adriano Borges Muniz, Sebastião Wellington Pimenta de Figueiredo</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5641/flash_6948.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5641/flash_6948.pdf</t>
   </si>
   <si>
     <t>Flash 6948._x000D_
 PROJETO DE LEI/S/Nº/2006. (NÃO VOTADO). Autoriza o Poder Executivo e o PREVMOC a renovarem os contratos de permissão de uso das lojas do Shopping Popular de Montes Claros, com os atuais lojistas._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5643</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5643/flash_6949.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5643/flash_6949.pdf</t>
   </si>
   <si>
     <t>Flash 6949._x000D_
 PROJETO DE LEI/S/Nº/2006. (NÃO VOTADO). Denomina a "Rua Francisco Manoel dos Santos”, localizada no bairro Santa Laura._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5645</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5645/flash_6950.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5645/flash_6950.pdf</t>
   </si>
   <si>
     <t>Flash 6950._x000D_
 PROJETO DE LEI/S/Nº/2006. (NÃO VOTADO). Dispõe sobre a obrigatoriedade de uso das Bandeiras Nacional, Estadual e Municipal nos órgãos públicos municipais, durante os eventos cívicos, escolares e esportivos._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5648</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5648/flash_6951.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5648/flash_6951.pdf</t>
   </si>
   <si>
     <t>Flash 6951._x000D_
 PROJETO DE LEI/S/Nº/2006. (NÃO VOTADO). Denomina a "Avenida Pedro de Freitas Costa”, localizada no bairro Cidade Nova._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5650</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5650/flash_6952.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5650/flash_6952.pdf</t>
   </si>
   <si>
     <t>Flash 6952._x000D_
 PROJETO DE LEI/S/Nº/2006. (NÃO VOTADO). Autoriza a criação do Conselho Municipal de Trabalho, Emprego e Geração de Renda de Montes Claros e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5652</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5652/flash_6953.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5652/flash_6953.pdf</t>
   </si>
   <si>
     <t>Flash 6953._x000D_
 PROJETO DE LEI/S/Nº/2006. (NÃO VOTADO). Estabelece critérios de reconhecimento das eleições para os cargos de diretoria das associações de moradores e conselhos comunitários da zona urbana e rural de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5654</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5654/flash_6954.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5654/flash_6954.pdf</t>
   </si>
   <si>
     <t>Flash 6954._x000D_
 PROJETO DE LEI/S/Nº/2006. (NÃO VOTADO). Denomina a "Rua Onofre de Jesus”, localizada no bairro Santa Laura._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5655</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5655/flash_6955.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5655/flash_6955.pdf</t>
   </si>
   <si>
     <t>Flash 6955._x000D_
 PROJETO DE LEI/S/Nº/2006. (NÃO VOTADO). Denomina a "Avenida Beato Antônio Frederico Ozanan”, que está sendo construída às margens do Córrego do Cintra._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5657</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5657/flash_6956.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5657/flash_6956.pdf</t>
   </si>
   <si>
     <t>Flash 6956._x000D_
 PROJETO DE LEI/S/Nº/2006. (NÃO VOTADO). Autoriza o Poder Executivo a equipar parques, áreas de lazer ou escolas municipais, com brinquedos para crianças portadoras de deficiência motora._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5659</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5659/flash_6957.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5659/flash_6957.pdf</t>
   </si>
   <si>
     <t>Flash 6957._x000D_
 PROJETO DE LEI/S/Nº/2006. (NÃO VOTADO). Institui o Programa “Incubadora de Empresas” no município de Montes Claros e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5664</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5664/flash_6958.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5664/flash_6958.pdf</t>
   </si>
   <si>
     <t>Flash 6958._x000D_
 PROJETO DE LEI/S/Nº/2006. (NÃO VOTADO). Cria o Programa de Aproveitamento de Terrenos Baldios no Município de Montes Claros e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5665</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5665/flash_6959.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5665/flash_6959.pdf</t>
   </si>
   <si>
     <t>Flash 6959._x000D_
 PROJETO DE LEI/S/Nº/2006. (NÃO VOTADO). Dispõe sobre a autorização para o Poder Executivo priorizar famílias, cujas moradias estejam em áreas de risco (encostas), na participação dos planos habitacionais e programas de financiamento._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5667</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5667/flash_6960.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5667/flash_6960.pdf</t>
   </si>
   <si>
     <t>Flash 6960._x000D_
 PROJETO DE LEI/S/Nº/2006. (NÃO VOTADO). Autoriza o Poder Executivo a instituir no município de Montes Claros, o Projeto “Resgatando a História dos Bairros” e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5703</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5703/flash_6961.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5703/flash_6961.pdf</t>
   </si>
   <si>
     <t>Flash 6961._x000D_
 PROJETO DE LEI/S/Nº/2006. (NÃO VOTADO). Dispõe sobre a proibição de contratação e nomeação de parentes e afins, no âmbito da Administração Pública Municipal dos Poderes Executivo e Legislativo de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5705</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5705/flash_6962.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5705/flash_6962.pdf</t>
   </si>
   <si>
     <t>Flash 6962._x000D_
 PROJETO DE LEI S/Nº/2006. (NÃO VOTADO). Autoriza o Poder Executivo a repassar recursos financeiros e firmar convênio com a Associação dos Servidores e Vereadores da Câmara Municipal de Montes Claros – ASVEC._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5707</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5707/flash_6963.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5707/flash_6963.pdf</t>
   </si>
   <si>
     <t>Flash 6963._x000D_
 PROJETO DE LEI S/Nº/2006. (NÃO VOTADO). Dispõe sobre a proibição de contratação e nomeação de parentes e afins, no âmbito da Administração Pública Municipal dos Poderes Executivo e Legislativo de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5710</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5710/flash_6964.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5710/flash_6964.pdf</t>
   </si>
   <si>
     <t>Flash 6964._x000D_
 PROJETO DE LEI S/Nº/2006. (NÃO VOTADO). Autoriza o Poder Executivo a regulamentar o serviço de Moto-Táxi no município de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5711</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5711/flash_6965.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5711/flash_6965.pdf</t>
   </si>
   <si>
     <t>Flash 6965._x000D_
 PROJETO DE LEI S/Nº/2006. (NÃO VOTADO). Autoriza o Poder Executivo a construir uma "Pista de Caminhada" na avenida São Judas, às margens da linha férrea._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5714</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5714/flash_6966.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5714/flash_6966.pdf</t>
   </si>
   <si>
     <t>Flash 6966._x000D_
 PROJETO DE LEI S/Nº/2006. (NÃO VOTADO). Cria o “Programa Disque-Idoso” no município de Montes Claros e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5719</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5719/flash_6967.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5719/flash_6967.pdf</t>
   </si>
   <si>
     <t>Flash 6967._x000D_
 PROJETO DE LEI S/Nº/2006. (NÃO VOTADO). Autoriza o Poder Executivo, através da Secretaria Municipal de Saúde, a realizar exames médicos em alunos da rede municipal de ensino._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5721</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5721/flash_6968.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5721/flash_6968.pdf</t>
   </si>
   <si>
     <t>Flash 6968._x000D_
 PROJETO DE LEI S/Nº/2006. (NÃO VOTADO). Altera dispositivos do Decreto-Lei nº 954, de 16/05/1988, que dispõe sobre a criação do Conselho Municipal dos Direitos da Mulher – CMDM e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5723</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5723/flash_6969.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5723/flash_6969.pdf</t>
   </si>
   <si>
     <t>Flash 6969._x000D_
 PROJETO DE LEI S/Nº/2006. (NÃO VOTADO). Autoriza o Poder Executivo a instituir o Serviço Social na Rede Pública de Ensino do Município de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5725</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>Marcos Nem</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5725/flash_6970.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5725/flash_6970.pdf</t>
   </si>
   <si>
     <t>Flash 6970._x000D_
 PROJETO DE LEI S/Nº/2006. (NÃO VOTADO). Concede o título declaratório de utilidade pública à Associação Comunitária de Pequenos Produtores Rurais de Lagoa do Barro e Boqueirão da Tiririca._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5728</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5728/flash_6971.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5728/flash_6971.pdf</t>
   </si>
   <si>
     <t>Flash 6971._x000D_
 PROJETO DE LEI S/Nº/2006. (NÃO VOTADO). Autoriza o Poder Executivo a indenizar contratados da Administração Municipal, demitidos após 01/01/2005, e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5731</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5731/flash_6972.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5731/flash_6972.pdf</t>
   </si>
   <si>
     <t>Flash 6972._x000D_
 PROJETO DE LEI S/Nº/2006. (NÃO VOTADO). Autoriza o Poder Executivo a criar o Conselho Municipal de Acompanhamento da Distribuição de Casas Populares do Município de Montes Claros e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5733</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5733/flash_6973.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5733/flash_6973.pdf</t>
   </si>
   <si>
     <t>Flash 6973._x000D_
 PROJETO DE LEI S/Nº/2006. (NÃO VOTADO). Autoriza o Poder Executivo a criar o “Programa Calçadas Acessíveis”, que dispõe sobre a construção e manutenção das calçadas do município de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5734</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5734/flash_6974.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5734/flash_6974.pdf</t>
   </si>
   <si>
     <t>Flash 6974._x000D_
 PROJETO DE LEI S/Nº/2006. (NÃO VOTADO). Autoriza o Poder Executivo a criar o pagamento do auxílio-fardamento ou o fornecimento de uniformes para a Guarda Municipal de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5737</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5737/flash_6975.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5737/flash_6975.pdf</t>
   </si>
   <si>
     <t>Flash 6975._x000D_
 PROJETO DE LEI S/Nº/2006. (NÃO VOTADO). Concede o título declaratório de utilidade pública à ONG “Alimentando Esperanças”._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5740</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5740/flash_6976.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5740/flash_6976.pdf</t>
   </si>
   <si>
     <t>Flash 6976._x000D_
 PROJETO DE LEI S/Nº/2006. (NÃO VOTADO). Autoriza o Poder Executivo a priorizar moradias às famílias que habitem em áreas de risco (encostas)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5743</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5743/flash_6977.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5743/flash_6977.pdf</t>
   </si>
   <si>
     <t>Flash 6977._x000D_
 PROJETO DE LEI S/Nº/2006. (NÃO VOTADO). Autoriza o Poder Executivo a criar a Lei de Incentivo Fiscal e o Conselho Municipal de Esportes de Montes Claros e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5745</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5745/flash_6978.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5745/flash_6978.pdf</t>
   </si>
   <si>
     <t>Flash 6978._x000D_
 PROJETO DE LEI S/Nº/2006. (NÃO VOTADO). Autoriza a reciclagem de papel e sua utilização, no âmbito da Administração Municipal, e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5747</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5747/flash_6979.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5747/flash_6979.pdf</t>
   </si>
   <si>
     <t>Flash 6979._x000D_
 PROJETO DE LEI S/Nº/2006. (NÃO VOTADO). Dispõe sobre a obrigatoriedade dos estabelecimentos comerciais de Montes Claros, que disponibilizem alimentos perecíveis para consumo, efetuarem a dedetização de suas instalações físicas para obtenção ou renovação de Alvará de Funcionamento._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5750</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5750/flash_6980.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5750/flash_6980.pdf</t>
   </si>
   <si>
     <t>Flash 6980._x000D_
 PROJETO DE LEI S/Nº/2006. (NÃO VOTADO). Institui o "Passe-Escolar" no serviço de transporte coletivo urbano do município de Montes Claros e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5756</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5756/flash_6982.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5756/flash_6982.pdf</t>
   </si>
   <si>
     <t>Flash 6982._x000D_
 PROJETO DE LEI S/Nº/2006. (NÃO VOTADO). Dispõe sobre a construção, o funcionamento, a utilização, a administração, a fiscalização dos cemitérios e a execução dos serviços funerários do município de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5758</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5758/flash_6983.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5758/flash_6983.pdf</t>
   </si>
   <si>
     <t>Flash 6983._x000D_
 PROJETO DE LEI S/Nº/2006. (NÃO VOTADO). Dispõe sobre a instituição do Conselho Municipal de Desenvolvimento Rural Sustentável – CMDRS do Município de Montes Claros e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5760</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5760/flash_6984.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5760/flash_6984.pdf</t>
   </si>
   <si>
     <t>Flash 6984._x000D_
 PROJETO DE LEI S/Nº/2006. (NÃO VOTADO). Autoriza o Poder Executivo a isentar do pagamento de tarifas de transporte coletivo do município de Montes Claros, as pessoas de idade igual ou superior a 60 anos, e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5762</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5762/flash_6985.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5762/flash_6985.pdf</t>
   </si>
   <si>
     <t>Flash 6985._x000D_
 PROJETO DE LEI S/Nº/2006. (NÃO VOTADO). Substitutivo ao Projeto de Lei que isenta do pagamento de tarifas de transporte coletivo do município de Montes Claros, as pessoas de idade igual ou superior a 60 anos, e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5764</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5764/flash_6986.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5764/flash_6986.pdf</t>
   </si>
   <si>
     <t>Flash 6986._x000D_
 PROJETO DE LEI S/Nº/2006. (NÃO VOTADO). Concede o título declaratório de utilidade pública ao Conselho de Desenvolvimento da Comunidade de Barrocão._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5765</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5765/flash_6987.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5765/flash_6987.pdf</t>
   </si>
   <si>
     <t>Flash 6987._x000D_
 PROJETO DE LEI S/Nº/2006. (NÃO VOTADO). Altera a redação dos parágrafos 1º e 2º do artigo 2º e acrescenta-se o parágrafo único ao artigo 4º da Lei nº 3.545, de 22/04/2006, que estabelece a Política e Normas para o Ecocrédito no Município de Montes Claros, e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5766</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5766/flash_6988.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5766/flash_6988.pdf</t>
   </si>
   <si>
     <t>Flash 6988._x000D_
 PROJETO DE LEI S/Nº/2006. (NÃO VOTADO). Dispõe sobre a instituição do Conselho Municipal de Desenvolvimento Rural Sustentável – CMDRS do Município de Montes Claros e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5767</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5767/flash_6989.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5767/flash_6989.pdf</t>
   </si>
   <si>
     <t>Flash 6989._x000D_
 PROJETO DE LEI S/Nº/2006. (NÃO VOTADO). Dispõe sobre a gratuidade do transporte público municipal aos oficiais do Corpo de Bombeiros de Montes Claros, e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5769</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5769/flash_6990.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5769/flash_6990.pdf</t>
   </si>
   <si>
     <t>Flash 6990._x000D_
 PROJETO DE LEI S/Nº/2006. (NÃO VOTADO). Concede o título declaratório de utilidade pública às Associações de Pequenos Produtores e Trabalhadores Rurais de Riacho Fundo, Morro do Chapéu e Adjacências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5771</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5771/flash_6991.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5771/flash_6991.pdf</t>
   </si>
   <si>
     <t>Flash 6991._x000D_
 PROJETO DE LEI S/Nº/2006. (NÃO VOTADO). Substitutivo ao Projeto de Lei que institui o "Passe-Escolar" no serviço de transporte coletivo urbano do município de Montes Claros e dá outras providências. (Tarifa-Escolar)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5773</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5773/flash_6992.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5773/flash_6992.pdf</t>
   </si>
   <si>
     <t>Flash 6992._x000D_
 PROJETO DE LEI S/Nº/2006. (NÃO VOTADO). Autoriza o Poder Executivo a repassar recursos financeiros do Fundo Único de Meio Ambiente à entidades governamentais e não governamentais do município, após aprovação do Conselho Municipal de Defesa e Conservação do Meio Ambiente - CODEMA, e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5656</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5656/flash_7525.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5656/flash_7525.pdf</t>
   </si>
   <si>
     <t>Flash 7525._x000D_
 PROJETO DE RESOLUÇÃO S/Nº/2006. (NÃO VOTADO). Altera o artigo 172 do Regimento Interno da Câmara Municipal de Montes Claros e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5658</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5658/flash_7526.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5658/flash_7526.pdf</t>
   </si>
   <si>
     <t>Flash 7526._x000D_
 PROJETO DE RESOLUÇÃO S/Nº/2006. (NÃO VOTADO). Altera a redação do artigo 221 do Regimento Interno da Câmara Municipal de Montes Claros. _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5660</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5660/flash_7527.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5660/flash_7527.pdf</t>
   </si>
   <si>
     <t>Flash 7527._x000D_
 PROJETO DE RESOLUÇÃO S/Nº/2006. (NÃO VOTADO). Institui a "Medalha de Mérito Médico-Científica Doutor Marcos Luiz dos Mares Guia"._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5661</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5661/flash_7528.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5661/flash_7528.pdf</t>
   </si>
   <si>
     <t>Flash 7528._x000D_
 PROJETO DE RESOLUÇÃO S/Nº/2006. (NÃO VOTADO). Concede o Título de Cidadão Benemérito de Montes Claros ao Dr. Frederico do Espírito Santo Araújo._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5663</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5663/flash_7529.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5663/flash_7529.pdf</t>
   </si>
   <si>
     <t>Flash 7529._x000D_
 PROJETO DE RESOLUÇÃO S/Nº/2006. (NÃO VOTADO). Acrescenta o parágrafo 4º ao artigo 166 do Regimento Interno da Câmara Municipal de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5668</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5668/flash_7531.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5668/flash_7531.pdf</t>
   </si>
   <si>
     <t>Flash 7531._x000D_
 PROJETO DE RESOLUÇÃO S/Nº/2006. (NÃO VOTADO). Concede a "Placa de Prata Alferes José Lopes da Carvalho" ao Super Santos Supermercado._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5670</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5670/flash_7532.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5670/flash_7532.pdf</t>
   </si>
   <si>
     <t>Flash 7532._x000D_
 PROJETO DE RESOLUÇÃO S/Nº/2006. (NÃO VOTADO). Concede a "Placa de Prata Alferes José Lopes da Carvalho" à Montediesel Serviços e Peças Ltda._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5673</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5673/flash_7533.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5673/flash_7533.pdf</t>
   </si>
   <si>
     <t>Flash 7533._x000D_
 PROJETO DE RESOLUÇÃO S/Nº/2006. (NÃO VOTADO). Concede o "Diploma de Mérito Comunitário Rural" a Eurico Leite Fonseca._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5675</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5675/flash_7534.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5675/flash_7534.pdf</t>
   </si>
   <si>
     <t>Flash 7534._x000D_
 PROJETO DE RESOLUÇÃO S/Nº/2006. (NÃO VOTADO). Concede a "Placa de Prata Alferes José Lopes da Carvalho" à empresa Polígono Veículos e Peças Ltda. (Concessionária Fiat)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5678</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5678/flash_7535.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5678/flash_7535.pdf</t>
   </si>
   <si>
     <t>Flash 7535._x000D_
 PROJETO DE RESOLUÇÃO S/Nº/2006. (NÃO VOTADO). Concede a "Placa de Prata Alferes José Lopes da Carvalho" à Casa dos Parafusos._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5679</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5679/flash_7536.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5679/flash_7536.pdf</t>
   </si>
   <si>
     <t>Flash 7536._x000D_
 PROJETO DE RESOLUÇÃO S/Nº/2006. (NÃO VOTADO). Concede a "Placa de Prata Alferes José Lopes da Carvalho" à empresa Minas Forte Atacadista._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5681</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5681/flash_7537.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5681/flash_7537.pdf</t>
   </si>
   <si>
     <t>Flash 7537._x000D_
 PROJETO DE RESOLUÇÃO S/Nº/2006. (NÃO VOTADO). Concede a "Placa de Prata Alferes José Lopes da Carvalho" à empresa Refloralje – Reflorestamento e Agropecuária Ltda._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5684</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5684/flash_7538.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5684/flash_7538.pdf</t>
   </si>
   <si>
     <t>Flash 7538._x000D_
 PROJETO DE RESOLUÇÃO S/Nº/2006. (NÃO VOTADO). Concede a "Placa de Prata Alferes José Lopes da Carvalho" à Fiação e Tecelagem Santa Bárbara Ltda._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5685</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5685/flash_7539.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5685/flash_7539.pdf</t>
   </si>
   <si>
     <t>Flash 7539._x000D_
 PROJETO DE RESOLUÇÃO S/Nº/2006. (NÃO VOTADO). Concede a "Placa de Prata Alferes José Lopes da Carvalho" à empresa Cebratex Produtos, Estamparia e Tinturaria (Grupo Coteminas)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5686</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5686/flash_7540.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5686/flash_7540.pdf</t>
   </si>
   <si>
     <t>Flash 7540._x000D_
 PROJETO DE RESOLUÇÃO S/Nº/2006. (RETIRADO). Altera a redação do artigo 124, 1ª parte, do Regimento Interno da Câmara Municipal de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5689</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5689/flash_7541.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5689/flash_7541.pdf</t>
   </si>
   <si>
     <t>Flash 7541._x000D_
 PROJETO DE RESOLUÇÃO S/Nº/2006. (RETIRADO). Altera a redação do caput do artigo 133 do Regimento Interno da Câmara Municipal de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5692</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5692/flash_7542.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5692/flash_7542.pdf</t>
   </si>
   <si>
     <t>Flash 7542._x000D_
 PROJETO DE RESOLUÇÃO S/Nº/2006. (NÃO VOTADO). Altera a redação do parágrafo único do inciso II do artigo 10 do Regimento Interno da Câmara Municipal de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5784</t>
   </si>
   <si>
     <t>Raimundo Pereira da Silva, Heráclides Gonçalves Filho (Júnior de Samambaia)</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5784/flash_7575.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5784/flash_7575.pdf</t>
   </si>
   <si>
     <t>Flash 7575._x000D_
 PROJETO DE RESOLUÇÃO S/Nº/2006. (RETIRADO). Acrescenta o inciso I ao parágrafo 4º do artigo 159 do Regimento Interno da Câmara Municipal de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5786</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5786/flash_7576.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5786/flash_7576.pdf</t>
   </si>
   <si>
     <t>Flash 7576._x000D_
 PROJETO DE RESOLUÇÃO S/Nº/2006. (RETIRADO). Acrescenta parágrafo 3º ao artigo 178 do Regimento Interno da Câmara Municipal de Montes Claros, revogado pela Resolução nº 05, de 02/02/2006._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5787</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5787/flash_7577.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5787/flash_7577.pdf</t>
   </si>
   <si>
     <t>Flash 7577._x000D_
 PROJETO DE RESOLUÇÃO S/Nº/2006. (REJEITADO). Concede a "Medalha Ivan José Lopes de Honra Montes Claros" a Valdomiro Soares Machado (Frei Valdo)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5789</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5789/flash_7578.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5789/flash_7578.pdf</t>
   </si>
   <si>
     <t>Flash 7578._x000D_
 PROJETO DE RESOLUÇÃO S/Nº/2006. (RETIRADO). Modifica a redação do parágrafo 1º do artigo nº 115 do Regimento Interno da Câmara Municipal de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5855</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5855/flash_7530.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5855/flash_7530.pdf</t>
   </si>
   <si>
     <t>Flash 7530._x000D_
 PROJETO DE RESOLUÇÃO S/Nº/2006. (NÃO VOTADO). Concede a "Placa de Prata Alferes José Lopes de Carvalho" à Farmácia Real._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5815</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5815/flash_7596.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5815/flash_7596.pdf</t>
   </si>
   <si>
     <t>Flash 7596._x000D_
 Requerimentos do vereador Ruy Adriano Borges Muniz, apresentados à Câmara Municipal de Montes Claros, no período de 13/03 a 17/10/2006._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4538</t>
   </si>
   <si>
     <t>VET</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4538/flash_7222.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4538/flash_7222.pdf</t>
   </si>
   <si>
     <t>Flash 7222._x000D_
 VETO AO PROJETO DE LEI Nº 138/2006. (MANTIDO). Autoriza o Poder Executivo a criar o "Adicional de Periculosidade aos Guardas Municipais" no âmbito do município de Montes Claros, e dá outras providências._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5389</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5389/flash_7224.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5389/flash_7224.pdf</t>
   </si>
   <si>
     <t>Flash 7224._x000D_
 VETO AO PROJETO DE LEI Nº 07/2006. (REJEITADO). Obriga o Fiscal de Trânsito da TRANSMONTES a comprovar a autuação de trânsito, por meio de notificação, com recibo de entrega assinado ou por fotografia do ato de infração. (Veto do Poder Executivo rejeitado pela Câmara em 04/04/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>8425</t>
   </si>
   <si>
     <t>ATA</t>
   </si>
   <si>
     <t>Ata</t>
   </si>
   <si>
     <t>ATL - ATL</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/8425/flash_6172.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/8425/flash_6172.pdf</t>
   </si>
   <si>
     <t>Flash 6172._x000D_
 Atas das sessões da Câmara Municipal de Montes Claros, do período de 24/01 a 22/12/2006._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4531</t>
   </si>
   <si>
     <t>ELOM</t>
   </si>
   <si>
     <t>Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4531/flash_7220.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4531/flash_7220.pdf</t>
   </si>
   <si>
     <t>Flash 7220._x000D_
 EMENDA Nº 37, de 21/03/2006. Acrescenta dispositivos aos artigos 88 e 92 da Lei Orgânica Municipal e contém outras providências. (Dispõe sobre a assistência à saúde dos servidores municipais)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4734</t>
   </si>
   <si>
     <t>RES</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4734/flash_7237.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4734/flash_7237.pdf</t>
   </si>
   <si>
     <t>Flash 7237._x000D_
 RESOLUÇÃO Nº 04, de 02/02/2006. Institui a "Medalha do Mérito Presidente Tancredo Neves"._x000D_
  Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4737</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4737/flash_7238.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4737/flash_7238.pdf</t>
   </si>
   <si>
     <t>Flash 7238._x000D_
 RESOLUÇÃO Nº 33, de 01/06/2006. Institui a "Medalha do Mérito Internacional Professor Darcy Ribeiro"._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4739</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4739/flash_7239.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4739/flash_7239.pdf</t>
   </si>
   <si>
     <t>Flash 7239._x000D_
 RESOLUÇÃO Nº 54, de 01/08/2006. Institui a "Medalha de Mérito Profissional Coronel Georgino Jorge de Souza", a ser concedida a destacados profissionais da Segurança Pública._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4747</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4747/flash_7242.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4747/flash_7242.pdf</t>
   </si>
   <si>
     <t>Flash 7242._x000D_
 RESOLUÇÃO Nº 66, de 22/08/2006. Concede o Diploma do Mérito Comunitário Rural a José Osmar Rodrigues Fonseca._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4751</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4751/flash_7244.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4751/flash_7244.pdf</t>
   </si>
   <si>
     <t>Flash 7244._x000D_
 RESOLUÇÃO Nº 75, de 05/09/2006. Concede o Diploma do Mérito Comunitário Rural a José Ribeiro Zuba._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4753</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4753/flash_7245.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4753/flash_7245.pdf</t>
   </si>
   <si>
     <t>Flash 7245._x000D_
  RESOLUÇÃO Nº 76, de 05/09/2006. Concede o Diploma do Mérito Comunitário Rural a Antônio Alves Pinheiro._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4759</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4759/flash_7246.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4759/flash_7246.pdf</t>
   </si>
   <si>
     <t>Flash 7246._x000D_
 RESOLUÇÃO Nº 77, de 05/09/2006. Concede o Diploma do Mérito Comunitário Rural a José Maria Ferreira de Souza._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4761</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4761/flash_7247.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4761/flash_7247.pdf</t>
   </si>
   <si>
     <t>Flash 7247._x000D_
 RESOLUÇÃO Nº 82, de 19/09/2006. Concede o Diploma do Mérito Comunitário Rural a Maria Aparecida Zuba da Silva._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4764</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4764/flash_7249.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4764/flash_7249.pdf</t>
   </si>
   <si>
     <t>Flash 7249._x000D_
 RESOLUÇÃO Nº 85, de 21/09/2006. Concede o Diploma do Mérito Comunitário Rural a Maria Efigênia Medeiros Fonseca._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4765</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4765/flash_7250.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4765/flash_7250.pdf</t>
   </si>
   <si>
     <t>Flash 7250._x000D_
 RESOLUÇÃO Nº 112, de 28/11/2006. Concede o Diploma do Mérito Comunitário Rural a Emídio Caetano de Andrade._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4779</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4779/flash_7251.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4779/flash_7251.pdf</t>
   </si>
   <si>
     <t>Flash 7251._x000D_
 RESOLUÇÃO Nº 113, de 28/11/2006. Concede o "Diploma do Mérito Comunitário Rural" a Justino Fagundes da Costa._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4795</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4795/flash_7259.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4795/flash_7259.pdf</t>
   </si>
   <si>
     <t>Flash 7259._x000D_
 RESOLUÇÃO Nº 45, de 22/06/2006. Concede a "Medalha Ivan José Lopes de Honra Montes Claros" ao Dr. Arlen de Paulo Santiago Filho (Deputado Estadual)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4813</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4813/flash_7265.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4813/flash_7265.pdf</t>
   </si>
   <si>
     <t>Flash 7265._x000D_
 RESOLUÇÃO Nº 16, de 28/03/2006. Concede a "Medalha do Mérito Educacional Professora Maria Aparecida Bispo de Moura" a Raimundo Rodrigues Avelar._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4815</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4815/flash_7266.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4815/flash_7266.pdf</t>
   </si>
   <si>
     <t>Flash 7266._x000D_
 RESOLUÇÃO Nº 21, de 18/04/2006. Concede a "Medalha do Mérito Educacional Professora Maria Aparecida Bispo de Moura" a José Eustáquio Machado Coelho._x000D_
  Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4817</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4817/flash_7267.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4817/flash_7267.pdf</t>
   </si>
   <si>
     <t>Flash 7267._x000D_
 RESOLUÇÃO Nº 123, de 12/12/2006. Concede a "Medalha do Mérito Educacional Professora Maria Aparecida Bispo de Moura" a Ângela Maria de Carvalho Veloso._x000D_
  Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4820</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4820/flash_7268.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4820/flash_7268.pdf</t>
   </si>
   <si>
     <t>Flash 7268. _x000D_
 RESOLUÇÃO Nº 27, de 18/05/2006. Concede a "Medalha do Mérito Educacional Professora Maria Aparecida Bispo de Moura" a Maria de Fátima Leão Fonseca._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4822</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4822/flash_7269.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4822/flash_7269.pdf</t>
   </si>
   <si>
     <t>Flash 7269._x000D_
 RESOLUÇÃO Nº 47, de 22/06/2006. Concede a "Medalha do Mérito Educacional Professora Maria Aparecida Bispo de Moura" a Mércio Coelho Antunes._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4825</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4825/flash_7270.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4825/flash_7270.pdf</t>
   </si>
   <si>
     <t>Flash 7270._x000D_
 RESOLUÇÃO Nº 67, de 22/08/2006. Concede a "Medalha do Mérito Educacional Professora Maria Aparecida Bispo de Moura" a Alfredo Dolabella Portella Filho._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4834</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4834/flash_7274.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4834/flash_7274.pdf</t>
   </si>
   <si>
     <t>Flash 7274._x000D_
 RESOLUÇÃO Nº 03, de 31/01/2006. Concede a "Medalha do Mérito Esportivo Antônio Manoel Dias" a Antonio Marcos Batista dos Santos._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4849</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4849/flash_7281.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4849/flash_7281.pdf</t>
   </si>
   <si>
     <t>Flash 7281._x000D_
 RESOLUÇÃO Nº 38, de 13/06/2006. Concede a "Medalha do Mérito Internacional Professor Darcy Ribeiro" a Armando Mascarenhas Ferreira (Reitor da Universidade Trás-os-Montes e Alto Douro - Vila Real - Portugal)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4850</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4850/flash_7282.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4850/flash_7282.pdf</t>
   </si>
   <si>
     <t>Flash 7282._x000D_
 RESOLUÇÃO Nº 39, de 13/06/2006. Concede a "Medalha do Mérito Internacional Professor Darcy Ribeiro" ao Dr. Miguel Monteiro Videira. (Professor e Chefe do Departamento de Desportos e Relações Internacionais da Universidade Trás-os-Montes e Alto Douro - Vila Real - Portugal)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4852</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4852/flash_7283.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4852/flash_7283.pdf</t>
   </si>
   <si>
     <t>Flash 7283._x000D_
 RESOLUÇÃO Nº 58, de 17/08/2006. Concede a "Medalha do Mérito Internacional Professor Darcy Ribeiro" ao Dr. Frederico do Espírito Santo Araújo._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4865</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4865/flash_7290.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4865/flash_7290.pdf</t>
   </si>
   <si>
     <t>Flash 7290._x000D_
 RESOLUÇÃO Nº 08, de 14/02/2006. Concede a "Medalha do Mérito Presidente Tancredo Neves" a Aécio Neves da Cunha (Governador de Minas Gerais)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4869</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4869/flash_7292.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4869/flash_7292.pdf</t>
   </si>
   <si>
     <t>Flash 7292._x000D_
 RESOLUÇÃO Nº 02, de 31/01/2006. Concede a "Medalha do Mérito à Secretária" para Maria Isabel Magalhães Figueiredo Sobreira. _x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4874</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4874/flash_7295.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4874/flash_7295.pdf</t>
   </si>
   <si>
     <t>Flash 7295._x000D_
 RESOLUÇÃO Nº 105, de 21/11/2006. Concede a "Placa de Mérito Cultural Cândido Canela" a Marina Lorenzo Fernandez Silva._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4903</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4903/flash_7306.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4903/flash_7306.pdf</t>
   </si>
   <si>
     <t>Flash 7306._x000D_
 RESOLUÇÃO Nº 65, de 22/08/2006. Concede a "Placa de Prata Alferes José Lopes de Carvalho" ao Dr. Aloysio de Andrade Faria._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4906</t>
   </si>
   <si>
     <t>Maria de Fátima Pereira Macedo, Guilherme Dias Ramos</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4906/flash_7307.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4906/flash_7307.pdf</t>
   </si>
   <si>
     <t>Flash 7307._x000D_
 RESOLUÇÃO Nº 11, de 21/03/2006. Concede a "Placa de Prata Alferes José Lopes de Carvalho" ao Pentáurea Clube Campestre._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4910</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4910/flash_7308.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4910/flash_7308.pdf</t>
   </si>
   <si>
     <t>Flash 7308._x000D_
 RESOLUÇÃO Nº 18, de 04/04/2006. Concede a "Placa de Prata Alferes José Lopes de Carvalho" à Associação Atlética Banco do Brasil de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4914</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4914/flash_7310.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4914/flash_7310.pdf</t>
   </si>
   <si>
     <t>Flash 7310._x000D_
 RESOLUÇÃO Nº 37, de 06/06/2006. Concede a "Placa de Prata Alferes José Lopes de Carvalho" a 6ª CRG – Coordenadoria Regional do D.E.R. Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4916</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4916/flash_7311.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4916/flash_7311.pdf</t>
   </si>
   <si>
     <t>Flash 7311._x000D_
 RESOLUÇÃO Nº 42, de 13/06/2006. Concede a "Placa de Prata Alferes José Lopes de Carvalho" ao Irmão Ladislau Figueiredo – Colégio Marista São José._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4918</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4918/flash_7312.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4918/flash_7312.pdf</t>
   </si>
   <si>
     <t>Flash 7312._x000D_
 RESOLUÇÃO Nº 61, de 17/08/2006. Concede a "Placa de Prata Alferes José Lopes de Carvalho" à empresa Novo Nordisk._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4921</t>
   </si>
   <si>
     <t>Raimundo Pereira da Silva</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4921/flash_7313.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4921/flash_7313.pdf</t>
   </si>
   <si>
     <t>Flash 7313._x000D_
 RESOLUÇÃO Nº 51, de 04/07/2006. Concede a "Placa de Prata Alferes José Lopes de Carvalho" a Carlos Welth Pimenta de Figueiredo, em especial, pelos serviços do Centro de Atendimento Social. (Deputado Estadual)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4924</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4924/flash_7314.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4924/flash_7314.pdf</t>
   </si>
   <si>
     <t>Flash 7314._x000D_
 RESOLUÇÃO Nº 52, de 04/07/2006. Concede a "Placa de Prata Alferes José Lopes de Carvalho" a RAEM Indústria e Comércio Ltda._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4927</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4927/flash_7315.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4927/flash_7315.pdf</t>
   </si>
   <si>
     <t>Flash 7315._x000D_
 RESOLUÇÃO Nº 53, de 04/07/2006. Concede a "Placa de Prata Alferes José Lopes de Carvalho" a WF Tornearia – Assessoria e Serviços._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4930</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4930/flash_7316.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4930/flash_7316.pdf</t>
   </si>
   <si>
     <t>Flash 7316._x000D_
 RESOLUÇÃO Nº 103, de 21/11/2006. Concede a "Placa de Prata Alferes José Lopes de Carvalho" à Padaria e Confeitaria Center Pão._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4932</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4932/flash_7317.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4932/flash_7317.pdf</t>
   </si>
   <si>
     <t>Flash 7317._x000D_
 RESOLUÇÃO Nº 70, de 29/08/2006. Concede a "Placa de Prata Alferes José Lopes de Carvalho" à Somai Nordeste S/A._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4935</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4935/flash_7318.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4935/flash_7318.pdf</t>
   </si>
   <si>
     <t>Flash 7318._x000D_
 RESOLUÇÃO Nº 80, de 14/09/2006. Concede a "Placa de Prata Alferes José Lopes de Carvalho" à Universidade Norte do Paraná – UNOPAR Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4937</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4937/flash_7319.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4937/flash_7319.pdf</t>
   </si>
   <si>
     <t>Flash 7319._x000D_
 RESOLUÇÃO Nº 87, de 05/10/2006. Concede a "Placa de Prata Alferes José Lopes de Carvalho" ao Sindicato dos Hotéis, Restaurantes Bares e Similares de Montes Claros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4939</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4939/flash_7320.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4939/flash_7320.pdf</t>
   </si>
   <si>
     <t>Flash 7320._x000D_
 RESOLUÇÃO Nº 88, de 24/10/2006. Concede a "Placa de Prata Alferes José Lopes de Carvalho" à Colares e Dias Indústria e Comércio Ltda. (Buffet Maria Sabor)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4942</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4942/flash_7321.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4942/flash_7321.pdf</t>
   </si>
   <si>
     <t>Flash 7321._x000D_
 RESOLUÇÃO Nº 89, de 24/10/2006. Concede a "Placa de Prata Alferes José Lopes de Carvalho" à Drogasul Montes Claros Ltda._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4945</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4945/flash_7322.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4945/flash_7322.pdf</t>
   </si>
   <si>
     <t>Flash 7322._x000D_
 RESOLUÇÃO Nº 90, de 24/10/2006. Concede a "Placa de Prata Alferes José Lopes de Carvalho" a Motosmar Ltda - Motocity._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4948</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4948/flash_7323.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4948/flash_7323.pdf</t>
   </si>
   <si>
     <t>Flash 7323._x000D_
 RESOLUÇÃO Nº 92, de 31/10/2006. Concede a "Placa de Prata Alferes José Lopes de Carvalho" a Hartimann Embalagens Montes Claros Ltda - Mapol._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4951</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4951/flash_7324.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4951/flash_7324.pdf</t>
   </si>
   <si>
     <t>Flash 7324._x000D_
 RESOLUÇÃO Nº 93, de 31/10/2006. Concede a "Placa de Prata Alferes José Lopes de Carvalho" à Casa do Motor Ltda._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4954</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4954/flash_7325.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4954/flash_7325.pdf</t>
   </si>
   <si>
     <t>Flash 7325._x000D_
 RESOLUÇÃO Nº 94, de 31/10/2006. Concede a "Placa de Prata Alferes José Lopes de Carvalho" à empresa Comercial Matão Ltda._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4955</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4955/flash_7326.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4955/flash_7326.pdf</t>
   </si>
   <si>
     <t>Flash 7326._x000D_
 RESOLUÇÃO Nº 95, de 31/10/2006. Concede a "Placa de Prata Alferes José Lopes de Carvalho" a J. Avelino Indústria e Comércio Ltda - Frigorífico Maísa._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4958</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4958/flash_7327.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4958/flash_7327.pdf</t>
   </si>
   <si>
     <t>Flash 7327._x000D_
 RESOLUÇÃO Nº 97, de 14/11/2006. Concede a "Placa de Prata Alferes José Lopes de Carvalho" a Sindimoto – Sindicato dos Mototaxistas._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4964</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4964/flash_7329.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4964/flash_7329.pdf</t>
   </si>
   <si>
     <t>Flash 7329._x000D_
 RESOLUÇÃO Nº 99, de 14/11/2006. Concede a "Placa de Prata Alferes José Lopes de Carvalho" a Angelino Comércio de Madeiras Ltda - Madeireira São Jorge._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4975</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4975/flash_7331.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4975/flash_7331.pdf</t>
   </si>
   <si>
     <t>Flash 7331._x000D_
 RESOLUÇÃO Nº 101, de 16/11/2006. Concede a "Placa de Prata Alferes José Lopes de Carvalho" a Andremano Ltda - Pinheiro Pneus._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4977</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4977/flash_7332.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4977/flash_7332.pdf</t>
   </si>
   <si>
     <t>Flash 7332._x000D_
 RESOLUÇÃO Nº 104, de 21/11/2006. Concede a "Placa de Prata Alferes José Lopes de Carvalho" à empresa Elster Medição de Água._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4980</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4980/flash_7333.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4980/flash_7333.pdf</t>
   </si>
   <si>
     <t>Flash 7333._x000D_
 RESOLUÇÃO Nº 124, de 12/12/2006. Concede a "Placa de Prata Alferes José Lopes de Carvalho" à empresa ECEL – Engenharia e Construções Ltda._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4982</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4982/flash_7334.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4982/flash_7334.pdf</t>
   </si>
   <si>
     <t>Flash 7334._x000D_
 RESOLUÇÃO Nº 79, de 12/09/2006. Concede a "Placa de Prata Alferes José Lopes de Carvalho" à Companhia de Saneamento de Minas Gerais - COPASA._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4986</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4986/flash_7335.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4986/flash_7335.pdf</t>
   </si>
   <si>
     <t>Flash 7335._x000D_
 RESOLUÇÃO Nº 96, de 31/10/2006. Concede a "Placa de Prata Alferes José Lopes de Carvalho" à Minaspuma Indústria de Colchões Ltda._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4989</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4989/flash_7336.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4989/flash_7336.pdf</t>
   </si>
   <si>
     <t>Flash 7336._x000D_
 RESOLUÇÃO Nº 102, de 16/11/2006. Concede a "Placa de Prata Alferes José Lopes de Carvalho" à empresa Irmãos Nogueira Gontijo Ltda - Roka Jeans._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4991</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4991/flash_7337.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4991/flash_7337.pdf</t>
   </si>
   <si>
     <t>Flash 7337._x000D_
 RESOLUÇÃO Nº 108, de 23/11/2006. Concede a "Placa de Prata Alferes José Lopes de Carvalho" à empresa Sobrita Indústria e Comércio Ltda._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4994</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4994/flash_7338.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4994/flash_7338.pdf</t>
   </si>
   <si>
     <t>Flash 7338._x000D_
 RESOLUÇÃO Nº 109, de 23/11/2006. Concede a "Placa de Prata Alferes José Lopes de Carvalho" a Lumen Construções Elétricas Ltda._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4997</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4997/flash_7339.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4997/flash_7339.pdf</t>
   </si>
   <si>
     <t>Flash 7339._x000D_
 RESOLUÇÃO Nº 110, de 23/11/2006. Concede a "Placa de Prata Alferes José Lopes de Carvalho" à Viação Irmãos Silva Ltda._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4999</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4999/flash_7340.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4999/flash_7340.pdf</t>
   </si>
   <si>
     <t>Flash 7340._x000D_
 RESOLUÇÃO Nº 116, de 05/12/2006. Concede a "Placa de Prata Alferes José Lopes de Carvalho" a Villefort Atacadista._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5002</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5002/flash_7341.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5002/flash_7341.pdf</t>
   </si>
   <si>
     <t>Flash 7341._x000D_
 RESOLUÇÃO Nº 117, de 05/12/2006. Concede a "Placa de Prata Alferes José Lopes de Carvalho" à Indústria Alimentícia Montes Claros Ltda (Catopê)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5004</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5004/flash_7342.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5004/flash_7342.pdf</t>
   </si>
   <si>
     <t>Flash 7342._x000D_
 RESOLUÇÃO Nº 118, de 05/12/2006. Concede a "Placa de Prata Alferes José Lopes de Carvalho" à empresa M &amp; C Distribuidora de Bebidas Ltda._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5007</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5007/flash_7343.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5007/flash_7343.pdf</t>
   </si>
   <si>
     <t>Flash 7343._x000D_
 RESOLUÇÃO Nº 74, de 05/09/2006. Concede a "Placa de Prata Alferes José Lopes de Carvalho" a Newton Cardoso._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5009</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5009/flash_7344.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5009/flash_7344.pdf</t>
   </si>
   <si>
     <t>Flash 7344._x000D_
 RESOLUÇÃO Nº 115, de 05/12/2006. Concede a "Placa de Prata Alferes José Lopes de Carvalho" à empresa de ônibus  Expresso Ribeiro Ltda._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5093</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5093/flash_7378.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5093/flash_7378.pdf</t>
   </si>
   <si>
     <t>Flash 7378._x000D_
 RESOLUÇÃO Nº 06, de 07/02/2006. Concede o Título de Cidadão Benemérito de Montes Claros a Paulo Gustavo Dias Lopes._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5096</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5096/flash_7379.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5096/flash_7379.pdf</t>
   </si>
   <si>
     <t>Flash 7379._x000D_
 RESOLUÇÃO Nº 07, de 14/02/2006. Concede o Título de Cidadão Benemérito de Montes Claros a Hélio Calixto da Costa._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5098</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5098/flash_7380.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5098/flash_7380.pdf</t>
   </si>
   <si>
     <t>Flash 7380._x000D_
 RESOLUÇÃO Nº 10, de 14/03/2006. Concede o Título de Cidadão Benemérito de Montes Claros a Gilmar Ribeiro dos Santos._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5110</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5110/flash_7381.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5110/flash_7381.pdf</t>
   </si>
   <si>
     <t>Flash 7381._x000D_
 RESOLUÇÃO Nº 44, de 20/06/2006. Concede o Título de Cidadão Benemérito de Montes Claros ao Dr. Geraldo Edson Souza Guerra._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5113</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5113/flash_7382.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5113/flash_7382.pdf</t>
   </si>
   <si>
     <t>Flash 7382._x000D_
 RESOLUÇÃO Nº 12, de 21/03/2006. Concede o Título de Cidadão Benemérito de Montes Claros a Reinaldo Alves da Costa Neto._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5116</t>
   </si>
   <si>
     <t>Sebastião Wellington Pimenta de Figueiredo</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5116/flash_7383.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5116/flash_7383.pdf</t>
   </si>
   <si>
     <t>Flash 7383._x000D_
 RESOLUÇÃO Nº 17, de 04/04/2006. Concede o Título de Cidadão Benemérito de Montes Claros a Luiz Pacífico Rodrigues._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5119</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5119/flash_7384.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5119/flash_7384.pdf</t>
   </si>
   <si>
     <t>Flash 7384._x000D_
 RESOLUÇÃO Nº 20, de 11/04/2006. Concede o Título de Cidadão Benemérito de Montes Claros ao Monsenhor Antônio Alencar Monteiro (Padre Alencar)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5121</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5121/flash_7385.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5121/flash_7385.pdf</t>
   </si>
   <si>
     <t>Flash 7385._x000D_
 RESOLUÇÃO Nº 22, de 25/04/2006. Concede o Título de Cidadã Benemérita de Montes Claros a Edélzia Cristina Sousa Versiani._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5123</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5123/flash_7386.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5123/flash_7386.pdf</t>
   </si>
   <si>
     <t>Flash 7386._x000D_
 RESOLUÇÃO Nº 14, de 28/03/2006. Concede o Título de Cidadão Benemérito de Montes Claros ao Dr. Felipe Gustavo Gonçalves Caires._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5125</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5125/flash_7387.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5125/flash_7387.pdf</t>
   </si>
   <si>
     <t>Flash 7387._x000D_
 RESOLUÇÃO Nº 23, de 05/05/2006. Concede o Título de Cidadão Benemérito de Montes Claros ao Dr. Aluízio Mesquita._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5127</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5127/flash_7388.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5127/flash_7388.pdf</t>
   </si>
   <si>
     <t>Flash 7388._x000D_
 RESOLUÇÃO Nº 24, de 09/05/2006. Concede o Título de Cidadão Benemérito de Montes Claros a Fernando Alberto Diniz (Deputado Federal)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5130</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5130/flash_7389.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5130/flash_7389.pdf</t>
   </si>
   <si>
     <t>Flash 7389._x000D_
 RESOLUÇÃO Nº 25, de 18/05/2006. Concede o Título de Cidadã Benemérita de Montes Claros a Tânia Marta Maia Fialho._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5133</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5133/flash_7390.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5133/flash_7390.pdf</t>
   </si>
   <si>
     <t>Flash 7390._x000D_
 RESOLUÇÃO Nº 28, de 18/05/2006. Concede o Título de Cidadão Benemérito de Montes Claros ao Dr. José Messias Sales Alves._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5135</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5135/flash_7391.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5135/flash_7391.pdf</t>
   </si>
   <si>
     <t>Flash 7391._x000D_
 RESOLUÇÃO Nº 32, de 01/06/2006. Concede o Título de Cidadão Benemérito de Montes Claros a José de Paiva Netto._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5139</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5139/flash_7392.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5139/flash_7392.pdf</t>
   </si>
   <si>
     <t>Flash 7392._x000D_
 RESOLUÇÃO Nº 41, de 13/06/2006. Concede o Título de Cidadão Benemérito de Montes Claros a César Emílio Lopes Oliveira._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5144</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5144/flash_7394.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5144/flash_7394.pdf</t>
   </si>
   <si>
     <t>Flash 7394._x000D_
 RESOLUÇÃO Nº 50, de 04/07/2006. Concede o Título de Cidadã Benemérita de Montes Claros à Dra. Jara Lúcia Dias Costa Cardoso._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5147</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5147/flash_7395.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5147/flash_7395.pdf</t>
   </si>
   <si>
     <t>Flash 7395._x000D_
 RESOLUÇÃO Nº 83, de 19/09/2006. Concede o Título de Cidadão Benemérito de Montes Claros ao Dr. Roberto Pinheiro Loyola._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5149</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5149/flash_7396.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5149/flash_7396.pdf</t>
   </si>
   <si>
     <t>Flash 7396._x000D_
 RESOLUÇÃO Nº 106, de 21/11/2006. Concede o Título de Cidadão Benemérito de Montes Claros a Alexandre Pires Ramos._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5152</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5152/flash_7397.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5152/flash_7397.pdf</t>
   </si>
   <si>
     <t>Flash 7397._x000D_
 RESOLUÇÃO Nº 107, de 21/11/2006. Concede o Título de Cidadão Benemérito de Montes Claros ao Dr. Pedro Mameluque Mota._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5155</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5155/flash_7398.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5155/flash_7398.pdf</t>
   </si>
   <si>
     <t>Flash 7398._x000D_
 RESOLUÇÃO Nº 63, de 22/08/2006. Concede o Título de Cidadão Benemérito de Montes Claros a Marco Antônio Cardoso de Pádua Melo (Coronel do 55º Batalhão de Infantaria)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5157</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5157/flash_7399.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5157/flash_7399.pdf</t>
   </si>
   <si>
     <t>Flash 7399._x000D_
 RESOLUÇÃO Nº 86, de 21/09/2006. Concede o Título de Cidadão Benemérito de Montes Claros a Tarcísio Edmar Figueiredo Rosa._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5159</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5159/flash_7400.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5159/flash_7400.pdf</t>
   </si>
   <si>
     <t>Flash 7400._x000D_
 RESOLUÇÃO Nº 91, de 24/10/2006. Concede o Título de Cidadão Benemérito de Montes Claros a José Wellington Colares Neves._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5162</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5162/flash_7401.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5162/flash_7401.pdf</t>
   </si>
   <si>
     <t>Flash 7401._x000D_
 RESOLUÇÃO Nº 122, de 12/12/2006. Concede o Título de Cidadão Benemérito de Montes Claros a Manoel Costa._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5164</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5164/flash_7402.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5164/flash_7402.pdf</t>
   </si>
   <si>
     <t>Flash 7402._x000D_
 RESOLUÇÃO Nº 68, de 29/08/2006. Concede o Título de Cidadão Benemérito de Montes Claros a Paulo de Faria Ribeiro._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5167</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5167/flash_7403.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5167/flash_7403.pdf</t>
   </si>
   <si>
     <t>Flash 7403._x000D_
 RESOLUÇÃO Nº 72, de 05/09/2006. Concede o Título de Cidadão Benemérito de Montes Claros a José Gilson Veloso Caldeira._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5168</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5168/flash_7404.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5168/flash_7404.pdf</t>
   </si>
   <si>
     <t>Flash 7404._x000D_
 RESOLUÇÃO Nº 78, de 12/09/2006. Concede o Título de Cidadão Benemérito de Montes Claros ao Padre Antônio Alvimar Souza._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5171</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5171/flash_7405.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5171/flash_7405.pdf</t>
   </si>
   <si>
     <t>Flash 7405._x000D_
 RESOLUÇÃO Nº 119, de 12/12/2006. Concede o Título de Cidadão Benemérito de Montes Claros a Roberto José da Silva._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5233</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5233/flash_7442.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5233/flash_7442.pdf</t>
   </si>
   <si>
     <t>Flash 7442._x000D_
 RESOLUÇÃO Nº 15, de 28/03/2006. Concede o Título de Cidadã Honorária de Montes Claros à Dra. Maria Edna Fagundes Veloso._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5267</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5267/flash_7439.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5267/flash_7439.pdf</t>
   </si>
   <si>
     <t>Flash 7439._x000D_
 RESOLUÇÃO Nº 01, de 31/01/2006. Concede o Título de Cidadão Honorário de Montes Claros a Heli José Gonçalves (Tenente Coronel da Polícia Militar)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5275</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5275/flash_7440.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5275/flash_7440.pdf</t>
   </si>
   <si>
     <t>Flash 7440._x000D_
 RESOLUÇÃO Nº 09, de 21/02/2006. Concede o Título de Cidadã Honorária de Montes Claros a Adriana Belli Pereira de Souza._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5427</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5427/flash_7441.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5427/flash_7441.pdf</t>
   </si>
   <si>
     <t>Flash 7441._x000D_
 RESOLUÇÃO Nº 13, de 28/03/2006. Concede o Título de Cidadão Honorário de Montes Claros a José Carlos Carvalho (Secretário Estadual do Meio Ambiente)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5429</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5429/flash_7443.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5429/flash_7443.pdf</t>
   </si>
   <si>
     <t>Flash 7443._x000D_
 RESOLUÇÃO Nº 111, de 23/11/2006. Concede o Título de Cidadã Honorária de Montes Claros à Dra. Maria Ângela Martins Pinheiro Antunes._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5430</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5430/flash_7444.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5430/flash_7444.pdf</t>
   </si>
   <si>
     <t>Flash 7444._x000D_
 RESOLUÇÃO Nº 26, de 18/05/2006. Concede o Título de Cidadão Honorário de Montes Claros ao Dr. Danilo Campos._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5431</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5431/flash_7445.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5431/flash_7445.pdf</t>
   </si>
   <si>
     <t>Flash 7445._x000D_
 RESOLUÇÃO Nº 30, de 30/05/2006. Concede o Título de Cidadã Honorária de Montes Claros à Dra. Maria da Conceição Santos._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5434</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5434/flash_7448.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5434/flash_7448.pdf</t>
   </si>
   <si>
     <t>Flash 7448._x000D_
 RESOLUÇÃO Nº 29, de 30/05/2006. Concede o Título de Cidadão Honorário de Montes Claros ao Padre Marcos Ceroni._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5435</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5435/flash_7449.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5435/flash_7449.pdf</t>
   </si>
   <si>
     <t>Flash 7449._x000D_
 RESOLUÇÃO Nº 31, de 01/06/2006. Concede o Título de Cidadão Honorário de Montes Claros a João Batista de Oliveira._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5436</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5436/flash_7450.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5436/flash_7450.pdf</t>
   </si>
   <si>
     <t>Flash 7450._x000D_
 RESOLUÇÃO Nº 36, de 06/06/2006. Concede o Título de Cidadão Honorário de Montes Claros ao Dr. Laércio Gonçalves da Silva._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5437</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5437/flash_7451.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5437/flash_7451.pdf</t>
   </si>
   <si>
     <t>Flash 7451._x000D_
 RESOLUÇÃO Nº 40, de 13/06/2006. Concede o Título de Cidadão Honorário de Montes Claros a José Vicente Medeiros._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5438</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5438/flash_7452.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5438/flash_7452.pdf</t>
   </si>
   <si>
     <t>Flash 7452._x000D_
 RESOLUÇÃO Nº 43, de 20/06/2006. Concede o Título de Cidadã Honorária de Montes Claros à Dra. Maiza Rodrigues da Silva._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5439</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5439/flash_7453.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5439/flash_7453.pdf</t>
   </si>
   <si>
     <t>Flash 7453._x000D_
 RESOLUÇÃO Nº 46, de 22/06/2006. Concede o Título de Cidadão Honorário de Montes Claros ao Dr. José Geraldo Mendes Silva._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5440</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5440/flash_7454.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5440/flash_7454.pdf</t>
   </si>
   <si>
     <t>Flash 7454._x000D_
 RESOLUÇÃO Nº 48, de 27/06/2006. Concede o Título de Cidadão Honorário de Montes Claros ao Dr. Frederico do Espírito Santo Araújo._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5442</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5442/flash_7455.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5442/flash_7455.pdf</t>
   </si>
   <si>
     <t>Flash 7455._x000D_
 RESOLUÇÃO Nº 49, de 27/06/2006. Concede o Título de Cidadão Honorário de Montes Claros ao Dr. José Nildo e Silva._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5444</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5444/flash_7456.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5444/flash_7456.pdf</t>
   </si>
   <si>
     <t>Flash 7456._x000D_
 RESOLUÇÃO Nº 114, de 05/12/2006. Concede o Título de Cidadão Honorário de Montes Claros a Antônio Augusto Junho Anastasia (Vice-governador do Estado de Minas Gerais)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5446</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5446/flash_7457.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5446/flash_7457.pdf</t>
   </si>
   <si>
     <t>Flash 7457._x000D_
 RESOLUÇÃO Nº 62, de 22/08/2006. Concede o Título de Cidadão Honorário de Montes Claros ao Dr. Antônio Eustachio Tolentino._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5448</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5448/flash_7458.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5448/flash_7458.pdf</t>
   </si>
   <si>
     <t>Flash 7458._x000D_
 RESOLUÇÃO Nº 60, de 17/08/2006. Concede o Título de Cidadão Honorário de Montes Claros a Florentino Soares Fonseca (CREVAC)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5449</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5449/flash_7459.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5449/flash_7459.pdf</t>
   </si>
   <si>
     <t>Flash 7459._x000D_
 RESOLUÇÃO Nº 69, de 29/08/2006. Concede o Título de Cidadão Honorário de Montes Claros a Vero Franklin Sardinha Pinto. (Secretário Municipal de Desenvolvimento e Assistência Social)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5451</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5451/flash_7460.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5451/flash_7460.pdf</t>
   </si>
   <si>
     <t>Flash 7460._x000D_
 RESOLUÇÃO Nº 73, de 05/09/2006. Concede o Título de Cidadão Honorário de Montes Claros a Nestor Coelho de Sant’Anna._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5453</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5453/flash_7461.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5453/flash_7461.pdf</t>
   </si>
   <si>
     <t>Flash 7461._x000D_
 RESOLUÇÃO Nº 81, de 14/09/2006. Concede o Título de Cidadão Honorário de Montes Claros ao Professor Dr. Arnaldo de Almeida Garrocho._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5454</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5454/flash_7462.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5454/flash_7462.pdf</t>
   </si>
   <si>
     <t>Flash 7462._x000D_
 RESOLUÇÃO Nº 120, de 12/12/2006. Concede o Título de Cidadão Honorário de Montes Claros ao Dr. Neylson João Batista._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5456</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5456/flash_7463.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5456/flash_7463.pdf</t>
   </si>
   <si>
     <t>Flash 7463._x000D_
 RESOLUÇÃO Nº 121, de 12/12/2006. Concede o Título de Cidadão Honorário de Montes Claros a Luís Flávio Sapori._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5458</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5458/flash_7464.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5458/flash_7464.pdf</t>
   </si>
   <si>
     <t>Flash 7464._x000D_
 RESOLUÇÃO Nº 126, de 19/12/2006. Concede o Título de Cidadão Honorário de Montes Claros a Emanuel Soares Carneiro._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5460</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5460/flash_7465.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5460/flash_7465.pdf</t>
   </si>
   <si>
     <t>Flash 7465._x000D_
 RESOLUÇÃO Nº 127, de 19/12/2006. Concede o Título de Cidadão Honorário de Montes Claros ao Dr. Marcelo Mameluque Mota._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5599</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5599/flash_7511.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5599/flash_7511.pdf</t>
   </si>
   <si>
     <t>Flash 7511._x000D_
 RESOLUÇÃO Nº 05, de 02/02/2006. (REVOGADA). Revoga o parágrafo 3º do artigo 178 do Regimento Interno da Câmara Municipal de Montes Claros, alterado pela Resolução nº 33, de 03/05/2005. (Revogada pela Resolução nº 56, de 17/08/2006)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5602</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5602/flash_7512.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5602/flash_7512.pdf</t>
   </si>
   <si>
     <t>Flash 7512._x000D_
 RESOLUÇÃO Nº 55, de 17/08/2006. Altera a redação do parágrafo 4º do artigo 159 do Regimento Interno da Câmara Municipal de Montes Claros, acrescentado-lhe as alíneas a, b e c, e o Inciso I. (Dispõe sobre requisitos para denominação de vias públicas)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5606</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5606/flash_7513.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5606/flash_7513.pdf</t>
   </si>
   <si>
     <t>Flash 7513._x000D_
 RESOLUÇÃO Nº 57, de 17/08/2006. (REVOGADA). Altera a redação do artigo 2º da Resolução nº 145, de 23/06/1971, que dispõe sobre a instituição e concessão da Medalha Ivan José Lopes de Honra Montes Claros. (Revogada pela Resolução nº 35, de 07/12/2021)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5609</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5609/flash_7514.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5609/flash_7514.pdf</t>
   </si>
   <si>
     <t>Flash 7514._x000D_
 RESOLUÇÃO Nº 56, de 17/08/2006. (REVOGADA). Acrescenta o parágrafo 3º ao artigo 178 do Regimento Interno da Câmara Municipal de Montes Claros, revoga a Resolução nº 05 de 02/02/2006. (Concessão de apenas uma honraria por ano para cada vereador). (Revogada pela Resolução nº 14, de 24/04/2007)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5612</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5612/flash_7515.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5612/flash_7515.pdf</t>
   </si>
   <si>
     <t>Flash 7515._x000D_
 RESOLUÇÃO Nº 125/2006. Altera dispositivos da Resolução nº 13, de 05/03/2002, que alterou dispositivos da Resolução nº 79/94 e que dispõem sobre a Organização Administrativa da Câmara Municipal de Montes Claros, e contém outras providências. (Contém o anexo I com as atribuições para o cargo de Assistente Legislativo)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5853</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5853/flash_7309.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5853/flash_7309.pdf</t>
   </si>
   <si>
     <t>Flash 7309._x000D_
 RESOLUÇÃO Nº 19, de 04/04/2006. Concede a "Placa de Prata Alferes José Lopes de Carvalho" ao Max-Min Clube._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5433</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5433/flash_7447.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5433/flash_7447.pdf</t>
   </si>
   <si>
     <t>Flash 7447._x000D_
 RESOLUÇÃO Nº 35, de 06/06/2006. Concede o Título de Cidadão Honorário de Montes Claros ao Dr. Armando Mascarenhas Ferreira. (Reitor da Universidade Trás-os-Montes e Alto Douro - Vila Real - Portugal)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>5432</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5432/flash_7446.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5432/flash_7446.pdf</t>
   </si>
   <si>
     <t>Flash 7446._x000D_
 RESOLUÇÃO Nº 34, de 06/06/2006. Concede o Título de Cidadão Honorário de Montes Claros ao Dr. Miguel Monteiro Videira. (Professor e Chefe do Departamento de Desportos e Relações Internacionais da Universidade Trás-os-Montes e Alto Douro - Vila Real - Portugal)._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4763</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4763/flash_7248.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4763/flash_7248.pdf</t>
   </si>
   <si>
     <t>Flash 7248._x000D_
 RESOLUÇÃO Nº 84, de 21/09/2006. Concede o Diploma do Mérito Comunitário Rural a José Osmar Rodrigues Fonseca._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4961</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4961/flash_7328.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4961/flash_7328.pdf</t>
   </si>
   <si>
     <t>Flash 7328._x000D_
 RESOLUÇÃO Nº 98, de 14/11/2006. Concede a "Placa de Prata Alferes José Lopes de Carvalho" à MONVEP - Montes Claros Veículos e Peças Ltda._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
   <si>
     <t>4966</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4966/flash_7330.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4966/flash_7330.pdf</t>
   </si>
   <si>
     <t>Flash 7330._x000D_
 RESOLUÇÃO Nº 100, de 14/11/2006. Concede a "Placa de Prata Alferes José Lopes de Carvalho" à Cerâmica Montezuma Ltda._x000D_
 Sebastião Ildeu Maia (Presidente).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -6335,67 +6335,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5864/flash_7220g.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4448/flash_6652.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5260/flash_6484.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5478/flash_6645.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5753/flash_6981.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5481/flash_6646.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4550/flash_6184.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4429/flash_7148.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4430/flash_7149.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4431/flash_7150.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4432/flash_7151.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4433/flash_7152.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4434/flash_7153.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4435/flash_7154.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4436/flash_7155.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4437/flash_7156.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4438/flash_7157.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4439/flash_7158.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4440/flash_7159.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4441/flash_7160.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4442/flash_6650.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4443/flash_7161.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4444/flash_7162.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4445/flash_6651.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4446/flash_7163.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4447/flash_7164.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4449/flash_7165.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4451/flash_7166.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4450/flash_6653.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4453/flash_6654.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4454/flash_7168.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4457/flash_7170.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4462/flash_7172.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4464/flash_7173.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4466/flash_7174.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4469/flash_7175.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4473/flash_7177.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4474/flash_7178.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4475/flash_7179.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4476/flash_7180.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4477/flash_7181.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4478/flash_7182.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4479/flash_7183.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4480/flash_7184.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4481/flash_7185.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4483/flash_7187.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4484/flash_7188.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4536/flash_6684.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4551/flash_6185.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4552/flash_6186.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4553/flash_6187.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4554/flash_6188.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4555/flash_6189.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4556/flash_6190.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4557/flash_6191.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4558/flash_6192.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4559/flash_6193.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4561/flash_6195.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4571/flash_6205.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4572/flash_6206.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4573/flash_6207.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4574/flash_6208.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4575/flash_6209.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4576/flash_6210.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4577/flash_6211.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4578/flash_6212.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4593/flash_6227.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4594/flash_6228.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4595/flash_6229.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4596/flash_6230.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4597/flash_6231.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4598/flash_6232.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4599/flash_6233.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4600/flash_6234.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4601/flash_6235.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4602/flash_6236.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4603/flash_6237.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4634/flash_6685.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4635/flash_6686.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4636/flash_6687.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4637/flash_6688.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4638/flash_6689.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4639/flash_6690.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4647/flash_6698.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4648/flash_6699.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4649/flash_6700.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4682/flash_6733.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4683/flash_6734.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4684/flash_6735.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4685/flash_6736.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4686/flash_6737.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4687/flash_6738.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4688/flash_6739.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4689/flash_6740.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4690/flash_6741.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4691/flash_6742.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4694/flash_6743.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4696/flash_6744.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4701/flash_6272.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4702/flash_6273.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4704/flash_6274.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4706/flash_6275.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4707/flash_6745.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4709/flash_6276.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4710/flash_6746.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4712/flash_6747.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4713/flash_6277.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4714/flash_6278.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4716/flash_6279.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4717/flash_6748.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4719/flash_6280.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4721/flash_6281.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4724/flash_6282.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4726/flash_6283.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4728/flash_6284.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4727/flash_6749.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4730/flash_6285.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4732/flash_6750.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4733/flash_6286.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4735/flash_6751.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4736/flash_6287.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4738/flash_6752.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4740/flash_6288.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4741/flash_6753.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4743/flash_6289.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4745/flash_6754.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4746/flash_6290.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4748/flash_6291.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4750/flash_6292.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4752/flash_6293.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4754/flash_6294.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4755/flash_6295.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4756/flash_6296.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4757/flash_6297.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4758/flash_6298.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4760/flash_6299.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4762/flash_6300.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4766/flash_6301.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4767/flash_6302.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4768/flash_6303.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4769/flash_6304.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4770/flash_6305.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4771/flash_6306.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4772/flash_6307.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4773/flash_6308.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4774/flash_6309.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4806/flash_6755.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4810/flash_6756.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4819/flash_6757.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4823/flash_6758.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4828/flash_6759.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4831/flash_6760.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5048/flash_6826.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5050/flash_6828.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5053/flash_6827.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5055/flash_6829.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5058/flash_6830.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5060/flash_6831.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5062/flash_6832.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5064/flash_6833.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5067/flash_6834.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5070/flash_6835.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5075/flash_6836.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5084/flash_6837.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5088/flash_6838.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5091/flash_6839.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5095/flash_6840.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5099/flash_6841.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5101/flash_6842.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5103/flash_6843.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5106/flash_6844.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5108/flash_6845.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5250/flash_6480.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5252/flash_6481.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5253/flash_6482.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5257/flash_6483.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5262/flash_6485.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5265/flash_6486.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5268/flash_6487.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5270/flash_6488.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5271/flash_6489.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5273/flash_6490.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5274/flash_6491.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5276/flash_6492.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5277/flash_6493.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5278/flash_6494.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5279/flash_6495.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5280/flash_6496.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5281/flash_6497.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5282/flash_6498.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5283/flash_6499.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5284/flash_6500.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5286/flash_6501.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5287/flash_6502.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5288/flash_6503.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5289/flash_6504.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5312/flash_6527.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5328/flash_6543.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5329/flash_6544.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5330/flash_6545.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5331/flash_6546.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5332/flash_6547.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5333/flash_6548.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5334/flash_6549.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5335/flash_6550.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5373/flash_7167.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5375/flash_7169.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5376/flash_7171.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5377/flash_7176.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5378/flash_7186.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5385/flash_6595.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5386/flash_6596.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5397/flash_6606.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5398/flash_6607.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5399/flash_6608.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5466/flash_6639.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5467/flash_6640.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5469/flash_6641.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5471/flash_6642.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5473/flash_6643.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5476/flash_6644.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5483/flash_6647.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5486/flash_6648.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5489/flash_6649.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5574/flash_6919.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5576/flash_6920.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5579/flash_6921.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5580/flash_6922.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5582/flash_6923.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5584/flash_6924.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5586/flash_6925.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5588/flash_6926.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5590/flash_6927.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5592/flash_6928.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5594/flash_6929.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5595/flash_6930.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5596/flash_6931.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5598/flash_6932.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5600/flash_6933.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5603/flash_6934.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5605/flash_6935.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5608/flash_6936.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5611/flash_6937.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5613/flash_6938.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5616/flash_6939.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5619/flash_6940.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5622/flash_6941.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5624/flash_6942.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5628/flash_6943.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5629/flash_6944.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5633/flash_6945.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5636/flash_6946.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5638/flash_6947.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5641/flash_6948.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5643/flash_6949.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5645/flash_6950.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5648/flash_6951.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5650/flash_6952.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5652/flash_6953.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5654/flash_6954.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5655/flash_6955.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5657/flash_6956.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5659/flash_6957.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5664/flash_6958.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5665/flash_6959.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5667/flash_6960.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5703/flash_6961.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5705/flash_6962.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5707/flash_6963.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5710/flash_6964.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5711/flash_6965.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5714/flash_6966.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5719/flash_6967.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5721/flash_6968.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5723/flash_6969.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5725/flash_6970.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5728/flash_6971.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5731/flash_6972.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5733/flash_6973.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5734/flash_6974.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5737/flash_6975.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5740/flash_6976.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5743/flash_6977.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5745/flash_6978.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5747/flash_6979.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5750/flash_6980.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5756/flash_6982.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5758/flash_6983.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5760/flash_6984.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5762/flash_6985.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5764/flash_6986.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5765/flash_6987.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5766/flash_6988.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5767/flash_6989.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5769/flash_6990.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5771/flash_6991.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5773/flash_6992.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5656/flash_7525.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5658/flash_7526.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5660/flash_7527.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5661/flash_7528.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5663/flash_7529.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5668/flash_7531.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5670/flash_7532.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5673/flash_7533.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5675/flash_7534.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5678/flash_7535.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5679/flash_7536.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5681/flash_7537.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5684/flash_7538.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5685/flash_7539.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5686/flash_7540.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5689/flash_7541.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5692/flash_7542.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5784/flash_7575.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5786/flash_7576.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5787/flash_7577.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5789/flash_7578.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5855/flash_7530.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5815/flash_7596.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4538/flash_7222.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5389/flash_7224.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/8425/flash_6172.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4531/flash_7220.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4734/flash_7237.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4737/flash_7238.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4739/flash_7239.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4747/flash_7242.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4751/flash_7244.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4753/flash_7245.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4759/flash_7246.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4761/flash_7247.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4764/flash_7249.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4765/flash_7250.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4779/flash_7251.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4795/flash_7259.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4813/flash_7265.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4815/flash_7266.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4817/flash_7267.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4820/flash_7268.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4822/flash_7269.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4825/flash_7270.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4834/flash_7274.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4849/flash_7281.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4850/flash_7282.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4852/flash_7283.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4865/flash_7290.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4869/flash_7292.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4874/flash_7295.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4903/flash_7306.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4906/flash_7307.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4910/flash_7308.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4914/flash_7310.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4916/flash_7311.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4918/flash_7312.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4921/flash_7313.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4924/flash_7314.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4927/flash_7315.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4930/flash_7316.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4932/flash_7317.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4935/flash_7318.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4937/flash_7319.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4939/flash_7320.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4942/flash_7321.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4945/flash_7322.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4948/flash_7323.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4951/flash_7324.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4954/flash_7325.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4955/flash_7326.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4958/flash_7327.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4964/flash_7329.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4975/flash_7331.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4977/flash_7332.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4980/flash_7333.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4982/flash_7334.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4986/flash_7335.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4989/flash_7336.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4991/flash_7337.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4994/flash_7338.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4997/flash_7339.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4999/flash_7340.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5002/flash_7341.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5004/flash_7342.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5007/flash_7343.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5009/flash_7344.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5093/flash_7378.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5096/flash_7379.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5098/flash_7380.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5110/flash_7381.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5113/flash_7382.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5116/flash_7383.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5119/flash_7384.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5121/flash_7385.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5123/flash_7386.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5125/flash_7387.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5127/flash_7388.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5130/flash_7389.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5133/flash_7390.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5135/flash_7391.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5139/flash_7392.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5144/flash_7394.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5147/flash_7395.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5149/flash_7396.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5152/flash_7397.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5155/flash_7398.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5157/flash_7399.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5159/flash_7400.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5162/flash_7401.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5164/flash_7402.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5167/flash_7403.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5168/flash_7404.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5171/flash_7405.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5233/flash_7442.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5267/flash_7439.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5275/flash_7440.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5427/flash_7441.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5429/flash_7443.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5430/flash_7444.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5431/flash_7445.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5434/flash_7448.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5435/flash_7449.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5436/flash_7450.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5437/flash_7451.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5438/flash_7452.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5439/flash_7453.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5440/flash_7454.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5442/flash_7455.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5444/flash_7456.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5446/flash_7457.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5448/flash_7458.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5449/flash_7459.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5451/flash_7460.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5453/flash_7461.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5454/flash_7462.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5456/flash_7463.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5458/flash_7464.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5460/flash_7465.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5599/flash_7511.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5602/flash_7512.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5606/flash_7513.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5609/flash_7514.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5612/flash_7515.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5853/flash_7309.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5433/flash_7447.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5432/flash_7446.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4763/flash_7248.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4961/flash_7328.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4966/flash_7330.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5864/flash_7220g.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4448/flash_6652.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5260/flash_6484.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5478/flash_6645.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5753/flash_6981.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5481/flash_6646.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4550/flash_6184.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4429/flash_7148.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4430/flash_7149.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4431/flash_7150.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4432/flash_7151.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4433/flash_7152.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4434/flash_7153.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4435/flash_7154.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4436/flash_7155.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4437/flash_7156.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4438/flash_7157.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4439/flash_7158.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4440/flash_7159.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4441/flash_7160.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4442/flash_6650.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4443/flash_7161.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4444/flash_7162.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4445/flash_6651.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4446/flash_7163.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4447/flash_7164.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4449/flash_7165.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4451/flash_7166.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4450/flash_6653.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4453/flash_6654.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4454/flash_7168.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4457/flash_7170.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4462/flash_7172.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4464/flash_7173.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4466/flash_7174.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4469/flash_7175.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4473/flash_7177.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4474/flash_7178.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4475/flash_7179.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4476/flash_7180.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4477/flash_7181.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4478/flash_7182.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4479/flash_7183.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4480/flash_7184.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4481/flash_7185.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4483/flash_7187.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4484/flash_7188.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4536/flash_6684.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4551/flash_6185.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4552/flash_6186.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4553/flash_6187.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4554/flash_6188.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4555/flash_6189.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4556/flash_6190.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4557/flash_6191.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4558/flash_6192.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4559/flash_6193.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4561/flash_6195.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4571/flash_6205.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4572/flash_6206.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4573/flash_6207.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4574/flash_6208.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4575/flash_6209.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4576/flash_6210.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4577/flash_6211.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4578/flash_6212.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4593/flash_6227.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4594/flash_6228.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4595/flash_6229.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4596/flash_6230.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4597/flash_6231.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4598/flash_6232.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4599/flash_6233.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4600/flash_6234.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4601/flash_6235.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4602/flash_6236.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4603/flash_6237.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4634/flash_6685.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4635/flash_6686.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4636/flash_6687.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4637/flash_6688.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4638/flash_6689.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4639/flash_6690.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4647/flash_6698.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4648/flash_6699.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4649/flash_6700.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4682/flash_6733.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4683/flash_6734.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4684/flash_6735.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4685/flash_6736.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4686/flash_6737.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4687/flash_6738.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4688/flash_6739.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4689/flash_6740.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4690/flash_6741.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4691/flash_6742.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4694/flash_6743.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4696/flash_6744.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4701/flash_6272.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4702/flash_6273.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4704/flash_6274.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4706/flash_6275.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4707/flash_6745.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4709/flash_6276.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4710/flash_6746.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4712/flash_6747.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4713/flash_6277.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4714/flash_6278.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4716/flash_6279.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4717/flash_6748.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4719/flash_6280.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4721/flash_6281.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4724/flash_6282.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4726/flash_6283.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4728/flash_6284.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4727/flash_6749.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4730/flash_6285.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4732/flash_6750.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4733/flash_6286.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4735/flash_6751.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4736/flash_6287.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4738/flash_6752.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4740/flash_6288.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4741/flash_6753.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4743/flash_6289.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4745/flash_6754.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4746/flash_6290.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4748/flash_6291.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4750/flash_6292.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4752/flash_6293.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4754/flash_6294.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4755/flash_6295.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4756/flash_6296.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4757/flash_6297.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4758/flash_6298.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4760/flash_6299.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4762/flash_6300.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4766/flash_6301.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4767/flash_6302.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4768/flash_6303.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4769/flash_6304.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4770/flash_6305.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4771/flash_6306.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4772/flash_6307.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4773/flash_6308.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4774/flash_6309.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4806/flash_6755.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4810/flash_6756.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4819/flash_6757.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4823/flash_6758.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4828/flash_6759.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4831/flash_6760.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5048/flash_6826.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5050/flash_6828.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5053/flash_6827.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5055/flash_6829.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5058/flash_6830.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5060/flash_6831.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5062/flash_6832.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5064/flash_6833.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5067/flash_6834.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5070/flash_6835.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5075/flash_6836.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5084/flash_6837.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5088/flash_6838.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5091/flash_6839.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5095/flash_6840.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5099/flash_6841.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5101/flash_6842.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5103/flash_6843.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5106/flash_6844.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5108/flash_6845.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5250/flash_6480.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5252/flash_6481.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5253/flash_6482.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5257/flash_6483.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5262/flash_6485.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5265/flash_6486.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5268/flash_6487.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5270/flash_6488.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5271/flash_6489.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5273/flash_6490.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5274/flash_6491.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5276/flash_6492.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5277/flash_6493.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5278/flash_6494.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5279/flash_6495.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5280/flash_6496.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5281/flash_6497.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5282/flash_6498.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5283/flash_6499.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5284/flash_6500.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5286/flash_6501.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5287/flash_6502.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5288/flash_6503.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5289/flash_6504.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5312/flash_6527.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5328/flash_6543.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5329/flash_6544.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5330/flash_6545.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5331/flash_6546.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5332/flash_6547.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5333/flash_6548.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5334/flash_6549.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5335/flash_6550.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5373/flash_7167.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5375/flash_7169.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5376/flash_7171.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5377/flash_7176.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5378/flash_7186.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5385/flash_6595.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5386/flash_6596.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5397/flash_6606.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5398/flash_6607.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5399/flash_6608.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5466/flash_6639.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5467/flash_6640.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5469/flash_6641.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5471/flash_6642.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5473/flash_6643.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5476/flash_6644.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5483/flash_6647.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5486/flash_6648.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5489/flash_6649.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5574/flash_6919.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5576/flash_6920.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5579/flash_6921.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5580/flash_6922.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5582/flash_6923.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5584/flash_6924.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5586/flash_6925.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5588/flash_6926.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5590/flash_6927.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5592/flash_6928.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5594/flash_6929.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5595/flash_6930.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5596/flash_6931.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5598/flash_6932.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5600/flash_6933.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5603/flash_6934.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5605/flash_6935.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5608/flash_6936.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5611/flash_6937.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5613/flash_6938.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5616/flash_6939.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5619/flash_6940.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5622/flash_6941.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5624/flash_6942.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5628/flash_6943.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5629/flash_6944.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5633/flash_6945.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5636/flash_6946.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5638/flash_6947.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5641/flash_6948.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5643/flash_6949.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5645/flash_6950.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5648/flash_6951.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5650/flash_6952.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5652/flash_6953.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5654/flash_6954.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5655/flash_6955.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5657/flash_6956.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5659/flash_6957.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5664/flash_6958.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5665/flash_6959.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5667/flash_6960.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5703/flash_6961.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5705/flash_6962.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5707/flash_6963.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5710/flash_6964.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5711/flash_6965.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5714/flash_6966.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5719/flash_6967.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5721/flash_6968.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5723/flash_6969.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5725/flash_6970.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5728/flash_6971.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5731/flash_6972.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5733/flash_6973.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5734/flash_6974.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5737/flash_6975.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5740/flash_6976.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5743/flash_6977.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5745/flash_6978.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5747/flash_6979.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5750/flash_6980.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5756/flash_6982.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5758/flash_6983.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5760/flash_6984.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5762/flash_6985.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5764/flash_6986.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5765/flash_6987.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5766/flash_6988.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5767/flash_6989.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5769/flash_6990.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5771/flash_6991.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5773/flash_6992.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5656/flash_7525.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5658/flash_7526.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5660/flash_7527.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5661/flash_7528.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5663/flash_7529.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5668/flash_7531.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5670/flash_7532.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5673/flash_7533.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5675/flash_7534.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5678/flash_7535.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5679/flash_7536.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5681/flash_7537.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5684/flash_7538.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5685/flash_7539.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5686/flash_7540.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5689/flash_7541.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5692/flash_7542.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5784/flash_7575.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5786/flash_7576.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5787/flash_7577.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5789/flash_7578.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5855/flash_7530.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5815/flash_7596.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4538/flash_7222.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5389/flash_7224.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/8425/flash_6172.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4531/flash_7220.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4734/flash_7237.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4737/flash_7238.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4739/flash_7239.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4747/flash_7242.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4751/flash_7244.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4753/flash_7245.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4759/flash_7246.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4761/flash_7247.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4764/flash_7249.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4765/flash_7250.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4779/flash_7251.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4795/flash_7259.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4813/flash_7265.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4815/flash_7266.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4817/flash_7267.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4820/flash_7268.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4822/flash_7269.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4825/flash_7270.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4834/flash_7274.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4849/flash_7281.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4850/flash_7282.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4852/flash_7283.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4865/flash_7290.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4869/flash_7292.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4874/flash_7295.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4903/flash_7306.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4906/flash_7307.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4910/flash_7308.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4914/flash_7310.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4916/flash_7311.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4918/flash_7312.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4921/flash_7313.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4924/flash_7314.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4927/flash_7315.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4930/flash_7316.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4932/flash_7317.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4935/flash_7318.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4937/flash_7319.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4939/flash_7320.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4942/flash_7321.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4945/flash_7322.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4948/flash_7323.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4951/flash_7324.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4954/flash_7325.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4955/flash_7326.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4958/flash_7327.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4964/flash_7329.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4975/flash_7331.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4977/flash_7332.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4980/flash_7333.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4982/flash_7334.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4986/flash_7335.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4989/flash_7336.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4991/flash_7337.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4994/flash_7338.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4997/flash_7339.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4999/flash_7340.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5002/flash_7341.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5004/flash_7342.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5007/flash_7343.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5009/flash_7344.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5093/flash_7378.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5096/flash_7379.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5098/flash_7380.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5110/flash_7381.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5113/flash_7382.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5116/flash_7383.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5119/flash_7384.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5121/flash_7385.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5123/flash_7386.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5125/flash_7387.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5127/flash_7388.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5130/flash_7389.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5133/flash_7390.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5135/flash_7391.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5139/flash_7392.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5144/flash_7394.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5147/flash_7395.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5149/flash_7396.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5152/flash_7397.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5155/flash_7398.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5157/flash_7399.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5159/flash_7400.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5162/flash_7401.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5164/flash_7402.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5167/flash_7403.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5168/flash_7404.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5171/flash_7405.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5233/flash_7442.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5267/flash_7439.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5275/flash_7440.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5427/flash_7441.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5429/flash_7443.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5430/flash_7444.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5431/flash_7445.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5434/flash_7448.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5435/flash_7449.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5436/flash_7450.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5437/flash_7451.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5438/flash_7452.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5439/flash_7453.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5440/flash_7454.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5442/flash_7455.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5444/flash_7456.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5446/flash_7457.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5448/flash_7458.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5449/flash_7459.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5451/flash_7460.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5453/flash_7461.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5454/flash_7462.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5456/flash_7463.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5458/flash_7464.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5460/flash_7465.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5599/flash_7511.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5602/flash_7512.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5606/flash_7513.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5609/flash_7514.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5612/flash_7515.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5853/flash_7309.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5433/flash_7447.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/5432/flash_7446.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4763/flash_7248.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4961/flash_7328.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2006/4966/flash_7330.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H449"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="91.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="90.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>