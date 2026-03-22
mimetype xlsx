--- v0 (2025-12-23)
+++ v1 (2026-03-22)
@@ -54,3145 +54,3145 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>6018</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Executivo Municipal - EXEC</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6018/flash_7894.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6018/flash_7894.pdf</t>
   </si>
   <si>
     <t>Flash 7894._x000D_
 PROJETO DE LEI COMPLEMENTAR Nº 002/2009. (ALTERADA). Altera a Lei Complementar nº 008, de 11/04/2006, que dispõe sobre o “Regime Próprio de Previdência Social” do Município de Montes Claros e sobre a “Entidade de Previdência PREVMOC". (Reajusta a alíquota de contribuição para 11% e acrescenta novos artigos à Lei). (Referente à Lei Complementar nº 017, de 11/03/2009, que foi alterada pela Lei Complementar nº 049, de 20/08/2015)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6020</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6020/flash_7895.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6020/flash_7895.pdf</t>
   </si>
   <si>
     <t>Flash 7895._x000D_
 PROJETO DE LEI COMPLEMENTAR Nº 003/2009. (REVOGADA). Altera a Lei Complementar nº 016, de 09/02/2009, que dispõe sobre a Organização e Estrutura da Administração Pública do Município de Montes Claros e dá outras providências. (Referente à Lei Complementar nº 018/2009, que foi revogada posteriormente pela Lei Complementar nº 40, de 28/12/2012). _x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6022</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6022/flash_7896.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6022/flash_7896.pdf</t>
   </si>
   <si>
     <t>Flash 7896._x000D_
 PROJETO DE LEI COMPLEMENTAR Nº 004/2009. Altera a Lei nº 2.902, de 29/05/2001 e a Lei Complementar nº 016, de 09/02/2009, e dá outras providências. (Dispõem sobre a mudança da denominação da Empresa Municipal de Transportes e Trânsito de Montes Claros – TRANSMONTES para Empresa Municipal de Planejamento, Gestão e Educação em Trânsito e Transportes de Montes Claros - MCTRANS; e sobre a Organização e Estrutura da Administração Pública do Município de Montes Claros). (Referente à Lei Complementar nº 019, de 30/04/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6040</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6040/flash_7908.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6040/flash_7908.pdf</t>
   </si>
   <si>
     <t>Flash 7908._x000D_
 PROJETO DE LEI COMPLEMENTAR Nº 009/2009. Altera dispositivos do Código Tributário Municipal, regido pela Lei Complementar nº 04, de 07/12/2005, alterada pelas Leis Complementares nº 11, de 18/12/2006; nº 13, de 02/07/2007 e nº 14, de 29/11/2007, e dá outras providências. (Referente à Lei Complementar nº 022, de 06/11/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6042</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6042/flash_7910.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6042/flash_7910.pdf</t>
   </si>
   <si>
     <t>Flash 7910._x000D_
 PROJETO DE LEI COMPLEMENTAR Nº 10/2009. Altera dispositivo da Lei Complementar nº 022, de 06/11/2009, que alterou dispositivos do Código Tributário Municipal. Dispõe sobre o prazo para pagamento de créditos tributários em favor do Município, com anistia de multas e exclusão total de juros. (Referente à Lei Complementar nº 023, de 11/12/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6044</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6044/flash_7912.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6044/flash_7912.pdf</t>
   </si>
   <si>
     <t>Flash 7912._x000D_
 PROJETO DE LEI COMPLEMENTAR Nº 14/2009. (REVOGADA). Altera o anexo I da Lei Complementar nº 16, de 09/02/2009, que dispõe sobre a Organização e Estrutura Administrativa do Município. (Amplia quadro de Pessoal). (Referente à Lei Complementar nº 024 de 21/12/2009, que foi revogada posteriormente pela Lei Complementar nº 40, de 28/12/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6191</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6191/flash_7771.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6191/flash_7771.pdf</t>
   </si>
   <si>
     <t>Flash 7771._x000D_
 PROJETO DE LEI COMPLEMENTAR Nº 12/2009. Estabelece a Planta Anual de Valores de Terreno para fins de atribuição da Base de Cálculo do Imposto sobre a Propriedade Predial e Territorial Urbana – IPTU e dá outras providências. (Referente à Lei Complementar nº 25, de 23/12/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6318</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6318/flash_7755.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6318/flash_7755.pdf</t>
   </si>
   <si>
     <t>Flash 7755._x000D_
 PROJETO DE LEI COMPLEMENTAR Nº 001/2009. (REVOGADA). Dispõe sobre a Organização e Estrutura da Administração Pública do Município de Montes Claros; altera a Lei nº 2.904, de 29/05/2001; mantém em vigor as disposições contidas na Lei nº 2.891, de 30/04/2001 e na Lei Complementar nº 12, de 02/03/2007, no que não contrariem o disposto nesta, e dá outras providências. (Referente à Lei Complementar nº 016 de 09/02/2009, que foi posteriormente revogada pela Lei Complementar nº 40, de 28/12/2012).  _x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6337</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6337/flash_7764.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6337/flash_7764.pdf</t>
   </si>
   <si>
     <t>Flash 7764._x000D_
 PROJETO DE LEI COMPLEMENTAR Nº 005/2009. Dispõe sobre a criação, ampliação e alteração de cargos de provimento efetivo no Quadro de Pessoal da Prefeitura Municipal de Montes Claros e dá outras providências. (Referente à Lei Complementar nº 020, de 10/07/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6343</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6343/flash_7768.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6343/flash_7768.pdf</t>
   </si>
   <si>
     <t>Flash 7768._x000D_
 PROJETO DE LEI COMPLEMENTAR Nº 008/2009. (ALTERADA). Dispõe sobre a criação, ampliação e extinção de cargos de provimento efetivo no quadro de pessoal da Prefeitura Municipal de Montes Claros; altera a Lei Complementar nº 020 de 10/07/2009 e seus anexos; altera as Leis nº 2.892, de 30/04/2001, nº 3.174, de 23/12/2003, nº 3.348, de 19/07/2004, e dá outras providências. (Referente à Lei Complementar nº 021 de 29/10/2009 - teve alterações)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6626</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6626/flash_8244.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6626/flash_8244.pdf</t>
   </si>
   <si>
     <t>Flash 8244._x000D_
 PROJETO DE LEI COMPLEMENTAR Nº 006/2009. (RETIRADO). Dispõe sobre a criação, ampliação e alteração de cargos de provimento efetivo no Quadro de Pessoal da Prefeitura Municipal de Montes Claros; altera os anexos da Lei Complementar nº 020, de 10/07/2009; altera legislações específicas da matéria e dá outras providências._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6628</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6628/flash_8245.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6628/flash_8245.pdf</t>
   </si>
   <si>
     <t>Flash 8245._x000D_
 PROJETO DE LEI COMPLEMENTAR Nº 007/2009. (RETIRADO). Dispõe sobre a criação, ampliação e extinção de cargos de provimento efetivo no Quadro de Pessoal da Prefeitura Municipal de Montes Claros; altera a Lei Complementar nº 020, de 10/07/2009 e seus anexos; altera as Leis nº 2.892, de 30/04/2001, nº 3.174, de 23/12/2003, nº 3.348, de 19/07/2004, e dá outras providências._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6636</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6636/flash_8249.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6636/flash_8249.pdf</t>
   </si>
   <si>
     <t>Flash 8249._x000D_
 PROJETO DE LEI COMPLEMENTAR Nº 11/2009. (RETIRADO). Altera a Organização Administrativa do PREVMOC, regida pela Lei nº 3.166, de 24/10/2003 e institui o Plano de Cargos e Salários do Instituto Municipal de Previdência dos Servidores Públicos de Montes Claros – PREVMOC, e dá outras providências._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6638</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6638/flash_8250.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6638/flash_8250.pdf</t>
   </si>
   <si>
     <t>Flash 8250._x000D_
 PROJETO DE LEI COMPLEMENTAR Nº 13/2009. (RETIRADO). Cria a Autarquia Municipal denominada "Superintendência de Administração de Estádios e Estabelecimentos do Município de Montes Claros - SUPERMOC", e dá outras providências._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5889</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5889/flash_7604.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5889/flash_7604.pdf</t>
   </si>
   <si>
     <t>Flash 7604._x000D_
 PROJETO DE LEI Nº 008/2009. Autoriza o Poder Executivo Municipal a Firmar Convênio com a Associação de Promoção e Assistência Social – APAS, para Fornecimento de Combustível. (Referente à Lei nº 4.069, de 10/02/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5890</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5890/flash_7605.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5890/flash_7605.pdf</t>
   </si>
   <si>
     <t>Flash 7605._x000D_
 PROJETO DE LEI Nº 078/2009. Autoriza o Poder Executivo Municipal a firmar convênio com a Associação São Bento – Chácara São José, para subsidiar as ações do Programa Casa Lar, para acolhimento de  adolescentes do sexo feminino em situação de risco e dá outras providências. (Referente à Lei nº 4.109, de 10/07/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5892</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5892/flash_7606.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5892/flash_7606.pdf</t>
   </si>
   <si>
     <t>Flash 7606._x000D_
 PROJETO DE LEI Nº 165/2009. Ratifica convênio celebrado pelo Município de Montes Claros com a Fundação de Apoio ao Desenvolvimento Educacional de Montes Claros Ibituruna – FUNADEM e autoriza a celebração de outros convênios, tendo por objetivo a realização de intercâmbios esportivos, culturais e de lazer, e dá outras providências. (Referente à Lei nº 4.190, de 21/12/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5912</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5912/flash_7619.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5912/flash_7619.pdf</t>
   </si>
   <si>
     <t>Flash 7619._x000D_
 PROJETO DE LEI Nº 025/2009. Dispõe sobre a abertura de crédito adicional especial ao orçamento vigente para o repasse de recursos financeiros ao Consórcio Intermunicipal de Saúde Portal do Norte – CISPORTAL, e dá outras providências. (Referente à Lei nº 4.087, de 19/05/2009). _x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5913</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5913/flash_7620.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5913/flash_7620.pdf</t>
   </si>
   <si>
     <t>Flash 7620._x000D_
 PROJETO DE LEI Nº 027/2009. Dispõe sobre a abertura de crédito adicional especial ao orçamento vigente, para atender as despesas de pessoal do Convênio Pro Jovem Urbano, e dá outras providências. (Referente à Lei nº 4.078, de 08/04/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5915</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5915/flash_7621.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5915/flash_7621.pdf</t>
   </si>
   <si>
     <t>Flash 7621._x000D_
 PROJETO DE LEI Nº 028/2009. Autoriza a abertura de crédito adicional especial ao orçamento vigente, para a implementação do Programa Poupança Jovem, e dá outras providências. (Referente à Lei nº 4.080, de 13/04/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5917</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5917/flash_7622.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5917/flash_7622.pdf</t>
   </si>
   <si>
     <t>Flash 7622._x000D_
 PROJETO DE LEI Nº 031/2009. Autoriza o Poder Executivo a abrir crédito adicional especial ao orçamento vigente, repassar recursos financeiros e firmar convênios com as entidades de Educação Infantil: Sociedade Educacional Estrela da Esperança, Obra Social Anunciata, Projeto Nova Canaã, Círculo dos Trabalhadores Cristãos, Projeto Betel, Cooperativa Múltipla de Bens e Serviços Educacionais do Centro Comunitário de Vivência Espírita Nathércio França, Casa da Juventude Luiz Gonzaga, SOEBRAS e Grupo Social Porfírio Francisco de Souza. (Referente à Lei nº 4.082, de 07/05/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5918</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5918/flash_7623.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5918/flash_7623.pdf</t>
   </si>
   <si>
     <t>Flash 7623._x000D_
 PROJETO DE LEI Nº 067/2009. Autoriza o Poder Executivo Municipal a abrir crédito adicional especial ao orçamento vigente, repassar recursos financeiros e firmar convênio com o Colegiado de Gestores Municipais de Assistência Social do Estado de Minas Gerais – COGEMAS, e dá outras providências. (Referente à Lei nº 4.108, de 10/07/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5920</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5920/flash_7624.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5920/flash_7624.pdf</t>
   </si>
   <si>
     <t>Flash 7624._x000D_
 PROJETO DE LEI Nº 076/2009. Autoriza o Poder Executivo Municipal a abrir crédito adicional especial ao orçamento vigente, repassar recursos financeiros e firmar convênio com a Fundação de Apoio ao Desenvolvimento Educacional de Montes Claros – FUNADEM, e dá Outras Providências. (Referente à Lei nº 4.115, de 15/07/2009). _x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5922</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5922/flash_7625.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5922/flash_7625.pdf</t>
   </si>
   <si>
     <t>Flash 7625._x000D_
 PROJETO DE LEI Nº 097/2009. Autoriza o Poder Executivo Municipal a abrir crédito adicional especial no orçamento vigente no valor de R$70.000,00, para a ampliação da Unidade de Produção e Comercialização de Alimentos da Associação de Moradores do Conjunto José Carlos de Lima. (Referente à Lei nº 4.124, de 01/09/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5950</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5950/flash_7868.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5950/flash_7868.pdf</t>
   </si>
   <si>
     <t>Flash 7868._x000D_
 PROJETO DE LEI Nº 058/2009. Concede isenção de tributos e remissão de crédito tributário municipal à Sociedade Rural de Montes Claros, e dá outras providências. (Referente à Lei nº 4.100, de 01/07/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5951</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5951/flash_7869.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5951/flash_7869.pdf</t>
   </si>
   <si>
     <t>Flash 7869._x000D_
 PROJETO DE LEI Nº 063/2009. Dispõe sobre a isenção do pagamento de IPTU - Imposto Predial e Territorial Urbano, aos imóveis locados por Templos Religiosos no município de Montes Claros, e dá outras providências._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5952</t>
   </si>
   <si>
     <t>Athos Mameluque Mota</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5952/flash_7870.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5952/flash_7870.pdf</t>
   </si>
   <si>
     <t>Flash 7870._x000D_
 PROJETO DE LEI Nº 113/2009. Dispõe sobre a isenção de pagamento de taxa de inscrição em concurso público da Administração Direta e Indireta do Município de Montes Claros e da Câmara Municipal, à doadoras de leite materno. (Referente à Lei nº 4.146, de 22/09/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5953</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5953/flash_7871.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5953/flash_7871.pdf</t>
   </si>
   <si>
     <t>Flash 7871._x000D_
 PROJETO DE LEI Nº 119/2009. (ALTERADA). Dispõe sobre a Contribuição para Custeio do Serviço de Iluminação Pública do Município de Montes Claros - COSIP; revoga a Lei nº 3.075, de 26/12/2002, e dá outras providências. (Referente à Lei nº 4.153, de 23/09/2009, que foi posteriormente alterada pelas Leis nº 4.860, de 29/12/2015 e nº 5.716, de 11/07/2024).  _x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5960</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5960/flash_7641.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5960/flash_7641.pdf</t>
   </si>
   <si>
     <t>Flash 7641._x000D_
 PROJETO DE LEI Nº 068/2009. (ALTERADA). Autoriza o Poder Executivo a criar os seguintes Centros Municipais de Educação Infantil: CEMEI Professora Idoleta Maciel, localizado no bairro Santo Antônio, CEMEI O Bom Samaritano, localizado no bairro Santa Lúcia e o CEMEI Ana Lúcia Mota, localizado no bairro Monte Carmelo. (Referente à Lei nº 4.114, de 15/07/2009, que foi posteriormente alterada pela Lei nº 4.145, de 15/09/2009 - ver flash 7901).  _x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5962</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5962/flash_7642.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5962/flash_7642.pdf</t>
   </si>
   <si>
     <t>Flash 7642._x000D_
 PROJETO DE LEI Nº 132/2009. Dispõe sobre a criação, composição, competência e funcionamento do Conselho Municipal do Esporte e Lazer. (Referente à Lei nº 4.166, de 29/10/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5964</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5964/flash_7643.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5964/flash_7643.pdf</t>
   </si>
   <si>
     <t>Flash 7643._x000D_
 PROJETO DE LEI Nº 162/2009. Dispõe sobre a criação de Unidades Externas – Centros de Convivência, destinados às realizações de ações e assistência social no município de Montes Claros, e dá outras providências. (Centro de Convivência Professora Heloísa Veloso dos Anjos Sarmento; Centro de Convivência São Geraldo II e o Centro de Convivência do Esplanada. (Referente à Lei nº 4.191, de 21/12/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5966</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5966/flash_7644.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5966/flash_7644.pdf</t>
   </si>
   <si>
     <t>Flash 7644._x000D_
 PROJETO DE LEI Nº 163/2009. Cria as Unidades Municipais de Educação em Ambiente Hospitalar – UMEAH, com o objetivo de propiciar o acompanhamento curricular do aluno, quando este estiver hospitalizado. (Referente à Lei nº 4.187, de 21/12/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5968</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5968/flash_7645.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5968/flash_7645.pdf</t>
   </si>
   <si>
     <t>Flash 7645._x000D_
 PROJETO DE LEI Nº 166/2009. Cria o Fundo Municipal de Preservação do Patrimônio Cultural do Município de Montes Claros, e dá outras providências. (Referente à Lei nº 4.195, de 23/12/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5969</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Valcir Soares da Silva</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5969/flash_7877.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5969/flash_7877.pdf</t>
   </si>
   <si>
     <t>Flash 7877._x000D_
 PROJETO DE LEI Nº 001/2009. Institui o “Dia de Reverência às Autoridades Eclesiásticas” do Município de Montes Claros, a ser comemorado anualmente no dia 15 de junho, e dá outras providências. (Referente à Lei nº 4.074, de 17/02/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5971</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Altemar de Freitas Cardoso</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5971/flash_7878.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5971/flash_7878.pdf</t>
   </si>
   <si>
     <t>Flash 7878._x000D_
 PROJETO DE LEI Nº 023/2009. Institui o “Dia da Paz e da Solidariedade nas Escolas Municipais”, a ser comemorado anualmente no dia 10 de junho. (Obs.: Se o referido dia não for dia útil, será comemorado no próximo dia útil, após o dia 10). (Referente à Lei nº 4.089 de 19/05/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5974</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Elair Gomes</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5974/flash_7879.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5974/flash_7879.pdf</t>
   </si>
   <si>
     <t>Flash 7879._x000D_
 PROJETO DE LEI Nº 034/2009. (VETADO). Institui o “Dia Municipal da Meia Maratona José Nardel Alves de Almeida”, a ser promovida anualmente no dia 03 de julho, em comemoração ao Aniversário da Cidade. (Recebeu veto do Poder Executivo - ver flash 8307)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5979</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Rita Cristina de Souza Vieira</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5979/flash_7880.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5979/flash_7880.pdf</t>
   </si>
   <si>
     <t>Flash 7880._x000D_
 PROJETO DE LEI Nº 072/2009. Institui o “Dia Municipal das Organizações Comunitárias”, a ser comemorado anualmente no dia 30 de agosto. (Referente à Lei nº 4.111, de 10/07/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5981</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5981/flash_7881.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5981/flash_7881.pdf</t>
   </si>
   <si>
     <t>Flash 7881._x000D_
 PROJETO DE LEI Nº 079/2009. Denomina o "Dia Municipal da Meia Maratona José Nardel Alves de Almeida”, a ser realizada na semana das comemorações do Aniversário de Montes Claros. (Referente à Lei nº 4.120, de 18/08/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5983</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5983/flash_7882.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5983/flash_7882.pdf</t>
   </si>
   <si>
     <t>Flash 7882._x000D_
 PROJETO DE LEI Nº 098/2009. Institui a “Semana da Orientação Postural”, a ser realizada anualmente nas Escolas Municipais do Ensino Fundamental de Montes Claros. (Referente à Lei nº 4.127, de 01/09/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5984</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5984/flash_7655.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5984/flash_7655.pdf</t>
   </si>
   <si>
     <t>Flash 7655._x000D_
 PROJETO DE LEI Nº 016/2009. Denomina a "Rua Serra Branca”, localizada no loteamento Chácara Paraíso. (Referente à Lei nº 4.091, de 09/06/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5985</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Edwan Carlos de Quadros Lopes</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5985/flash_7656.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5985/flash_7656.pdf</t>
   </si>
   <si>
     <t>Flash 7656._x000D_
 PROJETO DE LEI Nº 032/2009. Denomina a sede do Programa Saúde da Família - "PSF Maria Edite Florence", localizada no bairro Monte Carmelo. (Referente à  Lei nº 4.096, de 09/06/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5986</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5986/flash_7657.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5986/flash_7657.pdf</t>
   </si>
   <si>
     <t>Flash 7657._x000D_
 PROJETO DE LEI Nº 036/2009. Denomina a "Rua Ana de Jesus”, localizada no bairro Novo Horizonte. (Referente à Lei nº 4.092, de 09/06/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5987</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Frank Wanderley de Lima</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5987/flash_7658.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5987/flash_7658.pdf</t>
   </si>
   <si>
     <t>Flash 7658._x000D_
 PROJETO DE LEI Nº 037/2009. Denomina a "Praça da Amizade", localizada no bairro Morada do Parque. (Referente à Lei nº 4.097, de 09/06/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5988</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Marcos Nem</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5988/flash_7659.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5988/flash_7659.pdf</t>
   </si>
   <si>
     <t>Flash 7659._x000D_
 PROJETO DE LEI Nº 049/2009. Denomina a “Praça Maria Tereza Mônica Oliveira Souza”, localizada entre as ruas Turquia e Suécia, no bairro Ibituruna. (Referente à Lei nº 4.141, de 15/09/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5989</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Sebastião Ildeu Maia</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5989/flash_7660.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5989/flash_7660.pdf</t>
   </si>
   <si>
     <t>Flash 7660._x000D_
 PROJETO DE LEI Nº 057/2009. Denomina a "Rua Juvêncio Gonçalves Souza”, localizada no bairro Nossa Senhora das Graças. (Referente à Lei nº 4.134, de 15/09/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5990</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5990/flash_7883.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5990/flash_7883.pdf</t>
   </si>
   <si>
     <t>Flash 7883._x000D_
 PROJETO DE LEI Nº 126/2009. Inclui no calendário de eventos do município de Montes Claros o “Dia do Biomédico”, a ser comemorado anualmente no dia 20 de novembro. (Referente à Lei nº 4.164, de 29/10/2009).  _x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5991</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5991/flash_7661.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5991/flash_7661.pdf</t>
   </si>
   <si>
     <t>Flash 7661._x000D_
 PROJETO DE LEI Nº 080/2009. Denomina o “Posto de Saúde Antônio Ferreira de Moraes”, localizado na Comunidade Rural de Taquaril. (Referente à Lei nº 4.142, de 15/09/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5992</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5992/flash_7662.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5992/flash_7662.pdf</t>
   </si>
   <si>
     <t>Flash 7662._x000D_
 PROJETO DE LEI Nº 084/2009. Denomina oficialmente a "Rua Maria Fernanda Freitas de Jesus Cordeiro”, conhecida popularmente como rua Mangueira, localizada no bairro Canelas. (Referente à Lei nº 4.135, de 15/09/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5993</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Alfredo Ramos Neto</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5993/flash_7884.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5993/flash_7884.pdf</t>
   </si>
   <si>
     <t>Flash 7884._x000D_
 PROJETO DE LEI Nº 130/2009. Institui o “Dia dos Comerciários”, no município de Montes Claros, a ser comemorado anualmente no dia 30 de outubro, e dá outras providências. (Referente à Lei nº 4.161, de 29/10/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5994</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>Cláudio Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5994/flash_7663.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5994/flash_7663.pdf</t>
   </si>
   <si>
     <t>Flash 7663._x000D_
 PROJETO DE LEI Nº 085/2009. Denomina a "Rua José Sebastião de Araújo”, localizada no Conjunto Habitacional José Corrêa Machado. (Referente à Lei nº 4.136, de 15/09/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5995</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5995/flash_7664.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5995/flash_7664.pdf</t>
   </si>
   <si>
     <t>Flash 7664._x000D_
 PROJETO DE LEI Nº 087/2009. Denomina a “Praça Geraldo Alves Gonçalves”, localizada no Conjunto Habitacional José Corrêa Machado. (Referente à Lei nº 4.139, de 15/09/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5996</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5996/flash_7885.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5996/flash_7885.pdf</t>
   </si>
   <si>
     <t>Flash 7885._x000D_
 PROJETO DE LEI Nº 146/2009. Inclui no calendário de eventos do município de Montes Claros o “Dia Municipal do Vicentino”, a ser comemorado anualmente no dia 27 de setembro. (Referente à Lei nº 4.175, de 01/12/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5997</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5997/flash_7665.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5997/flash_7665.pdf</t>
   </si>
   <si>
     <t>Flash 7665._x000D_
 PROJETO DE LEI Nº 088/2009. Denomina a "Rua José Rodrigues dos Santos”, localizada no bairro João Botelho. (Referente à Lei nº 4.137, de 15/09/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5998</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5998/flash_7666.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5998/flash_7666.pdf</t>
   </si>
   <si>
     <t>Flash 7666._x000D_
 PROJETO DE LEI Nº 090/2009. Denomina a "Praça Deputado Fernando Diniz”, localizada no bairro Monte Carmelo, em frente ao Ginásio Poliesportivo Presidente Tancredo Neves. (Referente à Lei nº 4.140, de 15/09/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6000</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>João de Deus Pereira Gusmão</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6000/flash_7667.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6000/flash_7667.pdf</t>
   </si>
   <si>
     <t>Flash 7667._x000D_
 PROJETO DE LEI Nº 101/2009. Denomina a sede do Programa Saúde da Família - "PSF Gentil José Alves”, localizado no bairro Bela Paisagem. (Referente à Lei nº 4.143, de 15/09/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6002</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6002/flash_7668.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6002/flash_7668.pdf</t>
   </si>
   <si>
     <t>Flash 7668._x000D_
 PROJETO DE LEI Nº 106/2009. Denomina a "Rua Tiago Andrade Amaral”, localizada na Vila Atlântida. (Referente à Lei nº 4.138, de 15/09/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6004</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6004/flash_7669.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6004/flash_7669.pdf</t>
   </si>
   <si>
     <t>Flash 7669._x000D_
 PROJETO DE LEI Nº 108/2009. Denomina o "Coreto Nivaldo Maciel", localizado na Praça Dr. Chaves (Praça da Matriz). (Referente à Lei nº 4.144, de 15/09/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6006</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6006/flash_7670.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6006/flash_7670.pdf</t>
   </si>
   <si>
     <t>Flash 7670._x000D_
 PROJETO DE LEI Nº 121/2009. Denomina a "Rua José Luiz Ribeiro”, localizada na Vila Santa Cruz. (Referente à Lei nº 4.167, de 06/11/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6007</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6007/flash_7671.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6007/flash_7671.pdf</t>
   </si>
   <si>
     <t>Flash 7671._x000D_
 PROJETO DE LEI Nº 135/2009. Denomina a "Rua José Alves Belém Filho”, popularmente conhecida como Travessa Risério Leite, localizada no bairro Morrinhos. (Referente à Lei nº 4.193, de 23/12/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6016</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>MESA DIRETORA - MESA</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6016/flash_7893.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6016/flash_7893.pdf</t>
   </si>
   <si>
     <t>Flash 7893._x000D_
 PROJETO DE LEI Nº 002/2009. Altera dispositivos da Lei nº 3.906, de 14/03/2008, que reorganiza a Estrutura Funcional da Câmara Municipal de Montes Claros, estabelece a sistemática de pontuação para os gabinetes e contém outras providências. (Reajusta vencimentos dos servidores). (Referente à Lei nº 4.073, de 17/02/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6023</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6023/flash_7897.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6023/flash_7897.pdf</t>
   </si>
   <si>
     <t>Flash 7897._x000D_
 PROJETO DE LEI Nº 046/2009. Altera o artigo 1º da Lei nº 4.088, de 19/05/2009, que dispõe sobre a doação de terreno à Associação Padre Tiãozinho de Apoio ao Paciente Carente com Câncer – “Projeto Presente”. (Área de 662,45 m²). (Referente à Lei nº 4.099, de 17/06/2009, conforme consta na redação final do PL)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6025</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6025/flash_7898.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6025/flash_7898.pdf</t>
   </si>
   <si>
     <t>Flash 7898._x000D_
 PROJETO DE LEI Nº 059/2009. Altera os artigos 4º e 5º da Lei nº 4.082, de 07/05/2009, que dispõe sobre a abertura de crédito especial ao orçamento, para o repasse de recursos à entidades de Educação Infantil do Município de Montes Claros. (Referente à Lei nº 4.110, de 10/07/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6027</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6027/flash_7899.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6027/flash_7899.pdf</t>
   </si>
   <si>
     <t>Flash 7899._x000D_
 PROJETO DE LEI Nº 095/2009. Altera a ementa e o artigo 1º da Lei nº 3.980, de 20/06/2008, que dispõe sobre a denominação do Centro Municipal de Ensino Infantil - CEMEI Padre Murta, localizado no Bairro Vera Cruz. (Referente à Lei nº 4.123, de 01/09/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6029</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6029/flash_7900.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6029/flash_7900.pdf</t>
   </si>
   <si>
     <t>Flash 7900._x000D_
 PROJETO DE LEI Nº 096/2009. (REVOGADA). Altera o artigo 3º e seu parágrafo 1º, e o artigo 6º da Lei nº 2.693, de 22/03/1999, que disciplina a gratuidade no serviço de Transporte Coletivo Urbano de Montes Claros e dá outras providências. (Referente à Lei nº 4.132, de 03/09/2009, que foi posteriormente revogada pela Lei nº 4.226, de 12/05/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6031</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6031/flash_7901.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6031/flash_7901.pdf</t>
   </si>
   <si>
     <t>Flash 7901._x000D_
 PROJETO DE LEI Nº 104/2009. Altera o artigo 1º e acrescenta parágrafo único à Lei nº 4.114, de 15/07/2009, que dispõe sobre a criação de Centros Municipais de Ensino Infantil - CEMEI's no município de Montes Claros, e dá outras providências. (Referente à Lei nº 4.145, de 15/09/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6034</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6034/flash_7902.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6034/flash_7902.pdf</t>
   </si>
   <si>
     <t>Flash 7902._x000D_
 PROJETO DE LEI Nº 110/2009. Altera os artigos 1º, 3º, 6º e parágrafo único do artigo 7º da Lei nº 3.999, de 18/07/2008, que dispõe sobre a criação do Conselho Municipal do Trabalho, Emprego e Geração de Renda de Montes Claros. (Referente à Lei nº 4.150, de 22/09/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6035</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6035/flash_7903.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6035/flash_7903.pdf</t>
   </si>
   <si>
     <t>Flash 7903._x000D_
 PROJETO DE LEI Nº 118/2009. Altera a ementa e o artigo 1º da Lei nº 4.017, de 18/11/2008, que dispõe sobre a denominação da Escola Municipal Professora Hilda Carvalho Mendes, localizada no bairro Dr. João Alves. (Referente à Lei nº 4.159, de 20/10/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6036</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6036/flash_7904.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6036/flash_7904.pdf</t>
   </si>
   <si>
     <t>Flash 7904._x000D_
 PROJETO DE LEI Nº 122/2009. Altera a Lei nº 4.104, de 03/07/2009, que dispõe sobre a instituição de premiações aos participantes dos eventos esportivos programados, que ocorrerão dos dias 1º a 5 de julho, em comemoração ao "Aniversário de Montes Claros" e dá outras providências. (Referente à Lei nº 4.156, de 01/10/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6037</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6037/flash_7905.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6037/flash_7905.pdf</t>
   </si>
   <si>
     <t>Flash 7905._x000D_
 PROJETO DE LEI Nº 124/2009. Revoga e altera dispositivos da Lei Municipal nº 3.175, de 23/12/2003, que dispõe sobre o Estatuto do Servidor Público; altera o artigo 13 da Lei Municipal nº 3.176, de 23/12/2003, que dispõe sobre o Estatuto, o Plano de Cargos e a Remuneração do Magistério do Município de Montes Claros, e dá outras providências. (Referente à Lei nº 4.157, de 01/10/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6038</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6038/flash_7906.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6038/flash_7906.pdf</t>
   </si>
   <si>
     <t>Flash 7906._x000D_
 PROJETO DE LEI Nº 129/2009. Altera o artigo 5º da Lei nº 2.913, de 02/07/2001 e seu parágrafo 1º, que dispõe sobre o Conselho Municipal do Idoso e sua composição. (Política Municipal do Idoso de Montes Claros). (Referente à Lei nº 4.165, de 29/10/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6039</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6039/flash_7907.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6039/flash_7907.pdf</t>
   </si>
   <si>
     <t>Flash 7907._x000D_
 PROJETO DE LEI Nº 133/2009. Altera a Lei Municipal nº 1.511, de 18/12/1984, que denominou a Praça Beato Francisco Coll. Modifica a denominação para “Praça São Francisco Coll”. (Referente à Lei nº 4.168, de 06/11/2009). _x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6041</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6041/flash_7909.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6041/flash_7909.pdf</t>
   </si>
   <si>
     <t>Flash 7909._x000D_
 PROJETO DE LEI Nº 148/2009. Altera Lei nº 3.800, de 20/09/2007, que dispõe sobre a construção, o funcionamento, a utilização, a administração, a fiscalização dos cemitérios e a execução dos serviços funerários do município de Montes Claros. (Referente à Lei nº 4.183, de 18/12/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6043</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6043/flash_7911.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6043/flash_7911.pdf</t>
   </si>
   <si>
     <t>Flash 7911._x000D_
 PROJETO DE LEI Nº 158/2009. Acrescenta o parágrafo 2º ao artigo 4º da Lei nº 2.631, de 25/09/1998, que dispõe sobre sanções administrativas a estabelecimentos bancários infratores do direito do consumidor. (Tempo de espera em filas de estabelecimentos bancários). (Referente à Lei nº 4.196, de 23/12/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6146</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6146/flash_7953.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6146/flash_7953.pdf</t>
   </si>
   <si>
     <t>Flash 7953._x000D_
 PROJETO DE LEI Nº 050/2009. Proíbe a manutenção, utilização e apresentação de animais em circos ou espetáculos assemelhados, no município de Montes Claros, e dá outras providências. (Referente à Lei nº 4.152, de 23/09/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6147</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6147/flash_7954.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6147/flash_7954.pdf</t>
   </si>
   <si>
     <t>Flash 7954._x000D_
 PROJETO DE LEI Nº 081/2009. Proíbe, no município de Montes Claros, o uso de capacetes, toca, capuz, gorro, máscara ou qualquer outro tipo de equipamento ou artifício que impossibilite ou dificulte a identificação e o reconhecimento do usuário, quando do ingresso ou permanência no interior dos estabelecimentos comerciais, industriais, e, contém outras providências. (Referente à Lei nº 4.162, de 29/10/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6148</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6148/flash_7955.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6148/flash_7955.pdf</t>
   </si>
   <si>
     <t>Flash 7955._x000D_
 PROJETO DE LEI Nº 091/2009. Dispõe sobre a obrigatoriedade das empresas de eventos privados divulgarem "Campanhas de Combate à Exploração de Crianças e Adolescentes" (DISK 100), e dá outras providências. (Referente à Lei nº 4.160, de 29/10/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6149</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6149/flash_7956.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6149/flash_7956.pdf</t>
   </si>
   <si>
     <t>Flash 7956._x000D_
 PROJETO DE LEI Nº 168/2009. Estabelece Normas de Proteção do Patrimônio Cultural do Município de Montes Claros, e dá outras providências. (Referente à Lei nº 4.197, de 23/12/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6204</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6204/flash_7971.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6204/flash_7971.pdf</t>
   </si>
   <si>
     <t>Flash 7971._x000D_
 PROJETO DE LEI Nº 045/2009. Dispõe sobre as diretrizes para elaboração e execução da Lei Orçamentária do Município de Montes Claros para o exercício de 2010, e dá outras providências. (Referente à Lei nº 4.113, de 15/07/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6205</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6205/flash_7972.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6205/flash_7972.pdf</t>
   </si>
   <si>
     <t>Flash 7972._x000D_
 PROJETO DE LEI Nº 128/2009. Estima a receita e fixa despesa do município de Montes Claros, para o exercício financeiro de 2010. (Referente à Lei nº 4.177, de 08/12/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6224</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6224/flash_7980.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6224/flash_7980.pdf</t>
   </si>
   <si>
     <t>Flash 7980._x000D_
 PROJETO DE LEI Nº 127/2009. (ALTERADA). Dispõe sobre o Plano Plurianual de Governo do Município de Montes Claros para o período de 2010 a 2013. (Referente à Lei nº 4.176, de 08/12/2009, que foi posteriormente alterada/revisada pelas Lei nº 4.496, de 04/04/2012 e nº 4.500, de 12/04/2012 - ver flashes 7944 e 7981).    _x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6228</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6228/flash_7982.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6228/flash_7982.pdf</t>
   </si>
   <si>
     <t>Flash 7982._x000D_
 PROJETO DE LEI Nº 004/2009. Autoriza o Poder Executivo Municipal a firmar convênio e repassar recursos financeiros às entidades médico-hospitalares conveniadas do município de Montes Claros, e dá outras providências. (Referente à Lei nº 4.068, de 22/01/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6230</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6230/flash_7983.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6230/flash_7983.pdf</t>
   </si>
   <si>
     <t>Flash 7983._x000D_
 PROJETO DE LEI Nº 009/2009. Autoriza o Poder Executivo Municipal a repassar recursos financeiros para atender ao Programa Família Acolhedora e dá outras providências. (Referente à Lei nº 4.070, de 10/02/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6231</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6231/flash_7984.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6231/flash_7984.pdf</t>
   </si>
   <si>
     <t>Flash 7984._x000D_
 PROJETO DE LEI Nº 010/2009. Autoriza o Poder Executivo a repassar recursos do Fundo Municipal de Assistência Social – FMAS às entidades e organizações inscritas no Conselho Municipal de Assistência Social do Município de Montes Claros, e dá outras providências. (Referente à Lei nº 4.072, de 17/02/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6232</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6232/flash_7985.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6232/flash_7985.pdf</t>
   </si>
   <si>
     <t>Flash 7985._x000D_
 PROJETO DE LEI Nº 011/2009. Autoriza o Poder Executivo Municipal a repassar recursos financeiros do Fundo Municipal para a Infância e Adolescência (FIA) às entidades governamentais e não governamentais, inscritas no Conselho Municipal da Criança e do Adolescente de Montes Claros, e dá outras providências. (Referente à Lei nº 4.071, de 10/02/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6239</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6239/flash_7986.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6239/flash_7986.pdf</t>
   </si>
   <si>
     <t>Flash 7986._x000D_
 PROJETO DE LEI Nº 020/2009. Autoriza o Poder Executivo Municipal a firmar convênio e repassar recursos financeiros à Organização Hospitalar Psiquiátrica PRONTOMENTE de Montes Claros, e dá outras providências. (Referente à Lei nº 4.076, de 01/04/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6240</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6240/flash_7987.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6240/flash_7987.pdf</t>
   </si>
   <si>
     <t>Flash 7987._x000D_
 PROJETO DE LEI Nº 026/2009. Autoriza o Poder Executivo Municipal a firmar convênios e a efetuar repasses financeiros a diversas entidades culturais do município de Montes Claros, e dá outras providências. (Referente à Lei nº 4.084, de 07/05/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6242</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6242/flash_7988.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6242/flash_7988.pdf</t>
   </si>
   <si>
     <t>Flash 7988._x000D_
 PROJETO DE LEI Nº 053/2009. Autoriza o Poder Executivo Municipal a repassar recursos financeiros e firmar convênio com a Associação Mineira de Municípios – AMM. (Referente à Lei nº 4.101, de 01/07/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6247</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6247/flash_7989.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6247/flash_7989.pdf</t>
   </si>
   <si>
     <t>Flash 7989._x000D_
 PROJETO DE LEI Nº 055/2009. Autoriza o Poder Executivo Municipal a firmar convênio e repassar recursos financeiros à União Nacional dos Dirigentes Municipais de Educação do Estado de Minas Gerais – UNDIME-MG, e dá outras providências. (Referente à Lei nº 4.112, de 14/07/2009).   _x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6248</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6248/flash_7990.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6248/flash_7990.pdf</t>
   </si>
   <si>
     <t>Flash 7990. _x000D_
 PROJETO DE LEI Nº 060/2009. Autoriza o Poder Executivo Municipal a firmar convênio com a Associação Comercial Industrial e de Serviços de Montes Claros - ACI, repassar recursos financeiros para realização da FENICS/2009, e dá outras providências. (Referente à Lei nº 4.102, de 01/07/2009).     _x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6249</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6249/flash_7991.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6249/flash_7991.pdf</t>
   </si>
   <si>
     <t>Flash 7991._x000D_
 PROJETO DE LEI Nº 066/2009. Autoriza o Poder Executivo Municipal a firmar convênio e repassar recursos financeiros à Liga Montesclarense de Futebol e dá outras providências. (Referente à Lei nº 4.107, de 10/07/2009).    _x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6250</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6250/flash_7992.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6250/flash_7992.pdf</t>
   </si>
   <si>
     <t>Flash 7992._x000D_
 PROJETO DE LEI Nº 094/2009. Autoriza o Poder Executivo Municipal a repassar recursos financeiros e firmar convênio com a Associação de Promoção e Ação Social – APAS. (Referente à Lei nº 4.119, de 18/08/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6251</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6251/flash_7993.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6251/flash_7993.pdf</t>
   </si>
   <si>
     <t>Flash 7993._x000D_
 PROJETO DE LEI Nº 138/2009. Autoriza o Poder Executivo Municipal a firmar convênio e repassar recursos financeiros à Câmara de Dirigentes Lojistas – CDL. (Referente à Lei nº 4.169, de 12/11/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6252</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6252/flash_7994.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6252/flash_7994.pdf</t>
   </si>
   <si>
     <t>Flash 7994._x000D_
 PROJETO DE LEI Nº 152/2009. Autoriza o Poder Executivo Municipal a repassar recursos financeiros e firmar convênio com o Instituto de Ação Social Projeto Salvando Vidas. (Referente à Lei nº 4.186 de 18/12/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6253</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6253/flash_7995.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6253/flash_7995.pdf</t>
   </si>
   <si>
     <t>Flash 7995._x000D_
 PROJETO DE LEI Nº 154/2009. (REVOGADA). Autoriza o Poder Executivo Municipal a repassar recursos financeiros e firmar convênio com o Grupo de Apoio à Prevenção e aos Portadores de AIDS – GRAPPA. (Referente à Lei nº 4.185, de 18/12/2009, que foi posteriormente revogada pela Lei nº 4.232, de 09/06/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6254</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6254/flash_7996.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6254/flash_7996.pdf</t>
   </si>
   <si>
     <t>Flash 7996._x000D_
 PROJETO DE LEI Nº 159/2009. Autoriza o Poder Executivo Municipal a proceder ao repasse de verba do FUNDEB, mediante abono, aos profissionais do Magistério da Educação, nos termos do artigo 22 da Lei Federal nº 11.494/2007, e dá outras providências. (Referente à Lei nº 4.179, de 15/12/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6255</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6255/flash_7997.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6255/flash_7997.pdf</t>
   </si>
   <si>
     <t>Flash 7997._x000D_
 PROJETO DE LEI Nº 167/2009. Autoriza o Poder Executivo a repassar recursos financeiros do Fundo Único de Meio Ambiente às entidades governamentais e não governamentais do município, após aprovação do Conselho Municipal de Defesa e Conservação do Meio Ambiente - CODEMA, e dá outras providências. (Referente à Lei nº 4.194, de 23/12/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6319</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>Antônio Silveira de Sá</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6319/flash_7756.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6319/flash_7756.pdf</t>
   </si>
   <si>
     <t>Flash 7756._x000D_
 PROJETO DE LEI Nº 014/2009. Institui o "Trote Educativo" nas Instituições de Ensino Superior do Município de Montes Claros e dá outras providências. (Referente à Lei nº 4.086, de 18/05/2009).                             _x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6321</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6321/flash_7757.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6321/flash_7757.pdf</t>
   </si>
   <si>
     <t>Flash 7757._x000D_
 PROJETO DE LEI Nº 017/2009. Dispõe sobre a reserva de vagas para deficientes, nos estacionamentos públicos do município de Montes Claros, assegurada pela Resolução nº 304/2008, do Conselho Nacional de Trânsito - CONTRAN. (Referente à Lei nº 4.093, de 09/06/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6322</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6322/flash_7758.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6322/flash_7758.pdf</t>
   </si>
   <si>
     <t>Flash 7758._x000D_
 PROJETO DE LEI Nº 018/2009. Dispõe sobre a reserva de vagas para idosos, nos estacionamentos públicos do município de Montes Claros, assegurada pela Resolução nº 303/2008, do Conselho Nacional de Trânsito - CONTRAN. (Referente à Lei nº 4.095, de 09/06/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6323</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6323/flash_7759.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6323/flash_7759.pdf</t>
   </si>
   <si>
     <t>Flash 7759._x000D_
 PROJETO DE LEI Nº 21/2009. Autoriza o Poder Executivo a custear despesas com a manutenção dos Programas da Proteção Social Básica e da Proteção Social Especial do município de Montes Claros, através do Fundo Municipal de Assistência Social - FMAS. (Referente à Lei nº 4.079, de 08/04/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6324</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6324/flash_7760.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6324/flash_7760.pdf</t>
   </si>
   <si>
     <t>Flash 7760._x000D_
 PROJETO DE LEI Nº 033/2009. (REVOGADA). Dispõe sobre a disponibilização de “Guarda Volumes” nas agências bancárias situadas no município de Montes Claros. (Referente à Lei nº 4.122, de 18/08/2009, que foi posteriormente revogada pela Lei nº 4.220, de 27/04/2010).  _x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6332</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6332/flash_7761.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6332/flash_7761.pdf</t>
   </si>
   <si>
     <t>Flash 7761._x000D_
 PROJETO DE LEI Nº 061/2009. Dispõe sobre a participação do Município de Montes Claros na Associação do Circuito Turístico Sertão Gerais, repassa recursos financeiros e dá outras providências. (Referente à Lei nº 4.103, de 01/07/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6333</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6333/flash_7762.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6333/flash_7762.pdf</t>
   </si>
   <si>
     <t>Flash 7762._x000D_
 PROJETO DE LEI Nº 065/2009. (ALTERADA). Autoriza o Poder Executivo Municipal a instituir premiações aos participantes dos eventos esportivos programados, que ocorrerão dos dias 1º a 5 de julho, em comemoração ao "Aniversário de Montes Claros" e dá outras providências. (Referente à Lei nº 4.104, de 03/07/2009, que foi posteriormente alterada pela Lei nº 4.156, de 01/10/2009 - ver flash 7904)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6335</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6335/flash_7763.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6335/flash_7763.pdf</t>
   </si>
   <si>
     <t>Flash 7763._x000D_
 PROJETO DE LEI Nº 074/2009. Dispõe sobre a realização de "Feiras Itinerantes" intermunicipais e interestaduais no município de Montes Claros e contém outras providências. (Referente à Lei nº 4.158, de 07/10/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6338</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6338/flash_7765.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6338/flash_7765.pdf</t>
   </si>
   <si>
     <t>Flash 7765._x000D_
 PROJETO DE LEI Nº 075/2009. Dispõe sobre a criação do Arquivo Público Municipal, define as diretrizes da Política Municipal de Arquivos Públicos e Privados de Interesse Público e Social, e cria o Sistema Municipal de Arquivos - SISMARQ. (Referente à Lei nº 4.105, de 10/07/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6340</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6340/flash_7766.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6340/flash_7766.pdf</t>
   </si>
   <si>
     <t>Flash 7766._x000D_
 PROJETO DE LEI Nº 082/2009 (VETADO). Dispõe sobre o acesso gratuito em eventos sócio-culturais às pessoas com deficiência. (Recebeu veto do Poder Executivo - ver flash 8308)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6342</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6342/flash_7767.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6342/flash_7767.pdf</t>
   </si>
   <si>
     <t>Flash 7767._x000D_
 PROJETO DE LEI Nº 105/2009. Dispõe sobre o Conselho de Alimentação Escolar (CAE) do Município de Montes Claros, revoga as Leis nº 2.856, de 31/08/2000 e nº 2.884, de 29/12/2000 e dá outras providências. (Referente à Lei nº 4.133, de 11/09/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6344</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6344/flash_7769.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6344/flash_7769.pdf</t>
   </si>
   <si>
     <t>Flash 7769._x000D_
 PROJETO DE LEI Nº 140/2009. Dispõe sobre as normas de Uso e Ocupação do Solo no Município de Montes Claros; revoga as Leis nº 3.031, de 06/07/2002 e nº 3.510, de 29/12/2005, e dá outras providências. (Referente à Lei nº 4.198, de 23/12/2009, alterada pelas Leis nº 4.243, de 12/07/2010, nº 4.573, de 19/12/2012, nº 4.821 e 4.822, de 05/10/2015, nº 4.852, de 22/12/2015, nº 4.932, de 01/12/2016, nº 4.997, de 06/09/2017, nº 5.399, de 15/12/2021, Lei Complementar nº 87, de 23/12/2021 e Lei Complementar nº 126, de 28/06/2024)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6346</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6346/flash_7770.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6346/flash_7770.pdf</t>
   </si>
   <si>
     <t>Flash 7770._x000D_
 PROJETO DE LEI Nº 157/2009. Dispõe sobre Medidas Permanentes de Prevenção Contra a Dengue (Mosquito Aedes Aegypti), aplicação de penalidades administrativas, e dá outras providências. (Referente à Lei nº 4.182, de 18/12/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6193</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6193/flash_7772.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6193/flash_7772.pdf</t>
   </si>
   <si>
     <t>Flash 7772._x000D_
 PROJETO DE LEI Nº 164/2009. Ratifica o Protocolo de Intenções firmado pelo Município de Montes Claros com a finalidade de constituir um Consórcio Público com ações e serviços na área da Saúde, nos termos da Lei Federal nº 11.107, de 06/04/2005. (SAMU). (Referente à Lei nº 4.192, 21/12/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6378</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6378/flash_8050.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6378/flash_8050.pdf</t>
   </si>
   <si>
     <t>Flash 8050._x000D_
 PROJETO DE LEI Nº 019/2009. Concede o título declaratório de utilidade pública municipal à entidade “Caritas Arquidiocesana de Montes Claros”. (Referente à Lei nº 4.077, de 06/04/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6379</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6379/flash_8051.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6379/flash_8051.pdf</t>
   </si>
   <si>
     <t>Flash 8051._x000D_
 PROJETO DE LEI Nº 24/2009. Concede o título declaratório de utilidade pública municipal ao “Movimento Gay dos Gerais”. (Referente à Lei nº 4.090, de 09/06/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6380</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>Raimundo Pereira da Silva</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6380/flash_8052.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6380/flash_8052.pdf</t>
   </si>
   <si>
     <t>Flash 8052._x000D_
 PROJETO DE LEI Nº 042/2009. Concede o título declaratório de utilidade pública municipal à “Associação Projeto Comunitário Raiz de Davi”. (Referente à Lei nº 4.128, de 03/09/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6381</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6381/flash_8053.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6381/flash_8053.pdf</t>
   </si>
   <si>
     <t>Flash 8053._x000D_
 PROJETO DE LEI Nº 043/2009. Concede o título declaratório de utilidade pública municipal ao “Ministério Nacional da Paz”. (Referente à Lei nº 4.129, de 03/09/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6382</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6382/flash_8054.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6382/flash_8054.pdf</t>
   </si>
   <si>
     <t>Flash 8054._x000D_
 PROJETO DE LEI Nº 044/2009. Concede o título declaratório de utilidade pública municipal ao “Grupo Social Porfírio Francisco de Souza”. (Referente à Lei nº 4.098, de 17/06/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6238</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6238/flash_7795.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6238/flash_7795.pdf</t>
   </si>
   <si>
     <t>Flash 7795._x000D_
 PROJETO DE LEI Nº 005/2009. (REVOGADA). Denomina o Centro Municipal de Educação Infantil - "CEMEI Maria Ribeiro de Andrade", localizado no bairro Santos Reis. (Referente à Lei nº 4.075, de 13/03/2009, que foi posteriormente revogada pela Lei nº 5.403, de 23/12/2021).  _x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6383</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6383/flash_8055.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6383/flash_8055.pdf</t>
   </si>
   <si>
     <t>Flash 8055._x000D_
 PROJETO DE LEI Nº 069/2009. Concede o título declaratório de utilidade pública municipal à “Associação de Produtores de Hortigranjeiros da Região do Pentáurea”. (Referente à Lei nº 4.116, de 12/08/2009).  _x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6384</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6384/flash_8056.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6384/flash_8056.pdf</t>
   </si>
   <si>
     <t>Flash 8056._x000D_
 PROJETO DE LEI Nº 070/2009. Concede o título declaratório de utilidade pública municipal à “Associação Jesus é o Senhor”. (Referente à Lei nº 4.117, de 12/08/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6385</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6385/flash_8057.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6385/flash_8057.pdf</t>
   </si>
   <si>
     <t>Flash 8057._x000D_
 PROJETO DE LEI Nº 071/2009. Concede o título declaratório de utilidade pública municipal ao “Instituto de Ação Social Projeto Salvando Vidas”. (Referente à Lei nº 4.126, de 01/09/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6386</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6386/flash_8058.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6386/flash_8058.pdf</t>
   </si>
   <si>
     <t>Flash 8058._x000D_
 PROJETO DE LEI Nº 086/2009. Concede o título declaratório de utilidade pública municipal à “Associação Comunitária Vida Nova”. (Referente à Lei nº 4.121, de 18/08/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6387</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6387/flash_8059.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6387/flash_8059.pdf</t>
   </si>
   <si>
     <t>Flash 8059._x000D_
 PROJETO DE LEI Nº 099/2009. Concede o título declaratório de utilidade pública municipal à “Associação Cristã Banco da Solidariedade – BANSOL”. (Referente à Lei nº 4.130, de 03/09/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6388</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6388/flash_8060.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6388/flash_8060.pdf</t>
   </si>
   <si>
     <t>Flash 8060._x000D_
 PROJETO DE LEI Nº 103/2009. Concede o título declaratório de utilidade pública municipal à “Associação dos Moradores do Bairro Cristo Rei”. (Referente à Lei nº 4.131, de 03/09/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6259</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6259/flash_7803.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6259/flash_7803.pdf</t>
   </si>
   <si>
     <t>Flash 7803._x000D_
 PROJETO DE LEI Nº 029/2009. Autoriza o Poder Executivo a fazer cessão de imóvel ao Estado de Minas Gerais, localizado na rua Coronel Coelho, nº 163, bairro Esplanada, para a instalação da 145ª Companhia de Polícia e de Área Integrada de Segurança Pública – AISP, e dá outras providências. (Referente à Lei nº 4.081, de 30/04/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6260</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6260/flash_7804.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6260/flash_7804.pdf</t>
   </si>
   <si>
     <t>Flash 7804._x000D_
 PROJETO DE LEI Nº 030/2009. (REVOGADA). Autoriza o Poder Executivo a fazer cessão de imóvel do Município ao Estado de Minas Gerais, localizado no bairro Village do Lago III, em área contígua ao Presídio de Montes Claros, medindo 13.159,00 m², que será utilizada para o cultivo de hortas pelos detentos, e dá outras providências. (Referente à Lei nº 4.083, de 07/05/2009, que foi posteriormente revogada pela Lei nº 4.610, de 17/06/2013)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6261</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6261/flash_7805.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6261/flash_7805.pdf</t>
   </si>
   <si>
     <t>Flash 7805._x000D_
 PROJETO DE LEI Nº 035/2009. (ALTERADA). Autoriza a doação de área institucional do Município, localizada no prolongamento do loteamento Canelas, à Associação Padre Tiãozinho de Apoio ao Paciente Carente com Câncer – “Projeto Presente”, e dá outras providências. (Área de 1.162,64 m²). (Referente à Lei nº 4.088, de 19/05/2009, que foi posteriormente alterada pela Lei nº 4.099, de 17/06/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6262</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6262/flash_7806.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6262/flash_7806.pdf</t>
   </si>
   <si>
     <t>Flash 7806._x000D_
 PROJETO DE LEI Nº 077/2009. Autoriza o Poder Executivo a fazer doação de área institucional do Município à Universidade Estadual de Montes Claros/UNIMONTES, localizada no bairro Santo Expedito, para construção da Casa da Gestante, e dá outras providências. (Terreno de 285,60 m²). (Referente à Lei nº 4.106, de 10/07/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6264</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6264/flash_7807.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6264/flash_7807.pdf</t>
   </si>
   <si>
     <t>Flash 7807._x000D_
 PROJETO DE LEI Nº 093/2009. Autoriza o Poder Executivo a fazer doação de área institucional do Município ao Conselho Metropolitano de Montes Claros da Sociedade de São Vicente de Paulo, localizada na Vila Sion, e dá outras providências. (Terreno de 1.009,93 m²). (Referente à Lei nº 4.125, de 01/09/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6389</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6389/flash_7808.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6389/flash_7808.pdf</t>
   </si>
   <si>
     <t>Flash 7808._x000D_
 PROJETO DE LEI Nº 111/2009. Autoriza o Poder Executivo a fazer doação de área institucional do Município à Associação Comunitária de Moradores do Bairro Universitário, localizada no loteamento JK II, e dá outras providências. (Terreno de 874,00 m²). (Referente à Lei nº 4.149, de 22/09/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6390</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6390/flash_7809.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6390/flash_7809.pdf</t>
   </si>
   <si>
     <t>Flash 7809._x000D_
 PROJETO DE LEI Nº 117/2009. (REVOGADA). Autoriza a desafetação e faz doação de área institucional do Município à Associação de Amigos Trabalhadores e Pequenos Produtores Rurais da Região de Campos de Elísios, e dá outras providências. (Terreno de 1.146,00 m²). (Referente à Lei 4.154, de 25/09/2009, que foi posteriormente revogada pela Lei nº 4.205, de 25/02/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6391</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6391/flash_7810.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6391/flash_7810.pdf</t>
   </si>
   <si>
     <t>Flash 7810._x000D_
 PROJETO DE LEI Nº 120/2009. Autoriza o Poder Executivo a fazer desafetação e alienação de área pertencente ao Município, localizada na rua Josefina Chaves, bairro Regina Peres, permutado por veículos zero quilômetro da Polígono Veículos e Peças Ltda – Concessionária Fiat, e dá outras providências. (Terreno de 1.115,00 m²). (Referente à Lei nº 4.151, de 23/09/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6392</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6392/flash_7811.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6392/flash_7811.pdf</t>
   </si>
   <si>
     <t>Flash 7811._x000D_
 PROJETO DE LEI Nº 137/2009. Autoriza o Poder Executivo a fazer doação de área do Município à Associação de Proteção e Assistência aos Condenados de Montes Claros – APAC, localizado no bairro Jardim Olímpico, e dá outras providências. (Terreno de 19.943,14 m²). (Referente à Lei nº 4.171, de 12/11/2009).  _x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6393</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6393/flash_7812.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6393/flash_7812.pdf</t>
   </si>
   <si>
     <t>Flash 7812._x000D_
 PROJETO DE LEI Nº 139/2009. Autoriza o Poder Executivo a fazer doação de área do Município à Associação Padre Tiãozinho de Apoio ao Paciente Carente com Câncer - "Projeto Presente", localizada no loteamento Canelas – prolongamento. (Terreno de 372,00 m²). (Referente à Lei nº 4.170, de 12/11/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6394</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6394/flash_7813.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6394/flash_7813.pdf</t>
   </si>
   <si>
     <t>Flash 7813._x000D_
 PROJETO DE LEI Nº 142/2009. Autoriza o Poder Executivo a fazer concessão de direito real de uso do bem público municipal à Polícia Militar, para construção do Pelotão Planalto/JK, localizado no loteamento do bairro JK. (Terreno de 300,00 m²). (Referente à Lei nº 4.174, de 25/11/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6395</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6395/flash_7814.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6395/flash_7814.pdf</t>
   </si>
   <si>
     <t>Flash 7814._x000D_
 PROJETO DE LEI Nº 153/2009. Autoriza o Poder Executivo a fazer doação de área do Município à Associação das Pessoas com Deficiências de Montes Claros – ADEMOC, localizada no bairro Canelas. (Terreno de 570,00 m²). (Referente à Lei nº 4.184, de 18/12/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6396</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6396/flash_7815.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6396/flash_7815.pdf</t>
   </si>
   <si>
     <t>Flash 7815._x000D_
 PROJETO DE LEI Nº 155/2009. Autoriza o Poder Executivo a fazer concessão de direito real de uso do bem público municipal, localizado na zona rural do Distrito de Nova Esperança - Fazenda Camarinhas, à Claro S/A, para construção de Estação Rádio Base de Telefonia Móvel, e dá outras providências. (Terreno de 225,00 m²). (Referente à Lei nº 4.178, de 15/12/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6414</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6414/flash_8061.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6414/flash_8061.pdf</t>
   </si>
   <si>
     <t>Flash 8061._x000D_
 PROJETO DE LEI Nº 107/2009. Concede o título declaratório de utilidade pública municipal à “Associação Comunitária Rádio Monterey FM”. (Referente à Lei nº 4.147, de 22/09/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6415</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6415/flash_8062.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6415/flash_8062.pdf</t>
   </si>
   <si>
     <t>Flash 8062._x000D_
 PROJETO DE LEI Nº 112/2009. Concede o título declaratório de utilidade pública municipal à “Associação dos Pequenos Produtores Rurais de Crispim”. (Referente à  Lei nº 4.148, de 22/09/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6416</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6416/flash_8063.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6416/flash_8063.pdf</t>
   </si>
   <si>
     <t>Flash 8063._x000D_
 PROJETO DE LEI Nº 134/2009. Concede o título declaratório de utilidade pública municipal à “Associação de Pequenos Produtores Rurais da Comunidade de Camarinhas I e II”. (Referente à  Lei nº 4.163, de 29/10/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6417</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6417/flash_8064.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6417/flash_8064.pdf</t>
   </si>
   <si>
     <t>Flash 8064._x000D_
 PROJETO DE LEI Nº 141/2009. Concede o título declaratório de utilidade pública municipal à “Associação Comunitária dos Pequenos Produtores Rurais de Riacho D'anta e Adjacências”. (Referente à Lei nº 4.172, de 12/11/2009).  _x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6418</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6418/flash_8065.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6418/flash_8065.pdf</t>
   </si>
   <si>
     <t>Flash 8065._x000D_
 PROJETO DE LEI Nº 143/2009. Concede o título declaratório de utilidade pública municipal à “M.C. Vitória”. (Referente à Lei nº 4.173, de 25/11/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6419</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6419/flash_8066.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6419/flash_8066.pdf</t>
   </si>
   <si>
     <t>Flash 8066._x000D_
 PROJETO DE LEI Nº 150/2009. Concede o título declaratório de utilidade pública municipal à “Associação dos Feirantes do Grande Renascença e Região Renascer de Montes Claros”. (Referente à Lei nº 4.181, de 15/12/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6420</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6420/flash_8067.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6420/flash_8067.pdf</t>
   </si>
   <si>
     <t>Flash 8067._x000D_
 PROJETO DE LEI Nº 151/2009. Concede o título declaratório de utilidade pública municipal à “Associação Comunitária Menino Jesus Príncipe da Paz”. (Referente à Lei nº 4.180, de 15/12/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6421</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6421/flash_8068.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6421/flash_8068.pdf</t>
   </si>
   <si>
     <t>Flash 8068._x000D_
 PROJETO DE LEI Nº 160/2009. Concede o título declaratório de utilidade pública municipal ao “Cruzeirinho Futebol Clube”. (Referente à Lei nº 4.189, de 21/12/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6422</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6422/flash_8069.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6422/flash_8069.pdf</t>
   </si>
   <si>
     <t>Flash 8069._x000D_
 PROJETO DE LEI Nº 161/2009. Concede o título declaratório de utilidade pública municipal à “Associação de Amigos e Moradores da Comunidade de Santa Rita de Cássia e Adjacências”. (Referente à Lei nº 4.188, de 21/12/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6489</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6489/flash_8135.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6489/flash_8135.pdf</t>
   </si>
   <si>
     <t>Flash 8135._x000D_
 PROJETO DE LEI Nº 003/2009. (NÃO VOTADO). Denomina a "Avenida Ruy Hitler Pinheiro Teixeira", localizada no bairro Distrito Industrial._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6490</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6490/flash_8136.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6490/flash_8136.pdf</t>
   </si>
   <si>
     <t>Flash 8136._x000D_
 PROJETO DE LEI Nº 006/2009. (NÃO VOTADO). Institui o parcelamento de multas decorrentes de infrações de trânsito, no município de Montes Claros e dá outras providências._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6491</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6491/flash_8137.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6491/flash_8137.pdf</t>
   </si>
   <si>
     <t>Flash 8137._x000D_
 PROJETO DE LEI Nº 007/2009. (NÃO VOTADO). Dispõe sobre a divulgação da relação dos beneficiários, e respectivos benefícios, do município de Montes Claros ao Programa Bolsa Família, instituído pela Lei Federal nº 10.836/2004._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6492</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6492/flash_8138.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6492/flash_8138.pdf</t>
   </si>
   <si>
     <t>Flash 8138._x000D_
 PROJETO DE LEI Nº 015/2009. (NÃO VOTADO). Denomina a "Rua Serra Branca", localizada no bairro Morada da Serra._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6493</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6493/flash_8139.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6493/flash_8139.pdf</t>
   </si>
   <si>
     <t>Flash 8139._x000D_
 PROJETO DE LEI Nº 022/2009. (NÃO VOTADO). Dispõe sobre a obrigatoriedade do uso das cores da Bandeira do Município de Montes Claros nos prédios públicos, e dá outras providências._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6494</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6494/flash_8140.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6494/flash_8140.pdf</t>
   </si>
   <si>
     <t>Flash 8140._x000D_
 PROJETO DE LEI Nº 038/2009. (NÃO VOTADO). Denomina a sede do PSF - Programa Saúde da Família, localizado no bairro Bela Paisagem, de: "PSF Gentil José Alves"._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6495</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6495/flash_8141.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6495/flash_8141.pdf</t>
   </si>
   <si>
     <t>Flash 8141._x000D_
 PROJETO DE LEI Nº 039/2009. (NÃO VOTADO). Institui a "Semana de Orientação Postural" nas escolas municipais de ensino fundamental de Montes Claros, conforme Decreto Presidencial nº 6.286, de 05/12/2007, e dá outras providências._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6496</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6496/flash_8142.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6496/flash_8142.pdf</t>
   </si>
   <si>
     <t>Flash 8142._x000D_
 PROJETO DE LEI Nº 048/2009. (NÃO VOTADO). Denomina a "Rua Professora Maria Teixeira", localizada no bairro Santa Rita II._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6497</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6497/flash_8143.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6497/flash_8143.pdf</t>
   </si>
   <si>
     <t>Flash 8143._x000D_
 PROJETO DE LEI Nº 073/2009. (NÃO VOTADO). Institui a "Semana da Psicoterapia" nas escolas municipais de ensino fundamental de Montes Claros, conforme Decreto Lei nº 9.394, de 20/12/1996, e dá outras providências._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6498</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6498/flash_8144.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6498/flash_8144.pdf</t>
   </si>
   <si>
     <t>Flash 8144._x000D_
 PROJETO DE LEI Nº 092/2009. (NÃO VOTADO). Institui a "Semana do Nutricionista" nas escolas municipais de ensino fundamental de Montes Claros, conforme Decreto Lei nº 3.898, de 06/08/2007, e dá outras providências._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6499</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6499/flash_8145.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6499/flash_8145.pdf</t>
   </si>
   <si>
     <t>Flash 8145._x000D_
 PROJETO DE LEI Nº 102/2009. (NÃO VOTADO). Denomina de "Coreto Nivaldo Maciel", o coreto localizado na Praça Dr. Chaves (Praça da Matriz)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6500</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6500/flash_8146.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6500/flash_8146.pdf</t>
   </si>
   <si>
     <t>Flash 8146._x000D_
 PROJETO DE LEI Nº 109/2009. (NÃO VOTADO). Dispõe sobre a prestação de assistência religiosa em estabelecimentos hospitalares, civis e militares de internação coletiva do município, prevista na Constituição Federal._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6501</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6501/flash_8147.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6501/flash_8147.pdf</t>
   </si>
   <si>
     <t>Flash 8147._x000D_
 PROJETO DE LEI Nº 114/2009. (NÃO VOTADO). Dispõe sobre a inclusão de conteúdo que trata de "Saúde Bucal" nos currículos das escolas municipais de Montes Claros._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6502</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6502/flash_8148.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6502/flash_8148.pdf</t>
   </si>
   <si>
     <t>Flash 8148._x000D_
 PROJETO DE LEI Nº 115/2009. (NÃO VOTADO). Institui o Calendário Ecológico do Município de Montes Claros, com as seguintes datas comemorativas: Dia Mundial da Água (22/03); Dia da Ecologia e Meio Ambiente (05/06); Dia da Árvore (21/09) e Dia do Saneamento, Saúde e Meio Ambiente (16/11)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6503</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6503/flash_8149.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6503/flash_8149.pdf</t>
   </si>
   <si>
     <t>Flash 8149._x000D_
 PROJETO DE LEI Nº 116/2009. (NÃO VOTADO). Concede o título declaratório de utilidade pública municipal à "Associação Comunitária da Região do Rio do Peixe"._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6504</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6504/flash_8150.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6504/flash_8150.pdf</t>
   </si>
   <si>
     <t>Flash 8150._x000D_
 PROJETO DE LEI Nº 131/2009. (NÃO VOTADO). Dispõe sobre a disponibilização e substituição do uso de sacos e sacolas plásticas, por sacos e sacolas ecológicas, no município de Montes Claros._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6505</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6505/flash_8151.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6505/flash_8151.pdf</t>
   </si>
   <si>
     <t>Flash 8151._x000D_
 PROJETO DE LEI Nº 144/2009. (NÃO VOTADO). Concede o título declaratório de utilidade pública municipal à "Associação dos Produtores Rurais de Mato Verde"._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6506</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6506/flash_8152.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6506/flash_8152.pdf</t>
   </si>
   <si>
     <t>Flash 8152._x000D_
 PROJETO DE LEI Nº 136/2009. (NÃO VOTADO). Institui o "Vale Cultura" no município de Montes Claros, e dá outras providências._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6507</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6507/flash_8153.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6507/flash_8153.pdf</t>
   </si>
   <si>
     <t>Flash 8153._x000D_
 PROJETO DE LEI Nº 145/2009. (NÃO VOTADO). Institui a "Semana de Saúde da Mulher" nos órgãos públicos de município de Montes Claros, a ser comemorada na última semana do mês de maio, e dá outras providências._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6508</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6508/flash_8154.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6508/flash_8154.pdf</t>
   </si>
   <si>
     <t>Flash 8154._x000D_
 PROJETO DE LEI Nº 149/2009. (NÃO VOTADO). Institui os "Jogos Evangélicos" no município de Montes Claros, a serem promovidos anualmente no mês de outubro, e dá outras providências._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6598</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6598/flash_8230.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6598/flash_8230.pdf</t>
   </si>
   <si>
     <t>Flash 8230._x000D_
 PROJETO DE LEI Nº 012/2009. (RETIRADO). Dispõe sobre a obrigatoriedade do uso das cores da Bandeira do Município de Montes Claros nos prédios públicos, e dá outras providências._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6604</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6604/flash_8231.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6604/flash_8231.pdf</t>
   </si>
   <si>
     <t>Flash 8231._x000D_
 PROJETO DE LEI Nº 013/2009. (RETIRADO). Dispõe sobre a obrigatoriedade de ter um exemplar do Estatuto da Criança e do Adolescente em todas as escolas municipais e dá outras providências._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6606</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6606/flash_8232.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6606/flash_8232.pdf</t>
   </si>
   <si>
     <t>Flash 8232._x000D_
 PROJETO DE LEI Nº 040/2009. (RETIRADO). Dispõe sobre a obrigatoriedade de todas as agências de publicidade e propaganda, ao emitirem panfletos e divulgação de quaisquer eventos, disponibilizar parte do espaço para divulgação de campanhas educacionais de combate a crimes contra crianças e adolescentes, e dá outras providências._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6608</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6608/flash_8233.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6608/flash_8233.pdf</t>
   </si>
   <si>
     <t>Flash 8233._x000D_
 PROJETO DE LEI Nº 041/2009. (RETIRADO). Autoriza o Poder Executivo Municipal a firmar convênio com a Associação Comercial Industrial e de Serviços de Montes Claros - ACI, repassar recursos financeiros, e dá outras providências._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6610</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6610/flash_8234.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6610/flash_8234.pdf</t>
   </si>
   <si>
     <t>Flash 8234._x000D_
 PROJETO DE LEI Nº 047/2009. (RETIRADO). Dispõe sobre a substituição do uso de sacos e sacolas plásticas por sacos e sacolas ecológicas, no município de Montes Claros._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6611</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6611/flash_8235.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6611/flash_8235.pdf</t>
   </si>
   <si>
     <t>Flash 8235._x000D_
 PROJETO DE LEI Nº 051/2009. (RETIRADO). Dispõe sobre a criação e funcionamento do Conselho Municipal para Proteção à Vida Animal e dá outras providências._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6612</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6612/flash_8236.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6612/flash_8236.pdf</t>
   </si>
   <si>
     <t>Flash 8236._x000D_
 PROJETO DE LEI Nº 054/2009. (RETIRADO). Autoriza o Poder Executivo Municipal a firmar convênio com a Associação Comercial Industrial e de Serviços de Montes Claros - ACI, repassa recursos financeiros, altera o artigo 5º da Lei Municipal nº 4.082, de 07/05/2009, e dá outras providências._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6613</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6613/flash_8237.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6613/flash_8237.pdf</t>
   </si>
   <si>
     <t>Flash 8237._x000D_
 PROJETO DE LEI Nº 056/2009. (RETIRADO). Dispõe sobre a participação do Município de Montes Claros na Associação do Circuito Turístico Sertão Gerais, repassa recursos financeiros, e dá outras providências._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6615</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6615/flash_8238.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6615/flash_8238.pdf</t>
   </si>
   <si>
     <t>Flash 8238._x000D_
 PROJETO DE LEI Nº 052/2009. (RETIRADO). Dispõe sobre a regulamentação de eventos de caráter social, como festas, reuniões dançantes e raves, em locais de natureza privada, no âmbito do município de Montes Claros ._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6616</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6616/flash_8239.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6616/flash_8239.pdf</t>
   </si>
   <si>
     <t>Flash 8239._x000D_
 PROJETO DE LEI Nº 062/2009. (RETIRADO). Dispõe sobre a criação, composição, competência e funcionamento do Conselho Municipal do Esporte e Lazer._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6618</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6618/flash_8240.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6618/flash_8240.pdf</t>
   </si>
   <si>
     <t>Flash 8240._x000D_
 PROJETO DE LEI Nº 064/2009. (RETIRADO). Dispõe sobre a criação de cargos de provimento efetivo no Quadro de Pessoal da Prefeitura Municipal de Montes Claros e dá outras providências._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6620</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6620/flash_8241.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6620/flash_8241.pdf</t>
   </si>
   <si>
     <t>Flash 8241._x000D_
 PROJETO DE LEI Nº 083/2009. (RETIRADO). Dispõe sobre a isenção de pagamento de taxa de inscrição em concurso público da Administração Direta e Indireta do Município de Montes Claros e da Câmara Municipal, à doadoras de leite materno._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6622</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6622/flash_8242.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6622/flash_8242.pdf</t>
   </si>
   <si>
     <t>Flash 8242._x000D_
 PROJETO DE LEI Nº 089/2009. (RETIRADO). Denomina a "Rua Professora Maria Teixeira", localizada no bairro Raul Lourenço._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6624</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6624/flash_8243.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6624/flash_8243.pdf</t>
   </si>
   <si>
     <t>Flash 8243._x000D_
 PROJETO DE LEI Nº 100/2009. (RETIRADO). Altera os artigos 1º, 3º, 6º e acrescenta parágrafo único no artigo 7º da Lei nº 3.999, de 18/07/2008, que dispõe sobre a criação do Conselho Municipal do Trabalho, Emprego e Geração de Renda de Montes Claros._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6630</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6630/flash_8246.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6630/flash_8246.pdf</t>
   </si>
   <si>
     <t>Flash 8246._x000D_
 PROJETO DE LEI Nº 125/2009. (RETIRADO). Institui a obrigatoriedade do ensino de Normas e Educação para o Trânsito nas escolas municipais de Montes Claros._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6632</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6632/flash_8247.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6632/flash_8247.pdf</t>
   </si>
   <si>
     <t>Flash 8247._x000D_
 PROJETO DE LEI Nº 147/2009. (RETIRADO). Dispõe sobre a obrigatoriedade de instalação de brinquedos adaptados em praças, parques, escolas e creches municipais, bem como em locais de diversão em geral, abertos ao público._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6634</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6634/flash_8248.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6634/flash_8248.pdf</t>
   </si>
   <si>
     <t>Flash 8248._x000D_
 PROJETO DE LEI Nº 156/2009. (RETIRADO). Altera Lei nº 3.916, de 24/03/2008, que dispõe sobre o repasse de recursos financeiros do Fundo Único de Meio Ambiente às entidades governamentais e não governamentais do município, após aprovação do Conselho Municipal de Defesa e Conservação do Meio Ambiente - CODEMA._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>10692</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/10692/flash_8047a.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/10692/flash_8047a.pdf</t>
   </si>
   <si>
     <t>Flash 8047A._x000D_
 PROJETO DE LEI Nº 123/2009. Estabelece reajustes de vencimentos de servidores públicos efetivos do Poder Executivo do Município de Montes Claros, e dá outras providências. (Referente à Lei nº 4.155, de 29/09/2009). _x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6694</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6694/flash_8402.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6694/flash_8402.pdf</t>
   </si>
   <si>
     <t>Flash 8402._x000D_
 PROJETO DE RESOLUÇÃO Nº 004/2009. (NÃO VOTADO). Concede a "Placa de Prata Alferes José Lopes de Carvalho" ao Conselho Regional de Educação Física – 6ª Região._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6698</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6698/flash_8403.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6698/flash_8403.pdf</t>
   </si>
   <si>
     <t>Flash 8403._x000D_
 PROJETO DE RESOLUÇÃO Nº 005/2009. (NÃO VOTADO). Concede a "Medalha do Mérito Presidente Tancredo Neves" ao Dr. José Geraldo de Freitas Drumond._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6700</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6700/flash_8404.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6700/flash_8404.pdf</t>
   </si>
   <si>
     <t>Flash 8404._x000D_
 PROJETO DE RESOLUÇÃO Nº 012/2009. (NÃO VOTADO). Concede o Título de Cidadão Benemérito de Montes Claros ao Dr. Marcelo Eduardo Freitas._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6702</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6702/flash_8405.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6702/flash_8405.pdf</t>
   </si>
   <si>
     <t>Flash 8405._x000D_
 PROJETO DE RESOLUÇÃO Nº 020/2009. (NÃO VOTADO). Altera dispositivo do Regimento Interno da Câmara Municipal de Montes Claros (Inciso II do artigo 115)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6720</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6720/flash_8413.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6720/flash_8413.pdf</t>
   </si>
   <si>
     <t>Flash 8413._x000D_
 PROJETO DE RESOLUÇÃO Nº 001/2009. (RETIRADO). Altera a redação do inciso II do artigo 115 do Regimento Interno da Câmara Municipal de Montes Claros._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6729</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6729/flash_8416.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6729/flash_8416.pdf</t>
   </si>
   <si>
     <t>Flash 8416._x000D_
 Requerimentos do vereador Alfredo Ramos Neto, encaminhados à Câmara Municipal de Montes Claros, no período de 13/01/2009 a 18/12/2012. _x000D_
 Athos Mameluque Mota/ Valcir Soares da Silva (Presidentes da Legislatura 2009-2012).</t>
   </si>
   <si>
     <t>6732</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6732/flash_8417.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6732/flash_8417.pdf</t>
   </si>
   <si>
     <t>Flash 8417._x000D_
 Requerimentos do vereador Altemar de Freitas Cardoso, apresentados à Câmara Municipal de Montes Claros, no período de 12/01/2009 a 03/04/2012._x000D_
 Athos Mameluque Mota/ Valcir Soares da Silva (Presidentes da Legislatura 2009-2012).</t>
   </si>
   <si>
     <t>6734</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6734/flash_8418.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6734/flash_8418.pdf</t>
   </si>
   <si>
     <t>Flash 8418._x000D_
 Requerimentos do vereador Antônio Silveira de Sá, apresentados à Câmara Municipal de Montes Claros, no período de 26/01/2009 a 04/12/2012._x000D_
 Athos Mameluque Mota/ Valcir Soares da Silva (Presidentes da Legislatura 2009-2012).</t>
   </si>
   <si>
     <t>6735</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6735/flash_8419.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6735/flash_8419.pdf</t>
   </si>
   <si>
     <t>Flash 8419._x000D_
 Requerimentos do vereador Athos Mameluque Mota, apresentados à Câmara Municipal de Montes Claros, no período de 02/02/2009 a 10/09/2012._x000D_
 Athos Mameluque Mota/ Valcir Soares da Silva (Presidentes da Legislatura 2009-2012).</t>
   </si>
   <si>
     <t>6736</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6736/flash_8420.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6736/flash_8420.pdf</t>
   </si>
   <si>
     <t>Flash 8420._x000D_
 Requerimentos do vereador Cláudio Rodrigues de Jesus, apresentados à Câmara Municipal de Montes Claros, no período de 22/01/2009 a 04/12/2012._x000D_
 Athos Mameluque Mota/ Valcir Soares da Silva (Presidentes da Legislatura 2009-2012).</t>
   </si>
   <si>
     <t>6738</t>
   </si>
   <si>
     <t>Damázio Wladimir Silva</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6738/flash_8421.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6738/flash_8421.pdf</t>
   </si>
   <si>
     <t>Flash 8421._x000D_
 Requerimentos do vereador Damázio Wladimir Silva, apresentados à Câmara Municipal de Montes Claros, no período de 13/01/2009 a 03/09/2012._x000D_
 Athos Mameluque Mota/ Valcir Soares da Silva (Presidentes da Legislatura 2009-2012).</t>
   </si>
   <si>
     <t>6740</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6740/flash_8422.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6740/flash_8422.pdf</t>
   </si>
   <si>
     <t>Flash 8422._x000D_
 Requerimentos do vereador Edwan Carlos de Quadros Lopes, apresentados à Câmara Municipal de Montes Claros, no período de 08/01/2009 a 22/10/2012._x000D_
 Athos Mameluque Mota/ Valcir Soares da Silva (Presidentes de Legislatura 2009-2012).</t>
   </si>
   <si>
     <t>6743</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6743/flash_8423.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6743/flash_8423.pdf</t>
   </si>
   <si>
     <t>Flash 8423._x000D_
 Requerimentos do vereador Elair Augusto Pimentel Gomes, apresentados à Câmara Municipal de Montes Claros, no período de 15/01/2009 a 30/10/2012._x000D_
 Athos Mameluque Mota/ Valcir Soares da Silva (Presidentes de Legislatura 2009-2012).</t>
   </si>
   <si>
     <t>6749</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6749/flash_8425.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6749/flash_8425.pdf</t>
   </si>
   <si>
     <t>Flash 8425._x000D_
 Requerimentos do vereador João de Deus Pereira Gusmão, apresentados à Câmara Municipal de Montes Claros, no período de 01/01/2009 a 14/06/2012._x000D_
 Athos Mameluque Mota/ Valcir Soares da Silva (Presidentes da Legislatura 2009-2012).</t>
   </si>
   <si>
     <t>6757</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6757/flash_8427.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6757/flash_8427.pdf</t>
   </si>
   <si>
     <t>Flash 8427._x000D_
 Requerimentos do vereador José Marcos Martins de Freitas, apresentados à Câmara Municipal de Montes Claros, no período de 13/01/2009 a 17/04/2012._x000D_
 Athos Mameluque Mota/ Valcir Soares da Silva (Presidentes da Legislatura 2009-2012).</t>
   </si>
   <si>
     <t>6760</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6760/flash_8428.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6760/flash_8428.pdf</t>
   </si>
   <si>
     <t>Flash 8428._x000D_
 Requerimentos do vereador Raimundo Pereira da Silva, apresentados à Câmara Municipal de Montes Claros, no período de 10/01/2009 a 15/05/2012._x000D_
 Athos Mameluque Mota/ Valcir Soares da Silva (Presidentes da Legislatura 2009-2012).</t>
   </si>
   <si>
     <t>6762</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6762/flash_8429.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6762/flash_8429.pdf</t>
   </si>
   <si>
     <t>Flash 8429._x000D_
 Requerimentos da vereadora Rita Cristina de Souza Vieira, apresentados à Câmara Municipal de Montes Claros, no período de 13/01/2009 a 25/10/2012._x000D_
 Athos Mameluque Mota/ Valcir Soares da Silva (Presidentes da Legislatura 2009-2012).</t>
   </si>
   <si>
     <t>6763</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6763/flash_8430.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6763/flash_8430.pdf</t>
   </si>
   <si>
     <t>Flash 8430._x000D_
 Requerimentos do vereador Sebastião Ildeu Maia, apresentados à Câmara Municipal de Montes Claros, no período de 20/01/2009 a 05/11/2012._x000D_
 Athos Mameluque Mota/ Valcir Soares da Silva (Presidentes da Legislatura 2009-2012).</t>
   </si>
   <si>
     <t>6764</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6764/flash_8431.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6764/flash_8431.pdf</t>
   </si>
   <si>
     <t>Flash 8431._x000D_
 Requerimentos do vereador Valcir Soares da Silva, apresentados à Câmara Municipal de Montes Claros, no período de 06/01/2009 a 21/11/2012._x000D_
 Athos Mameluque Mota/ Valcir Soares da Silva (Presidentes da Legislatura 2009-2012).</t>
   </si>
   <si>
     <t>6747</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6747/flash_8424.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6747/flash_8424.pdf</t>
   </si>
   <si>
     <t>Flash 8424._x000D_
 Requerimentos do vereador Frank Wanderley de Lima, apresentados à Câmara Municipal de Montes Claros, no período de 08/01/2009 a 13/11/2012._x000D_
 Athos Mameluque Mota/ Valcir Soares da Silva (Presidentes da Legislatura 2009-2012).</t>
   </si>
   <si>
     <t>6746</t>
   </si>
   <si>
     <t>VET</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6746/flash_8306.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6746/flash_8306.pdf</t>
   </si>
   <si>
     <t>Flash 8306._x000D_
 VETO AO PROJETO DE LEI Nº 303/2008. (MANTIDO). Dispõe sobre a concessão de direito real de uso do bem público municipal ao Estado de Minas Gerais, através da 11ª Companhia Independente da Polícia Militar de Meio Ambiente e Trânsito Rodoviário, e dá outras providências. (Área medindo 4.276,86 m², localizada no Rio Parque Guimarães Rosa). (Veto do Poder Executivo mantido pela Câmara em 27/01/2009)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6748</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6748/flash_8307.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6748/flash_8307.pdf</t>
   </si>
   <si>
     <t>Flash 8307._x000D_
 VETO AO PROJETO DE LEI Nº 034/2009. (MANTIDO). Institui o "Dia Municipal da Meia Maratona, a ser realizado no dia 03 de julho. _x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6750</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6750/flash_8308.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6750/flash_8308.pdf</t>
   </si>
   <si>
     <t>Flash 8308._x000D_
 VETO A PROJETO DE LEI Nº 082/2009. (MANTIDO). Dispõe sobre o acesso gratuito em eventos sócio-culturais às pessoas com deficiência._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6761</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6761/flash_8316.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6761/flash_8316.pdf</t>
   </si>
   <si>
     <t>Flash 8316._x000D_
 VETO AO PROJETO DE LEI Nº 050/2009. (REJEITADO). Proíbe a manutenção, utilização e apresentação de animais em circos ou espetáculos assemelhados no município de Montes Claros, e dá outras providências. (Veto do Poder Executivo rejeitado pela Câmara em 15/09/2009). _x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>8431</t>
   </si>
   <si>
     <t>ATA</t>
   </si>
   <si>
     <t>Ata</t>
   </si>
   <si>
     <t>ATL - ATL</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/8431/flash_7600.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/8431/flash_7600.pdf</t>
   </si>
   <si>
     <t>Flash 7600._x000D_
 Atas das sessões da Câmara Municipal de Montes Claros, do período de 06/01 a 22/12/2009._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>9537</t>
   </si>
   <si>
     <t>ELOM</t>
   </si>
   <si>
     <t>Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/9537/flash_8303a.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/9537/flash_8303a.pdf</t>
   </si>
   <si>
     <t>Flash 8303A._x000D_
 EMENDA Nº 39, de 02/06/2009. Acrescenta inciso XXXVI ao artigo 71 da Lei Orgânica Municipal. (Estabelece prazo para o Poder Executivo responder determinados requerimentos da Câmara Municipal)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>9538</t>
   </si>
   <si>
     <t>Altemar de Freitas Cardoso, Antônio Silveira de Sá, Cláudio Rodrigues, Damázio Wladimir Silva, Edwan Carlos de Quadros Lopes, Elair Gomes, Frank Wanderley de Lima, João de Deus Pereira Gusmão, Marcos Nem, Rita Cristina de Souza Vieira, Sebastião Ildeu Maia</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/9538/flash_8303b.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/9538/flash_8303b.pdf</t>
   </si>
   <si>
     <t>Flash 8303B._x000D_
 EMENDA Nº 40, de 15/09/2009. Altera o parágrafo 2º do artigo 20 da Lei Orgânica Municipal. (Fixa o número de vagas dos vereadores da Câmara Municipal a partir do ano de 2009 – 15 parlamentares)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6621</t>
   </si>
   <si>
     <t>RES</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6621/flash_8363.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6621/flash_8363.pdf</t>
   </si>
   <si>
     <t>Flash 8363._x000D_
 RESOLUÇÃO Nº 01, de 19/02/2009. Concede o Título de Cidadão Honorário de Montes Claros a Vanjosé Ursine Fudoli._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6623</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6623/flash_8364.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6623/flash_8364.pdf</t>
   </si>
   <si>
     <t>Flash 8364._x000D_
 RESOLUÇÃO Nº 03, de 05/05/2009. Concede o Título de Cidadão Honorário de Montes Claros a Alberto Pinto Coelho Júnior (Deputado Estadual)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6625</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6625/flash_8365.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6625/flash_8365.pdf</t>
   </si>
   <si>
     <t>Flash 8365._x000D_
 RESOLUÇÃO Nº 04, de 12/05/2009. Concede o Título de Cidadão Honorário de Montes Claros a José Gomes Temporão (Ministro da Saúde)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6627</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6627/flash_8366.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6627/flash_8366.pdf</t>
   </si>
   <si>
     <t>Flash 8366._x000D_
 RESOLUÇÃO Nº 07, de 23/06/2009. Concede o Título de Cidadão Honorário de Montes Claros a Paulo Antônio Moreira Avelar._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6629</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6629/flash_8367.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6629/flash_8367.pdf</t>
   </si>
   <si>
     <t>Flash 8367._x000D_
 RESOLUÇÃO Nº 16, de 24/11/2009. Concede o Título de Cidadã Honorária de Montes Claros a Valéria Magalhães Cordeiro de Andrade Reis._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6772</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6772/flash_8324.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6772/flash_8324.pdf</t>
   </si>
   <si>
     <t>Flash 8324._x000D_
 RESOLUÇÃO Nº 13, de 22/09/2009. Concede o Diploma do Mérito Comunitário Rural a Francisca Pereira Lima._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6774</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6774/flash_8326.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6774/flash_8326.pdf</t>
   </si>
   <si>
     <t>Flash 8326._x000D_
 RESOLUÇÃO Nº 06, de 23/06/2009. Concede a “Medalha Ivan José Lopes de Honra Montes Claros" ao Dr. Antônio Adilson Salgado Araújo._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6779</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6779/flash_8331.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6779/flash_8331.pdf</t>
   </si>
   <si>
     <t>Flash 8331._x000D_
 RESOLUÇÃO Nº 09, de 18/08/2009. Concede a "Placa de Mérito Cultural Cândido Canela" a Josecé Alves dos Santos._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6780</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6780/flash_8332.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6780/flash_8332.pdf</t>
   </si>
   <si>
     <t>Flash 8332._x000D_
 RESOLUÇÃO Nº 12, de 25/08/2009. Concede a "Placa de Mérito Cultural Cândido Canela" a José Lopes Godinho._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6783</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6783/flash_8335.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6783/flash_8335.pdf</t>
   </si>
   <si>
     <t>Flash 8335._x000D_
 RESOLUÇÃO Nº 05, de 19/05/2009. Concede a "Placa de Prata Alferes José Lopes de Carvalho" ao Sindicato dos Empregados no Comércio de Montes Claros._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6784</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6784/flash_8336.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6784/flash_8336.pdf</t>
   </si>
   <si>
     <t>Flash 8336._x000D_
 RESOLUÇÃO Nº 10, de 18/08/2009. Concede a "Placa de Prata Alferes José Lopes de Carvalho" à Loja Maçônica Grande Oriente do Brasil – Minas Gerais._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6785</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6785/flash_8337.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6785/flash_8337.pdf</t>
   </si>
   <si>
     <t>Flash 8337._x000D_
 RESOLUÇÃO Nº 11, de 18/08/2009. Concede a "Placa de Prata Alferes José Lopes de Carvalho" ao Sindicato dos Empregados em Estabelecimentos de Serviços de Saúde de Montes Claros._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6786</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6786/flash_8338.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6786/flash_8338.pdf</t>
   </si>
   <si>
     <t>Flash 8338._x000D_
 RESOLUÇÃO Nº 15, de 17/11/2009. Concede a "Placa de Prata Alferes José Lopes de Carvalho" ao Montes Claros FUNADEM (Equipe de Vôlei Profissional Masculino de Montes Claros)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6795</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6795/flash_8347.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6795/flash_8347.pdf</t>
   </si>
   <si>
     <t>Flash 8347._x000D_
 RESOLUÇÃO Nº 02, de 17/03/2009. Concede o Título de Cidadão Benemérito de Montes Claros a Luiz Inácio Lula da Silva (Presidente da República Federativa do Brasil)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6796</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6796/flash_8348.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6796/flash_8348.pdf</t>
   </si>
   <si>
     <t>Flash 8348._x000D_
 RESOLUÇÃO Nº 08, de 11/08/2009. Concede o Título de Cidadão Benemérito de Montes Claros ao Dr. Raimundo Cândido Júnior._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6797</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6797/flash_8349.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6797/flash_8349.pdf</t>
   </si>
   <si>
     <t>Flash 8349._x000D_
 RESOLUÇÃO Nº 17, de 24/11/2009. Concede o Título de Cidadão Benemérito de Montes Claros ao Dr. Jarbas Soares Júnior._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6798</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6798/flash_8350.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6798/flash_8350.pdf</t>
   </si>
   <si>
     <t>Flash 8350._x000D_
 RESOLUÇÃO Nº 18, de 22/12/2009. Concede o Título de Cidadão Benemérito de Montes Claros ao Dr. Sebastião Nelson Edy Guerra._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6770</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6770/flash_8322.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6770/flash_8322.pdf</t>
   </si>
   <si>
     <t>Flash 8322._x000D_
 RESOLUÇÃO Nº 14, de 27/10/2009. Dispõe sobre a criação da “Comissão de Participação Popular”, no âmbito da Câmara Municipal de Montes Claros, com a finalidade de discutir e emitir opinião sobre o Plano Plurianual - PPA, a Lei de Diretriz Orçamentária - LDO e a Lei Orçamentária Anual - LOA._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>9294</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/9294/flash_8401a.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/9294/flash_8401a.pdf</t>
   </si>
   <si>
     <t>Flash 8401A._x000D_
 RESOLUÇÃO Nº 19, de 22/12/2009. Altera dispositivo do Regimento Interno da Câmara Municipal de Montes Claros, no seu artigo 65, que dispõe sobre a nomeação de membros das Comissões Permanentes._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -3501,68 +3501,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6018/flash_7894.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6020/flash_7895.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6022/flash_7896.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6040/flash_7908.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6042/flash_7910.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6044/flash_7912.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6191/flash_7771.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6318/flash_7755.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6337/flash_7764.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6343/flash_7768.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6626/flash_8244.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6628/flash_8245.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6636/flash_8249.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6638/flash_8250.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5889/flash_7604.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5890/flash_7605.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5892/flash_7606.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5912/flash_7619.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5913/flash_7620.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5915/flash_7621.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5917/flash_7622.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5918/flash_7623.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5920/flash_7624.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5922/flash_7625.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5950/flash_7868.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5951/flash_7869.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5952/flash_7870.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5953/flash_7871.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5960/flash_7641.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5962/flash_7642.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5964/flash_7643.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5966/flash_7644.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5968/flash_7645.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5969/flash_7877.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5971/flash_7878.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5974/flash_7879.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5979/flash_7880.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5981/flash_7881.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5983/flash_7882.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5984/flash_7655.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5985/flash_7656.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5986/flash_7657.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5987/flash_7658.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5988/flash_7659.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5989/flash_7660.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5990/flash_7883.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5991/flash_7661.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5992/flash_7662.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5993/flash_7884.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5994/flash_7663.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5995/flash_7664.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5996/flash_7885.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5997/flash_7665.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5998/flash_7666.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6000/flash_7667.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6002/flash_7668.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6004/flash_7669.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6006/flash_7670.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6007/flash_7671.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6016/flash_7893.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6023/flash_7897.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6025/flash_7898.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6027/flash_7899.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6029/flash_7900.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6031/flash_7901.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6034/flash_7902.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6035/flash_7903.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6036/flash_7904.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6037/flash_7905.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6038/flash_7906.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6039/flash_7907.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6041/flash_7909.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6043/flash_7911.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6146/flash_7953.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6147/flash_7954.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6148/flash_7955.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6149/flash_7956.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6204/flash_7971.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6205/flash_7972.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6224/flash_7980.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6228/flash_7982.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6230/flash_7983.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6231/flash_7984.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6232/flash_7985.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6239/flash_7986.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6240/flash_7987.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6242/flash_7988.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6247/flash_7989.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6248/flash_7990.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6249/flash_7991.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6250/flash_7992.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6251/flash_7993.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6252/flash_7994.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6253/flash_7995.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6254/flash_7996.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6255/flash_7997.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6319/flash_7756.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6321/flash_7757.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6322/flash_7758.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6323/flash_7759.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6324/flash_7760.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6332/flash_7761.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6333/flash_7762.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6335/flash_7763.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6338/flash_7765.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6340/flash_7766.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6342/flash_7767.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6344/flash_7769.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6346/flash_7770.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6193/flash_7772.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6378/flash_8050.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6379/flash_8051.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6380/flash_8052.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6381/flash_8053.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6382/flash_8054.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6238/flash_7795.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6383/flash_8055.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6384/flash_8056.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6385/flash_8057.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6386/flash_8058.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6387/flash_8059.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6388/flash_8060.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6259/flash_7803.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6260/flash_7804.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6261/flash_7805.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6262/flash_7806.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6264/flash_7807.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6389/flash_7808.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6390/flash_7809.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6391/flash_7810.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6392/flash_7811.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6393/flash_7812.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6394/flash_7813.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6395/flash_7814.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6396/flash_7815.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6414/flash_8061.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6415/flash_8062.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6416/flash_8063.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6417/flash_8064.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6418/flash_8065.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6419/flash_8066.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6420/flash_8067.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6421/flash_8068.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6422/flash_8069.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6489/flash_8135.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6490/flash_8136.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6491/flash_8137.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6492/flash_8138.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6493/flash_8139.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6494/flash_8140.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6495/flash_8141.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6496/flash_8142.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6497/flash_8143.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6498/flash_8144.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6499/flash_8145.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6500/flash_8146.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6501/flash_8147.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6502/flash_8148.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6503/flash_8149.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6504/flash_8150.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6505/flash_8151.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6506/flash_8152.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6507/flash_8153.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6508/flash_8154.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6598/flash_8230.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6604/flash_8231.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6606/flash_8232.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6608/flash_8233.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6610/flash_8234.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6611/flash_8235.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6612/flash_8236.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6613/flash_8237.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6615/flash_8238.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6616/flash_8239.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6618/flash_8240.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6620/flash_8241.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6622/flash_8242.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6624/flash_8243.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6630/flash_8246.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6632/flash_8247.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6634/flash_8248.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/10692/flash_8047a.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6694/flash_8402.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6698/flash_8403.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6700/flash_8404.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6702/flash_8405.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6720/flash_8413.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6729/flash_8416.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6732/flash_8417.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6734/flash_8418.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6735/flash_8419.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6736/flash_8420.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6738/flash_8421.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6740/flash_8422.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6743/flash_8423.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6749/flash_8425.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6757/flash_8427.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6760/flash_8428.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6762/flash_8429.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6763/flash_8430.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6764/flash_8431.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6747/flash_8424.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6746/flash_8306.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6748/flash_8307.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6750/flash_8308.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6761/flash_8316.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/8431/flash_7600.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/9537/flash_8303a.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/9538/flash_8303b.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6621/flash_8363.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6623/flash_8364.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6625/flash_8365.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6627/flash_8366.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6629/flash_8367.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6772/flash_8324.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6774/flash_8326.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6779/flash_8331.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6780/flash_8332.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6783/flash_8335.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6784/flash_8336.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6785/flash_8337.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6786/flash_8338.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6795/flash_8347.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6796/flash_8348.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6797/flash_8349.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6798/flash_8350.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6770/flash_8322.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/9294/flash_8401a.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6018/flash_7894.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6020/flash_7895.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6022/flash_7896.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6040/flash_7908.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6042/flash_7910.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6044/flash_7912.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6191/flash_7771.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6318/flash_7755.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6337/flash_7764.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6343/flash_7768.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6626/flash_8244.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6628/flash_8245.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6636/flash_8249.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6638/flash_8250.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5889/flash_7604.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5890/flash_7605.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5892/flash_7606.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5912/flash_7619.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5913/flash_7620.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5915/flash_7621.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5917/flash_7622.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5918/flash_7623.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5920/flash_7624.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5922/flash_7625.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5950/flash_7868.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5951/flash_7869.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5952/flash_7870.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5953/flash_7871.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5960/flash_7641.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5962/flash_7642.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5964/flash_7643.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5966/flash_7644.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5968/flash_7645.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5969/flash_7877.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5971/flash_7878.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5974/flash_7879.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5979/flash_7880.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5981/flash_7881.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5983/flash_7882.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5984/flash_7655.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5985/flash_7656.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5986/flash_7657.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5987/flash_7658.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5988/flash_7659.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5989/flash_7660.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5990/flash_7883.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5991/flash_7661.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5992/flash_7662.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5993/flash_7884.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5994/flash_7663.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5995/flash_7664.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5996/flash_7885.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5997/flash_7665.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/5998/flash_7666.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6000/flash_7667.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6002/flash_7668.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6004/flash_7669.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6006/flash_7670.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6007/flash_7671.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6016/flash_7893.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6023/flash_7897.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6025/flash_7898.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6027/flash_7899.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6029/flash_7900.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6031/flash_7901.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6034/flash_7902.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6035/flash_7903.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6036/flash_7904.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6037/flash_7905.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6038/flash_7906.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6039/flash_7907.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6041/flash_7909.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6043/flash_7911.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6146/flash_7953.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6147/flash_7954.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6148/flash_7955.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6149/flash_7956.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6204/flash_7971.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6205/flash_7972.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6224/flash_7980.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6228/flash_7982.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6230/flash_7983.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6231/flash_7984.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6232/flash_7985.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6239/flash_7986.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6240/flash_7987.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6242/flash_7988.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6247/flash_7989.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6248/flash_7990.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6249/flash_7991.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6250/flash_7992.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6251/flash_7993.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6252/flash_7994.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6253/flash_7995.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6254/flash_7996.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6255/flash_7997.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6319/flash_7756.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6321/flash_7757.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6322/flash_7758.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6323/flash_7759.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6324/flash_7760.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6332/flash_7761.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6333/flash_7762.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6335/flash_7763.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6338/flash_7765.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6340/flash_7766.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6342/flash_7767.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6344/flash_7769.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6346/flash_7770.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6193/flash_7772.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6378/flash_8050.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6379/flash_8051.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6380/flash_8052.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6381/flash_8053.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6382/flash_8054.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6238/flash_7795.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6383/flash_8055.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6384/flash_8056.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6385/flash_8057.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6386/flash_8058.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6387/flash_8059.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6388/flash_8060.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6259/flash_7803.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6260/flash_7804.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6261/flash_7805.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6262/flash_7806.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6264/flash_7807.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6389/flash_7808.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6390/flash_7809.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6391/flash_7810.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6392/flash_7811.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6393/flash_7812.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6394/flash_7813.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6395/flash_7814.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6396/flash_7815.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6414/flash_8061.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6415/flash_8062.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6416/flash_8063.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6417/flash_8064.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6418/flash_8065.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6419/flash_8066.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6420/flash_8067.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6421/flash_8068.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6422/flash_8069.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6489/flash_8135.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6490/flash_8136.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6491/flash_8137.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6492/flash_8138.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6493/flash_8139.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6494/flash_8140.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6495/flash_8141.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6496/flash_8142.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6497/flash_8143.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6498/flash_8144.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6499/flash_8145.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6500/flash_8146.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6501/flash_8147.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6502/flash_8148.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6503/flash_8149.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6504/flash_8150.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6505/flash_8151.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6506/flash_8152.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6507/flash_8153.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6508/flash_8154.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6598/flash_8230.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6604/flash_8231.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6606/flash_8232.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6608/flash_8233.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6610/flash_8234.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6611/flash_8235.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6612/flash_8236.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6613/flash_8237.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6615/flash_8238.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6616/flash_8239.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6618/flash_8240.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6620/flash_8241.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6622/flash_8242.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6624/flash_8243.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6630/flash_8246.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6632/flash_8247.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6634/flash_8248.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/10692/flash_8047a.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6694/flash_8402.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6698/flash_8403.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6700/flash_8404.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6702/flash_8405.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6720/flash_8413.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6729/flash_8416.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6732/flash_8417.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6734/flash_8418.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6735/flash_8419.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6736/flash_8420.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6738/flash_8421.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6740/flash_8422.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6743/flash_8423.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6749/flash_8425.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6757/flash_8427.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6760/flash_8428.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6762/flash_8429.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6763/flash_8430.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6764/flash_8431.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6747/flash_8424.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6746/flash_8306.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6748/flash_8307.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6750/flash_8308.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6761/flash_8316.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/8431/flash_7600.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/9537/flash_8303a.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/9538/flash_8303b.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6621/flash_8363.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6623/flash_8364.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6625/flash_8365.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6627/flash_8366.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6629/flash_8367.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6772/flash_8324.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6774/flash_8326.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6779/flash_8331.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6780/flash_8332.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6783/flash_8335.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6784/flash_8336.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6785/flash_8337.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6786/flash_8338.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6795/flash_8347.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6796/flash_8348.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6797/flash_8349.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6798/flash_8350.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/6770/flash_8322.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2009/9294/flash_8401a.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H229"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="232.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="92.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="91.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>