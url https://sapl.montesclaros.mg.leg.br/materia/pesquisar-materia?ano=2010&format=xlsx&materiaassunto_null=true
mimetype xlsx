--- v0 (2025-12-28)
+++ v1 (2026-03-23)
@@ -54,2468 +54,2468 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>5955</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Executivo Municipal - EXEC</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5955/flash_7872.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5955/flash_7872.pdf</t>
   </si>
   <si>
     <t>Flash 7872._x000D_
 PROJETO DE LEI COMPLEMENTAR Nº 10/2010. Concede anistia fiscal de multas e juros em créditos tributários municipais. (Referente à Lei Complementar nº 031, de 23/11/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5970</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5970/flash_7646.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5970/flash_7646.pdf</t>
   </si>
   <si>
     <t>Flash 7646._x000D_
 PROJETO DE LEI COMPLEMENTAR Nº 01/2010. Cria a Autarquia Municipal “Superintendência de Administração de Estádios e Estabelecimentos do Município de Montes Claros - SUPERMOC", e os cargos a ela inerentes, e dá outras providências. (Referente à Lei Complementar nº 027, de 08/04/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5972</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5972/flash_7647.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5972/flash_7647.pdf</t>
   </si>
   <si>
     <t>Flash 7647._x000D_
 PROJETO DE LEI COMPLEMENTAR Nº 04/2010. Institui o Estatuto Municipal da Micro e da Pequena Empresa, introduz dispositivos específicos no Código Tributário Municipal, e dá outras providências. (Referente à Lei Complementar nº 026/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6045</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6045/flash_7913.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6045/flash_7913.pdf</t>
   </si>
   <si>
     <t>Flash 7913._x000D_
 PROJETO DE LEI COMPLEMENTAR Nº 07/2010. Altera a Organização Administrativa da PREVMOC; revoga a Lei nº 3.166 de 24/10/2003; institui o Plano de Cargos e Salários do Instituto Municipal de Previdência dos Servidores Públicos de Montes Claros – PREVMOC; altera artigos da Lei Complementar nº 008 de 11/04/2006, e dá outras providências. (Referente à Lei Complementar nº 028, de 08/07/2010, alterada pela Lei Complementar nº 124, de 07/06/2024)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6069</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6069/flash_7916.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6069/flash_7916.pdf</t>
   </si>
   <si>
     <t>Flash 7916._x000D_
 PROJETO DE LEI COMPLEMENTAR Nº 08/2010. (REVOGADA). Altera a Lei Complementar nº 016, de 09/02/2009, e dá outras providências. (Dispõe sobre a Organização e Estrutura Administrativa do Município de Montes Claros). (Referente à Lei Complementar nº 029 de 10/08/2010, que foi revogada posteriormente pela Lei Complementar nº 40, de 28/12/2012)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6074</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6074/flash_7918.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6074/flash_7918.pdf</t>
   </si>
   <si>
     <t>Flash 7918._x000D_
 PROJETO DE LEI COMPLEMENTAR Nº 09/2010. Altera o artigo 6º da Lei Complementar nº 029, de 10/08/2010, e dá outras providências. (Dispõe sobre a Organização e Estrutura da Administração Pública do Município de Montes Claros). (Referente à Lei Complementar nº 030/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6090</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6090/flash_7923.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6090/flash_7923.pdf</t>
   </si>
   <si>
     <t>Flash 7923._x000D_
 PROJETO DE LEI COMPLEMENTAR Nº 11/2010. Modifica a redação da Lei Complementar nº 031/2010, que concede anistia fiscal de multas e juros em créditos tributários municipais (Referente à Lei Complementar nº 032/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6095</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6095/flash_7925.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6095/flash_7925.pdf</t>
   </si>
   <si>
     <t>Flash 7925._x000D_
 PROJETO DE LEI COMPLEMENTAR Nº 12/2010. Altera dispositivos do Código Tributário Municipal, regido pela Lei Complementar nº 04, de 07/12/2005, alteradas pelas Leis Complementares nº 11, de 18/12/2006, nº 13, de 02/07/2007, nº 14, de 29/11/2007, nº 22, de 06/11/2009, nº 23, de 11/12/2009; revoga as Leis nº 1.442, de 19/12/1983, nº 2.300, de 26/12/1995, nº 2.566, de 30/12/1997, nº 2.815, de 22/02/2000 e nº 2.885, de 31/12/2000 e dá outras providências. (Unidade Padrão Fiscal – UPFMC e Unidade de Referência Fiscal – UREFMC). (Contém Anexos alterando planta de valores e alíquotas do ISSQN). (Referente à Lei Complementar nº 033, de 28/12/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6642</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6642/flash_8252.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6642/flash_8252.pdf</t>
   </si>
   <si>
     <t>Flash 8252._x000D_
 PROJETO DE LEI COMPLEMENTAR Nº 02/2010. (RETIRADO). Institui o Estatuto Municipal da Micro e da Pequena Empresa, introduz dispositivos específicos no Código Tributário Municipal, e dá outras providências._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6644</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6644/flash_8253.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6644/flash_8253.pdf</t>
   </si>
   <si>
     <t>Flash 8253._x000D_
 PROJETO DE LEI COMPLEMENTAR Nº 03/2010. (RETIRADO). Altera a Organização Administrativa do PREVMOC; revoga a Lei nº 3.166, de 24/10/2003; institui o Plano de Cargos e Salários do Instituto Municipal de Previdência dos Servidores Públicos de Montes Claros - PREVMOC; altera artigos da Lei Complementar nº 008, de 11/04/2006, e dá outras providências._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6645</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6645/flash_8254.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6645/flash_8254.pdf</t>
   </si>
   <si>
     <t>Flash 8254._x000D_
 PROJETO DE LEI COMPLEMENTAR Nº 05/2010. (RETIRADO). Altera a Organização Administrativa do PREVMOC; revoga a Lei nº 3.166 de 24/10/2003; institui o Plano de Cargos e Salários do Instituto Municipal de Previdência dos Servidores Públicos de Montes Claros - PREVMOC; altera artigos da Lei Complementar nº 008 de 11/04/2006, e dá outras providências._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6651</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6651/flash_8257.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6651/flash_8257.pdf</t>
   </si>
   <si>
     <t>Flash 8257._x000D_
 PROJETO DE LEI COMPLEMENTAR Nº 06/2010. (RETIRADO). Altera a Organização Administrativa do PREVMOC; revoga a Lei nº 3.166 de 24/10/2003; institui o Plano de Cargos e Salários do Instituto Municipal de Previdência dos Servidores Públicos de Montes Claros - PREVMOC; altera artigos da Lei Complementar nº 008, de 11/04/2006, e dá outras providências._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5894</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5894/flash_7607.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5894/flash_7607.pdf</t>
   </si>
   <si>
     <t>Flash 7607._x000D_
 PROJETO DE LEI Nº 10/2010. Ratifica o Convênio de Cooperação celebrado pelo Município de Montes Claros com o Estado de Minas Gerais, por intermédio da Polícia Militar, e dá outras providências. (Referente à Lei nº 4.203, de 25/02/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5896</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5896/flash_7608.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5896/flash_7608.pdf</t>
   </si>
   <si>
     <t>Flash 7608._x000D_
 PROJETO DE LEI Nº 15/2010. Autoriza o Poder Executivo Municipal a firmar convênio e repassar recursos financeiros à "Associação do Circuito Turístico Sertão Gerais" e dá outras providências. (Referente à Lei nº 4.211, de 25/03/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5897</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5897/flash_7609.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5897/flash_7609.pdf</t>
   </si>
   <si>
     <t>Flash 7609._x000D_
 PROJETO DE LEI Nº 51/2010. Autoriza o Poder Executivo Municipal a firmar convênio com a "Associação Comercial Industrial e de Serviços de Montes Claros – ACI" e a repassar recursos financeiros para realização da FENICS, e dá outras providências. (Referente à Lei nº 4.231, de 31/05/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5898</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5898/flash_7610.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5898/flash_7610.pdf</t>
   </si>
   <si>
     <t>Flash 7610._x000D_
 PROJETO DE LEI Nº 59/2010. Autoriza o Poder Executivo Municipal a firmar convênio e repassar recursos financeiros às entidades de Saúde: Fundação Hospitalar de Montes Claros/Hospital Aroldo Tourinho, Irmandade Nossa senhora das Mercês de Montes Claros/Santa Casa, Fundação de Saúde Dilson de Quadros Godinho e o Hospital Universitário Clemente de Faria/Unimontes, e dá outras providências. (Referente à Lei nº 4.233, de 09/06/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5899</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5899/flash_7611.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5899/flash_7611.pdf</t>
   </si>
   <si>
     <t>Flash 7611._x000D_
 PROJETO DE LEI Nº 63/2010. Autoriza o Poder Executivo Municipal a firmar convênio e repassar recursos financeiros ao "Grupo de Apoio à Prevenção e aos Portadores de AIDS - GRAPPA" e revoga a Lei nº 4.185, de 18/12/2009. (Referente à Lei nº 4.232, de 09/06/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5901</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5901/flash_7612.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5901/flash_7612.pdf</t>
   </si>
   <si>
     <t>Flash 7612._x000D_
 PROJETO DE LEI Nº 70/2010. Autoriza o Poder Executivo Municipal a firmar convênio e repassar recursos financeiros às entidades de Saúde: Fundação Hospitalar de Montes Claros/Hospital Aroldo Tourinho, Irmandade Nossa senhora das Mercês de Montes Claros/Santa Casa, Fundação de Saúde Dilson de Quadros Godinho e o Hospital Universitário Clemente de Faria/Unimontes, e dá outras providências. (Referente à Lei nº 4.238, de 02/07/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5902</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5902/flash_7613.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5902/flash_7613.pdf</t>
   </si>
   <si>
     <t>Flash 7613._x000D_
 DE LEI Nº 77/2010. Autoriza o Poder Executivo Municipal a firmar convênio e repassar recursos financeiros às entidades de Saúde: Fundação Hospitalar de Montes Claros/Hospital Aroldo Tourinho, Irmandade Nossa senhora das Mercês de Montes Claros/Santa Casa, e dá outras providências. (Referente à Lei nº 4.244, de 12/07/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5904</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5904/flash_7614.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5904/flash_7614.pdf</t>
   </si>
   <si>
     <t>Flash 7614._x000D_
 PROJETO DE LEI Nº 83/2010. Autoriza o Poder Executivo Municipal a firmar convênio e repassar recursos financeiros às entidades de Saúde: Fundação Hospitalar de Montes Claros/Hospital Aroldo Tourinho, Irmandade Nossa senhora das Mercês de Montes Claros/Santa Casa, Fundação de Saúde Dilson de Quadros Godinho e o Hospital Universitário Clemente de Faria/Unimontes, e dá outras providências. (Referente à Lei nº 4.258, de 02/09/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5905</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5905/flash_7615.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5905/flash_7615.pdf</t>
   </si>
   <si>
     <t>Flash 7615._x000D_
 PROJETO DE LEI Nº 104/2010. Autoriza o Poder Executivo Municipal a firmar convênio e repassar recursos financeiros no valor de R$ 36.000,00 à entidade “Grupo de Apoio Casa Mágica”. (Referente à Lei nº 4.276, de 26/10/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5908</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5908/flash_7616.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5908/flash_7616.pdf</t>
   </si>
   <si>
     <t>Flash 7616._x000D_
 PROJETO DE LEI Nº 120/2010. Autoriza o Poder Executivo a firmar convênio com a Associação Atlética Cassimiro de Abreu, repassar recursos financeiros e/ou assumir encargos financeiros e dá outras providências. (Recursos destinados à realização de reformas e melhorias nas instalações do Estádio José Maria Melo, localizado no bairro Todos os Santos). (Referente à Lei nº 4.279, de 29/11/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5910</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5910/flash_7617.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5910/flash_7617.pdf</t>
   </si>
   <si>
     <t>Flash 7617._x000D_
 PROJETO DE LEI Nº 127/2010. Autoriza o Poder Executivo Municipal a firmar convênio e repassar recursos financeiros à Liga Montesclarence de Futebol, e dá outras providências. (Referente à Lei nº 4.280, de 02/12/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5924</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5924/flash_7626.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5924/flash_7626.pdf</t>
   </si>
   <si>
     <t>Flash 7626._x000D_
 PROJETO DE LEI Nº 05/2010. Autoriza o Poder Executivo Municipal a abrir crédito adicional especial ao orçamento vigente, firmar convênio e repassar recursos financeiros à Associação Brasileira de Centrais de Abastecimento – ABRACEN. (Referente à Lei nº 4.204, de 25/02/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5926</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5926/flash_7627.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5926/flash_7627.pdf</t>
   </si>
   <si>
     <t>Flash 7627._x000D_
 PROJETO DE LEI Nº 14/2010. Autoriza o Poder Executivo Municipal a abrir crédito adicional especial ao orçamento vigente, firmar convênio e repassar recursos financeiros à Empresa de Pesquisa Agropecuária de Minas Gerais – EPAMIG. (Referente à Lei nº 4.210, de 25/03/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5928</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5928/flash_7628.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5928/flash_7628.pdf</t>
   </si>
   <si>
     <t>Flash 7628._x000D_
 PROJETO DE LEI Nº 26/2010. Autoriza o Poder Executivo Municipal a abrir crédito adicional especial ao orçamento vigente, firmar convênio e repassar recursos financeiros à Organização Hospitalar Psiquiátrica "Prontomente", e dá outras providências. (Referente à Lei nº 4.207, de 24/03/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5930</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5930/flash_7629.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5930/flash_7629.pdf</t>
   </si>
   <si>
     <t>Flash 7629._x000D_
 PROJETO DE LEI Nº 38/2010. Autoriza o Poder Executivo Municipal a abrir crédito adicional especial no orçamento vigente, no valor de R$60.000,00, para execução da Política Municipal de Meio Ambiente. (Referente à Lei nº 4.213, de 08/04/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5932</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5932/flash_7630.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5932/flash_7630.pdf</t>
   </si>
   <si>
     <t>Flash 7630._x000D_
 PROJETO DE LEI Nº 22/2010. (ALTERADA). Autoriza o Poder Executivo Municipal a abrir crédito especial ao orçamento vigente, firmar convênio e repassar recursos financeiros ao Estado de Minas Gerais por intermédio da Polícia Militar de Minas Gerais – PMMG, e dá outras providências. (Referente à Lei nº 4.215, de 22/04/2010, que foi posteriormente alterada pela Lei nº 4.321, de 29/03/2011 - ver flash 7930)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5934</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5934/flash_7631.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5934/flash_7631.pdf</t>
   </si>
   <si>
     <t>Flash 7631._x000D_
 PROJETO DE LEI Nº 45/2010. Autoriza o Poder Executivo Municipal a abrir crédito adicional especial ao orçamento vigente, no valor de R$65.000,00, para a implantação do “Projeto de Inclusão Produtiva”, referente ao convênio celebrado com o Ministério do Desenvolvimento Social e Combate à Fome, e dá outras providências. (Referente à Lei nº 4.229, de 25/05/2010).   _x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5936</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5936/flash_7632.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5936/flash_7632.pdf</t>
   </si>
   <si>
     <t>Flash 7632._x000D_
 PROJETO DE LEI Nº 54/2010. Autoriza o Poder Executivo Municipal a abrir crédito adicional especial ao orçamento vigente, firmar convênio e repassar recursos financeiros à Fundação de Apoio ao Desenvolvimento Educacional de Montes Claros Ibituruna – FUNADEM, e dá outras providências. (Referente à Lei nº 4.235, de 09/06/2010).   _x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5938</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5938/flash_7633.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5938/flash_7633.pdf</t>
   </si>
   <si>
     <t>Flash 7633._x000D_
 PROJETO DE LEI Nº 69/2010. Autoriza o Poder Executivo Municipal a abrir crédito adicional especial ao orçamento vigente, no valor de R$827.359,22, para atender despesas do convênio firmado com o Ministério da Saúde - FUNASA, correspondente ao "Programa Melhoria Habitacional para Controle da Doença de Chagas". (Referente à Lei nº 4.239, de 02/07/2010).  _x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5973</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5973/flash_7648.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5973/flash_7648.pdf</t>
   </si>
   <si>
     <t>Flash 7648._x000D_
 PROJETO DE LEI Nº 27/2010. Institui o Sistema de Gestão Sustentável de Resíduos da Construção Civil e Resíduos Volumosos no Município de Montes Claros, e dá outras providências. (Referente à Lei nº 4.223, de 27/04/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5975</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5975/flash_7649.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5975/flash_7649.pdf</t>
   </si>
   <si>
     <t>Flash 7649._x000D_
 PROJETO DE LEI Nº 52/2010. Dispõe sobre a criação da “Banda Municipal de Música de Montes Claros”, e dá outras providências. (Referente à Lei nº 4.236, de 09/06/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5976</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5976/flash_7650.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5976/flash_7650.pdf</t>
   </si>
   <si>
     <t>Flash 7650._x000D_
 PROJETO DE LEI Nº 53/2010. (REVOGADA). Dispõe sobre a instituição do "Serviço de Inspeção Municipal – Produtos de Origem Animal – SIM/POA", no âmbito do município de Montes Claros, e dá outras providências. (Referente à Lei nº 4.241 de 06/07/2010, que foi posteriormente revogada pela Lei nº 4.926, de 16/09/2016)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5977</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Athos Mameluque Mota</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5977/flash_7651.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5977/flash_7651.pdf</t>
   </si>
   <si>
     <t>Flash 7651._x000D_
 PROJETO DE LEI Nº 60/2010. Autoriza o Poder Executivo Municipal a criar o Centro Municipal de Recuperação de Dependentes Químicos de Montes Claros, e dá outras providências. (Referente à Lei nº 4.247, de 13/07/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>5999</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Valcir Soares da Silva</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5999/flash_7886.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5999/flash_7886.pdf</t>
   </si>
   <si>
     <t>Flash 7886._x000D_
 PROJETO DE LEI Nº 33/2010. Institui a “Semana Municipal de Controle e Combate à Leishmaniose” (Semana do dia 10 de agosto). (Referente à Lei nº 4.219, de 22/04/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6001</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Cláudio Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6001/flash_7887.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6001/flash_7887.pdf</t>
   </si>
   <si>
     <t>Flash 7887._x000D_
 PROJETO DE LEI Nº 99/2010. Institui o “Dia Municipal dos Fusqueiros”. (Dia 24 de outubro, devendo as atividades de comemoração serem realizadas no último domingo do mês). (Referente à Lei nº 4.272, de 21/10/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6008</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6008/flash_7672.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6008/flash_7672.pdf</t>
   </si>
   <si>
     <t>Flash 7672._x000D_
 PROJETO DE LEI Nº 06/2010. Denomina a "Avenida Antônio Brant Maia”, localizada no bairro Canelas. (Referente à Lei nº 4.218, de 22/04/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6009</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6009/flash_7673.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6009/flash_7673.pdf</t>
   </si>
   <si>
     <t>Flash 7673._x000D_
 PROJETO DE LEI Nº 07/2010. Denomina a "Rua Maria Francisca de Souza Aquino”, localizada no Conjunto Habitacional José Corrêa Machado. (Referente à Lei nº 4.217, de 22/04/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6011</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Sebastião Ildeu Maia</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6011/flash_7674.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6011/flash_7674.pdf</t>
   </si>
   <si>
     <t>Flash 7674._x000D_
 PROJETO DE LEI Nº 13/2010. Denomina a "Rua Monte Cristo”, localizada no bairro Carmelo. (Referente à Lei nº 4.216, de 22/04/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6013</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6013/flash_7675.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6013/flash_7675.pdf</t>
   </si>
   <si>
     <t>Flash 7675._x000D_
 PROJETO DE LEI Nº 40/2010. Denomina a “Praça Maçom Sílvio Dias da Silva”, localizada na rua Major Alexandre Rodrigues, no bairro Ibituruna._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6015</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6015/flash_7676.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6015/flash_7676.pdf</t>
   </si>
   <si>
     <t>Flash 7676._x000D_
 PROJETO DE LEI Nº 43/2010. Denomina o "Campo de Futebol Dr. Geraldo Machado Filho - Geraldão", localizado entre os bairros Jardim Panorama II, Vila Oliveira e Vila Mauricéia. (Referente à Lei nº 4.245, de 13/07/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6017</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Frank Wanderley de Lima</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6017/flash_7677.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6017/flash_7677.pdf</t>
   </si>
   <si>
     <t>Flash 7677._x000D_
 PROJETO DE LEI Nº 46/2010. Denomina a "Rua Rosimeire Dantas”, localizada no Condomínio Zona Sul, no bairro Mangues. (Referente à Lei nº 4.253, de 13/07/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6019</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>Rita Cristina de Souza Vieira</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6019/flash_7678.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6019/flash_7678.pdf</t>
   </si>
   <si>
     <t>Flash 7678._x000D_
 PROJETO DE LEI Nº 55/2010. Denomina a “Praça Alberto Paculdino Ferreira”, localizada na rotatória da rua Paris com avenida João de Paula, no bairro Ibituruna. (Referente à Lei nº 4.250, de 13/07/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6021</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Altemar de Freitas Cardoso</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6021/flash_7679.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6021/flash_7679.pdf</t>
   </si>
   <si>
     <t>Flash 7679._x000D_
 PROJETO DE LEI Nº 57/2010. Denomina a "Rua Joaquina da Glória”, localizada no bairro Jardim Panorama II. (Referente à Lei nº 4.251, de 13/07/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6024</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>João de Deus Pereira Gusmão</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6024/flash_7680.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6024/flash_7680.pdf</t>
   </si>
   <si>
     <t>Flash 7680._x000D_
 PROJETO DE LEI Nº 66/2010. Denomina a "Rua Maria Novaes”, conhecida popularmente como rua Agrião, localizada na Vila Antônio Narciso. (Referente à Lei nº 4.252, de 13/07/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6026</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6026/flash_7681.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6026/flash_7681.pdf</t>
   </si>
   <si>
     <t>Flash 7681._x000D_
 PROJETO DE LEI Nº 75/2010. Denomina a "Praça Soldado José Reinaldo de Freitas Alves”, conhecida popularmente como Praça Cívica, localizada no bairro Ibituruna. (Referente à Lei nº 4.246, de 13/07/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6028</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6028/flash_7682.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6028/flash_7682.pdf</t>
   </si>
   <si>
     <t>Flash 7682._x000D_
 PROJETO DE LEI Nº 79/2010. Denomina a "Rua Olímpio Ferreira dos Santos”, conhecida popularmente como rua Floriano Peixoto, localizada no bairro Jardim Morada do Sol. (Referente à Lei nº 4.269, de 06/10/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6030</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6030/flash_7683.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6030/flash_7683.pdf</t>
   </si>
   <si>
     <t>Flash 7683._x000D_
 PROJETO DE LEI Nº 88/2010. Denomina a “Praça Dona Nenzinha Veloso”, localizada no Distrito de Miralta, entre as ruas Capitão Eugênio e José Joaquim. (Referente à Lei nº 4.270, de 06/10/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6032</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6032/flash_7684.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6032/flash_7684.pdf</t>
   </si>
   <si>
     <t>Flash 7684._x000D_
 PROJETO DE LEI Nº 89/2010. Denomina a "Rua Paulo de Tarso dos Santos”, localizada no bairro Canelas. (Referente à Lei nº 4.268, de 06/10/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6033</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>Raimundo Pereira da Silva</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6033/flash_7685.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6033/flash_7685.pdf</t>
   </si>
   <si>
     <t>Flash 7685._x000D_
 PROJETO DE LEI Nº 92/2010. Denomina a "Unidade de Saúde Eduardo Vasconcelos Santos”, localizada no bairro Morrinhos. (Referente à Lei nº 4.267, de 06/10/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6046</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6046/flash_7686.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6046/flash_7686.pdf</t>
   </si>
   <si>
     <t>Flash 7686._x000D_
 PROJETO DE LEI Nº 95/2010. Denomina o "Canteiro Rosângela da Conceição Moura”, localizado entre os bairros Maracanã e Alterosa, no encontro da avenida Queluz com rua da Democracia e rua Aliança. (Referente à Lei nº 4.266, de 06/10/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6047</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6047/flash_7687.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6047/flash_7687.pdf</t>
   </si>
   <si>
     <t>Flash 7687._x000D_
 PROJETO DE LEI Nº 102/2010. Denomina o "Centro de Convívio João Pereira de Sena”, localizado no bairro São Geraldo II. (Referente à Lei nº 4.290, de 22/12/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6048</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6048/flash_7688.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6048/flash_7688.pdf</t>
   </si>
   <si>
     <t>Flash 7688._x000D_
 PROJETO DE LEI Nº 113/2010. Denomina a "Rua Geracina de Souza Madureira”, localizada no bairro Nova Morada. (Referente à Lei nº 4.292, de 23/12/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6049</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6049/flash_7689.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6049/flash_7689.pdf</t>
   </si>
   <si>
     <t>Flash 7689._x000D_
 PROJETO DE LEI Nº 114/2010. Denomina a "Rua Valdemar Soares Cardoso”, localizada no bairro Nova Morada. (Referente à Lei nº 4.293, de 23/12/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6050</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6050/flash_7690.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6050/flash_7690.pdf</t>
   </si>
   <si>
     <t>Flash 7690._x000D_
 PROJETO DE LEI Nº 115/2010. Denomina a "Rua Maria dos Anjos Alves Vieira”, localizada no bairro Nova Morada, conhecida popularmente como Beco Três. (Referente à Lei nº 4.294, de 23/12/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6051</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6051/flash_7691.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6051/flash_7691.pdf</t>
   </si>
   <si>
     <t>Flash 7691._x000D_
 PROJETO DE LEI Nº 122/2010. Denomina a "Rua João José Pimenta”, localizada no bairro Delfino Magalhães. (Referente à Lei nº 4.295, de 23/12/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6063</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>MESA DIRETORA - MESA</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6063/flash_7914.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6063/flash_7914.pdf</t>
   </si>
   <si>
     <t>Flash 7914._x000D_
 PROJETO DE LEI Nº 41/2010. (VETADO PARCIALMENTE). Substitutivo ao Projeto de Lei nº 41/2010. “Modifica dispositivos da Resolução nº 13 de 05/03/2002, da Lei Municipal nº 3.906, de 14/03/2008 e da Resolução nº 60 de 11/12/2001, e contém outras providências. (Dispõem sobre o Plano de Cargos e Salários da Câmara Municipal de Montes Claros e sobre Controle Interno). (Recebeu veto parcial do Poder Executivo - ver flash 8309). (Referente à Lei nº 4.237, de 30/06/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6066</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6066/flash_7915.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6066/flash_7915.pdf</t>
   </si>
   <si>
     <t>Flash 7915._x000D_
 PROJETO DE LEI Nº 65/2010. Altera o artigo 1º da Lei nº 2.804, de 27/12/1999, passando a rua "Hélio Alcântara" a denominar-se: "Rua Dr. Hélio Alcântara", localizada no bairro Ibituruna. (Referente à Lei nº 4.249, de 13/07/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6071</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6071/flash_7917.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6071/flash_7917.pdf</t>
   </si>
   <si>
     <t>Flash 7917._x000D_
 PROJETO DE LEI Nº 76/2010. Altera a Lei nº 4.198, de 23/12/2009, que dispõe sobre normas de Uso e Ocupação do Solo no Município de Montes Claros, e dá outras providências. (Referente à Lei nº 4.243, de 12/07/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6077</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6077/flash_7919.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6077/flash_7919.pdf</t>
   </si>
   <si>
     <t>Flash 7919._x000D_
 PROJETO DE LEI Nº 117/2010. (VETADO PARCIALMENTE). Modifica dispositivos da Resolução nº 13 de 05/03/2002 e altera a redação do parágrafo 5º do artigo 2º da Lei nº 4.237, de 01/06/2010. (Dispõe sobre o Plano de Cargos e Salários da Câmara Municipal de Montes Claros). (Recebeu veto parcial do Poder Executivo - ver flash 8313). (Referente à Lei nº 4.302, de 28/12/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6082</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6082/flash_7920.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6082/flash_7920.pdf</t>
   </si>
   <si>
     <t>Flash 7920._x000D_
 PROJETO DE LEI Nº 124/2010. Altera a Lei nº 3.942, de 20/05/2008, que dispõe sobre a Política Municipal de Promoção da Igualdade Racial de Montes Claros,  institui o Conselho e o Fundo Municipal de Promoção da Igualdade Racial. (Referente à Lei nº 4.299, de 28/12/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6085</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6085/flash_7921.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6085/flash_7921.pdf</t>
   </si>
   <si>
     <t>Flash 7921._x000D_
 PROJETO DE LEI Nº 125/2010. Altera Lei Municipal nº 3.995, de 16/07/2008, que dispõe sobre a implantação e execução da Política Municipal de Habitação de Interesse Social - PMHIS e institui o seu Conselho e seu Fundo). (Referente à Lei nº 4.300, de 28/12/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6087</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6087/flash_7922.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6087/flash_7922.pdf</t>
   </si>
   <si>
     <t>Flash 7922._x000D_
-PROJETO DE LEI Nº 126/2010. Altera a Lei nº 2.689, de 09/03/1999, que dispõe sobre a criação do Conselho Municipal de Turismo - COMTUR. (Referente à Lei nº 4.298, de 28/12/2010)._x000D_
+PROJETO DE LEI Nº 126/2010. (REVOGADA). Altera a Lei nº 2.689, de 09/03/1999, que dispõe sobre a criação do Conselho Municipal de Turismo - COMTUR. (Referente à Lei nº 4.298, de 28/12/2010, que foi revogada pela Lei nº 5.941, de 23/12/2025)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6093</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6093/flash_7924.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6093/flash_7924.pdf</t>
   </si>
   <si>
     <t>Flash 7924._x000D_
 PROJETO DE LEI Nº 131/2010. Altera a Lei Municipal nº 4.279, de 29/11/2010, que autoriza o Poder Executivo a firmar convênio com a Associação Atlética Cassimiro de Abreu, repassar recursos financeiros e/ou assumir encargos financeiros e dá outras providências. (Abre crédito adicional especial no orçamento). (Referente à Lei nº 4.296, de 27/12/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6150</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>Antônio Silveira de Sá</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6150/flash_7957.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6150/flash_7957.pdf</t>
   </si>
   <si>
     <t>Flash 7957._x000D_
 PROJETO DE LEI Nº 20/2010. Institui a obrigatoriedade do ensino de Normas e Educação para o Trânsito nas escolas municipais de Montes Claros. (Referente à Lei nº 4.212, de 08/04/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6151</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6151/flash_7958.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6151/flash_7958.pdf</t>
   </si>
   <si>
     <t>Flash 7958._x000D_
 PROJETO DE LEI Nº 39/2010. (ALTERADA). Disciplina a concessão de gratuidade no serviço de Transporte Coletivo Urbano de Montes Claros; revoga as Leis nº 4.132, de 03/09/2009 e nº 2.693, de 22/03/1999, e dá outras providências. (Referente à Lei nº 4.226, de 12/05/2010 - teve alterações)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6152</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>Alfredo Ramos Neto</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6152/flash_7959.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6152/flash_7959.pdf</t>
   </si>
   <si>
     <t>Flash 7959._x000D_
 PROJETO DE LEI Nº 61/2010. (VETADO PARCIALMENTE). Dispõe sobre medidas para a redução da endemia da dengue no município de Montes Claros. (Recebeu veto parcial do Poder Executivo em 07/10/2010 - ver flash 8311). (Referente à Lei nº 4.262, de 16/09/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6153</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6153/flash_7960.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6153/flash_7960.pdf</t>
   </si>
   <si>
     <t>Flash 7960._x000D_
 PROJETO DE LEI Nº 82/2010. Prevê a instalação de biombos, tapumes ou estruturas similares nas agências bancárias, nos locais de atendimento ao público, como forma de preservar a segurança dos clientes. (Referente à Lei nº 4.274, de 21/10/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6182</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6182/flash_7961.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6182/flash_7961.pdf</t>
   </si>
   <si>
     <t>Flash 7961._x000D_
 PROJETO DE LEI Nº 96/2010. (VETADO PARCIALMENTE). Obriga as agências e os postos de atendimento das instituições bancárias e financeiras a instalarem banheiros e bebedouros para atendimento aos clientes. (Recebeu veto parcial do Poder Executivo - ver flash 8312). (Referente à Lei nº 4.275, de 26/10/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6188</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6188/flash_7962.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6188/flash_7962.pdf</t>
   </si>
   <si>
     <t>Flash 7962._x000D_
 PROJETO DE LEI Nº 107/2010. Obriga as salas de cinema do município de Montes Claros a promover, nas telas de projeção de filmes, a divulgação de fotos de crianças e adolescentes desaparecidos. (Referente à Lei nº 4.297, de 27/12/2010). _x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6195</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6195/flash_7773.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6195/flash_7773.pdf</t>
   </si>
   <si>
     <t>Flash 7773._x000D_
 PROJETO DE LEI Nº 04/2010. Dispõe sobre a disponibilização e substituição do uso de sacos e sacolas plásticas, por sacos e sacolas ecológicas, no município de Montes Claros. (Referente à Lei nº 4.234, de 09/06/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6196</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6196/flash_7774.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6196/flash_7774.pdf</t>
   </si>
   <si>
     <t>Flash 7774._x000D_
 PROJETO DE LEI Nº 28/2010. Dispõe sobre a disponibilização de “Guarda Volume” nas agências bancárias situadas no município de Montes Claros e revoga a Lei nº 4.122, de 18/08/2009. (Referente à Lei nº 4.220, de 27/04/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6198</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6198/flash_7775.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6198/flash_7775.pdf</t>
   </si>
   <si>
     <t>Flash 7775._x000D_
 PROJETO DE LEI Nº 62/2010. Institui a “Meia Entrada” para professores da rede pública municipal de ensino em estabelecimentos que promovam lazer e entretenimento. (Referente à Lei nº 4.255 de 30/07/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6206</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6206/flash_7973.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6206/flash_7973.pdf</t>
   </si>
   <si>
     <t>Flash 7973._x000D_
 PROJETO DE LEI Nº 64/2010. (VETADO PARCIALMENTE). Dispõe sobre as diretrizes para elaboração e execução da Lei Orçamentária do Município de Montes Claros para o exercício de 2011, e dá outras providências. (Recebeu veto parcial do Poder Executivo - ver flash 8310). (Referente à Lei nº 4.254, de 30/07/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6207</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6207/flash_7974.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6207/flash_7974.pdf</t>
   </si>
   <si>
     <t>Flash 7974._x000D_
 PROJETO DE LEI Nº 106/2010. (ALTERADA). Estima a receita e fixa despesa do município de Montes Claros, para o exercício financeiro de 2011. (Referente à Lei nº 4.288, de 22/12/2010, que foi posteriormente alterada pela Lei nº 4.315, de 28/02/2011 - ver flash 7928)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6256</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6256/flash_7998.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6256/flash_7998.pdf</t>
   </si>
   <si>
     <t>Flash 7998._x000D_
 PROJETO DE LEI Nº 16/2010. Autoriza o custeio de despesas com a manutenção dos Programas da Proteção Social Básica e da Proteção Social Especial, através do Fundo Municipal da Assistência Social – FMAS. (Referente à Lei nº 4.202, de 25/02/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6263</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6263/flash_7999.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6263/flash_7999.pdf</t>
   </si>
   <si>
     <t>Flash 7999._x000D_
 PROJETO DE LEI Nº 17/2010. Autoriza o Poder Executivo a repassar recursos financeiros do Fundo Municipal da Assistência Social – FMAS às entidades e organizações inscritas no Conselho Municipal de Assistência Social do Município de Montes Claros, e dá outras providências. (Referente à Lei nº 4.209, de 25/03/2010). _x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6265</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6265/flash_8000.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6265/flash_8000.pdf</t>
   </si>
   <si>
     <t>Flash 8000._x000D_
 PROJETO DE LEI Nº 18/2010. Autoriza o Poder Executivo a repassar recursos financeiros do Fundo Municipal para Infância e Adolescência – FIA, às entidades governamentais e não governamentais, inscritas no Conselho Municipal da Criança e Adolescente, e dá outras providências. (Referente à Lei nº 4.208, de 25/03/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6267</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6267/flash_8001.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6267/flash_8001.pdf</t>
   </si>
   <si>
     <t>Flash 8001._x000D_
 PROJETO DE LEI Nº 19/2010. Autoriza o Poder Executivo Municipal a repassar recursos financeiros para atender ao Programa Família Acolhedora, e dá outras providências. (Referente à Lei nº 4.206, de 08/03/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6269</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6269/flash_8002.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6269/flash_8002.pdf</t>
   </si>
   <si>
     <t>Flash 8002._x000D_
 PROJETO DE LEI Nº 91/2010. Autoriza o Poder Executivo a custear despesas para manutenção do Programa Poupança Jovem, em conformidade com o Convênio de Cooperação Financeira nº 006/2009, firmado entre o Município e a Secretaria de Estado de Desenvolvimento Social. (Referente à Lei nº 4.265, de 20/09/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6241</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6241/flash_7796.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6241/flash_7796.pdf</t>
   </si>
   <si>
     <t>Flash 7796._x000D_
 PROJETO DE LEI Nº 25/2010. Autoriza o Poder Executivo Municipal a criar uma Escola Municipal, localizada na avenida Estrela da Esperança, nº 250, bairro Chácara dos Mangues. (Referente à Lei nº 4.214, de 08/04/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6397</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6397/flash_7816.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6397/flash_7816.pdf</t>
   </si>
   <si>
     <t>Flash 7816._x000D_
 PROJETO DE LEI Nº 11/2010. Autoriza o Poder Executivo a fazer desafetação e doação de área institucional do Município à Associação dos Pequenos Produtores e Chacreiros de Campos Elísios; revoga a Lei nº 4.154, de 25/09/2009, e dá outras providências. (Terreno de 1.146,00 m²). (Referente à Lei 4.205, de 25/02/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6398</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6398/flash_7817.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6398/flash_7817.pdf</t>
   </si>
   <si>
     <t>Flash 7817._x000D_
 PROJETO DE LEI Nº 12/2010. Dispõe sobre desafetação e alienação de imóvel de propriedade do Município, localizado na Avenida José Corrêa Machado, e contém outras providências. (Terreno de 4.909,00 m²). (Referente à Lei nº 4.201, de 22/02/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6399</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6399/flash_7818.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6399/flash_7818.pdf</t>
   </si>
   <si>
     <t>Flash 7818._x000D_
 PROJETO DE LEI Nº 48/2010. Autoriza o Poder Executivo a fazer doação de terreno à União Federal, com área de 2.031,50 m², localizado no bairro Ibituruna, para construção da sede da Justiça Federal de 1ª Instância. (Referente à Lei nº 4.230, de 25/05/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6400</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6400/flash_7819.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6400/flash_7819.pdf</t>
   </si>
   <si>
     <t>Flash 7819._x000D_
 PROJETO DE LEI Nº 73/2010. Autoriza o Poder Executivo a fazer concessão de direito real de uso do bem público municipal, localizado no bairro Santa Lúcia, destinada a edificação de uma concessionária – A &amp; C Centro de Contatos S/A, e dá outras providências. (Área de 8.000,00 m²). (Referente à Lei nº 4.242, de 07/07/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6401</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6401/flash_7820.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6401/flash_7820.pdf</t>
   </si>
   <si>
     <t>Flash 7820._x000D_
 PROJETO DE LEI Nº 87/2010. Autoriza o Poder Executivo a fazer desafetação de áreas, transforma áreas verdes em institucionais e vice-versa, faz permuta de área do Município com a Associação Arautos do Evangelho, e dá outras providências. (Áreas diversas situadas no bairro Ibituruna). (Referente à Lei nº 4.260, de 02/09/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6402</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6402/flash_7821.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6402/flash_7821.pdf</t>
   </si>
   <si>
     <t>Flash 7821._x000D_
 PROJETO DE LEI Nº 105/2010. (ALTERADA). Autoriza o Poder Executivo a fazer doação de terreno do Município à União Federal, localizado no bairro Ibituruna, para a construção da sede do Fórum da Justiça Especializada do Trabalho e instalação do TRT da 3ª Região de Montes Claros, e dá outras providências. (Terreno de 2.865,00 m²). (Referente à Lei nº 4.278, de novembro de 2010, que foi alterada posteriormente pela Lei nº 4.506, de 17/05/2012)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6403</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6403/flash_7822.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6403/flash_7822.pdf</t>
   </si>
   <si>
     <t>Flash 7822._x000D_
 PROJETO DE LEI Nº 129/2010. Autoriza o Poder Executivo a fazer concessão de direito real de uso do bem público municipal, localizado no Distrito Industrial, destinado à edificação da Construtora Mistral Ltda, e dá outras providências. (Área de 12.892,00 m²). (Referente à Lei nº 4.291, de 23/12/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6423</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6423/flash_8070.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6423/flash_8070.pdf</t>
   </si>
   <si>
     <t>Flash 8070._x000D_
 PROJETO DE LEI Nº 01/2010. Concede o título declaratório de utilidade pública municipal à “Associação dos Agentes de Segurança do Sistema Prisional e Sócio Educativo do Norte de Minas”. (Referente à Lei nº 4.199, de 29/01/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6424</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6424/flash_8071.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6424/flash_8071.pdf</t>
   </si>
   <si>
     <t>Flash 8071._x000D_
 PROJETO DE LEI Nº 02/2010. Concede o título declaratório de utilidade pública municipal à “Associação Comunitária Mãe do Peregrino”. (Referente à Lei nº 4.200, de 08/02/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6425</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>Marcos Nem</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6425/flash_8072.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6425/flash_8072.pdf</t>
   </si>
   <si>
     <t>Flash 8072._x000D_
 PROJETO DE LEI Nº 09/2010. Concede o título declaratório de utilidade pública municipal ao “Grupo de Apoio Casa Mágica”. (Referente à Lei nº 4.261, de 02/09/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6426</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6426/flash_8073.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6426/flash_8073.pdf</t>
   </si>
   <si>
     <t>Flash 8073._x000D_
 PROJETO DE LEI Nº 24/2010. Concede o título declaratório de utilidade pública municipal ao “Centro Social e Artesanal para Crianças e Adolescentes”. (Referente à Lei nº 4.286, de 20/12/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6427</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6427/flash_8074.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6427/flash_8074.pdf</t>
   </si>
   <si>
     <t>Flash 8074._x000D_
-PROJETO DE LEI Nº 29/2010. Concede o título declaratório de utilidade pública municipal à “Associação Recreativa Cultural Aberre Capoeira”. (Referente à Lei nº 4.228, de 18/05/2010)._x000D_
+PROJETO DE LEI Nº 29/2010. (ALTERADA). Concede o título declaratório de utilidade pública municipal à “Associação Recreativa Cultural Aberrê Capoeira”. (Referente à Lei nº 4.228, de 18/05/2010, que foi posteriormente alterada pela Lei nº 5.944, de 23/12/2025)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6428</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6428/flash_8075.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6428/flash_8075.pdf</t>
   </si>
   <si>
     <t>Flash 8075._x000D_
 PROJETO DE LEI Nº 31/2010. Concede o título declaratório de utilidade pública municipal ao “Centro de Referência dos Cultos Afro-Brasileiros do Norte de Minas”. (Referente à Lei nº 4.221, de 27/04/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6429</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6429/flash_8076.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6429/flash_8076.pdf</t>
   </si>
   <si>
     <t>Flash 8076._x000D_
 PROJETO DE LEI Nº 32/2010. Concede o título declaratório de utilidade pública municipal à “Associação Solidária Vencer Juntos com Cristo”. (Referente à Lei nº 4.222, de 27/04/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6430</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6430/flash_8077.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6430/flash_8077.pdf</t>
   </si>
   <si>
     <t>Flash 8077._x000D_
 PROJETO DE LEI Nº 21/2010. Concede o título declaratório de utilidade pública municipal à “Associação Conhecereis a Verdade”. (Referente à Lei nº 4.225, de 27/04/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6431</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6431/flash_8078.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6431/flash_8078.pdf</t>
   </si>
   <si>
     <t>Flash 8078._x000D_
 PROJETO DE LEI Nº 23/2010. Concede o título declaratório de utilidade pública municipal à “Associação de Catadoras e Catadores de Materiais Recicláveis de Montes Claros - ASCAMOC”. (Referente à Lei nº 4.224, de 27/04/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6432</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6432/flash_8079.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6432/flash_8079.pdf</t>
   </si>
   <si>
     <t>Flash 8079._x000D_
 PROJETO DE LEI Nº 44/2010. Concede o título declaratório de utilidade pública municipal ao “Instituto Vida Animal - IVA”. (Referente à Lei nº 4.256, de 05/08/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6433</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6433/flash_8080.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6433/flash_8080.pdf</t>
   </si>
   <si>
     <t>Flash 8080._x000D_
 PROJETO DE LEI Nº 47/2010. Concede o título declaratório de utilidade pública municipal à “Associação Sociocultural Igor Vive”. (Referente à Lei nº 4.227, de 18/05/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6434</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6434/flash_8081.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6434/flash_8081.pdf</t>
   </si>
   <si>
     <t>Flash 8081._x000D_
 PROJETO DE LEI Nº 67/2010. Concede o título declaratório de utilidade pública municipal à “Fundação para o Desenvolvimento Educacional e Social Santo Ivo - FUNDESI”. (Referente à Lei nº 4.284, de 02/12/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6435</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6435/flash_8082.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6435/flash_8082.pdf</t>
   </si>
   <si>
     <t>Flash 8082._x000D_
 PROJETO DE LEI Nº 71/2010. Concede o título declaratório de utilidade pública municipal à “Associação dos Revendedores Autônomos de Veículos Automotores de Montes Claros”. (Referente à Lei nº 4.257, de 10/08/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6436</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6436/flash_8083.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6436/flash_8083.pdf</t>
   </si>
   <si>
     <t>Flash 8083._x000D_
 PROJETO DE LEI Nº 74/2010. Concede o título declaratório de utilidade pública municipal à “Associação Norte Mineira de Apoio ao Autista - ANDA”. (Referente à Lei nº 4.248, de 13/07/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6437</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>Edwan Carlos de Quadros Lopes</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6437/flash_8084.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6437/flash_8084.pdf</t>
   </si>
   <si>
     <t>Flash 8084._x000D_
 PROJETO DE LEI Nº 81/2010. Concede o título declaratório de utilidade pública municipal à “Comunidade Terapêutica Estrela do Oriente”. (Referente à Lei nº 4.264, de 20/09/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6438</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6438/flash_8085.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6438/flash_8085.pdf</t>
   </si>
   <si>
     <t>Flash 8085._x000D_
 PROJETO DE LEI Nº 90/2010. Concede o título declaratório de utilidade pública municipal à “Associação dos Moradores do Bico da Pedra”. (Referente à Lei nº 4.263, de 20/09/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6439</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6439/flash_8086.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6439/flash_8086.pdf</t>
   </si>
   <si>
     <t>Flash 8086._x000D_
 PROJETO DE LEI Nº 97/2010. Concede o título declaratório de utilidade pública municipal à “Associação Comunitária Santo Ivo”. (Referente à Lei nº 4.273, de 21/10/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6440</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6440/flash_8087.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6440/flash_8087.pdf</t>
   </si>
   <si>
     <t>Flash 8087._x000D_
 PROJETO DE LEI Nº 101/2010. Concede o título declaratório de utilidade pública municipal à “Associação Boa União do Reassentamento da Fazenda Curral do Meio”. (Referente à Lei nº 4.271, de 21/10/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6441</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6441/flash_8088.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6441/flash_8088.pdf</t>
   </si>
   <si>
     <t>Flash 8088._x000D_
 PROJETO DE LEI Nº 110/2010. Concede o título declaratório de utilidade pública à "Fundação Fé e Alegria do Brasil". (Referente à Lei nº 4.277, de 17/11/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6442</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6442/flash_8089.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6442/flash_8089.pdf</t>
   </si>
   <si>
     <t>Flash 8089._x000D_
 PROJETO DE LEI Nº 116/2010. Concede o título declaratório de utilidade pública municipal à “Associação de Pequenos Produtores e Trabalhadores Rurais de Pederneiras”. (Referente à Lei nº 4.283, de 02/12/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6443</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6443/flash_8090.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6443/flash_8090.pdf</t>
   </si>
   <si>
     <t>Flash 8090._x000D_
 PROJETO DE LEI Nº 118/2010. Concede o título declaratório de utilidade pública municipal ao “Centro de Recuperação Leão de Judá de Montes Claros”. (Referente à Lei nº 4.287, de 20/12/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6444</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6444/flash_8091.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6444/flash_8091.pdf</t>
   </si>
   <si>
     <t>Flash 8091._x000D_
 PROJETO DE LEI Nº 119/2010. Concede o título declaratório de utilidade pública municipal ao “Clube Amigos dos Pássaros de Montes Claros e Norte de Minas”. (Referente à Lei nº 4.282, de 02/12/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6445</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6445/flash_8092.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6445/flash_8092.pdf</t>
   </si>
   <si>
     <t>Flash 8092._x000D_
 PROJETO DE LEI Nº 123/2010. Concede o título declaratório de utilidade pública municipal à “Associação de Proteção e Assistência aos Condenados de Montes Claros - APAC”. (Referente à Lei nº 4.281, de 02/12/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6446</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6446/flash_8093.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6446/flash_8093.pdf</t>
   </si>
   <si>
     <t>Flash 8093._x000D_
 PROJETO DE LEI Nº 128/2010. Concede o título declaratório de utilidade pública municipal à “Associação de Chacreiros da Antiga Fazenda Boa Vista”. (Referente à Lei nº 4.285, de 20/12/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6447</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6447/flash_8094.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6447/flash_8094.pdf</t>
   </si>
   <si>
     <t>Flash 8094._x000D_
 PROJETO DE LEI Nº 130/2010. Concede o título declaratório de utilidade pública municipal ao “Grupo Social Comunitário Jardim Alegre”. (Referente à Lei nº 4.289, de 22/12/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6469</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6469/flash_7776.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6469/flash_7776.pdf</t>
   </si>
   <si>
     <t>Flash 7776._x000D_
 PROJETO DE LEI Nº 133/2010. Autoriza o Poder Executivo a outorgar concessão e exploração do serviço público de gerenciamento e administração do Terminal Rodoviário Municipal, e dá outras providências. (Referente à Lei nº 4.301, de 28/12/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6509</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6509/flash_8155.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6509/flash_8155.pdf</t>
   </si>
   <si>
     <t>Flash 8155._x000D_
 PROJETO DE LEI Nº 08/2010. (NÃO VOTADO). Regulamenta os "Serviços Funerários" no município de Montes Claros e dá outras providências._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6510</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6510/flash_8156.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6510/flash_8156.pdf</t>
   </si>
   <si>
     <t>Flash 8156._x000D_
 PROJETO DE LEI Nº 30/2010. (NÃO VOTADO). Concede o título declaratório de utilidade pública municipal à "Associação dos Moradores do Bairro Vila Vargem Grande"._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6511</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6511/flash_8157.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6511/flash_8157.pdf</t>
   </si>
   <si>
     <t>Flash 8157._x000D_
 PROJETO DE LEI Nº 35/2010. (NÃO VOTADO). Dispõe sobre a oficialização, na cidade de Montes Claros, do Hino Ecológico Municipal, representado pela música "O Sal da Terra", de autoria de Beto Guedes e Ronaldo Bastos._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6512</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6512/flash_8158.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6512/flash_8158.pdf</t>
   </si>
   <si>
     <t>Flash 8158._x000D_
 PROJETO DE LEI Nº 36/2010. (NÃO VOTADO). Estabelece o agendamento telefônico de consultas médicas para pacientes idosos e ou portadores de deficiência, previamente cadastrados nas unidades de saúde do município de Montes Claros, e dá outras providências._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6513</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6513/flash_8159.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6513/flash_8159.pdf</t>
   </si>
   <si>
     <t>Flash 8159._x000D_
 PROJETO DE LEI Nº 41/2010. (NÃO VOTADO). Modifica dispositivos da Resolução nº 13 de 05/03/2002, que alterou dispositivos da Resolução nº 79/94 e que dispõem sobre a Organização Administrativa da Câmara Municipal de Montes Claros._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6514</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6514/flash_8160.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6514/flash_8160.pdf</t>
   </si>
   <si>
     <t>Flash 8160._x000D_
 PROJETO DE LEI Nº 56/2010. (NÃO VOTADO). Institui o "Programa Municipal de Saúde do Homem" no município de Montes Claros e dá outras providências._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6515</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6515/flash_8161.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6515/flash_8161.pdf</t>
   </si>
   <si>
     <t>Flash 8161._x000D_
 PROJETO DE LEI Nº 58/2010. (NÃO VOTADO). Dispõe sobre a concessão de compensação de créditos tributários e não tributários do município de Montes Claros._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6516</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6516/flash_8162.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6516/flash_8162.pdf</t>
   </si>
   <si>
     <t>Flash 8162._x000D_
 PROJETO DE LEI Nº 72/2010. (NÃO VOTADO). Dispõe sobre a vacinação gratuita contra a Leishmaniose Visceral Canina no município de Montes Claros._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6517</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6517/flash_8163.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6517/flash_8163.pdf</t>
   </si>
   <si>
     <t>Flash 8163._x000D_
 PROJETO DE LEI Nº 78/2010. (NÃO VOTADO). Dispõe que, todas as maternidades do município de Montes Claros, disponibilizem pulseiras antissequestro para recém-nascidos, e fixa outras providências._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6518</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6518/flash_8164.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6518/flash_8164.pdf</t>
   </si>
   <si>
     <t>Flash 8164._x000D_
 PROJETO DE LEI Nº 80/2010. (NÃO VOTADO). Cria a definição de Cão Comunitário, e dá outras providências._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6519</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6519/flash_8165.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6519/flash_8165.pdf</t>
   </si>
   <si>
     <t>Flash 8165._x000D_
 PROJETO DE LEI Nº 84/2010. (NÃO VOTADO). Altera o parágrafo 2º do artigo 4º, e anexo II.3 da Lei nº 3.348, de 19/07/2004, e dá outras providências._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6520</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6520/flash_8166.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6520/flash_8166.pdf</t>
   </si>
   <si>
     <t>Flash 8166._x000D_
 PROJETO DE LEI Nº 85/2010. (NÃO VOTADO). Institui o "Auxílio-transporte em Espécie" para servidores públicos municipais da Administração Direta de Montes Claros, e dá outras providências._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6521</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6521/flash_8167.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6521/flash_8167.pdf</t>
   </si>
   <si>
     <t>Flash 8167._x000D_
 PROJETO DE LEI Nº 93/2010. (NÃO VOTADO). Dispõe sobre o descarte adequado de produtos e equipamentos de informática._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6522</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6522/flash_8168.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6522/flash_8168.pdf</t>
   </si>
   <si>
     <t>Flash 8168._x000D_
 PROJETO DE LEI Nº 94/2010. (NÃO VOTADO). Dispõe sobre a instalação de banheiros químicos, adaptados para pessoas com deficiência e/ou mobilidade reduzida._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6523</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6523/flash_8169.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6523/flash_8169.pdf</t>
   </si>
   <si>
     <t>Flash 8169._x000D_
 PROJETO DE LEI Nº 98/2010. (NÃO VOTADO). Institui tempo máximo de espera para atendimento de pacientes em hospitais públicos e unidades de saúde do município de Montes Claros._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6524</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6524/flash_8170.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6524/flash_8170.pdf</t>
   </si>
   <si>
     <t>Flash 8170._x000D_
 PROJETO DE LEI Nº 100/2010. (NÃO VOTADO). Torna obrigatória a disponibilidade de assentos proporcionalmente adequados à pessoas obesas, nos estabelecimentos de ensino, nos locais onde forem realizados concursos, em teatros, cinemas, auditórios e demais locais de eventos que possuam assentos._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6525</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6525/flash_8171.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6525/flash_8171.pdf</t>
   </si>
   <si>
     <t>Flash 8171._x000D_
 PROJETO DE LEI Nº 108/2010. (NÃO VOTADO). Institui o Projeto “Lixo Consciente, uma Ideia Reciclável” em Montes Claros, e contém outras providências._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6526</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6526/flash_8172.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6526/flash_8172.pdf</t>
   </si>
   <si>
     <t>Flash 8172._x000D_
 PROJETO DE LEI Nº 109/2010. (NÃO VOTADO). Fica o Poder Executivo autorizado a instituir o "Programa de Combate ao Bullying", de ação interdisciplinar e de participação comunitária, nas escolas públicas e privadas da cidade de Montes Claros._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6527</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>Alfredo Ramos Neto, Cláudio Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6527/flash_8173.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6527/flash_8173.pdf</t>
   </si>
   <si>
     <t>Flash 8173._x000D_
 PROJETO DE LEI Nº 111/2010. (NÃO VOTADO). Autoriza o Poder Executivo Municipal a firmar convênio e repassar recursos financeiros à Liga Montesclarense de Futebol._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6528</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6528/flash_8174.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6528/flash_8174.pdf</t>
   </si>
   <si>
     <t>Flash 8174._x000D_
 PROJETO DE LEI Nº 112/2010. (NÃO VOTADO). Institui a "Semana Municipal de Combate à Pedofilia" e dá outras providências._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6640</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6640/flash_8251.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6640/flash_8251.pdf</t>
   </si>
   <si>
     <t>Flash 8251._x000D_
 PROJETO DE LEI Nº 03/2010. (RETIRADO). Autoriza o Poder Executivo Municipal a abrir crédito adicional especial ao orçamento vigente, firmar convênio e repassar recursos financeiros à Associação Brasileira de Centrais de Abastecimento – ABRACEN._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6647</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6647/flash_8255.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6647/flash_8255.pdf</t>
   </si>
   <si>
     <t>Flash 8255._x000D_
 PROJETO DE LEI Nº 34/2010. (RETIRADO). Dispõe sobre a concessão de direito real de uso do bem público municipal ao Instituto Vida Animal – IVA, localizado no loteamento Vila Telma, e dá outras providências. (Terreno de 1.251,00m²)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6649</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6649/flash_8256.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6649/flash_8256.pdf</t>
   </si>
   <si>
     <t>Flash 8256._x000D_
 PROJETO DE LEI Nº 37/2010. (RETIRADO). Autoriza o Poder Executivo a fazer doação de área institucional do município à Associação Artesanal e Social do Norte de Minas – AARSONORTE, localizada no bairro José Carlos de Lima, e dá outras providências. (Terreno de 2.505,00m²)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6652</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6652/flash_8258.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6652/flash_8258.pdf</t>
   </si>
   <si>
     <t>Flash 8258._x000D_
 PROJETO DE LEI Nº 42/2010. (RETIRADO). Institui a "Meia Entrada" para professores da rede pública municipal de ensino em estabelecimentos que proporcionem lazer e entretenimento._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6654</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6654/flash_8259.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6654/flash_8259.pdf</t>
   </si>
   <si>
     <t>Flash 8259._x000D_
 PROJETO DE LEI Nº 49/2010. (RETIRADO). Institui a obrigatoriedade do Município de Montes Claros, contratar Seguro de Vida em Grupo, através de Companhia de Seguros, para atendimento dos servidores públicos municipais ativos e inativos._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6656</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6656/flash_8260.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6656/flash_8260.pdf</t>
   </si>
   <si>
     <t>Flash 8260._x000D_
 PROJETO DE LEI Nº 50/2010. (RETIRADO). Institui o "Auxílio-transporte em Espécie" para servidores públicos municipais da Administração Direta de Montes Claros, e dá outras providências._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6668</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6668/flash_8261.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6668/flash_8261.pdf</t>
   </si>
   <si>
     <t>Flash 8261._x000D_
 PROJETO DE LEI Nº 103/2010. (RETIRADO). Dispõe sobre a proibição de recebimento, transbordo, armazenamento e destinação final, no município de Montes Claros, de lixo de qualquer natureza, oriundo de outros municípios, e dá outras providências._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6669</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6669/flash_8262.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6669/flash_8262.pdf</t>
   </si>
   <si>
     <t>Flash 8262._x000D_
 PROJETO DE LEI Nº 121/2010. (RETIRADO). Dispõe sobre a proibição de recebimento, transbordo, armazenamento e destinação final, no município de Montes Claros, de lixo de qualquer natureza, oriundo de outros municípios, e dá outras providências._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6670</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6670/flash_8263.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6670/flash_8263.pdf</t>
   </si>
   <si>
     <t>Flash 8263._x000D_
 PROJETO DE LEI Nº 132/2010. (RETIRADO). Estabelece parcelamento de débitos do Município de Montes Claros com o Instituto Municipal de Previdência Social - PREVMOC._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>10693</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/10693/flash_8047b.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/10693/flash_8047b.pdf</t>
   </si>
   <si>
     <t>Flash 8047B._x000D_
 PROJETO DE LEI Nº 68/2010. Autoriza o Poder Executivo Municipal a contratar Seguro de Vida em Grupo, para os servidores municipais. (Referente à Lei nº 4.240, de 02/07/2010)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>10694</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/10694/flash_8047c.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/10694/flash_8047c.pdf</t>
   </si>
   <si>
     <t>Flash 8047C._x000D_
 PROJETO DE LEI Nº 86/2010. Estabelece a recomposição da perda do poder aquisitivo dos servidores públicos do Município de Montes Claros, e dá outras providências. (Referente à Lei nº 4.259, de 02/09/2010). _x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6704</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6704/flash_8406.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6704/flash_8406.pdf</t>
   </si>
   <si>
     <t>Flash 8406._x000D_
 PROJETO DE RESOLUÇÃO Nº 24/2010. (NÃO VOTADO). Concede a "Placa de Prata Alferes José Lopes de Carvalho" à 11ª Subseção da Ordem dos Advogados de Montes Claros (OAB/MG)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6722</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6722/flash_8414.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6722/flash_8414.pdf</t>
   </si>
   <si>
     <t>Flash 8414._x000D_
 PROJETO DE RESOLUÇÃO Nº 05/2010. (RETIRADO). Institui o “Diploma do Mérito ao Trabalhador – Porfírio Francisco de Souza”._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6751</t>
   </si>
   <si>
     <t>VET</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6751/flash_8309.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6751/flash_8309.pdf</t>
   </si>
   <si>
     <t>Flash 8309._x000D_
 VETO PARCIAL AO PROJETO DE LEI Nº 41/2010. (MANTIDO). Modifica dispositivos da Resolução nº 13, de 05/03/2002, da Lei Municipal nº 3.906, de 14/03/2008 e da Resolução nº 60 de 11/12/2001, e contém outras providências._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6752</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6752/flash_8310.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6752/flash_8310.pdf</t>
   </si>
   <si>
     <t>Flash 8310._x000D_
 VETO PARCIAL AO PROJETO DE LEI Nº 64/2010. (MANTIDO). Dispõe sobre as diretrizes para elaboração e execução da Lei Orçamentária do Município de Montes Claros para o exercício de 2011, e dá outras providências._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6753</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6753/flash_8311.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6753/flash_8311.pdf</t>
   </si>
   <si>
     <t>Flash 8311._x000D_
 VETO PARCIAL AO PROJETO DE LEI Nº 61/2010. (MANTIDO). Dispõe sobre medidas para a redução da endemia da dengue no município de Montes Claros, e dá outras providências._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6755</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6755/flash_8312.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6755/flash_8312.pdf</t>
   </si>
   <si>
     <t>Flash 8312._x000D_
 VETO PARCIAL AO PROJETO DE LEI Nº 96/2010. (MANTIDO). Obriga as agências e os postos de atendimento das instituições bancárias e financeiras a instalarem banheiros e bebedouros para atendimento aos clientes._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>8432</t>
   </si>
   <si>
     <t>ATA</t>
   </si>
   <si>
     <t>Ata</t>
   </si>
   <si>
     <t>ATL - ATL</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/8432/flash_7601.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/8432/flash_7601.pdf</t>
   </si>
   <si>
     <t>Flash 7601._x000D_
 Atas das sessões da Câmara Municipal de Montes Claros, do período de 21/01 a 23/12/2010._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6599</t>
   </si>
   <si>
     <t>RES</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6599/flash_8352.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6599/flash_8352.pdf</t>
   </si>
   <si>
     <t>Flash 8352._x000D_
 RESOLUÇÃO Nº 20, de 14/12/2010. Concede o Título de Cidadão Benemérito de Montes Claros a Waldir Fernandes de Jesus._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6631</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6631/flash_8368.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6631/flash_8368.pdf</t>
   </si>
   <si>
     <t>Flash 8368._x000D_
 RESOLUÇÃO Nº 04, de 23/03/2010. Concede o Título de Cidadão Honorário de Montes Claros a Eduardo Prates Octaviani Bernis._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6633</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6633/flash_8369.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6633/flash_8369.pdf</t>
   </si>
   <si>
     <t>Flash 8369._x000D_
 RESOLUÇÃO Nº 06, de 04/05/2010. Concede o Título de Cidadão Honorário de Montes Claros a Dilma Vana Rousseff._x000D_
 Athos  Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6635</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6635/flash_8370.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6635/flash_8370.pdf</t>
   </si>
   <si>
     <t>Flash 8370._x000D_
 RESOLUÇÃO Nº 09, de 29/06/2010. Concede o Título de Cidadão Honorário de Montes Claros a Coaracy Nunes Filho._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6637</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6637/flash_8371.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6637/flash_8371.pdf</t>
   </si>
   <si>
     <t>Flash 8371._x000D_
 RESOLUÇÃO Nº 13, de 14/09/2010. Concede o Título de Cidadão Honorário de Montes Claros ao Dr. Klênio Marcos Fagundes da Rocha._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6639</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6639/flash_8372.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6639/flash_8372.pdf</t>
   </si>
   <si>
     <t>Flash 8372._x000D_
 RESOLUÇÃO Nº 15, de 16/11/2010. Concede o Título de Cidadão Honorário de Montes Claros ao Dr. Antônio Jorge de Souza Marques._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6641</t>
   </si>
   <si>
     <t>Elair Gomes</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6641/flash_8373.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6641/flash_8373.pdf</t>
   </si>
   <si>
     <t>Flash 8373._x000D_
 RESOLUÇÃO Nº 16, de 16/11/2010. Concede o Título de Cidadão Honorário de Montes Claros a Marcos Antônio Carpegiani (Tenente Coronel do 55º Batalhão de Infantaria)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6643</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6643/flash_8374.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6643/flash_8374.pdf</t>
   </si>
   <si>
     <t>Flash 8374._x000D_
 RESOLUÇÃO Nº 17, de 16/11/2010. Concede o Título de Cidadão Honorário de Montes Claros a Paulo de Tarso Ramos (Tenente Coronel do 55º Batalhão de Infantaria)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6646</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6646/flash_8375.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6646/flash_8375.pdf</t>
   </si>
   <si>
     <t>Flash 8375._x000D_
 RESOLUÇÃO Nº 19, de 23/11/2010. Concede o Título de Cidadão Honorário de Montes Claros a Edson Ferreira do Couto._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6648</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6648/flash_8376.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6648/flash_8376.pdf</t>
   </si>
   <si>
     <t>Flash 8376._x000D_
 RESOLUÇÃO Nº 21, de 14/12/2010. Concede o Título de Cidadão Honorário de Montes Claros a Soter Magno Carmo._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6650</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6650/flash_8377.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6650/flash_8377.pdf</t>
   </si>
   <si>
     <t>Flash 8377._x000D_
 RESOLUÇÃO Nº 22, de 14/12/2010. Concede o Título de Cidadão Honorário de Montes Claros a Gilson Albuquerque Oliveira._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6653</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6653/flash_8378.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6653/flash_8378.pdf</t>
   </si>
   <si>
     <t>Flash 8378._x000D_
 RESOLUÇÃO Nº 23, de 27/12/2010. Concede o Título de Cidadão Honorário de Montes Claros a Jorge Bonifácio de Oliveira (Tenente Coronel da Polícia Militar)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6765</t>
   </si>
   <si>
     <t>FIN - FINANÇAS, ORÇAMENTO E TOMADA DE CONTAS</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6765/flash_8317.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6765/flash_8317.pdf</t>
   </si>
   <si>
     <t>Flash 8317._x000D_
 RESOLUÇÃO Nº 11, de 17/08/2010. Dispõe sobre as contas do Município de Montes Claros, referentes ao exercício financeiro de 1993. (Aprovadas com ressalvas)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6773</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6773/flash_8325.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6773/flash_8325.pdf</t>
   </si>
   <si>
     <t>Flash 8325._x000D_
 RESOLUÇÃO Nº 12, de 17/08/2010. Concede o Diploma de Mérito Social “Zilda Arns Neumann” a: Maria do Socorro Veloso de Souza; AARSONORTE; ADEMOC; 55º Batalhão de Infantaria B.I.; Noeme das Graças de Oliveira Lemos; Dr. Jason Teixeira da Silva; Instituto de Ação Social Projeto Salvando Vidas; Comunidade Refúgio Pentecostal; Casa da 3ª Idade Santa Ana; Antera Antunes Santa Rosa; Associação Comunitária Mãe do Peregrino; Projeto Resgatando Vidas e Arlene Sueli Caldeira e Gonçalves._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6775</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6775/flash_8327.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6775/flash_8327.pdf</t>
   </si>
   <si>
     <t>Flash 8327._x000D_
 RESOLUÇÃO Nº 08, de 22/06/2010. Concede a “Medalha Ivan José Lopes de Honra Montes Claros" a Antônia Colares (Tonha)._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6778</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6778/flash_8330.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6778/flash_8330.pdf</t>
   </si>
   <si>
     <t>Flash 8330._x000D_
 RESOLUÇÃO Nº 03, de 02/03/2010. Concede a Medalha de "Mérito Internacional Professor Darcy Ribeiro" a Rafael Kohanoff._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6787</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6787/flash_8339.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6787/flash_8339.pdf</t>
   </si>
   <si>
     <t>Flash 8339._x000D_
 RESOLUÇÃO Nº 01, de 26/01/2010. Concede a "Placa de Prata Alferes José Lopes de Carvalho" à Arquidiocese de Montes Claros._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6788</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6788/flash_8340.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6788/flash_8340.pdf</t>
   </si>
   <si>
     <t>Flash 8340._x000D_
 RESOLUÇÃO Nº 14, de 14/09/2010. Concede a "Placa de Prata Alferes José Lopes de Carvalho" à empresa Bombas Leão S/A._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6789</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6789/flash_8341.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6789/flash_8341.pdf</t>
   </si>
   <si>
     <t>Flash 8341._x000D_
 RESOLUÇÃO Nº 18, de 16/11/2010. Concede a "Placa de Prata Alferes José Lopes de Carvalho" à 1ª Delegacia Regional de Polícia Civil de Montes Claros._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>9177</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/9177/flash_8351.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/9177/flash_8351.pdf</t>
   </si>
   <si>
     <t>Flash 8351._x000D_
 RESOLUÇÃO Nº 07, de 18/05/2010. Concede o Título de Cidadão Benemérito de Montes Claros ao Capitão da Aeronáutica Rubem Teixeira._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>6771</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6771/flash_8323.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6771/flash_8323.pdf</t>
   </si>
   <si>
     <t>Flash 8323._x000D_
 RESOLUÇÃO Nº 05, de 30/03/2010. Institui o “Diploma de Mérito Social – Zilda Arns Neumann”, a ser outorgado às pessoas ou instituições que tenham se destacado pelo seu trabalho na área de assistência social, no município de Montes Claros._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>9295</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/9295/flash_8401b.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/9295/flash_8401b.pdf</t>
   </si>
   <si>
     <t>Flash 8401B._x000D_
 RESOLUÇÃO Nº 02, de 18/02/2010. Altera dispositivo do Regimento Interno da Câmara Municipal de Montes Claros, no inciso II do artigo 115, que dispõe sobre o horário das reuniões ordinárias._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
   <si>
     <t>9296</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/9296/flash_8401c.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/9296/flash_8401c.pdf</t>
   </si>
   <si>
     <t>Flash 8401C._x000D_
 RESOLUÇÃO Nº 10, de 06/07/2010. Altera dispositivos do Regimento Interno da Câmara Municipal de Montes Claros, nos seus artigos 101 e 104._x000D_
 Athos Mameluque Mota (Presidente).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -2824,68 +2824,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5955/flash_7872.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5970/flash_7646.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5972/flash_7647.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6045/flash_7913.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6069/flash_7916.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6074/flash_7918.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6090/flash_7923.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6095/flash_7925.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6642/flash_8252.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6644/flash_8253.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6645/flash_8254.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6651/flash_8257.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5894/flash_7607.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5896/flash_7608.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5897/flash_7609.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5898/flash_7610.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5899/flash_7611.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5901/flash_7612.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5902/flash_7613.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5904/flash_7614.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5905/flash_7615.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5908/flash_7616.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5910/flash_7617.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5924/flash_7626.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5926/flash_7627.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5928/flash_7628.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5930/flash_7629.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5932/flash_7630.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5934/flash_7631.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5936/flash_7632.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5938/flash_7633.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5973/flash_7648.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5975/flash_7649.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5976/flash_7650.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5977/flash_7651.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5999/flash_7886.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6001/flash_7887.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6008/flash_7672.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6009/flash_7673.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6011/flash_7674.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6013/flash_7675.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6015/flash_7676.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6017/flash_7677.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6019/flash_7678.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6021/flash_7679.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6024/flash_7680.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6026/flash_7681.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6028/flash_7682.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6030/flash_7683.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6032/flash_7684.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6033/flash_7685.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6046/flash_7686.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6047/flash_7687.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6048/flash_7688.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6049/flash_7689.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6050/flash_7690.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6051/flash_7691.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6063/flash_7914.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6066/flash_7915.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6071/flash_7917.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6077/flash_7919.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6082/flash_7920.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6085/flash_7921.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6087/flash_7922.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6093/flash_7924.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6150/flash_7957.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6151/flash_7958.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6152/flash_7959.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6153/flash_7960.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6182/flash_7961.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6188/flash_7962.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6195/flash_7773.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6196/flash_7774.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6198/flash_7775.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6206/flash_7973.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6207/flash_7974.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6256/flash_7998.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6263/flash_7999.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6265/flash_8000.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6267/flash_8001.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6269/flash_8002.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6241/flash_7796.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6397/flash_7816.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6398/flash_7817.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6399/flash_7818.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6400/flash_7819.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6401/flash_7820.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6402/flash_7821.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6403/flash_7822.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6423/flash_8070.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6424/flash_8071.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6425/flash_8072.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6426/flash_8073.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6427/flash_8074.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6428/flash_8075.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6429/flash_8076.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6430/flash_8077.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6431/flash_8078.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6432/flash_8079.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6433/flash_8080.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6434/flash_8081.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6435/flash_8082.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6436/flash_8083.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6437/flash_8084.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6438/flash_8085.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6439/flash_8086.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6440/flash_8087.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6441/flash_8088.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6442/flash_8089.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6443/flash_8090.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6444/flash_8091.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6445/flash_8092.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6446/flash_8093.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6447/flash_8094.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6469/flash_7776.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6509/flash_8155.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6510/flash_8156.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6511/flash_8157.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6512/flash_8158.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6513/flash_8159.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6514/flash_8160.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6515/flash_8161.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6516/flash_8162.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6517/flash_8163.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6518/flash_8164.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6519/flash_8165.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6520/flash_8166.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6521/flash_8167.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6522/flash_8168.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6523/flash_8169.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6524/flash_8170.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6525/flash_8171.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6526/flash_8172.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6527/flash_8173.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6528/flash_8174.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6640/flash_8251.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6647/flash_8255.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6649/flash_8256.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6652/flash_8258.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6654/flash_8259.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6656/flash_8260.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6668/flash_8261.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6669/flash_8262.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6670/flash_8263.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/10693/flash_8047b.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/10694/flash_8047c.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6704/flash_8406.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6722/flash_8414.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6751/flash_8309.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6752/flash_8310.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6753/flash_8311.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6755/flash_8312.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/8432/flash_7601.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6599/flash_8352.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6631/flash_8368.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6633/flash_8369.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6635/flash_8370.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6637/flash_8371.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6639/flash_8372.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6641/flash_8373.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6643/flash_8374.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6646/flash_8375.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6648/flash_8376.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6650/flash_8377.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6653/flash_8378.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6765/flash_8317.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6773/flash_8325.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6775/flash_8327.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6778/flash_8330.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6787/flash_8339.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6788/flash_8340.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6789/flash_8341.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/9177/flash_8351.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6771/flash_8323.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/9295/flash_8401b.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/9296/flash_8401c.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5955/flash_7872.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5970/flash_7646.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5972/flash_7647.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6045/flash_7913.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6069/flash_7916.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6074/flash_7918.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6090/flash_7923.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6095/flash_7925.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6642/flash_8252.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6644/flash_8253.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6645/flash_8254.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6651/flash_8257.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5894/flash_7607.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5896/flash_7608.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5897/flash_7609.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5898/flash_7610.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5899/flash_7611.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5901/flash_7612.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5902/flash_7613.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5904/flash_7614.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5905/flash_7615.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5908/flash_7616.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5910/flash_7617.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5924/flash_7626.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5926/flash_7627.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5928/flash_7628.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5930/flash_7629.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5932/flash_7630.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5934/flash_7631.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5936/flash_7632.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5938/flash_7633.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5973/flash_7648.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5975/flash_7649.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5976/flash_7650.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5977/flash_7651.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/5999/flash_7886.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6001/flash_7887.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6008/flash_7672.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6009/flash_7673.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6011/flash_7674.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6013/flash_7675.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6015/flash_7676.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6017/flash_7677.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6019/flash_7678.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6021/flash_7679.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6024/flash_7680.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6026/flash_7681.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6028/flash_7682.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6030/flash_7683.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6032/flash_7684.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6033/flash_7685.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6046/flash_7686.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6047/flash_7687.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6048/flash_7688.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6049/flash_7689.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6050/flash_7690.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6051/flash_7691.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6063/flash_7914.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6066/flash_7915.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6071/flash_7917.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6077/flash_7919.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6082/flash_7920.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6085/flash_7921.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6087/flash_7922.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6093/flash_7924.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6150/flash_7957.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6151/flash_7958.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6152/flash_7959.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6153/flash_7960.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6182/flash_7961.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6188/flash_7962.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6195/flash_7773.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6196/flash_7774.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6198/flash_7775.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6206/flash_7973.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6207/flash_7974.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6256/flash_7998.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6263/flash_7999.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6265/flash_8000.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6267/flash_8001.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6269/flash_8002.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6241/flash_7796.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6397/flash_7816.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6398/flash_7817.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6399/flash_7818.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6400/flash_7819.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6401/flash_7820.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6402/flash_7821.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6403/flash_7822.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6423/flash_8070.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6424/flash_8071.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6425/flash_8072.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6426/flash_8073.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6427/flash_8074.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6428/flash_8075.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6429/flash_8076.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6430/flash_8077.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6431/flash_8078.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6432/flash_8079.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6433/flash_8080.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6434/flash_8081.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6435/flash_8082.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6436/flash_8083.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6437/flash_8084.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6438/flash_8085.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6439/flash_8086.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6440/flash_8087.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6441/flash_8088.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6442/flash_8089.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6443/flash_8090.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6444/flash_8091.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6445/flash_8092.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6446/flash_8093.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6447/flash_8094.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6469/flash_7776.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6509/flash_8155.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6510/flash_8156.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6511/flash_8157.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6512/flash_8158.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6513/flash_8159.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6514/flash_8160.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6515/flash_8161.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6516/flash_8162.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6517/flash_8163.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6518/flash_8164.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6519/flash_8165.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6520/flash_8166.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6521/flash_8167.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6522/flash_8168.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6523/flash_8169.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6524/flash_8170.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6525/flash_8171.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6526/flash_8172.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6527/flash_8173.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6528/flash_8174.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6640/flash_8251.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6647/flash_8255.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6649/flash_8256.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6652/flash_8258.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6654/flash_8259.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6656/flash_8260.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6668/flash_8261.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6669/flash_8262.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6670/flash_8263.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/10693/flash_8047b.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/10694/flash_8047c.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6704/flash_8406.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6722/flash_8414.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6751/flash_8309.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6752/flash_8310.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6753/flash_8311.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6755/flash_8312.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/8432/flash_7601.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6599/flash_8352.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6631/flash_8368.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6633/flash_8369.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6635/flash_8370.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6637/flash_8371.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6639/flash_8372.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6641/flash_8373.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6643/flash_8374.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6646/flash_8375.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6648/flash_8376.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6650/flash_8377.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6653/flash_8378.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6765/flash_8317.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6773/flash_8325.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6775/flash_8327.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6778/flash_8330.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6787/flash_8339.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6788/flash_8340.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6789/flash_8341.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/9177/flash_8351.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/6771/flash_8323.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/9295/flash_8401b.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2010/9296/flash_8401c.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H177"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="47.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="92.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="91.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>