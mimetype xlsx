--- v0 (2025-12-23)
+++ v1 (2026-03-22)
@@ -54,2529 +54,2529 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>6744</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica Municipal</t>
   </si>
   <si>
     <t>Executivo Municipal - EXEC</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6744/flash_8304.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6744/flash_8304.pdf</t>
   </si>
   <si>
     <t>Flash 8304._x000D_
 PROJETO DE EMENDA Nº 001/2012. (NÃO VOTADO). Altera a redação do parágrafo único do artigo 100 da Lei Orgânica do Município de Montes Claros._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6745</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6745/flash_8305.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6745/flash_8305.pdf</t>
   </si>
   <si>
     <t>Flash 8305._x000D_
 PROJETO DE EMENDA Nº 002/2012. (NÃO VOTADO). Altera a redação do caput e acrescenta parágrafo 4º ao artigo 86 da Lei Orgânica do Município de Montes Claros._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6145</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6145/flash_7952.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6145/flash_7952.pdf</t>
   </si>
   <si>
     <t>Flash 7952._x000D_
 PROJETO DE LEI COMPLEMENTAR Nº 139/2012. Altera a Lei Complementar nº 026, de 08/04/2010, no que diz respeito à alíquota de ISSQN para os optantes do Simples Nacional. (A Lei Complementar nº 026/2010, institui o Estatuto Municipal da Micro e da Pequena Empresa e introduz dispositivos específicos no Código Tributário Municipal). (Referente à Lei Complementar nº 39, de 21/12/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6227</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6227/flash_7788.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6227/flash_7788.pdf</t>
   </si>
   <si>
     <t>Flash 7788._x000D_
 PROJETO DE LEI COMPLEMENTAR Nº 151/2012. (ALTERADA). Dispõe sobre a Organização e Estrutura da Administração Pública do Município de Montes Claros; revoga as Leis Complementares nº 016, de 09/02/2009, nº 018/2009, nº 24, de 21/12/2009 e a nº 29, de 10/08/2010. Permanecem em vigor as disposições contidas na Lei nº 2.891, de 30/04/2001 e na Lei Complementar nº 12, de 02/03/2007, no que não contrariem o disposto nesta, e dá outras providências. (Referente à Lei Complementar nº 40, de 28/12/2012 - teve alterações).  _x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6731</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6731/flash_8298.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6731/flash_8298.pdf</t>
   </si>
   <si>
     <t>Flash 8298._x000D_
 PROJETO DE LEI COMPLEMENTAR Nº 124/2012. (RETIRADO). Altera a Lei Complementar nº 026 de 08/04/2010, que dispõe sobre o Estatuto Municipal da Micro e da Pequena Empresa e introduz dispositivos específicos no Código Tributário Municipal._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6741</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6741/flash_8302.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6741/flash_8302.pdf</t>
   </si>
   <si>
     <t>Flash 8302._x000D_
 PROJETO DE LEI COMPLEMENTAR Nº 140/2012. (RETIRADO). Altera dispositivos da Lei Complementar nº 04/2005, que dispõe sobre o Código Tributário do Município e dá outras providências. (Taxa de Coleta de Resíduos Sólidos – TCR)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>5911</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5911/flash_7618.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5911/flash_7618.pdf</t>
   </si>
   <si>
     <t>Flash 7618._x000D_
 PROJETO DE LEI Nº 30/2012. Autoriza o Poder Executivo Municipal, através da Secretaria de Educação, firmar convênio com diversas entidades educacionais do município de Montes Claros, para a cessão de servidores e repasse de merenda escolar. (Referente à Lei nº 4.480, de 16/02/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>5937</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5937/flash_7858.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5937/flash_7858.pdf</t>
   </si>
   <si>
     <t>Flash 7858._x000D_
 PROJETO DE LEI Nº 53/2012. Desafeta e autoriza o Poder Executivo a fazer doação de imóvel do Município de Montes Claros ao Estado de Minas Gerais, localizado no Distrito de Nova Esperança, para construção de uma Escola Estadual, e dá outras providências. (Terreno medindo 5.026,78 m²). (Referente à Lei nº 4.498, de 04/04/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>5939</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5939/flash_7859.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5939/flash_7859.pdf</t>
   </si>
   <si>
     <t>Flash 7859._x000D_
 PROJETO DE LEI Nº 59/2012. Desafeta as áreas urbanas pertencentes ao Município de Montes Claros, com preservação de área verde, permuta categorias (de área institucional para área verde e vice-versa), e dá outras providências. (Os terrenos descritos medem 9.480,00 m² cada, localizados no loteamento Campos Elísios e loteamento Canelas - prolongamento). (Referente à Lei nº 4.512, de 12/06/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>5941</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5941/flash_7860.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5941/flash_7860.pdf</t>
   </si>
   <si>
     <t>Flash 7860._x000D_
 PROJETO DE LEI Nº 60/2012. Desafeta as áreas urbanas pertencentes ao Município de Montes Claros, com preservação de área verde, permuta categorias (de área institucional para área verde e vice-versa), e dá outras providências. (Os terrenos descritos medem 6.912,00 m² cada, localizados no loteamento Campos Elísios e loteamento Vila Ipiranga 3ª parte). (Referente à Lei nº 4.511, de 12/06/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>5943</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5943/flash_7861.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5943/flash_7861.pdf</t>
   </si>
   <si>
     <t>Flash 7861._x000D_
 PROJETO DE LEI Nº 81/2012. Desafeta as áreas urbanas pertencentes ao Município de Montes Claros, com preservação de área verde, permuta categorias (de área institucional para área verde e vice-versa), e, autoriza a concessão de uso, por tempo determinado, à Polícia Militar de Minas Gerais, visando a construção do Pelotão no loteamento Canelas, e dá outras providências. (Os terrenos descritos medem 443,07 m² cada, localizados no Distrito Industrial e loteamento Canelas). (Referente à Lei nº 4.513, de 12/06/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>5944</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5944/flash_7862.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5944/flash_7862.pdf</t>
   </si>
   <si>
     <t>Flash 7862._x000D_
 PROJETO DE LEI Nº 94/2012. (ALTERADA). Desafeta e autoriza o Poder Executivo a fazer doação de imóvel do Município de Montes Claros ao Estado de Minas Gerais, destinado à ampliação das instalações do Poder Judiciário Estadual em Montes Claros, e dá outras providências. (Terreno medindo 1.041,54 m², localizado na rua Raimundo Penalva, bairro Centro). (Referente à Lei nº 4.538 de 09/07/2012, que foi alterada posteriormente pelas Leis nº 4.588, de 11/04/2013 e nº 4.966, de 06/09/2017).  _x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>5945</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5945/flash_7863.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5945/flash_7863.pdf</t>
   </si>
   <si>
     <t>Flash 7863._x000D_
 PROJETO DE LEI Nº 95/2012. Desafeta e autoriza o Poder Executivo a fazer a cessão de direito real de uso do bem público municipal à Câmara de Montes Claros, destinado à construção do novo prédio do Poder Legislativo, e dá outras providências. (Terreno medindo 1.127,00 m², localizado entre as ruas Urbino Viana e Raimundo Penalva). (Referente à Lei nº 4.539, de 09/07/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>5946</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5946/flash_7864.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5946/flash_7864.pdf</t>
   </si>
   <si>
     <t>Flash 7864._x000D_
 PROJETO DE LEI Nº 106/2012. Desafeta e autoriza o Poder Executivo a fazer concessão de direito real de uso de bem público municipal à entidade denominada “Caritas Arquidiocesana de Montes Claros”, e dá outras providências. (Terreno medindo 648,00 m², localizado no conjunto residencial Morada do Parque). (Referente à Lei nº 4.547, de 24/08/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>5947</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5947/flash_7865.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5947/flash_7865.pdf</t>
   </si>
   <si>
     <t>Flash 7865._x000D_
 PROJETO DE LEI Nº 146/2012. Dispõe sobre a concessão de direito real de uso de bem público municipal à Associação de Apoio, Proteção e Amparo à Criança da Arquidiocese de Montes Claros - AAPAC, e dá outras providências. (Terreno medindo 300,00 m², localizado no loteamento Doutor João Alves). (Referente à Lei nº 4.576, de 19/12/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>5948</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5948/flash_7866.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5948/flash_7866.pdf</t>
   </si>
   <si>
     <t>Flash 7866._x000D_
 PROJETO DE LEI Nº 147/2012. (REVOGADA). Dispõe sobre a concessão de direito real de uso de bem público municipal à Loja Maçônica Antônio Lafetá Rebello, e dá outras providências. (Terreno medindo 2.500,00 m², localizado na avenida Norival Guilherme Vieira, bairro Ibituruna). (Referente à Lei nº 4.575, de 19/12/2012, que foi posteriormente revogada pela Lei nº 4.600, de 27/05/2013).  _x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>5949</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5949/flash_7867.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5949/flash_7867.pdf</t>
   </si>
   <si>
     <t>Flash 7867._x000D_
 PROJETO DE LEI Nº 148/2012. (REVOGADA). Dispõe sobre a concessão de direito real de uso de bem público municipal à Loja Maçônica Estrela de Montes Claros nº 1509, e dá outras providências. (Terreno medindo 2.500,00 m², localizado na avenida Padre Janjão, esquina com a avenida Norival Guilherme Vieira, no bairro Ibituruna). (Referente à Lei nº 4.577, de 19/12/2012, que foi posteriormente revogada pela Lei nº 4.599, de 27/05/2013).   _x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>5954</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5954/flash_7636.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5954/flash_7636.pdf</t>
   </si>
   <si>
     <t>Flash 7636._x000D_
 PROJETO DE LEI Nº 31/2012. Autoriza o Poder Executivo Municipal a abrir crédito especial ao orçamento vigente, no valor de R$1.953.500,00, para execução de obras e serviços em parceria com o Governo do Estado de Minas Gerais, e dá outras providências. (Referente à Lei nº 4.479, de 16/02/2012).   _x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>5956</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5956/flash_7637.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5956/flash_7637.pdf</t>
   </si>
   <si>
     <t>Flash 7637._x000D_
 PROJETO DE LEI Nº 72/2012. Autoriza o Poder Executivo Municipal a abrir crédito adicional especial ao orçamento vigente, no valor de R$15.000,00, destinados ao apoio às atividades culturais do município de Montes Claros, e dá outras providências. (Referente à Lei nº 4.515, de 12/06/2012).  _x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>5957</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5957/flash_7638.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5957/flash_7638.pdf</t>
   </si>
   <si>
     <t>Flash 7638._x000D_
 PROJETO DE LEI Nº 77/2012. Autoriza o Poder Executivo Municipal a abrir crédito adicional especial ao orçamento vigente, no valor de R$24.000,00, para a realização de Mobilização Social nas Praças dos Esportes e da Cultura, e dá outras providências. (Referente à Lei nº 4.523, de 25/06/2012).  _x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>5958</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5958/flash_7639.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5958/flash_7639.pdf</t>
   </si>
   <si>
     <t>Flash 7639._x000D_
 PROJETO DE LEI Nº 78/2012. Autoriza o Poder Executivo Municipal a abrir crédito adicional especial ao orçamento vigente, no valor de R$507.670,80, para a reforma de 05 Unidades Básicas de Saúde - UBS, localizadas nos bairros Cintra, Antônio Pimenta, Renascença, Bela Paisagem e Maracanã, e dá outras providências. (Referente à Lei nº 4.524, de 25/06/2012).   _x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>5959</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>MESA DIRETORA - MESA</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5959/flash_7640.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5959/flash_7640.pdf</t>
   </si>
   <si>
     <t>Flash 7640._x000D_
 PROJETO DE LEI Nº 01/2012. Abre crédito adicional especial ao orçamento da Câmara Municipal de Montes Claros, no valor de R$180.000,00, e contém outras providências._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>5965</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5965/flash_7875.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5965/flash_7875.pdf</t>
   </si>
   <si>
     <t>Flash 7875._x000D_
 PROJETO DE LEI Nº 35/2012. Dispõe sobre a cobrança de taxa de estacionamento por shopping centers, hipermercados, supermercados, comércio em geral e similares, que disponibilizem estacionamentos pagos para seus clientes. (Referente à Lei nº 4.541, de 14/08/2012). _x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>5967</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5967/flash_7876.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5967/flash_7876.pdf</t>
   </si>
   <si>
     <t>Flash 7876._x000D_
  PROJETO DE LEI Nº 36/2012. Dispõe sobre a cobrança de tarifas nos estacionamentos privados, no âmbito do Município de Montes Claros, e dá outras providências. (Referente à Lei nº 4.542, de 14/08/2012). _x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>5982</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5982/flash_7654.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5982/flash_7654.pdf</t>
   </si>
   <si>
     <t>Flash 7654._x000D_
 PROJETO DE LEI Nº 73/2012. (ALTERADA). Dispõe sobre a criação e funcionamento do Conselho Municipal para Proteção e Bem-Estar Animal, e dá outras providências. (Referente à Lei n° 4.520, de 12/06/2012, que foi posteriormente alterada pela Lei nº 5.249, de 10/03/2020).  _x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6014</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>João de Deus Pereira Gusmão</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6014/flash_7892.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6014/flash_7892.pdf</t>
   </si>
   <si>
     <t>Flash 7892._x000D_
 PROJETO DE LEI Nº 29/2012. Institui o “Dia do Trabalhador da Saúde”, no âmbito do Município de Montes Claros, a ser comemorado anualmente no dia 12 de maio, e dá outras providências. (Referente à Lei nº 4.486, de 20/03/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6121</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Athos Mameluque Mota</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6121/flash_7942.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6121/flash_7942.pdf</t>
   </si>
   <si>
     <t>Flash 7942._x000D_
 PROJETO DE LEI Nº 26/2012. Acrescenta dispositivo à Lei Municipal nº 2.259, de 18/04/1995, que dispõe sobre a concessão de Títulos Declaratórios de Utilidade Pública. (O prazo de um ano para concessão - alterado pela Lei nº 3.771, de 06/07/2007 - poderá ser reduzido se a entidade for prestadora de serviços por meio de convênio ou instrumento congênere com o SUS ou SUAS). (Referente à Lei nº 4.483, de 29/02/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6124</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6124/flash_7943.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6124/flash_7943.pdf</t>
   </si>
   <si>
     <t>Flash 7943._x000D_
 PROJETO DE LEI Nº 42/2012. Altera a Lei Municipal nº 4.439, de 07/12/2011, que dispõe sobre desafetação e alienação de parte do imóvel da Praça de Esportes de Montes Claros e dá outras providências. (Referente à Lei nº 4.490, de 21/03/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6127</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6127/flash_7944.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6127/flash_7944.pdf</t>
   </si>
   <si>
     <t>Flash 7944._x000D_
 PROJETO DE LEI Nº 49/2012. Altera os anexos da Lei nº 4.176, de 08/12/2009, que dispõe sobre o Plano Plurianual 2010-2013 e abre crédito adicional especial no orçamento municipal de 2012, e dá outras providências. (Referente à Lei nº 4.500, de 12/04/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6128</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Valcir Soares da Silva</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6128/flash_7726.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6128/flash_7726.pdf</t>
   </si>
   <si>
     <t>Flash 7726._x000D_
 PROJETO DE LEI Nº 02/2012. (REVOGADA). Denomina a "Rua Vereadora Maria dos Santos Viana”, localizada no bairro Canelas II. (Referente à Lei nº 4.481, de 17/02/2012, que foi posteriormente revogada pela Lei nº 4.567, de 23/11/2012). _x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6129</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6129/flash_7945.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6129/flash_7945.pdf</t>
   </si>
   <si>
     <t>Flash 7945._x000D_
 _x000D_
 PROJETO DE LEI Nº 65/2012. Altera a Lei Municipal nº 4.278, de 23/11/2010, que dispõe sobre a doação de terreno do Município à União Federal, localizado no bairro Ibituruna, para a construção da sede do Fórum da Justiça Especializada do Trabalho e instalação do TRT da 3ª Região de Montes Claros, e dá outras providências. (Referente à Lei nº 4.506, de 17/05/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6130</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6130/flash_7727.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6130/flash_7727.pdf</t>
   </si>
   <si>
     <t>Flash 7727._x000D_
 PROJETO DE LEI Nº 04/2012. Denomina a "Rua Professor Genaldo”, conhecida popularmente como rua Bandeirantes, localizada no bairro Sumaré. (Referente à Lei nº 4.482, de 17/02/2012).  _x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6131</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6131/flash_7728.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6131/flash_7728.pdf</t>
   </si>
   <si>
     <t>Flash 7728._x000D_
 PROJETO DE LEI Nº 24/2012. Denomina a "Praça Raimundo José de Souza”, localizada em frente à Igreja de São José, no bairro São José. (Referente à Lei nº 4.493, de 02/04/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6132</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6132/flash_7946.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6132/flash_7946.pdf</t>
   </si>
   <si>
     <t>Flash 7946._x000D_
 PROJETO DE LEI Nº 66/2012. Altera a Lei nº 4.230, de 25/05/2010 e revoga a Lei nº 4.387, de 26/08/2011, que dispõem sobre doação de terreno à União Federal, localizado no bairro Ibituruna. (Referente à Lei nº 4.507, de 17/05/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6133</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6133/flash_7729.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6133/flash_7729.pdf</t>
   </si>
   <si>
     <t>Flash 7729._x000D_
 PROJETO DE LEI Nº 27/2012. Denomina de “Corredor Cultural Padre Dudu”, o complexo arquitetônico formado pelos casarões antigos, localizados na rua Coronel Celestino, no centro. (Rua do fundo da Igreja Matriz). (Referente à Lei nº 4.495, de 02/04/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6136</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Alfredo Ramos Neto</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6136/flash_7730.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6136/flash_7730.pdf</t>
   </si>
   <si>
     <t>Flash 7730._x000D_
 PROJETO DE LEI Nº 28/2012. Denomina o "Estádio Municipal Wagner Souto Silva”, conhecido popularmente como Campo do Cruzeirinho, localizado no bairro Renascença. (Referente à Lei nº 4.532, de 06/07/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6134</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6134/flash_7947.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6134/flash_7947.pdf</t>
   </si>
   <si>
     <t>Flash 7947._x000D_
 PROJETO DE LEI Nº 79/2012. Altera a Lei Municipal nº 4.015, de 18/11/2008, que dispõe sobre a concessão de direito real de uso de terreno do Município, localizado no Distrito Industrial, à empresa BIO-LIFE Indústria e Comércio Ltda, e dá outras providências. (Referente à Lei nº 4.517, de 12/06/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6135</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6135/flash_7948.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6135/flash_7948.pdf</t>
   </si>
   <si>
     <t>Flash 7948._x000D_
 PROJETO DE LEI Nº 105/2012. Autoriza o Poder Executivo Municipal a firmar convênio e repassar recursos financeiros às entidades: Fundação Hospitalar de Montes Claros/Hospital Aroldo Tourinho, Irmandade Nossa senhora das Mercês de Montes Claros/Santa Casa, Fundação de Saúde Dilson de Quadros Godinho e o Hospital Universitário Clemente de Faria/Unimontes, e dá outras providências. (Referente à Lei nº 4.546, de 17/08/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6138</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6138/flash_7731.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6138/flash_7731.pdf</t>
   </si>
   <si>
     <t>Flash 7731._x000D_
 PROJETO DE LEI Nº 32/2012. Denomina o "Parque Municipal Nilson Espoletão”, conhecido popularmente como Parque das Mangueiras, localizado no bairro João Botelho. (Referente à Lei nº 4.494, de 02/04/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6137</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6137/flash_7949.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6137/flash_7949.pdf</t>
   </si>
   <si>
     <t>Flash 7949._x000D_
 PROJETO DE LEI Nº 116/2012. Altera as Leis Municipais nº 4.348 e 4.349, de 30/05/2011, que dispõe sobre o parcelamento de débitos do Município de Montes Claros com o Instituto Municipal de Previdência Social - PREVMOC. (Referente à Lei nº 4.555, de 25/09/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6139</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6139/flash_7732.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6139/flash_7732.pdf</t>
   </si>
   <si>
     <t>Flash 7732._x000D_
 PROJETO DE LEI Nº 47/2012. Denomina a "Rua Deobaldo Ferreira dos Santos”, localizada no bairro Santo Antônio II. (Referente à Lei nº 4.492, de 02/04/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6140</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6140/flash_7950.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6140/flash_7950.pdf</t>
   </si>
   <si>
     <t>Flash 7950._x000D_
 PROJETO DE LEI Nº 136/2012. Altera dispositivo da Lei Municipal nº 4.438, de 07/12/2011, que dispõe sobre desafetação e alienação de imóveis do Município de Montes Claros e dá outras providências. (Inclui também a Prevmoc como beneficiária para recebimento dos recursos arrecadados com a alienação dos imóveis que constam na Lei nº 4.438/2011, para amortização de déficit atuarial). (Referente à Lei nº 4.578, de 19/12/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6141</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6141/flash_7733.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6141/flash_7733.pdf</t>
   </si>
   <si>
     <t>Flash 7733._x000D_
 PROJETO DE LEI Nº 55/2012. Denomina a "Rua Eustáquio de Oliveira”, localizada no Conjunto Novo Horizonte. (Referente à Lei nº 4.534, de 06/07/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6142</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>Rita Cristina de Souza Vieira</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6142/flash_7951.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6142/flash_7951.pdf</t>
   </si>
   <si>
     <t>Flash 7951._x000D_
 PROJETO DE LEI Nº 137/2012. Altera a Lei Municipal nº 4.392, de 23/09/2011, que disciplina as nomeações para cargos em comissão no âmbito dos órgãos do Poder Executivo e Legislativo de Montes Claros. (Referente à Lei nº 4.571, de 13/12/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6143</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>Frank Wanderley de Lima</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6143/flash_7734.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6143/flash_7734.pdf</t>
   </si>
   <si>
     <t>Flash 7734._x000D_
 PROJETO DE LEI Nº 75/2012. Denomina a "Rotatória Lauro Dias do Nascimento”, localizada na avenida Deputado Esteves Rodrigues, cruzamento das ruas Padre Eugênio e Engenheiro João Antônio Pimenta, bairro Centro. (Referente à Lei nº 4.526, de 06/07/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6144</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>Cláudio Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6144/flash_7735.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6144/flash_7735.pdf</t>
   </si>
   <si>
     <t>Flash 7735._x000D_
 PROJETO DE LEI Nº 76/2012. Denomina a "Rua Antônio Carlos Ramos”, localizada no bairro Jardim São Geraldo. (Referente à Lei nº 4.531, de 06/07/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6203</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6203/flash_7970.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6203/flash_7970.pdf</t>
   </si>
   <si>
     <t>Flash 7970._x000D_
 PROJETO DE LEI Nº 69/2012. Torna obrigatório nos eventos públicos promovidos no Município de Montes Claros, a contratação de associações ou cooperativas de catadores de materiais recicláveis, para a realização de coleta seletiva durante o evento e a limpeza do recinto pós evento, e dá outras providências. (Referente à Lei nº 4.514, de 12/06/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6219</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6219/flash_7977.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6219/flash_7977.pdf</t>
   </si>
   <si>
     <t>Flash 7977._x000D_
 PROJETO DE LEI Nº 44/2012. Dispõe sobre a revisão dos Anexos da Lei nº 4.365 de 27/06/2011, que dispõe sobre as Diretrizes para a Elaboração e Execução da Lei Orçamentária do Município de Montes Claros, para o exercício de 2012, e dá outras providências. (Referente à Lei nº 4.497, de 04/04/2012).                                                                                                                                                 _x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6221</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6221/flash_7978.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6221/flash_7978.pdf</t>
   </si>
   <si>
     <t>Flash 7978._x000D_
 PROJETO DE LEI Nº 99/2012. Dispõe sobre as diretrizes para a elaboração e execução da Lei Orçamentária do Município de Montes Claros, para o exercício de 2013, e dá outras providências. (Referente à Lei nº 4.535, de 09/07/2012).                                                                                 _x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6223</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6223/flash_7979.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6223/flash_7979.pdf</t>
   </si>
   <si>
     <t>Flash 7979._x000D_
 PROJETO DE LEI Nº 129/2012. Estima a receita e fixa a despesa do Município de Montes Claros para o exercício financeiro de 2013. (Referente à Lei nº 4.580, de 20/12/2012).   _x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6226</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6226/flash_7981.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6226/flash_7981.pdf</t>
   </si>
   <si>
     <t>Flash 7981._x000D_
 PROJETO DE LEI Nº 43/2012. Dispõe sobre a revisão da Lei nº 4.176, de 08/12/2009, que dispõe sobre o Plano Plurianual de Governo do Município de Montes Claros, para o período de 2010 a 2013. (Referente à Lei nº 4.496, de 04/04/2012).     _x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6298</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6298/flash_7736.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6298/flash_7736.pdf</t>
   </si>
   <si>
     <t>Flash 7736._x000D_
 PROJETO DE LEI Nº 85/2012. Denomina oficialmente a "Praça Doutora Zilda Arns Neumann”, conhecida popularmente como Praça Santo Antônio, localizada entre as ruas Salvador, São Luiz e Guanabara, localizada no bairro Santo Antônio I. (Referente à Lei nº 4.527, de 06/07/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6299</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6299/flash_7737.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6299/flash_7737.pdf</t>
   </si>
   <si>
     <t>Flash 7737._x000D_
 PROJETO DE LEI Nº 91/2012. Denomina a "Rua Terezinha Ferreira da Silva”, localizada no bairro Santo Amaro. (Referente à Lei nº 4.528, de 06/07/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6300</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6300/flash_7738.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6300/flash_7738.pdf</t>
   </si>
   <si>
     <t>Flash 7738._x000D_
 PROJETO DE LEI Nº 92/2012. Denomina a "Rua Izabel Ramos de Almeida”, localizada no bairro Santo Amaro. (Referente à Lei nº 4.530, de 06/07/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6301</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6301/flash_7739.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6301/flash_7739.pdf</t>
   </si>
   <si>
     <t>Flash 7739._x000D_
 PROJETO DE LEI Nº 93/2012. Denomina a "Rua Joana Araújo Teixeira”, localizada no bairro Santo Amaro. (Referente à Lei nº 4.529, de 06/07/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6302</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>Edwan Carlos de Quadros Lopes</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6302/flash_7740.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6302/flash_7740.pdf</t>
   </si>
   <si>
     <t>Flash 7740._x000D_
 PROJETO DE LEI Nº 96/2012. Denomina a "Rua Tião Patureba”, conhecida popularmente como rua Esmeralda, localizada no bairro Monte Carmelo. (Referente à Lei nº 4.537, de 09/07/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6303</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6303/flash_7741.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6303/flash_7741.pdf</t>
   </si>
   <si>
     <t>Flash 7741._x000D_
 PROJETO DE LEI Nº 104/2012. Denomina a "Rua Vereador Mário dos Santos Viana”, localizada no bairro Canelas II e revoga a Lei nº 4.481 de 17/02/2012. (Referente à Lei nº 4.567, de 23/11/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6304</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6304/flash_7742.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6304/flash_7742.pdf</t>
   </si>
   <si>
     <t>Flash 7742._x000D_
 PROJETO DE LEI Nº 108/2012. Denomina a "Unidade Municipal de Saúde Geraldo Corrêa Machado”, localizada no bairro Vargem Grande. (Referente à Lei nº 4.548, de 31/08/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6305</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6305/flash_7743.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6305/flash_7743.pdf</t>
   </si>
   <si>
     <t>Flash 7743._x000D_
 PROJETO DE LEI Nº 109/2012. Denomina a "Rua Cícero Romão Batista”, localizada no bairro Jardim Primavera. (Referente à Lei nº 4.549, de 31/08/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6306</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>Marcos Nem</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6306/flash_7744.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6306/flash_7744.pdf</t>
   </si>
   <si>
     <t>Flash 7744._x000D_
 PROJETO DE LEI Nº 110/2012. Denomina a "Rua Ridufino Rodrigues de Oliveira”, localizada no bairro Santa Lúcia. (Referente à Lei nº 4.550, de 31/08/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6307</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6307/flash_7745.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6307/flash_7745.pdf</t>
   </si>
   <si>
     <t>Flash 7745._x000D_
 PROJETO DE LEI Nº 111/2012. Denomina a "Rua José Eduardo de Freitas Costa”, localizada no bairro Vila Atlântida. (Referente à Lei nº 4.551, de 31/08/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6308</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6308/flash_7746.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6308/flash_7746.pdf</t>
   </si>
   <si>
     <t>Flash 7746._x000D_
 PROJETO DE LEI Nº 112/2012. Denomina o "Trevo Alexandre Assis Martins”, localizado em frente ao Max-Min Clube. (Referente à Lei nº 4.554, de 14/09/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6309</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6309/flash_7747.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6309/flash_7747.pdf</t>
   </si>
   <si>
     <t>Flash 7747._x000D_
 PROJETO DE LEI Nº 115/2012. Denomina o "Trevo Valdir Fernandes de Jesus”, localizado entre a avenida Cula Mangabeira e a rua Engenheiro João Antônio Pimenta, no bairro Centro. (Referente à Lei nº 4.557, de 05/10/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6310</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6310/flash_7748.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6310/flash_7748.pdf</t>
   </si>
   <si>
     <t>Flash 7748._x000D_
 PROJETO DE LEI Nº 118/2012. Denomina a "Unidade Básica de Saúde Evandro Geberson Vieira”, localizada no bairro Planalto. (Referente à Lei nº 4.560, de 05/10/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6311</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6311/flash_7749.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6311/flash_7749.pdf</t>
   </si>
   <si>
     <t>Flash 7749._x000D_
 PROJETO DE LEI Nº 119/2012. Denomina a "Rua Augusto Pereira”, conhecida popularmente como Rua Pedestre, localizada no bairro Novo Delfino. (Referente à Lei nº 4.558, de 05/10/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6312</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6312/flash_7750.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6312/flash_7750.pdf</t>
   </si>
   <si>
     <t>Flash 7750._x000D_
 PROJETO DE LEI Nº 120/2012. Denomina a "Rua Durval Durães Oliveira”, localizada no bairro Barcelona Park. (Referente à Lei nº 4.559, de 05/10/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6313</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6313/flash_7751.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6313/flash_7751.pdf</t>
   </si>
   <si>
     <t>Flash 7751._x000D_
 PROJETO DE LEI Nº 121/2012. Denomina a "Rotatória Antônio Pereira de Vasconcelos”, localizada no bairro Ibituruna, na avenida Norival Guilherme Vieira, em frente ao nº 1.000. (Referente à Lei nº 4.556, de 05/10/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6314</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>Sebastião Ildeu Maia</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6314/flash_7752.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6314/flash_7752.pdf</t>
   </si>
   <si>
     <t>Flash 7752._x000D_
 PROJETO DE LEI Nº 125/2012. Denomina a "Rua Maria Eva Mendes de Souza”, localizada no Distrito de Aparecida do Mundo Novo. (Referente à Lei nº 4.568, de 23/11/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6315</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6315/flash_7753.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6315/flash_7753.pdf</t>
   </si>
   <si>
     <t>Flash 7753._x000D_
 PROJETO DE LEI Nº 130/2012. Denomina a "Avenida Ruy Duarte Pinto”, localizada no bairro Belvedere. (Referente à Lei nº 4.568, de 23/11/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6316</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6316/flash_7754.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6316/flash_7754.pdf</t>
   </si>
   <si>
     <t>Flash 7754._x000D_
 PROJETO DE LEI Nº 141/2012. Denomina a “Praça do Advogado”, localizada no bairro Ibituruna. (Em frente à sede da Ordem dos Advogados do Brasil - OAB). (Referente à Lei nº 4.572, de 19/12/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6354</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6354/flash_8026.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6354/flash_8026.pdf</t>
   </si>
   <si>
     <t>Flash 8026._x000D_
 PROJETO DE LEI Nº 10/2012. Autoriza o Poder Executivo a repassar recursos financeiros para atender ao Programa Família Acolhedora, e dá outras providências. (Referente à Lei nº 4.475, de 09/02/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6355</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6355/flash_8027.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6355/flash_8027.pdf</t>
   </si>
   <si>
     <t>Flash 8027._x000D_
 PROJETO DE LEI Nº 11/2012. Autoriza o Poder Executivo a repassar recursos do Fundo Municipal para a Infância e Adolescência – FIA às entidades governamentais e não governamentais, inscritas no Conselho Municipal da Criança e do Adolescente, e dá outras providências. (Referente à Lei nº 4.476, de 09/02/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6356</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6356/flash_8028.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6356/flash_8028.pdf</t>
   </si>
   <si>
     <t>Flash 8028._x000D_
 PROJETO DE LEI Nº 12/2012. Autoriza o Poder Executivo a repassar recursos do Fundo Municipal de Assistência Social – FMAS, às entidades e organizações incritas no Conselho Municipal de Assistência Social de Montes Claros, e dá outras providências. (Referente à Lei nº 4.477, de 10/02/2012).  _x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6357</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6357/flash_8029.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6357/flash_8029.pdf</t>
   </si>
   <si>
     <t>Flash 8029._x000D_
 PROJETO DE LEI Nº 13/2012. Autoriza o custeio de despesas com a manutenção dos Programas da Proteção Básica e da Proteção Social Especial, através do Fundo Municipal de Assistência Social – FMAS, e dá outras providências. (Referente à Lei nº 4.478, de 10/02/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6358</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6358/flash_8030.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6358/flash_8030.pdf</t>
   </si>
   <si>
     <t>Flash 8030._x000D_
 PROJETO DE LEI Nº 34/2012. Autoriza o Poder Executivo a repassar recursos financeiros e firmar convênio com a Fundação Hospitalar de Montes Claros/Hospital Aroldo Tourinho, Irmandade Nossa Senhora das Mercês de Montes Claros/Santa Casa, Fundação de Saúde Dilson de Quadros Godinho e Hospital Universitário Clemente de Faria/Unimontes. (Referente à Lei nº 4.485, de 08/03/2012). _x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6359</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6359/flash_8031.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6359/flash_8031.pdf</t>
   </si>
   <si>
     <t>Flash 8031._x000D_
 PROJETO DE LEI Nº 50/2012. Autoriza o Poder Executivo a repassar recursos financeiros do Fundo Único do Meio Ambiente às entidades governamentais e não governamentais, após aprovação do Conselho Municipal de Defesa e Conservação do Meio Ambiente - CODEMA, e dá outras providências. (Referente à Lei nº 4.501, de 23/04/2012).  _x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6360</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6360/flash_8032.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6360/flash_8032.pdf</t>
   </si>
   <si>
     <t>Flash 8032._x000D_
 PROJETO DE LEI Nº 61/2012. Autoriza o Poder Executivo Municipal a repassar recursos financeiros e firmar convênio com a Fundação Hospitalar de Montes Claros/Hospital Aroldo Tourinho, Irmandade Nossa Senhora das Mercês de Montes Claros/Santa Casa, Fundação de Saúde Dilson de Quadros Godinho, e dá outras providências. (Referente à Lei nº 4.504, de 27/04/2012).  _x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6361</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6361/flash_8033.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6361/flash_8033.pdf</t>
   </si>
   <si>
     <t>Flash 8033._x000D_
 PROJETO DE LEI Nº 62/2012. Autoriza o Poder Executivo Municipal a repassar recursos financeiros e firmar convênio com a Fundação Hospitalar de Montes Claros/Hospital Aroldo Tourinho, Irmandade Nossa Senhora das Mercês de Montes Claros/Santa Casa, Fundação de Saúde Dilson de Quadros Godinho e Hospital Universitário Clemente de Faria/Unimontes. (Referente à Lei nº 4.503, de 27/04/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6362</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6362/flash_8034.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6362/flash_8034.pdf</t>
   </si>
   <si>
     <t>Flash 8034._x000D_
 PROJETO DE LEI Nº 64/2012. Autoriza o Poder Executivo Municipal a repassar recursos financeiros e firmar convênio com o Colegiado de Gestores Municipais da Assistência Social de Minas Gerais – COGEMAS, e dá outras providências. (Referente à Lei nº 4.508, de 17/05/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6363</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6363/flash_8035.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6363/flash_8035.pdf</t>
   </si>
   <si>
     <t>Flash 8035._x000D_
 PROJETO DE LEI Nº 71/2012. Autoriza o Poder Executivo Municipal a repassar recursos financeiros e firmar convênio com a Associação dos Grupos de Catopês, Marujos e Caboclinhos de Montes Claros. (Referente à Lei nº 4.516, de 12/06/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6364</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6364/flash_8036.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6364/flash_8036.pdf</t>
   </si>
   <si>
     <t>Flash 8036._x000D_
 PROJETO DE LEI Nº 80/2012. Autoriza o Poder Executivo Municipal a repassar recursos financeiros e firmar convênio com a Associação do Circuito Turístico Sertão Gerais, e dá outras providências. (Referente à Lei nº 4.521, de 25/06/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6365</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6365/flash_8037.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6365/flash_8037.pdf</t>
   </si>
   <si>
     <t>Flash 8037._x000D_
 PROJETO DE LEI Nº 86/2012. Autoriza o Poder Executivo a abrir crédito adicional especial ao orçamento vigente, repassar recursos financeiros e firmar convênio com a SEDESE (“Projeto Geração Trabalho e Renda – Capacitar”). (Referente à Lei nº 4.518, de 12/06/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6366</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6366/flash_8038.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6366/flash_8038.pdf</t>
   </si>
   <si>
     <t>Flash 8038._x000D_
 PROJETO DE LEI Nº 87/2012. Autoriza o Poder Executivo Municipal a abrir crédito adicional especial ao orçamento vigente, repassar recursos financeiros e firmar convênio com o Hospital Universitário Clemente de Faria/Unimontes. (Referente à Lei nº 4.519, de 12/06/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6367</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6367/flash_8039.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6367/flash_8039.pdf</t>
   </si>
   <si>
     <t>Flash 8039._x000D_
 PROJETO DE LEI Nº 88/2012. Autoriza o Poder Executivo Municipal a abrir crédito adicional especial ao orçamento vigente, repassar recursos financeiros e firmar convênio com o Grupo de Apoio à Prevenção e aos Portadores da AIDS - GRAPPA, e dá outras providências. (Referente à Lei nº 4.522, de 25/06/2012).  _x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6368</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6368/flash_8040.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6368/flash_8040.pdf</t>
   </si>
   <si>
     <t>Flash 8040._x000D_
 PROJETO DE LEI Nº 97/2012. Autoriza o Poder Executivo Municipal a abrir crédito adicional especial ao orçamento vigente, repassar recursos financeiros e firmar convênio com o Hospital Universitário Clemente de Faria/UNIMONTES (Programa Mais Vida), e dá outras providências. (Referente à Lei nº 4.536, de 09/07/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6369</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6369/flash_8041.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6369/flash_8041.pdf</t>
   </si>
   <si>
     <t>Flash 8041._x000D_
 PROJETO DE LEI Nº 101/2012. Autoriza o Poder Executivo Municipal a repassar recursos financeiros e firmar convênio com a Associação Comercial, Industrial e de Serviços de Montes Claros - ACI, em apoio à realização da FENICS/2012, e dá outras providências. (Referente à Lei nº 4.540, de 03/08/2012).   _x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6370</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6370/flash_8042.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6370/flash_8042.pdf</t>
   </si>
   <si>
     <t>Flash 8042._x000D_
 PROJETO DE LEI Nº 117/2012. Autoriza o Poder Executivo Municipal a abrir crédito adicional especial ao orçamento vigente, repassar recursos financeiros para a implantação da Casa de Apoio à Gestante de Alto Risco – Projeto Mães de Minas/Rede Viva Vida, da Irmandade Nossa Senhora das Mercês de Montes Claros/Santa Casa, e dá outras providências. (Referente à Lei nº 4.562, de 05/10/2012).  _x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6210</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6210/flash_7786.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6210/flash_7786.pdf</t>
   </si>
   <si>
     <t>Flash 7786._x000D_
 PROJETO DE LEI Nº 45/2012. Dispõe sobre a assistência religiosa com liberdade de culto ao interno, ao idoso, à criança e adolescente e a qualquer pessoa que se encontre em estabelecimento de internação coletiva. (Referente à Lei nº 4.543, de 14/08/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6225</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6225/flash_7787.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6225/flash_7787.pdf</t>
   </si>
   <si>
     <t>Flash 7787._x000D_
 PROJETO DE LEI Nº 138/2012. Delimita o Perímetro Urbano do Município de Montes Claros, altera as Leis nº 4.198, de 23/12/2009, nº 4.243, de 12/07/2010 e nº 4.428, de 12/11/2011. (Referente à Lei nº 4.573, de 19/12/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6244</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6244/flash_7798.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6244/flash_7798.pdf</t>
   </si>
   <si>
     <t>Flash 7798._x000D_
 PROJETO DE LEI Nº 39/2012. Autoriza o Poder Executivo Municipal a criar um Centro Municipal de Educação Infantil – CEMEI, localizado no bairro Independência/Nova Suíça. (Referente à Lei nº 4.488, de 21/03/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6245</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6245/flash_7799.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6245/flash_7799.pdf</t>
   </si>
   <si>
     <t>Flash 7799._x000D_
 PROJETO DE LEI Nº 40/2012. Autoriza o Poder Executivo Municipal a criar um Centro Municipal de Educação Infantil – CEMEI, localizado no Conjunto Habitacional José Corrêa Machado. (Referente à Lei nº 4.489, de 21/03/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6246</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6246/flash_7800.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6246/flash_7800.pdf</t>
   </si>
   <si>
     <t>Flash 7800._x000D_
 PROJETO DE LEI Nº 90/2012. (REVOGADA). Denomina o Centro Municipal de Educação Infantil – "CEMEI Antônio Eleutério do Couto”, localizado na Vila São Francisco de Assis. (Referente à Lei nº 4.533, de 06/07/2012, que foi posteriormente revogada pela Lei nº 5.403, de 23/12/2021).  _x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6257</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6257/flash_7801.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6257/flash_7801.pdf</t>
   </si>
   <si>
     <t>Flash 7801._x000D_
 PROJETO DE LEI Nº 131/2012. Denomina o Centro Municipal de Educação Infantil – "CEMEI Professora Elizabete Pereira Soares", localizado no bairro Independência/Nova Suíça, criado pela Lei nº 4.488, de 21/03/2012. (Referente à Lei nº 4.566, de 23/11/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6258</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6258/flash_7802.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6258/flash_7802.pdf</t>
   </si>
   <si>
     <t>Flash 7802._x000D_
 PROJETO DE LEI Nº 132/2012. Denomina o Centro de Educação Infantil – "CEMEI Maria das Dores Martins Rodrigues”, localizado no Conjunto Habitacional José Corrêa Machado, criado pela Lei nº 4.489, de 21/03/2012. (Referente à Lei nº 4.569, de 23/11/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6471</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6471/flash_8117.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6471/flash_8117.pdf</t>
   </si>
   <si>
     <t>Flash 8117._x000D_
 PROJETO DE LEI Nº 05/2012. Concede o título declaratório de utilidade pública municipal à “Associação Resgatando Vidas”, com sede na avenida Cula Mangabeira, nº 1.497, bairro Santo Expedito. (Referente à Lei nº 4.474, de 07/02/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6472</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6472/flash_8118.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6472/flash_8118.pdf</t>
   </si>
   <si>
     <t>Flash 8118._x000D_
  PROJETO DE LEI Nº 25/2012. Concede o título declaratório de utilidade pública municipal à “Associação dos Pequenos Produtores e Chacreiros dos Campos Elísios”. (Referente à Lei n° 4.484, de 02/03/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6473</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6473/flash_8119.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6473/flash_8119.pdf</t>
   </si>
   <si>
     <t>Flash 8119._x000D_
 PROJETO DE LEI Nº 38/2012. Concede o título declaratório de utilidade pública municipal à “Associação dos Trabalhadores e Produtores Rurais de Pau D’Óleo e Adjacências”. (Referente à Lei nº 4.487, de 20/03/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6474</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6474/flash_8120.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6474/flash_8120.pdf</t>
   </si>
   <si>
     <t>Flash 8120._x000D_
 PROJETO DE LEI Nº 46/2012.Concede o título declaratório de utilidade pública municipal ao “Instituto de Saúde Auditiva Norte de Minas”, com sede na rua Santa Maria, nº 86, bairro Todos os Santos. (Referente à Lei nº 4.491, de 22/03/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6475</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6475/flash_8121.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6475/flash_8121.pdf</t>
   </si>
   <si>
     <t>Flash 8121._x000D_
 PROJETO DE LEI Nº 57/2012. Concede o título declaratório de utilidade pública municipal à “Loja Maçônica Antônio Lafetá Rebello”, com sede na avenida Mestra Fininha, nº 610, bairro Centro. (Referente à Lei nº 4.502, de 27/04/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6476</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6476/flash_8122.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6476/flash_8122.pdf</t>
   </si>
   <si>
     <t>Flash 8122._x000D_
 PROJETO DE LEI Nº 58/2012. Concede o título declaratório de utilidade pública municipal à “Associação Funerária União”, com sede na rua Celestino Ferreira, nº 326, bairro Santa Efigênia. (Referente à Lei nº 4.510, de 12/06/2012).  _x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6477</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6477/flash_8123.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6477/flash_8123.pdf</t>
   </si>
   <si>
     <t>Flash 8123._x000D_
 PROJETO DE LEI Nº 67/2012. Concede o título declaratório de utilidade pública municipal à “Associação de Chacreiros da Antiga Fazenda Boa Vista”. (Referente à Lei nº 4.509, de 17/05/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6478</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6478/flash_8124.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6478/flash_8124.pdf</t>
   </si>
   <si>
     <t>Flash 8124._x000D_
 PROJETO DE LEI Nº 68/2012. Concede o título declaratório de utilidade pública municipal ao “Sindicato dos Empregados no Comércio de Montes Claros e Região”. (Referente à Lei nº 4.508, de 17/05/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6479</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6479/flash_8125.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6479/flash_8125.pdf</t>
   </si>
   <si>
     <t>Flash 8125._x000D_
 PROJETO DE LEI Nº 84/2012. Concede o título declaratório de utilidade pública municipal à “Associação Comunitária Rural dos Pequenos Produtores, Moradores do Bandeira Vermelha da Fazenda Usifer Buriti”. (Referente à Lei nº 4.525, de 25/06/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6480</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6480/flash_8126.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6480/flash_8126.pdf</t>
   </si>
   <si>
     <t>Flash 8126._x000D_
 PROJETO DE LEI Nº 102/2012. Concede o título declaratório de utilidade pública municipal à “Igreja Batista Justiça Nossa”. (Referente à Lei nº 4.544, de 17/08/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6481</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6481/flash_8127.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6481/flash_8127.pdf</t>
   </si>
   <si>
     <t>Flash 8127._x000D_
 PROJETO DE LEI Nº 103/2012. Concede o título declaratório de utilidade pública municipal à “Associação dos Chacreiros de Cabeceiras – Portal do Paraíso. (Referente à Lei nº 4.545, de 17/08/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6482</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6482/flash_8128.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6482/flash_8128.pdf</t>
   </si>
   <si>
     <t>Flash 8128._x000D_
 PROJETO DE LEI Nº 113/2012. Concede o título declaratório de utilidade pública municipal à “Associação do Assentamento Estrela do Norte - ASSAEN. (Referente à Lei nº 4.553, de 14/09/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6483</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6483/flash_8129.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6483/flash_8129.pdf</t>
   </si>
   <si>
     <t>Flash 8129._x000D_
 PROJETO DE LEI Nº 114/2012. Concede o título declaratório de utilidade pública municipal à “Associação dos Moradores do Condomínio Rural Vale do Sol”. (Referente à  Lei nº 4.552, de 10/09/2012).  _x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6484</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6484/flash_8130.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6484/flash_8130.pdf</t>
   </si>
   <si>
     <t>Flash 8130._x000D_
 PROJETO DE LEI Nº 122/2012. Concede o título declaratório de utilidade pública municipal à “Associação Montesclarense de Comunicação e Assistência”. (Referente à Lei nº 4.561, de 05/10/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6485</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6485/flash_8131.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6485/flash_8131.pdf</t>
   </si>
   <si>
     <t>Flash 8131._x000D_
 PROJETO DE LEI Nº 126/2012. Concede o título declaratório de utilidade pública municipal à “Associação para o Desenvolvimento do Bairro Village do Lago”. (Referente à Lei nº 4.563, de 23/10/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6486</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6486/flash_8132.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6486/flash_8132.pdf</t>
   </si>
   <si>
     <t>Flash 8132._x000D_
 PROJETO DE LEI Nº 127/2012. Concede o título declaratório de utilidade pública municipal ao “Conselho Comunitário dos Pequenos Produtores e Trabalhadores Rurais Portal dos Ventos da Gameleira”. (Referente à Lei nº 4.564, de 23/10/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6487</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6487/flash_8133.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6487/flash_8133.pdf</t>
   </si>
   <si>
     <t>Flash 8133._x000D_
 PROJETO DE LEI Nº 135/2012. Concede o título declaratório de utilidade pública municipal à “Associação de Desenvolvimento Comunitário do Bairro Jardim Liberdade”. (Referente à Lei nº 4.565, de 23/11/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6488</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6488/flash_8134.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6488/flash_8134.pdf</t>
   </si>
   <si>
     <t>Flash 8134._x000D_
 PROJETO DE LEI Nº 143/2012. Concede o título declaratório de utilidade pública municipal à “Associação dos Catadores de Óleo de Fritura, de Proteção ao Meio Ambiente e Incentivo à Reciclagem”. (Referente à Lei nº 4.579, de 19/12/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6575</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6575/flash_8207.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6575/flash_8207.pdf</t>
   </si>
   <si>
     <t>Flash 8207._x000D_
 PROJETO DE LEI Nº 06/2012. (NÃO VOTADO). Altera dispositivo da Lei Municipal nº 4.234, de 09/06/2010, que dispõe sobre a disponibilização e substituição do uso de sacos e sacolas plásticas, por sacos e sacolas ecológicas, no município de Montes Claros._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6576</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6576/flash_8208.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6576/flash_8208.pdf</t>
   </si>
   <si>
     <t>Flash 8208._x000D_
 PROJETO DE LEI Nº 07/2012. (NÃO VOTADO). Dispõe sobre a oficialização, na cidade de Montes Claros, do Hino Ecológico Municipal, representado pela música "O Sal da Terra", de autoria de Beto Guedes e Ronaldo Bastos._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6577</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6577/flash_8209.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6577/flash_8209.pdf</t>
   </si>
   <si>
     <t>Flash 8209._x000D_
 PROJETO DE LEI Nº 08/2012. (NÃO VOTADO). Fica o Poder Executivo autorizado a instituir o Programa de Combate ao Bullying, de ação interdisciplinar e de participação comunitária, nas escolas públicas e privadas da cidade de Montes Claros._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6578</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6578/flash_8210.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6578/flash_8210.pdf</t>
   </si>
   <si>
     <t>Flash 8210._x000D_
 PROJETO DE LEI Nº 09/2012. (NÃO VOTADO). Dispõe sobre a entrega de produtos e serviços no município de Montes Claros._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6579</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6579/flash_8211.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6579/flash_8211.pdf</t>
   </si>
   <si>
     <t>Flash 8211._x000D_
 PROJETO DE LEI Nº 14/2012. (NÃO VOTADO). Dispõe sobre o enquadramento dos armadores, marceneiros, bombeiros, carpinteiros, eletricistas, soldadores, pedreiros, pintores e mecânicos no III.3 – Grupo de Nível Fundamental de Escolaridade – NF/PROF. Especial – Grupo - G3, do anexo II, da Lei nº  3.348, de 19/07/2004, e dá outras providências._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6580</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6580/flash_8212.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6580/flash_8212.pdf</t>
   </si>
   <si>
     <t>Flash 8212._x000D_
 PROJETO DE LEI Nº 15/2012. (NÃO VOTADO). Altera o parágrafo 2º do artigo 4º, e anexo II.3 da Lei nº 3.348, de 19/07/2004, que dispõe sobre o Quadro de Cargos e Provimentos dos Servidores Públicos do Poder Executivo do Município de Montes Claros, e dá outras providências._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6581</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6581/flash_8213.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6581/flash_8213.pdf</t>
   </si>
   <si>
     <t>Flash 8213._x000D_
 PROJETO DE LEI Nº 16/2012. (NÃO VOTADO). Altera o caput do artigo 103 da Lei nº 3.175, de 23/12/2003, que dispõe sobre o Estatuto do Servidor Público do Município de Montes Claros, e dá outras providências. (Licença maternidade)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6582</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6582/flash_8214.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6582/flash_8214.pdf</t>
   </si>
   <si>
     <t>Flash 8214._x000D_
 PROJETO DE LEI Nº 17/2012. (NÃO VOTADO). Obriga a Companhia de Saneamento de Minas Gerais – COPASA a pavimentar os locais em que forem realizados serviços de instalação e/ou manutenção das redes de água e esgoto, e dá outras providências._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6583</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6583/flash_8215.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6583/flash_8215.pdf</t>
   </si>
   <si>
     <t>Flash 8215._x000D_
 PROJETO DE LEI Nº 19/2012. (NÃO VOTADO). Institui o "Auxílio-transporte em Espécie" para servidores públicos municipais da Administração Direta de Montes Claros, e dá outras providências._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6584</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6584/flash_8216.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6584/flash_8216.pdf</t>
   </si>
   <si>
     <t>Flash 8216._x000D_
 PROJETO DE LEI Nº 20/2012. (NÃO VOTADO). Regulamenta os "Serviços Funerários" no município de Montes Claros e dá outras providências._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6585</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6585/flash_8217.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6585/flash_8217.pdf</t>
   </si>
   <si>
     <t>Flash 8217._x000D_
 PROJETO DE LEI Nº 21/2012. (NÃO VOTADO).  Proíbe a Prefeitura de Montes Claros de divulgar anúncios pagos na imprensa falada, escrita, televisiva, outdoors, faixas e outros meios de comunicação, no que diz respeito à obras do município inacabadas, em andamento e/ou a iniciar, e dá outras providências._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6586</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6586/flash_8218.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6586/flash_8218.pdf</t>
   </si>
   <si>
     <t>Flash 8218._x000D_
 PROJETO DE LEI Nº 22/2012. (NÃO VOTADO). Dispõe sobre a concessão de compensação de créditos tributários e não tributários do município de Montes Claros._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6587</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6587/flash_8219.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6587/flash_8219.pdf</t>
   </si>
   <si>
     <t>Flash 8219._x000D_
 PROJETO DE LEI Nº 37/2012. (NÃO VOTADO).  Dispõe sobre a criação da “Semana do Medicamento não Vencido” no município de Montes Claros, e dá outras providências._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6588</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6588/flash_8220.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6588/flash_8220.pdf</t>
   </si>
   <si>
     <t>Flash 8220._x000D_
 PROJETO DE LEI Nº 52/2012. (NÃO VOTADO). Denomina a "Rua Clarice de Jesus Caires", localizada no bairro Cristo Rei._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6589</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6589/flash_8221.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6589/flash_8221.pdf</t>
   </si>
   <si>
     <t>Flash 8221._x000D_
 PROJETO DE LEI Nº 56/2012. (NÃO VOTADO). Institui a isenção de pagamento para utilização de banheiros públicos do município de Montes Claros aos idosos, deficientes físicos, gestantes, e dá outras providências._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6590</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6590/flash_8222.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6590/flash_8222.pdf</t>
   </si>
   <si>
     <t>Flash 8222._x000D_
 PROJETO DE LEI Nº 70/2012. (NÃO VOTADO). Institui as "Áreas de Proteção e Segurança Escolar – APSE" em torno de todas as escolas que compõem o sistema municipal de educação, e dá outras providências._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6591</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6591/flash_8223.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6591/flash_8223.pdf</t>
   </si>
   <si>
     <t>Flash 8223._x000D_
 PROJETO DE LEI Nº 82/2012. (NÃO VOTADO). Os estabelecimentos públicos e privados que promovem eventos culturais, artísticos, esportivos e de lazer, localizados no âmbito do município de Montes Claros, ficam obrigados a afixar placa em local visível e próximo das bilheterias, informando o direito do idoso, conforme o artigo 23 da Lei Federal nº 10.741, de 01/10/2003 e do direito do deficiente, conforme Lei Municipal nº 4.383 de 28/07/2011._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6592</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6592/flash_8224.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6592/flash_8224.pdf</t>
   </si>
   <si>
     <t>Flash 8224._x000D_
 PROJETO DE LEI Nº 83/2012. (NÃO VOTADO). Dispõe sobre a coleta, transporte, armazenagem, tratamento e destinação final de resíduos dos serviços de saúde no município de Montes Claros, e dá outras providências._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6593</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6593/flash_8225.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6593/flash_8225.pdf</t>
   </si>
   <si>
     <t>Flash 8225._x000D_
 PROJETO DE LEI Nº 89/2012. (NÃO VOTADO). Concede o título declaratório de utilidade pública municipal à “Comunidade Terapêutica Resgatando Vidas”._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6594</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6594/flash_8226.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6594/flash_8226.pdf</t>
   </si>
   <si>
     <t>Flash 8226._x000D_
 PROJETO DE LEI Nº 107/2012. (NÃO VOTADO). Denomina a "Rua Clarice de Jesus Caires", localizada no bairro São Judas – prolongamento._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6595</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6595/flash_8227.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6595/flash_8227.pdf</t>
   </si>
   <si>
     <t>Flash 8227._x000D_
 PROJETO DE LEI Nº 145/2012. (NÃO VOTADO). Dispõe sobre a concessão de direito real de uso do bem público municipal à Associação Esperança e Vida, localizado no loteamento Canelas – prolongamento, e dá outras providências. (Área de 2.765,00m²)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6596</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6596/flash_8228.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6596/flash_8228.pdf</t>
   </si>
   <si>
     <t>Flash 8228._x000D_
 PROJETO DE LEI Nº 142/2012. (NÃO VOTADO). Altera a Lei Municipal nº 3.575, de 17/06/2006, que dispõe sobre normas para instalação de Postos Revendedores e de Abastecimento de Combustível._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6597</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6597/flash_8229.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6597/flash_8229.pdf</t>
   </si>
   <si>
     <t>Flash 8229._x000D_
 PROJETO DE LEI Nº 149/2012. (NÃO VOTADO). Cria Parque Municipal, localizado no bairro Ibituruna, com área de 35.288,30 m²._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6712</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6712/flash_8286.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6712/flash_8286.pdf</t>
   </si>
   <si>
     <t>Flash 8286._x000D_
 PROJETO DE LEI Nº 03/2012. (RETIRADO). Denomina a "Avenida Professora Genoveva Mota Prates", localizada no novo loteamento do bairro Augusta Mota - prolongamento._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6714</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6714/flash_8287.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6714/flash_8287.pdf</t>
   </si>
   <si>
     <t>Flash 8287._x000D_
 PROJETO DE LEI Nº 18/2012. (RETIRADO). Dispõe sobre a obrigatoriedade dos clubes desportivos de Montes Claros, que possuem piscinas, manter "Salva-Vidas" em suas dependências, em tempo integral, e dá outras providências._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6716</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6716/flash_8288.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6716/flash_8288.pdf</t>
   </si>
   <si>
     <t>Flash 8288._x000D_
 PROJETO DE LEI Nº 23/2012. (RETIRADO). Concede o título declaratório de utilidade pública municipal ao “Instituto de Saúde Auditiva Norte de Minas”._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6718</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6718/flash_8289.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6718/flash_8289.pdf</t>
   </si>
   <si>
     <t>Flash 8289._x000D_
 PROJETO DE LEI Nº 33/2012. (RETIRADO). Denomina o Estádio Municipal Juvêncio Augusto Soares “O Moção”, localizado no bairro João Botelho._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6719</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6719/flash_8290.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6719/flash_8290.pdf</t>
   </si>
   <si>
     <t>Flash 8290._x000D_
 PROJETO DE LEI Nº 41/2012. (RETIRADO). Desafeta áreas urbanas pertencentes ao município de Montes Claros, com preservação de área verde, e dá outras providências (áreas de 13.000 m² cada, localizadas no loteamento Campos Elísios e bairro Canelas – prolongamento)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6721</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6721/flash_8291.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6721/flash_8291.pdf</t>
   </si>
   <si>
     <t>Flash 8291._x000D_
 PROJETO DE LEI Nº 48/2012. (RETIRADO). Autoriza o Poder Executivo Municipal a repassar recursos financeiros e firmar convênio com o Colegiado de Gestores Municipais da Assistência Social de Minas Gerais – COGEMAS, e dá outras providências._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6723</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6723/flash_8292.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6723/flash_8292.pdf</t>
   </si>
   <si>
     <t>Flash 8292._x000D_
 PROJETO DE LEI Nº 51/2012. (RETIRADO). Dispõe sobre a Organização Administrativa da Câmara Municipal de Montes Claros, e contém outras providências._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6725</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6725/flash_8293.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6725/flash_8293.pdf</t>
   </si>
   <si>
     <t>Flash 8293._x000D_
 PROJETO DE LEI Nº 63/2012. (RETIRADO). Autoriza o Poder Executivo Municipal a abrir crédito adicional especial ao orçamento vigente, no valor de R$ 15.000,00, destinados ao apoio de atividades culturais em Montes Claros, e dá outras providências._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6726</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6726/flash_8294.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6726/flash_8294.pdf</t>
   </si>
   <si>
     <t>Flash 8294._x000D_
 PROJETO DE LEI Nº 74/2012. (RETIRADO). Autoriza o Município a outorgar, mediante licitação, a concessão do Serviço de Recebimento, Reaproveitamento e Destinação Final dos Resíduos Sólidos da Construção Civil do Município de Montes Claros, e dá outras providências._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6727</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6727/flash_8295.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6727/flash_8295.pdf</t>
   </si>
   <si>
     <t>Flash 8295._x000D_
 PROJETO DE LEI Nº 98/2012. (RETIRADO). Autoriza o Poder Executivo Municipal a firmar convênio com a Associação Comercial Industrial e de Serviços de Montes Claros – ACI, repassar recursos financeiros, e dá outras providências._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6728</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6728/flash_8296.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6728/flash_8296.pdf</t>
   </si>
   <si>
     <t>Flash 8296._x000D_
 PROJETO DE LEI Nº 100/2012. (RETIRADO). Denomina a "Rua Genoveva Mota Prates”, localizada no bairro Canelas II._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6730</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6730/flash_8297.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6730/flash_8297.pdf</t>
   </si>
   <si>
     <t>Flash 8297._x000D_
 PROJETO DE LEI Nº 123/2012. (RETIRADO). Autoriza a desafetação e permuta de imóvel do Município, localizado no bairro Barcelona Park, com área de 2.294,04 m², por imóvel de 284,90m² (casarão tombado, que integra o Corredor Cultural Padre Dudu), localizado na rua Justino Câmara, nº 114, esquina com rua Coronel Celestino, bairro Centro, e dá outras providências._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6733</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6733/flash_8299.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6733/flash_8299.pdf</t>
   </si>
   <si>
     <t>Flash 8299._x000D_
 PROJETO DE LEI Nº 128/2012. (RETIRADO). Altera o capital social da Empresa Municipal de Serviços, Obras e Urbanização – ESURB; desafeta e autoriza incorporação de imóveis do Município de Montes Claros ao patrimônio da Esurb; autoriza efetuar alienação de um dos imóveis incorporados, e dá outras providências._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6737</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6737/flash_8300.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6737/flash_8300.pdf</t>
   </si>
   <si>
     <t>Flash 8300._x000D_
 PROJETO DE LEI Nº 133/2012. (RETIRADO). Autoriza a desafetação e permuta de imóvel do Município, localizado no bairro Barcelona Park, com área de 2.294,04 m², por imóvel de 284,90m² (casarão tombado, que integra o Corredor Cultural Padre Dudu), localizado na rua Justino Câmara, nº 114, esquina com rua Coronel Celestino, bairro Centro, e dá outras providências. _x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6739</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6739/flash_8301.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6739/flash_8301.pdf</t>
   </si>
   <si>
     <t>Flash 8301._x000D_
 PROJETO DE LEI Nº 134/2012. (RETIRADO). Altera a Lei Municipal nº 4.392, de 23/09/2011, que disciplina as nomeações para cargos em comissão, no âmbito dos órgãos do Poder Executivo e Legislativo de Montes Claros._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6742</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6742/flash_8303.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6742/flash_8303.pdf</t>
   </si>
   <si>
     <t>Flash 8303._x000D_
 PROJETO DE LEI Nº 150/2012. (RETIRADO). Dispõe sobre a ratificação do Termo de Reconhecimento de Dívida, firmado entre o Município e o Conselho Regional de Farmácia do Estado de Minas Gerais – CRF/MG._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>10683</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/10683/flash_7979d.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/10683/flash_7979d.pdf</t>
   </si>
   <si>
     <t>Flash 7979D._x000D_
 PROJETO DE LEI Nº 144/2012. Dispõe sobre o parcelamento de débitos oriundos de contribuições previdenciárias devidas e não repassadas ao Instituto Municipal de Previdência dos Servidores Públicos de Montes Claros – PREVMOC, com competência até 31/10/2012, nos termos da Medida Provisória nº 589/2012. (Referente à Lei nº 4.574, de 19/12/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>10696</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/10696/flash_8047e.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/10696/flash_8047e.pdf</t>
   </si>
   <si>
     <t>Flash 8047E._x000D_
 PROJETO DE LEI Nº 54/2012. Estabelece reajustes de vencimentos dos servidores públicos do Poder Executivo do Município de Montes Claros, e dá outras providências. (Referente à Lei nº 4.499, de 04/04/2012)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6754</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>José Antônio Ferro</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6754/flash_8426.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6754/flash_8426.pdf</t>
   </si>
   <si>
     <t>Flash 8426._x000D_
 Requerimentos do vereador José Antônio Ferro, apresentados à Câmara Municipal de Montes Claros, no mês de maio de 2012._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>8434</t>
   </si>
   <si>
     <t>ATA</t>
   </si>
   <si>
     <t>Ata</t>
   </si>
   <si>
     <t>ATL - ATL</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/8434/flash_7603.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/8434/flash_7603.pdf</t>
   </si>
   <si>
     <t>Flash 7603._x000D_
 Atas das sessões da Câmara Municipal de Montes Claros, do período de 24/01 a 20/12/2012._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6603</t>
   </si>
   <si>
     <t>RES</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6603/flash_8356.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6603/flash_8356.pdf</t>
   </si>
   <si>
     <t>Flash 8356._x000D_
 RESOLUÇÃO Nº 01, de 31/01/2012. Concede o Título de Cidadão Benemérito de Montes Claros a Luis Henrique Silva Rosário (Tenente da Polícia Militar)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6605</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6605/flash_8357.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6605/flash_8357.pdf</t>
   </si>
   <si>
     <t>Flash 8357._x000D_
 RESOLUÇÃO Nº 06, de 12/04/2012. Concede o Título de Cidadão Benemérito de Montes Claros a Wilson José Cunha._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6607</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6607/flash_8358.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6607/flash_8358.pdf</t>
   </si>
   <si>
     <t>Flash 8358._x000D_
 RESOLUÇÃO Nº 02, de 28/02/2012. Concede o Título de Cidadã Benemérita de Montes Claros a Gleide Andrade Oliveira._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6609</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6609/flash_8359.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6609/flash_8359.pdf</t>
   </si>
   <si>
     <t>Flash 8359._x000D_
 RESOLUÇÃO Nº 07, de 12/04/2012. Concede o Título de Cidadão Benemérito de Montes Claros a Carlos Alberto Prates Corrêa._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6614</t>
   </si>
   <si>
     <t>Damázio Wladimir Silva</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6614/flash_8360.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6614/flash_8360.pdf</t>
   </si>
   <si>
     <t>Flash 8360._x000D_
 RESOLUÇÃO Nº 16, de 18/09/2012. Concede o Título de Cidadão Benemérito de Montes Claros a Pedro Narciso._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6617</t>
   </si>
   <si>
     <t>Elair Gomes</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6617/flash_8361.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6617/flash_8361.pdf</t>
   </si>
   <si>
     <t>Flash 8361._x000D_
 RESOLUÇÃO Nº 20, de 18/10/2012. Concede o Título de Cidadão Benemérito de Montes Claros a Cláudio Henrique Paulino (Major do 55º Batalhão de Infantaria)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6619</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6619/flash_8362.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6619/flash_8362.pdf</t>
   </si>
   <si>
     <t>Flash 8362._x000D_
 RESOLUÇÃO Nº 21, de 06/11/2012. Concede o Título de Cidadão Benemérito de Montes Claros a Sérgio Ricardo Santos de Oliveira (Major do Corpo de  Bombeiros)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6672</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6672/flash_8391.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6672/flash_8391.pdf</t>
   </si>
   <si>
     <t>Flash 8391._x000D_
 RESOLUÇÃO Nº 03, de 28/02/2012. Concede o Título de Cidadão Honorário de Montes Claros ao Dr. Mauro de Carvalho Lafetá._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6675</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6675/flash_8392.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6675/flash_8392.pdf</t>
   </si>
   <si>
     <t>Flash 8392._x000D_
 RESOLUÇÃO Nº 05, de 27/03/2012. Concede o Título de Cidadão Honorário de Montes Claros a Ricardo Antônio Vicintin._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6677</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6677/flash_8393.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6677/flash_8393.pdf</t>
   </si>
   <si>
     <t>Flash 8393._x000D_
 RESOLUÇÃO Nº 09, de 12/06/2012. Concede o Título de Cidadão Honorário de Montes Claros a Almir Rocha._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6680</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6680/flash_8394.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6680/flash_8394.pdf</t>
   </si>
   <si>
     <t>Flash 8394._x000D_
 RESOLUÇÃO Nº 12, de 14/08/2012. Concede o Título de Cidadão Honorário de Montes Claros a Divino Pereira de Brito (Coronel da Polícia Militar)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6685</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6685/flash_8395.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6685/flash_8395.pdf</t>
   </si>
   <si>
     <t>Flash 8395._x000D_
 RESOLUÇÃO Nº 14, de 21/08/2012. Concede o Título de Cidadão Honorário de Montes Claros a Manoel Vilella._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6686</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6686/flash_8396.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6686/flash_8396.pdf</t>
   </si>
   <si>
     <t>Flash 8396._x000D_
 RESOLUÇÃO Nº 13, de 21/08/2012. Concede o Título de Cidadão Honorário de Montes Claros a José Ramos dos Anjos Filho._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6687</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6687/flash_8397.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6687/flash_8397.pdf</t>
   </si>
   <si>
     <t>Flash 8397._x000D_
 RESOLUÇÃO Nº 15, de 04/09/2012. Concede o Título de Cidadão Honorário de Montes Claros ao Dr. Ciro Rocha Soares._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6688</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6688/flash_8398.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6688/flash_8398.pdf</t>
   </si>
   <si>
     <t>Flash 8398._x000D_
 RESOLUÇÃO Nº 17, de 25/09/2012. Concede o Título de Cidadão Honorário de Montes Claros ao Dr. Sérgio Murilo Diniz Braga._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6689</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6689/flash_8399.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6689/flash_8399.pdf</t>
   </si>
   <si>
     <t>Flash 8399._x000D_
 RESOLUÇÃO Nº 18, de 25/09/2012. Concede o Título de Cidadão Honorário de Montes Claros a José de Queiroz Brito._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6690</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6690/flash_8400.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6690/flash_8400.pdf</t>
   </si>
   <si>
     <t>Flash 8400._x000D_
 RESOLUÇÃO Nº 19, de 18/10/2012. Concede o Título de Cidadão Honorário de Montes Claros a Aristóteles Martins Rocha (Tenente Coronel do 55º Batalhão de Infantaria)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6691</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6691/flash_8401.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6691/flash_8401.pdf</t>
   </si>
   <si>
     <t>Flash 8401._x000D_
 RESOLUÇÃO Nº 24, de 18/12/2012. Concede o Título de Cidadão Honorário de Montes Claros ao Dr. Carlos Henrique Borlido Haddad._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6769</t>
   </si>
   <si>
     <t>FIN - FINANÇAS, ORÇAMENTO E TOMADA DE CONTAS</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6769/flash_8321.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6769/flash_8321.pdf</t>
   </si>
   <si>
     <t>Flash 8321._x000D_
 RESOLUÇÃO Nº 08, de 17/04/2012. Dispõe sobre a Prestação de Contas do Município de Montes Claros, relativas ao exercício financeiro de 2010. (Aprovadas)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6777</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6777/flash_8329.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6777/flash_8329.pdf</t>
   </si>
   <si>
     <t>Flash 8329._x000D_
 RESOLUÇÃO Nº 11, de 21/06/2012. Concede a “Medalha Ivan José Lopes de Honra Montes Claros" ao professor João dos Reis Canela._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6782</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6782/flash_8334.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6782/flash_8334.pdf</t>
   </si>
   <si>
     <t>Flash 8334._x000D_
 RESOLUÇÃO Nº 22, de 04/12/2012. Concede a "Placa de Mérito Cultural Cândido Canela" a Danielle Rodrigues de Moraes (Dani Moraes)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6793</t>
   </si>
   <si>
     <t>Antônio Silveira de Sá</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6793/flash_8345.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6793/flash_8345.pdf</t>
   </si>
   <si>
     <t>Flash 8345._x000D_
 RESOLUÇÃO Nº 04, de 08/03/2012. Concede a "Placa de Prata Alferes José Lopes de Carvalho" ao SEST SENAT Unidade B nº 33 – Montes Claros._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>6794</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6794/flash_8346.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6794/flash_8346.pdf</t>
   </si>
   <si>
     <t>Flash 8346._x000D_
 RESOLUÇÃO Nº 10, de 12/06/2012. Concede a "Placa de Prata Alferes José Lopes de Carvalho" ao padre Valdomiro Soares Machado (Frei Valdo)._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
   <si>
     <t>9298</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/9298/flash_8401e.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/9298/flash_8401e.pdf</t>
   </si>
   <si>
     <t>Flash 8401E._x000D_
 RESOLUÇÃO Nº 23, de 18/12/2012. Altera dispositivos do Regimento Interno da Câmara Municipal de Montes Claros. (Inciso II, segunda parte do artigo 124 e artigo 133, que dispõem sobre a quantidade de proposições a serem apresentadas pelos vereadores em cada reunião, e, sobre o tempo destinado aos "Assuntos Gerais")._x000D_
 Valcir Soares da Silva (Presidente).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -2885,68 +2885,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6744/flash_8304.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6745/flash_8305.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6145/flash_7952.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6227/flash_7788.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6731/flash_8298.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6741/flash_8302.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5911/flash_7618.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5937/flash_7858.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5939/flash_7859.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5941/flash_7860.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5943/flash_7861.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5944/flash_7862.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5945/flash_7863.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5946/flash_7864.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5947/flash_7865.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5948/flash_7866.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5949/flash_7867.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5954/flash_7636.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5956/flash_7637.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5957/flash_7638.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5958/flash_7639.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5959/flash_7640.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5965/flash_7875.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5967/flash_7876.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5982/flash_7654.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6014/flash_7892.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6121/flash_7942.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6124/flash_7943.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6127/flash_7944.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6128/flash_7726.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6129/flash_7945.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6130/flash_7727.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6131/flash_7728.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6132/flash_7946.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6133/flash_7729.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6136/flash_7730.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6134/flash_7947.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6135/flash_7948.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6138/flash_7731.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6137/flash_7949.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6139/flash_7732.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6140/flash_7950.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6141/flash_7733.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6142/flash_7951.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6143/flash_7734.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6144/flash_7735.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6203/flash_7970.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6219/flash_7977.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6221/flash_7978.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6223/flash_7979.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6226/flash_7981.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6298/flash_7736.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6299/flash_7737.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6300/flash_7738.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6301/flash_7739.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6302/flash_7740.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6303/flash_7741.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6304/flash_7742.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6305/flash_7743.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6306/flash_7744.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6307/flash_7745.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6308/flash_7746.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6309/flash_7747.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6310/flash_7748.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6311/flash_7749.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6312/flash_7750.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6313/flash_7751.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6314/flash_7752.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6315/flash_7753.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6316/flash_7754.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6354/flash_8026.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6355/flash_8027.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6356/flash_8028.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6357/flash_8029.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6358/flash_8030.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6359/flash_8031.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6360/flash_8032.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6361/flash_8033.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6362/flash_8034.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6363/flash_8035.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6364/flash_8036.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6365/flash_8037.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6366/flash_8038.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6367/flash_8039.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6368/flash_8040.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6369/flash_8041.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6370/flash_8042.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6210/flash_7786.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6225/flash_7787.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6244/flash_7798.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6245/flash_7799.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6246/flash_7800.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6257/flash_7801.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6258/flash_7802.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6471/flash_8117.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6472/flash_8118.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6473/flash_8119.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6474/flash_8120.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6475/flash_8121.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6476/flash_8122.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6477/flash_8123.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6478/flash_8124.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6479/flash_8125.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6480/flash_8126.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6481/flash_8127.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6482/flash_8128.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6483/flash_8129.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6484/flash_8130.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6485/flash_8131.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6486/flash_8132.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6487/flash_8133.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6488/flash_8134.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6575/flash_8207.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6576/flash_8208.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6577/flash_8209.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6578/flash_8210.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6579/flash_8211.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6580/flash_8212.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6581/flash_8213.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6582/flash_8214.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6583/flash_8215.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6584/flash_8216.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6585/flash_8217.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6586/flash_8218.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6587/flash_8219.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6588/flash_8220.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6589/flash_8221.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6590/flash_8222.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6591/flash_8223.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6592/flash_8224.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6593/flash_8225.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6594/flash_8226.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6595/flash_8227.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6596/flash_8228.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6597/flash_8229.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6712/flash_8286.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6714/flash_8287.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6716/flash_8288.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6718/flash_8289.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6719/flash_8290.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6721/flash_8291.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6723/flash_8292.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6725/flash_8293.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6726/flash_8294.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6727/flash_8295.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6728/flash_8296.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6730/flash_8297.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6733/flash_8299.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6737/flash_8300.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6739/flash_8301.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6742/flash_8303.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/10683/flash_7979d.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/10696/flash_8047e.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6754/flash_8426.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/8434/flash_7603.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6603/flash_8356.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6605/flash_8357.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6607/flash_8358.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6609/flash_8359.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6614/flash_8360.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6617/flash_8361.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6619/flash_8362.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6672/flash_8391.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6675/flash_8392.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6677/flash_8393.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6680/flash_8394.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6685/flash_8395.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6686/flash_8396.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6687/flash_8397.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6688/flash_8398.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6689/flash_8399.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6690/flash_8400.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6691/flash_8401.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6769/flash_8321.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6777/flash_8329.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6782/flash_8334.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6793/flash_8345.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6794/flash_8346.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/9298/flash_8401e.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6744/flash_8304.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6745/flash_8305.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6145/flash_7952.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6227/flash_7788.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6731/flash_8298.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6741/flash_8302.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5911/flash_7618.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5937/flash_7858.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5939/flash_7859.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5941/flash_7860.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5943/flash_7861.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5944/flash_7862.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5945/flash_7863.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5946/flash_7864.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5947/flash_7865.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5948/flash_7866.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5949/flash_7867.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5954/flash_7636.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5956/flash_7637.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5957/flash_7638.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5958/flash_7639.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5959/flash_7640.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5965/flash_7875.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5967/flash_7876.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/5982/flash_7654.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6014/flash_7892.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6121/flash_7942.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6124/flash_7943.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6127/flash_7944.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6128/flash_7726.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6129/flash_7945.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6130/flash_7727.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6131/flash_7728.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6132/flash_7946.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6133/flash_7729.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6136/flash_7730.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6134/flash_7947.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6135/flash_7948.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6138/flash_7731.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6137/flash_7949.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6139/flash_7732.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6140/flash_7950.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6141/flash_7733.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6142/flash_7951.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6143/flash_7734.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6144/flash_7735.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6203/flash_7970.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6219/flash_7977.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6221/flash_7978.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6223/flash_7979.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6226/flash_7981.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6298/flash_7736.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6299/flash_7737.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6300/flash_7738.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6301/flash_7739.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6302/flash_7740.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6303/flash_7741.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6304/flash_7742.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6305/flash_7743.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6306/flash_7744.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6307/flash_7745.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6308/flash_7746.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6309/flash_7747.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6310/flash_7748.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6311/flash_7749.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6312/flash_7750.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6313/flash_7751.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6314/flash_7752.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6315/flash_7753.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6316/flash_7754.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6354/flash_8026.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6355/flash_8027.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6356/flash_8028.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6357/flash_8029.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6358/flash_8030.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6359/flash_8031.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6360/flash_8032.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6361/flash_8033.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6362/flash_8034.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6363/flash_8035.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6364/flash_8036.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6365/flash_8037.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6366/flash_8038.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6367/flash_8039.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6368/flash_8040.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6369/flash_8041.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6370/flash_8042.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6210/flash_7786.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6225/flash_7787.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6244/flash_7798.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6245/flash_7799.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6246/flash_7800.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6257/flash_7801.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6258/flash_7802.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6471/flash_8117.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6472/flash_8118.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6473/flash_8119.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6474/flash_8120.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6475/flash_8121.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6476/flash_8122.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6477/flash_8123.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6478/flash_8124.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6479/flash_8125.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6480/flash_8126.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6481/flash_8127.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6482/flash_8128.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6483/flash_8129.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6484/flash_8130.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6485/flash_8131.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6486/flash_8132.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6487/flash_8133.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6488/flash_8134.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6575/flash_8207.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6576/flash_8208.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6577/flash_8209.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6578/flash_8210.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6579/flash_8211.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6580/flash_8212.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6581/flash_8213.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6582/flash_8214.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6583/flash_8215.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6584/flash_8216.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6585/flash_8217.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6586/flash_8218.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6587/flash_8219.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6588/flash_8220.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6589/flash_8221.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6590/flash_8222.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6591/flash_8223.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6592/flash_8224.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6593/flash_8225.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6594/flash_8226.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6595/flash_8227.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6596/flash_8228.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6597/flash_8229.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6712/flash_8286.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6714/flash_8287.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6716/flash_8288.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6718/flash_8289.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6719/flash_8290.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6721/flash_8291.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6723/flash_8292.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6725/flash_8293.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6726/flash_8294.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6727/flash_8295.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6728/flash_8296.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6730/flash_8297.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6733/flash_8299.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6737/flash_8300.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6739/flash_8301.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6742/flash_8303.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/10683/flash_7979d.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/10696/flash_8047e.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6754/flash_8426.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/8434/flash_7603.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6603/flash_8356.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6605/flash_8357.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6607/flash_8358.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6609/flash_8359.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6614/flash_8360.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6617/flash_8361.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6619/flash_8362.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6672/flash_8391.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6675/flash_8392.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6677/flash_8393.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6680/flash_8394.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6685/flash_8395.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6686/flash_8396.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6687/flash_8397.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6688/flash_8398.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6689/flash_8399.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6690/flash_8400.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6691/flash_8401.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6769/flash_8321.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6777/flash_8329.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6782/flash_8334.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6793/flash_8345.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/6794/flash_8346.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2012/9298/flash_8401e.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H180"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="47.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="92.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="91.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>