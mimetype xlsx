--- v0 (2025-12-24)
+++ v1 (2026-03-23)
@@ -54,2131 +54,2131 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>8200</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica Municipal</t>
   </si>
   <si>
     <t>Wilton Dias</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8200/flash_9687.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8200/flash_9687.pdf</t>
   </si>
   <si>
     <t>Flash 9687._x000D_
 PROJETO DE EMENDA Nº 01/2018. (NÃO VOTADO). Altera a redação do inciso III do artigo 30 e o artigo 34 da Lei Orgânica do Município de Montes Claros._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8201</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Aldair Fagundes</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8201/flash_9688.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8201/flash_9688.pdf</t>
   </si>
   <si>
     <t>Flash 9688._x000D_
 PROJETO DE EMENDA Nº 02/2018. (NÃO VOTADO). Altera a redação dos artigos 156, 158 e 165 da Lei Orgânica do Município de Montes Claros._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7820</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Executivo Municipal - EXEC</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7820/flash_9404.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7820/flash_9404.pdf</t>
   </si>
   <si>
     <t>Flash 9404._x000D_
 PROJETO DE LEI COMPLEMENTAR Nº 02/2018. Altera o artigo 5º da Lei Complementar nº 021, de 29/10/2009, que dispõe sobre a criação, ampliação e extinção de cargos de provimento efetivo no quadro de pessoal da Prefeitura de Montes Claros. (Sobre Agente de Segurança e Guarda Municipal). (Referente à Lei Complementar nº 64, de 25/04/2018, alterada pela Lei Complementar nº 121, de 28/02/2024, passando a denominar-se Lei Complementar nº 64-A)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7830</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7830/flash_9414.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7830/flash_9414.pdf</t>
   </si>
   <si>
     <t>Flash 9414._x000D_
 PROJETO DE LEI COMPLEMENTAR Nº 06/2018. (REVOGADA). Altera o artigo 106, da Lei nº 3.175, de 23/12/2003 e o artigo 2º da Lei Complementar nº 58, de 31/03/2017, que dispõe sobre o Estatuto do Servidor do Município de Montes Claros. (Licença para os casos de adoção). (Referente à Lei Complementar nº 67, de 21/12/2018, que foi posteriormente revogada pela Lei Complementar nº 83, de 12/08/2021). _x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7902</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>MESA DIRETORA - MESA</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7902/flash_9486.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7902/flash_9486.pdf</t>
   </si>
   <si>
     <t>Flash 9486._x000D_
 PROJETO DE LEI COMPLEMENTAR Nº 01/2018. Dispõe sobre a criação de cargos na estrutura funcional da Câmara Municipal de Montes Claros (Supervisor de Telecomunicações), e contém outras providências. (Referente à Lei Complementar nº 63, de 05/04/2018, alterada pela Lei Complementar nº 121, de 28/02/2024, passando a denominar-se Lei Complementar nº 63-A)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7903</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7903/flash_9487.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7903/flash_9487.pdf</t>
   </si>
   <si>
     <t>Flash 9487._x000D_
 PROJETO DE LEI COMPLEMENTAR Nº 03/2018. Dispõe sobre a extinção e criação de cargos na estrutura funcional da Câmara Municipal de Montes Claros e contém outras providências. (Referente à Lei Complementar nº 65, de 28/06/2018)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7999</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7999/flash_9408.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7999/flash_9408.pdf</t>
   </si>
   <si>
     <t>Flash 9408._x000D_
 PROJETO DE LEI COMPLEMENTAR Nº 05/2018. Dispõe sobre alterações no anexo II da Lei nº 3.348, de 19/07/2004, nos anexos I, II, V, e VI, da Lei Complementar nº 021, de 29/10/2009, na Lei Complementar nº 40, de 28/12/2012, na Lei Complementar nº 55, de 21/12/2016, e dá outras providências. (Dispõem sobre o Plano de Carreira, Cargos e Vencimentos dos Servidores Públicos do Poder Executivo do Município de Montes Claros). (Referente à Lei Complementar nº 66, de 01/10/2018)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8033</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8033/flash_9584.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8033/flash_9584.pdf</t>
   </si>
   <si>
     <t>Flash 9584._x000D_
 PROJETO DE LEI COMPLEMENTAR Nº 04/2018. (NÃO VOTADO). Dispõe sobre alterações no anexo II da Lei nº 3.348, de 19/06/2004, nos anexos I, II, V e VI, da Lei Complementar nº 21, de 29/10/2009, na Lei Complementar nº 40, de 28/12/2012, na Lei Complementar nº 55, de 21/12/2016, e dá outras providências. (Dispõem sobre a ampliação de cargos no âmbito do Poder Executivo do Município de Montes Claros)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7571</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7571/flash_9157.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7571/flash_9157.pdf</t>
   </si>
   <si>
     <t>Flash 9157._x000D_
 PROJETO DE LEI Nº 07/2018. Autoriza o Poder Executivo Municipal a repassar recursos do Fundo Municipal para a Infância e Adolescência – FIA, às entidades governamentais e não-governamentais inscritas no Conselho Municipal da Criança e do Adolescente – CMDCA, e dá outras providências. (Referente à Lei nº 5.046, de 07/02/2018)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7572</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7572/flash_9158.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7572/flash_9158.pdf</t>
   </si>
   <si>
     <t>Flash 9158._x000D_
 PROJETO DE LEI Nº 08/2018. Autoriza o Poder Executivo Municipal a repassar recursos financeiros e firmar parceria com a Federação Mineira de Voleibol,  objetivando a promoção e o apoio à equipe de vôlei adulto masculino "Montes Claros Vôlei", visando a participação em campeonatos estaduais, nacionais e internacionais, e, dá outras providências. (Referente à Lei nº 5.048, de 07/02/2018)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7573</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7573/flash_9159.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7573/flash_9159.pdf</t>
   </si>
   <si>
     <t>Flash 9159._x000D_
 PROJETO DE LEI Nº 09/2018. Autoriza o Poder Executivo Municipal a repassar recursos do Fundo Municipal do Idoso - FMI, às entidades governamentais e não-governamentais inscritas no Conselho Municipal do Idoso, e dá outras providências. (Referente à Lei nº 5.047, de 07/02/2018)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7574</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7574/flash_9160.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7574/flash_9160.pdf</t>
   </si>
   <si>
     <t>Flash 9160._x000D_
 PROJETO DE LEI Nº 13/2018. Autoriza o Poder Executivo Municipal, a repassar recursos financeiros (bolsa auxílio) para atender famílias com guarda temporária de crianças e adolescentes em situação de risco social e pessoal, no município de Montes Claros, e dá outras providências. (Família acolhedora). (Referente à Lei nº 5.050, de 03/03/2018)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7575</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7575/flash_9161.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7575/flash_9161.pdf</t>
   </si>
   <si>
     <t>Flash 9161._x000D_
 PROJETO DE LEI Nº 20/2018. Autoriza o Poder Executivo Municipal a firmar parceria com a Associação de Pais e Amigos dos Excepcionais de Montes Claros – APAE e doar-lhe um veículo adaptado, modelo micro-ônibus, adquirido através de convênio com a União._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7576</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7576/flash_9162.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7576/flash_9162.pdf</t>
   </si>
   <si>
     <t>Flash 9162._x000D_
 PROJETO DE LEI Nº 31/2018. Autoriza o Poder Executivo Municipal, a celebrar convênio de cooperação com o Estado de Minas Gerais, a fim de estabelecer colaboração federativa na organização, regulação, fiscalização e prestação de serviços públicos municipais de abastecimento de água e de esgotamento sanitário, através da COPASA, e dá outras providências. (Referente à Lei nº 5.059, de 10/05/2018)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7577</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7577/flash_9163.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7577/flash_9163.pdf</t>
   </si>
   <si>
     <t>Flash 9163._x000D_
 PROJETO DE LEI Nº 34/2018. Autoriza o Poder Executivo Municipal a firmar parceria e repassar recursos financeiros, através da Secretaria Municipal de Educação, às instituições de ensino infantil e fundamental de Montes Claros, previamente credenciadas no município, e dá outras providências. (Referente à Lei nº 5.053, de 11/04/2018)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7578</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7578/flash_9164.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7578/flash_9164.pdf</t>
   </si>
   <si>
     <t>Flash 9164._x000D_
 PROJETO DE LEI Nº 35/2018. Autoriza o Poder Executivo Municipal, a aditar convênio e repassar recursos financeiros suplementares à Empresa de Assistência Técnica e Extensão Rural do Estado de Minas Gerais – EMATER/MG, nos termos da Lei nº 4.982, de 21/06/2017, e dá outras providências. (Referente à Lei nº 5.057, de 25/04/2018)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7579</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7579/flash_9165.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7579/flash_9165.pdf</t>
   </si>
   <si>
     <t>Flash 9165._x000D_
 PROJETO DE LEI Nº 60/2018. Autoriza o Poder Executivo Municipal a firmar parceria com a Sociedade Rural de Montes Claros, repassar recursos financeiros no valor de R$ 70.000,00 em apoio à 44ª Expomontes, e dá outras providências. (Referente à Lei nº 5.071, de 02/07/2018)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7580</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7580/flash_9166.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7580/flash_9166.pdf</t>
   </si>
   <si>
     <t>Flash 9166._x000D_
 PROJETO DE LEI Nº 63/2018. Autoriza o Poder Executivo Municipal a firmar parceria com a Fundação Cultural Genival Tourinho, repassar recursos financeiros no valor de R$ 40.000,00 em apoio à realização das tradicionais “Festas de Agosto”, e dá outras providências. (Referente à Lei nº 5.070, de 02/07/2018). _x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7581</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7581/flash_9167.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7581/flash_9167.pdf</t>
   </si>
   <si>
     <t>Flash 9167._x000D_
 PROJETO DE LEI Nº 76/2018. Autoriza o Poder Executivo Municipal a firmar parceria com a Associação Comercial, Industrial e de Serviços de Montes Claros – ACI, repassar recursos financeiros no valor de R$ 30.000,00 em apoio à realização da 23ª edição da FENICS, e dá outras providências. (Referente à Lei nº 5.082, de 12/09/2018)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7597</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7597/flash_9183.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7597/flash_9183.pdf</t>
   </si>
   <si>
     <t>Flash 9183._x000D_
 PROJETO DE LEI Nº 62/2018. Autoriza o Poder Executivo Municipal a abrir crédito adicional especial ao orçamento vigente, no valor de R$ 13.400.000,00, para manutenção dos serviços contratados de atenção básica, de média e alta complexidade – hospitalar e ambulatorial, e dá outras providências. (Referente à Lei nº 5.069, de 02/07/2018)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7598</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7598/flash_9184.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7598/flash_9184.pdf</t>
   </si>
   <si>
     <t>Flash 9184._x000D_
 PROJETO DE LEI Nº 46/2019. Autoriza o Poder Executivo Municipal a abrir crédito adicional especial ao orçamento vigente, no valor de R$ 659.700,00, para atender a obras de reforma e ampliação das Unidades de Estratégia Saúde da Família - ESF, localizadas nos bairros Vila Anália e Cidade Industrial, bem como para aquisição de equipamentos e material permanente para atender a rede municipal de saúde, e dá outras providências. (Referente à Lei nº 5.142, de 22/05/2019)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7610</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7610/flash_9196.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7610/flash_9196.pdf</t>
   </si>
   <si>
     <t>Flash 9196._x000D_
 PROJETO DE LEI Nº 14/2018. Cria o Fundo Municipal dos Direitos da Pessoa com Deficiência – FMDPD, em Montes Claros, e dá outras providências. (Referente à Lei nº 5.051, de 03/03/2018)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7611</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7611/flash_9197.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7611/flash_9197.pdf</t>
   </si>
   <si>
     <t>Flash 9197._x000D_
 PROJETO DE LEI Nº 40/2018. Institui o Programa de Aprendizagem para Jovens do Município de Montes Claros, e dá outras providências. (Referente à Lei nº 5.064, de 21/06/2018)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7612</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7612/flash_9198.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7612/flash_9198.pdf</t>
   </si>
   <si>
     <t>Flash 9198._x000D_
 PROJETO DE LEI Nº 68/2018. Dispõe sobre a criação do "Parque Municipal Cândido Canela", localizado no bairro Canelas II e do "Parque Municipal Sagarana", localizado no bairro Ibituruna. (Referente à Lei nº 5.077, de 21/08/2018)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7613</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7613/flash_9199.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7613/flash_9199.pdf</t>
   </si>
   <si>
     <t>Flash 9199._x000D_
 PROJETO DE LEI Nº 82/2018. Institui o Fundo Municipal de Investimentos - FMI, o Conselho Gestor do Fundo Municipal de Investimentos, e dá outras providências. (Referente à Lei nº 5.094, de 17/10/2018)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7614</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7614/flash_9200.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7614/flash_9200.pdf</t>
   </si>
   <si>
     <t>Flash 9200._x000D_
 PROJETO DE LEI Nº 99/2018. (VETADO). Institui o Fundo Especial de Natureza Contábil da Câmara Municipal de Montes Claros – FENC, com a finalidade específica de aquisição de bem imóvel e ou construção da sua sede própria, e dá outras providências. (Recebeu veto do Poder Executivo - ver flash 9693)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7634</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Martins Lima Filho (Junior Martins)</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7634/flash_9219.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7634/flash_9219.pdf</t>
   </si>
   <si>
     <t>Flash 9219._x000D_
 PROJETO DE LEI Nº 12/2018. Denomina a "Praça João Sálvio Carmo”, conhecida popularmente como Praça do Alice Maia, localizada no bairro Alice Maia. (Referente à Lei nº 5.063, de 24/05/2018)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7635</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7635/flash_9220.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7635/flash_9220.pdf</t>
   </si>
   <si>
     <t>Flash 9220._x000D_
 PROJETO DE LEI Nº 27/2018. Denomina vias públicas localizadas no bairro Renascença: "Rua Geraldo José Brás”, “Rua Ana Isaura Santos”, “Rua Afonso Pereira Fonseca” e “ Rua Mestre José Expedito”. (Referente à Lei nº 5.056, de 24/04/2018)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7636</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>José Valdinei Gonçalves Siqueira</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7636/flash_9221.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7636/flash_9221.pdf</t>
   </si>
   <si>
     <t>Flash 9221._x000D_
 PROJETO DE LEI Nº 28/2018. Denomina a "Rua Paulo Antunes de Souza”, localizada no bairro Alto da Boa Vista. (Referente à Lei nº 5.055, de 24/04/2018)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7637</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Maria Helena Lopes</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7637/flash_9222.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7637/flash_9222.pdf</t>
   </si>
   <si>
     <t>Flash 9222._x000D_
 PROJETO DE LEI Nº 43/2018. Denomina a "Rua Joaquina Couto Machado”, localizada no bairro Augusta Mota. (Referente à Lei nº 5.062, de 24/05/2018). _x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7638</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Sebastião Ildeu Maia</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7638/flash_9223.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7638/flash_9223.pdf</t>
   </si>
   <si>
     <t>Flash 9223._x000D_
 PROJETO DE LEI Nº 47/2018. (REVOGADA). Denomina a "Rua Maria Clara Fernandez”, localizada no bairro João Botelho. (Referente à Lei nº 5.086, de 19/09/2018, que foi posteriormente revogada pela Lei nº 5.132, de 23/04/2019)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7639</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7639/flash_9224.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7639/flash_9224.pdf</t>
   </si>
   <si>
     <t>Flash 9224._x000D_
  PROJETO DE LEI Nº 70/2018. Denomina a "Rua Horaciano Ferreira da Silva”, localizada na Vila Tiradentes. (Referente à Lei nº 5.087, de 19/09/2018)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7640</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Valdivino Antunes de Souza</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7640/flash_9225.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7640/flash_9225.pdf</t>
   </si>
   <si>
     <t>Flash 9225._x000D_
 PROJETO DE LEI Nº 81/2018. Denomina a "Praça Fabrício Soares Seixas”, localizada na avenida das Américas, esquina com a rua República do Equador, no bairro JK._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7641</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Idelfonso Pereira Araújo</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7641/flash_9226.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7641/flash_9226.pdf</t>
   </si>
   <si>
     <t>Flash 9226._x000D_
 PROJETO DE LEI Nº 85/2018. Denomina a "Rua Moacir Rodrigues Torres”, localizada no bairro Nossa Senhora das Graças. (Referente à Lei nº 5.097, de 18/10/2018)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7642</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Raimundo Pereira da Silva</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7642/flash_9227.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7642/flash_9227.pdf</t>
   </si>
   <si>
     <t>Flash 9227._x000D_
 PROJETO DE LEI Nº 90/2018. Denomina a "Rua João José Pimenta”, localizada no bairro Delfino Magalhães. (Referente à Lei nº 5.098, de 18/10/2018)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7643</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7643/flash_9228.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7643/flash_9228.pdf</t>
   </si>
   <si>
     <t>Flash 9228._x000D_
 PROJETO DE LEI Nº 95/2018.  Denomina o "Salão de Velório Sinésio Pereira da Silva”, localizado na avenida Cirilo Jorge da Silva, nº 205, no bairro Vila Campos. (Referente à Lei nº 5.106, de 21/12/2018)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7645</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Maria das Graças Gonçalves Dias</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7645/flash_9229.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7645/flash_9229.pdf</t>
   </si>
   <si>
     <t>Flash 9229._x000D_
 PROJETO DE LEI Nº 98/2018. Denomina o "Centro de Saúde Ana Gomes de Oliveira” (Estratégia Saúde da Família - ESF), localizado na Fazenda São João, na Comunidade Rural de Borá. (Referente à Lei nº 5.107, de 21/12/2018)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7646</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Domingos Edmilson Magalhães</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7646/flash_9230.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7646/flash_9230.pdf</t>
   </si>
   <si>
     <t>Flash 9230._x000D_
 PROJETO DE LEI Nº 100/2018. Denomina a "Rua Padre Henrique Munáiz", localizada no bairro Santa Lúcia I. (Referente à Lei nº 5.108, de 21/12/2018)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7647</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7647/flash_9231.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7647/flash_9231.pdf</t>
   </si>
   <si>
     <t>Flash 9231._x000D_
 PROJETO DE LEI Nº 101/2018. Denomina a "Rua Padre Antônio Carlos", localizada no bairro Santa Lúcia I. (Referente à Lei nº 5.109, de 21/12/2018)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7725</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7725/flash_9309.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7725/flash_9309.pdf</t>
   </si>
   <si>
     <t>Flash 9309._x000D_
-PROJETO DE LEI Nº 24/2018. (ALTERADA). Dispõe sobre a prestação do serviço de "Transporte Coletivo Escolar Urbano" do Município de Montes Claros. (Referente à Lei nº 5.052, de 05/04/2018, que foi alterada pelas Leis nº 5.197, de 11/11/2019 e nº 5.505, de 22/12/2022)._x000D_
+PROJETO DE LEI Nº 24/2018. (ALTERADA). Dispõe sobre a prestação do serviço de "Transporte Coletivo Escolar Urbano" do Município de Montes Claros. (Referente à Lei nº 5.052, de 05/04/2018, que foi alterada pelas Leis nº 5.197, de 11/11/2019, nº 5.505, de 22/12/2022 e nº 5.947, de 23/12/2025)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7726</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Soter Magno</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7726/flash_9310.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7726/flash_9310.pdf</t>
   </si>
   <si>
     <t>Flash 9310._x000D_
 PROJETO DE LEI Nº 48/2018. Dispõe sobre o descarte adequado de medicamentos vencidos ou não utilizados, de uso humano ou veterinário, e dá outras providências. (Referente à Lei nº 5.092, de 10/10/2018)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7727</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7727/flash_9311.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7727/flash_9311.pdf</t>
   </si>
   <si>
     <t>Flash 9311._x000D_
 PROJETO DE LEI Nº 51/2018. Dispõe sobre a reserva de vagas de estacionamento para gestante e pessoas acompanhadas de crianças de colo, no âmbito do município de Montes Claros, e dá outras providências. (Referente à Lei nº 5.093, de 10/10/2018, alterada pela Lei nº 5.742, de 02/09/2024)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7728</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7728/flash_9312.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7728/flash_9312.pdf</t>
   </si>
   <si>
     <t>Flash 9312._x000D_
 PROJETO DE LEI Nº 54/2018. Dispõe sobre oferta de vagas para egressos do sistema penitenciário, apenados em regimes semi-aberto e aberto e pessoas em situação de rua, nas contratações de obras e serviços feitas pelos órgãos e entidades da Administração Pública Municipal. (Referente à Lei nº 5.079, de 29/08/2018)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7729</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7729/flash_9313.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7729/flash_9313.pdf</t>
   </si>
   <si>
     <t>Flash 9313._x000D_
 PROJETO DE LEI Nº 64/2018. Dispõe sobre a limpeza urbana, seus serviços e manejo de resíduos sólidos urbanos no município de Montes Claros, e dá outras providências. (Referente à Lei nº 5.080, de 10/09/2018)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7730</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>Wanderley Ferreira de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7730/flash_9314.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7730/flash_9314.pdf</t>
   </si>
   <si>
     <t>Flash 9314._x000D_
 PROJETO DE LEI Nº 84/2018. (VETADO PARCIALMENTE). Dispõe sobre a fixação do critério de renda para fins de enquadramento fundiário de interesse social – REURB-S, no Município de Montes Claros. (Recebeu veto parcial do Poder Executivo - ver flash 9692). (Referente à Lei nº 5.099, de 05/11/2018)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7738</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7738/flash_9322.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7738/flash_9322.pdf</t>
   </si>
   <si>
     <t>Flash 9322._x000D_
 PROJETO DE LEI Nº 33/2018. Dispõe sobre a criação e denominação da "Escola Municipal Doutor Mário Tourinho", localizada no bairro de Lourdes. (Referente à Lei nº 5.054, de 24/04/2018)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7758</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7758/flash_9342.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7758/flash_9342.pdf</t>
   </si>
   <si>
     <t>Flash 9342._x000D_
 PROJETO DE LEI Nº 44/2018. Autoriza a desafetação e afetação de áreas de propriedade do Município de Montes Claros, e dá outras providências. (Terrenos medindo 3.921,73 m² cada, situados nos loteamentos Belvedere e Distrito Industrial, sendo, o terreno localizado no Distrito Industrial, destinado à construção de um Centro Municipal de Educação Infantil – CEMEI). (Referente à Lei nº 5.060, de 16/05/2018)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7759</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7759/flash_9343.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7759/flash_9343.pdf</t>
   </si>
   <si>
     <t>Flash 9343._x000D_
 PROJETO DE LEI Nº 56/2018. Autoriza o Poder Executivo Municipal a receber imóveis em dação em pagamento da empresa Momento Engenharia e Empreendimentos Ltda, localizados no Residencial Vitória. Um dos terrenos será cedido em favor da Companhia de Saneamento de Minas Gerais – COPASA para utilização no sistema de abastecimento de água e esgotamento sanitário do Município. (Referente à Lei nº 5.065, de 21/06/2018)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7760</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7760/flash_9344.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7760/flash_9344.pdf</t>
   </si>
   <si>
     <t>Flash 9344._x000D_
 PROJETO DE LEI Nº 57/2018. Autoriza o Poder Executivo Municipal a declarar de utilidade pública para fins de desapropriação, áreas de terreno, localizadas no bairro Monte Sião IV, de propriedade da empresa Múltipla Administração e Investimentos Sociedade Simples Ltda, para possibilitar a operacionalização do sistema de água e esgotamento sanitário do residencial para entrega de unidades habitacionais. (Referente à Lei nº 5.066, de 21/06/2018)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7761</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7761/flash_9345.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7761/flash_9345.pdf</t>
   </si>
   <si>
     <t>Flash 9345._x000D_
 PROJETO DE LEI Nº 83/2018. (ALTERADA). Autoriza o Poder Executivo desafetar imóveis, mediante permuta de categorias; a fazer doação de terreno ao Estado de Minas Gerais, para ser utilizado exclusivamente pelo Tribunal de Justiça do Estado, para edificação do Poder Judiciário Estadual em Montes Claros, e dá outras providências. (Terreno doado medindo 15.000,18 m², localizado no bairro Ibituruna). (Referente à Lei nº 5.085, de 19/09/2018, que foi alterada pelas Lei nº 5.179, de 10/09/2019 e nº 5.593, de 30/08/2023)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7762</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7762/flash_9346.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7762/flash_9346.pdf</t>
   </si>
   <si>
     <t>Flash 9346._x000D_
- PROJETO DE LEI Nº 103/2018. Autoriza o Poder Executivo Municipal a conceder direito real de uso de imóvel, integrado ao Zoológico Amaro Sátiro de Araújo, ao Instituto Estadual de Floresta – IEF, para implantação e execução do Centro de Triagem de Animais Silvestres – CETAS, e dá outras providências. (Referente à Lei nº 5.105, de 21/12/2018)._x000D_
+ PROJETO DE LEI Nº 103/2018. (ALTERADA). Autoriza o Poder Executivo Municipal a conceder direito real de uso de imóvel, integrado ao Zoológico Amaro Sátiro de Araújo, ao Instituto Estadual de Floresta – IEF, para implantação e execução do Centro de Triagem de Animais Silvestres – CETAS, e dá outras providências. (Referente à Lei nº 5.105, de 21/12/2018, que foi posteriormente alterada pela Lei nº 5.872, de 27/08/2025)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7800</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7800/flash_9384.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7800/flash_9384.pdf</t>
   </si>
   <si>
     <t>Flash 9384._x000D_
 PROJETO DE LEI Nº 50/2018. Dispõe sobre a "Semana Municipal de Combate à Violência Contra a Mulher", a ser realizada anualmente na última semana do mês de novembro, no município de Montes Claros e dá outras providências. (Referente à Lei nº 5.067, de 28/06/2018).  _x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7801</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>Cláudio Prates</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7801/flash_9385.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7801/flash_9385.pdf</t>
   </si>
   <si>
     <t>Flash 9385._x000D_
 PROJETO DE LEI Nº 66/2018. Institui o “Dia Municipal da Advocacia Pública”, a ser comemorado anualmente no dia 10 de maio. (Referente à Lei nº 5.075, de 09/08/2018)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7802</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7802/flash_9386.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7802/flash_9386.pdf</t>
   </si>
   <si>
     <t>Flash 9386._x000D_
 PROJETO DE LEI Nº 69/2018. Institui a Campanha de Valorização da Vida, denominada “Setembro Amarelo”, institui o "Dia Municipal de Prevenção ao Suicídio", a ser comemorado anualmente no dia 10 de setembro, e, institui a "Caminhada Anual pela Vida", a ser promovida no encerramento da dita campanha. (Referente à Lei nº 5.076, de 09/08/2018)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7819</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7819/flash_9403.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7819/flash_9403.pdf</t>
   </si>
   <si>
     <t>Flash 9403._x000D_
 PROJETO DE LEI Nº 10/2018. Altera a Lei nº 4.966, de 23/03/2017, que altera a Lei nº 4.753, de 25/03/2015, que dispõem sobre a doação de terreno à empresa 3CAFFI Indústria e Comércio de Cápsulas S.A., localizado no Distrito Industrial, e dá outras providências. (Referente à Lei nº 5.049, de 07/02/2018)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7821</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7821/flash_9405.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7821/flash_9405.pdf</t>
   </si>
   <si>
     <t>Flash 9405._x000D_
 PROJETO DE LEI 55/2018. Altera a Lei Municipal nº 4.930, de 01/12/2016, que dispõe sobre a criação do Parque Municipal “Marcelo Mameluque Mota”, localizado no bairro Ibituruna, e dá outras providências. (Referente à Lei nº 5.074, de 09/08/2018)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7822</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7822/flash_9406.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7822/flash_9406.pdf</t>
   </si>
   <si>
     <t>Flash 9406._x000D_
 PROJETO DE LEI Nº 61/2018. Altera a Lei Municipal nº 5.017, de 27/11/2017, que autoriza o Município de Montes Claros a realizar Contrato de Mútuo com a Empresa Municipal de Serviços, Obras e Urbanização – ESURB, para empréstimo de insumos e maquinários, destinados à realização de obras públicas do Município. (Referente à Lei nº 5.073, de 09/08/2018)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7823</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7823/flash_9407.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7823/flash_9407.pdf</t>
   </si>
   <si>
     <t>Flash 9407._x000D_
 PROJETO DE LEI Nº 65/2018. Altera os artigos 127, 129 e 130 da Lei nº 3.032, de 16/07/2002, que instituiu o Código de Obras e Edificações do Município de Montes Claros. (Multas previstas serão calculadas pela Unidade de Referência Fiscal de Montes Claros – UREF-MC). (Referente à Lei nº 5.078, de 29/08/2018)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7825</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7825/flash_9409.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7825/flash_9409.pdf</t>
   </si>
   <si>
     <t>Flash 9409._x000D_
 PROJETO DE LEI Nº 77/2018. Altera a Lei Municipal nº 5.044, de 07/12/2017, que autoriza a desafetação e doação de imóvel do Município à empresa Sanval Comércio e Indústria Ltda, e dá outras providências. (Referente à Lei nº 5.081, de 12/09/2018)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7826</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7826/flash_9410.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7826/flash_9410.pdf</t>
   </si>
   <si>
     <t>Flash 9410._x000D_
 PROJETO DE LEI Nº 97/2018. Altera a Lei Municipal nº 3.720, de 09/05/2007, que dispõe sobre o Parcelamento do Solo Urbano e Loteamentos Fechados no Município de Montes Claros. (Referente à Lei nº 5.101, de 22/11/2018)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7827</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7827/flash_9411.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7827/flash_9411.pdf</t>
   </si>
   <si>
     <t>Flash 9411._x000D_
 PROJETO DE LEI Nº 104/2018. Altera a Lei nº 4.853, de 22/12/2015, que dispõe sobre a desafetação de áreas urbanas pertencentes ao Município de Montes Claros, com preservação de área verde, localizadas nos bairros Ibituruna e Village do Lago III; altera o zoneamento urbano estabelecido pela Lei nº 4.198, de 23/12/2009; autoriza a alienação de imóveis, e dá outras providências. (Referente à Lei nº 5.103, de 12/12/2018)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7828</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7828/flash_9412.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7828/flash_9412.pdf</t>
   </si>
   <si>
     <t>Flash 9412._x000D_
 PROJETO DE LEI Nº 105/2018. Altera a Lei nº 3.139, de 07/08/2003, que dispõe sobre os Engenhos de Divulgação de Publicidade e Anúncios no Município de Montes Claros, e dá outras providências. (Referente à Lei nº 5.110, de 21/12/2018)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7829</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7829/flash_9413.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7829/flash_9413.pdf</t>
   </si>
   <si>
     <t>Flash 9413._x000D_
 PROJETO DE LEI Nº 106/2018. Altera a Lei nº 4.763, de 05/05/2015, que autoriza o Poder Executivo a fazer aquisição de imóveis, mediante compra, localizados na Avenida Governador Magalhães Pinto, de propriedade da empresa de tecidos COTEMINAS S.A. e dá outras providências. (Referente à Lei nº 5.111, de 21/12/2018, que foi alterada pela Lei nº 5.660, de 28/02/2024)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7868</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7868/flash_9452.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7868/flash_9452.pdf</t>
   </si>
   <si>
     <t>Flash 9452._x000D_
 PROJETO DE LEI Nº 67/2018. Institui a obrigatoriedade de instalação de sistema de captação, armazenamento e utilização de águas pluviais nas edificações de condomínios residenciais no Município de Montes Claros, e dá outras providências. (Referente à Lei nº 5.100, de 05/11/2018)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7869</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7869/flash_9453.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7869/flash_9453.pdf</t>
   </si>
   <si>
     <t>Flash 9453._x000D_
 PROJETO DE LEI Nº 86/2018. Dispõe sobre a proibição de fornecimento de canudos confeccionados com material plástico ou não biodegradável em bares, restaurantes e similares, e dá outras providências. Aplica-se subsidiariamente a Lei nº 1.091, de 1976 - Código de Posturas. (Referente à Lei nº 5.096, de 11/10/2018)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7881</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7881/flash_9465.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7881/flash_9465.pdf</t>
   </si>
   <si>
     <t>Flash 9465._x000D_
 PROJETO DE LEI Nº 49/2018. Dispõe sobre as Diretrizes para a Elaboração e Execução da Lei Orçamentária do Município de Montes Claros, para o exercício financeiro de 2019, e dá outras providências. (Referente à Lei nº 5.072, de 16/07/2018)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7882</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7882/flash_9466.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7882/flash_9466.pdf</t>
   </si>
   <si>
     <t>Flash 9466._x000D_
 PROJETO DE LEI Nº 89/2018. Estima a receita e fixa a despesa do Município de Montes Claros, para o exercício financeiro de 2019. (Referente à Lei nº 5.112, de 21/12/2018 - Publicada no D.O. de 29/12/2018)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7907</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7907/flash_9491.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7907/flash_9491.pdf</t>
   </si>
   <si>
     <t>Flash 9491._x000D_
 PROJETO DE LEI Nº 32/2018. Estabelece reajuste de vencimentos dos servidores públicos do Poder Executivo do Município de Montes Claros, integrantes do quadro de cargos de provimento efetivo e comissionado; e dá outras providências. (Referente à Lei nº 5.058, de 25/04/2018)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7926</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7926/flash_9509.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7926/flash_9509.pdf</t>
   </si>
   <si>
     <t>Flash 9509._x000D_
 PROJETO DE LEI Nº 39/2018. Concede o título declaratório de Utilidade Pública Municipal à “Associação Justo Olhar”. (Referente à Lei nº 5.061, de 16/05/2018)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7927</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7927/flash_9510.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7927/flash_9510.pdf</t>
   </si>
   <si>
     <t>Flash 9510._x000D_
 PROJETO DE LEI Nº 52/2018 Concede o título declaratório de Utilidade Pública Municipal à “Associação de Moradores da Comunidade Rural do Vale dos Ipês”. (Referente à Lei nº 5.068, de 28/06/2018)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7929</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7929/flash_9512.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7929/flash_9512.pdf</t>
   </si>
   <si>
     <t>Flash 9512._x000D_
 PROJETO DE LEI Nº 75/2018. Concede o título declaratório de Utilidade Pública Municipal à “Associação Beneficente Erik Gunnar”. (Referente à Lei nº 5.084, de 12/19/2018)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7930</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>Valcir Soares da Silva</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7930/flash_9513.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7930/flash_9513.pdf</t>
   </si>
   <si>
     <t>Flash 9513._x000D_
 PROJETO DE LEI Nº 78/2018. Concede o título declaratório de Utilidade Pública Municipal à “Associação Montesclarense de Handebol”. (Referente à Lei nº 5.090, de 10/10/2018)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7931</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>Marcos Nem</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7931/flash_9514.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7931/flash_9514.pdf</t>
   </si>
   <si>
     <t>Flash 9514._x000D_
 PROJETO DE LEI Nº 79/2018. Concede o título declaratório de Utilidade Pública Municipal à “Associação de Amigos e Produtores Rurais do Chacreamento Copacabana”. (Referente à Lei nº 5.089, de 10/10/2018)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7932</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>Daniel Dias</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7932/flash_9515.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7932/flash_9515.pdf</t>
   </si>
   <si>
     <t>Flash 9515._x000D_
 PROJETO DE LEI Nº 88/2018. Concede o título declaratório de Utilidade Pública Municipal à “Associação de Pequenos Produtores Rurais de Brejinho”. (Referente à Lei nº 5.091, de 10/10/2018)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7933</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7933/flash_9516.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7933/flash_9516.pdf</t>
   </si>
   <si>
     <t>Flash 9516._x000D_
 PROJETO DE LEI Nº 92/2018. Concede o título declaratório de Utilidade Pública Municipal ao “Instituto Filhos da Luz”. (Referente à Lei nº 5.095, de 18/10/2018)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7934</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7934/flash_9517.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7934/flash_9517.pdf</t>
   </si>
   <si>
     <t>Flash 9517._x000D_
 PROJETO DE LEI Nº 96/2018. Concede o título declaratório de Utilidade Pública Municipal à “Academia Maçônica de Letras do Norte de Minas – AMALENM”. (Referente à Lei nº 5.102, de 22/11/2018)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>7935</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7935/flash_9518.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7935/flash_9518.pdf</t>
   </si>
   <si>
     <t>Flash 9518._x000D_
 PROJETO DE LEI Nº 102/2018. Concede o título declaratório de Utilidade Pública Municipal à “Associação Terra de Santa Cruz”. (Referente à Lei nº 5.104, de 12/12/2018)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8000</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>Valdecy Contador</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8000/flash_9511.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8000/flash_9511.pdf</t>
   </si>
   <si>
     <t>Flash 9511._x000D_
 PROJETO DE LEI Nº 72/2018. Concede o título declaratório de Utilidade Pública Municipal à “Associação Beneficente Casa – Família Ajudando Família”. (Referente à Lei nº 5.083, de 12/09/2018)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8018</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8018/flash_9569.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8018/flash_9569.pdf</t>
   </si>
   <si>
     <t>Flash 9569._x000D_
 PROJETO DE LEI Nº 01/2018. (NÃO VOTADO). Dispõe sobre reserva de vagas de estacionamento para gestantes e pessoas acompanhadas de criança de colo, no âmbito do Município de Montes Claros, e dá outras providências._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8019</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8019/flash_9570.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8019/flash_9570.pdf</t>
   </si>
   <si>
     <t>Flash 9570._x000D_
 PROJETO DE LEI Nº 02/2018. (NÃO VOTADO). Dispõe sobre a regulamentação dos serviços de "Transporte Coletivo Escolar Particular" no Município de Montes Claros, e dá outras providências._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8020</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8020/flash_9571.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8020/flash_9571.pdf</t>
   </si>
   <si>
     <t>Flash 9571._x000D_
 PROJETO DE LEI Nº 04/2018. (NÃO VOTADO). Torna obrigatório cursos de “Prevenção de Acidentes e Primeiros Socorros” em todas as instituições de ensino_x000D_
 público do Município de Montes Claros._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8021</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8021/flash_9572.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8021/flash_9572.pdf</t>
   </si>
   <si>
     <t>Flash 9572._x000D_
 PROJETO DE LEI Nº 05/2018. (NÃO VOTADO). Dispõe sobre a inclusão da temática "Uso Consciente da Água" no currículo das escolas do Município de Montes Claros._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8022</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8022/flash_9573.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8022/flash_9573.pdf</t>
   </si>
   <si>
     <t>Flash 9573._x000D_
 PROJETO DE LEI Nº 06/2018. (NÃO VOTADO). Dispõe sobre a inclusão da temática “Contra a Violência às Mulheres e Meninas”, no currículo das escolas do Município de Montes Claros._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8023</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8023/flash_9574.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8023/flash_9574.pdf</t>
   </si>
   <si>
     <t>Flash 9574._x000D_
 PROJETO DE LEI Nº 18/2018. (NÃO VOTADO). Autoriza a desafetação e doação de imóvel do Município ao Instituto Ivan Guedes, e dá outras providências. (Terreno de 1.500,00m², localizado no Loteamento São Bento)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8024</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8024/flash_9575.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8024/flash_9575.pdf</t>
   </si>
   <si>
     <t>Flash 9575._x000D_
 PROJETO DE LEI Nº 19/2018. (NÃO VOTADO). Desafeta áreas de terreno do Município, mediante permuta de categorias; autoriza a doação de imóvel à Associação Nóbrega de Educação e Assistência Social – ANEAS, localizado no bairro Maracanã, e dá outras providências. _x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8025</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8025/flash_9576.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8025/flash_9576.pdf</t>
   </si>
   <si>
     <t>Flash 9576._x000D_
 PROJETO DE LEI Nº 21/2018. (NÃO VOTADO). Dispõe sobre a “Semana Municipal de Combate à Violência Contra a Mulher”, no âmbito do Município de_x000D_
 Montes Claros, e dá outras providências._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8026</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8026/flash_9577.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8026/flash_9577.pdf</t>
   </si>
   <si>
     <t>Flash 9577._x000D_
 PROJETO DE LEI Nº 22/2018. (NÃO VOTADO). Dispõe sobre o descarte de medicamentos vencidos ou não utilizados, de uso humano ou veterinário, e dá outras providências._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8027</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8027/flash_9578.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8027/flash_9578.pdf</t>
   </si>
   <si>
     <t>Flash 9578._x000D_
 PROJETO DE LEI Nº 23/2018. (NÃO VOTADO). Dispõe sobre a criação do Programa “Medicamento em Casa”, de distribuição de medicamentos de uso contínuo, que serão distribuídos pelos agentes comunitários de saúde, e dá outras providências._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8028</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8028/flash_9579.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8028/flash_9579.pdf</t>
   </si>
   <si>
     <t>Flash 9579._x000D_
 PROJETO DE LEI Nº 26/2018. (NÃO VOTADO). Torna obrigatório a inclusão do mel de abelha e seus subprodutos na complementação da merenda escolar, nas_x000D_
 escolas municipais de Montes Claros, e dá outras providências._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8029</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8029/flash_9580.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8029/flash_9580.pdf</t>
   </si>
   <si>
     <t>Flash 9580._x000D_
 PROJETO DE LEI Nº 37/2018. (NÃO VOTADO). Autoriza a Instituição "Guarda Municipal", bem como seus servidores, a se identificarem como "Polícia"._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8030</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8030/flash_9581.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8030/flash_9581.pdf</t>
   </si>
   <si>
     <t>Flash 9581._x000D_
 PROJETO DE LEI Nº 46/2018. (NÃO VOTADO). Estabelece normas para fixação e estacionamento de veículos de carga seca em Montes Claros, e contém outras providências._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8031</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>Marlon Xavier Oliva Bicalho</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8031/flash_9582.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8031/flash_9582.pdf</t>
   </si>
   <si>
     <t>Flash 9582._x000D_
 PROJETO DE LEI Nº 53/2018. (NÃO VOTADO). Proíbe a apreensão e remoção de veículo que esteja com o Imposto sobre Propriedade de Veículos Automotores – IPVA atrasado, salvo se for por mandado judicial._x000D_
 Cláudio Ribeiro Prates (Presidente)</t>
   </si>
   <si>
     <t>8032</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>Delcinéia Santos Silva</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8032/flash_9583.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8032/flash_9583.pdf</t>
   </si>
   <si>
     <t>Flash 9583._x000D_
 PROJETO DE LEI Nº 58/2018. (NÃO VOTADO). Concede o título declaratório de Utilidade Pública Municipal à “Igreja Pentecostal Resgate da Última Hora de Montes Claros"._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8034</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8034/flash_9585.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8034/flash_9585.pdf</t>
   </si>
   <si>
     <t>Flash 9585._x000D_
 PROJETO DE LEI Nº 71/2018. (NÃO VOTADO). Dispõe sobre a obrigatoriedade da apresentação da Carteira de Vacinação para matrícula de alunos na rede de ensino no Município de Montes Claros, e dá outras providências._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8035</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8035/flash_9586.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8035/flash_9586.pdf</t>
   </si>
   <si>
     <t>Flash 9586._x000D_
 PROJETO DE LEI Nº 74/2018. (NÃO VOTADO). Dispõe sobre a obrigatoriedade da criação de áreas para embarque ou desembarque de passageiros, nas vias públicas do Município de Montes Claros._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8036</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8036/flash_9587.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8036/flash_9587.pdf</t>
   </si>
   <si>
     <t>Flash 9587._x000D_
 PROJETO DE LEI Nº 87/2018. (NÃO VOTADO). Dispõe sobre a obrigatoriedade da apresentação da Carteira de Vacinação para matrícula de alunos na rede de ensino no Município de Montes Claros, e dá outras providências._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8037</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8037/flash_9588.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8037/flash_9588.pdf</t>
   </si>
   <si>
     <t>Flash 9588._x000D_
 PROJETO DE LEI Nº 93/2018. (NÃO VOTADO). Denomina a "Rua Gregório Soares Caldeira”, conhecida popularmente como rua São Vicente de Paulo, localizada no bairro São José._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8038</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8038/flash_9589.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8038/flash_9589.pdf</t>
   </si>
   <si>
     <t>Flash 9589._x000D_
 PROJETO DE LEI Nº 94/2018. (NÃO VOTADO). Institui a obrigatoriedade da realização de exames de acuidade visual e auditiva nos alunos do ensino fundamental das escolas públicas municipais._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8173</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8173/flash_9665.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8173/flash_9665.pdf</t>
   </si>
   <si>
     <t>Flash 9665._x000D_
 PROJETO DE LEI Nº 03/2018. (RETIRADO). Dispõe sobre o “Dia Municipal de Prevenção ao Suicídio”, a ser comemorado anualmente no dia 10 de setembro._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8174</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8174/flash_9666.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8174/flash_9666.pdf</t>
   </si>
   <si>
     <t>Flash 9666._x000D_
 PROJETO DE LEI Nº 11/2018. (RETIRADO). Dispõe e disciplina as atividades dos serviços de Bombeiro Civil, para atuar em estabelecimentos ou eventos de_x000D_
 grande concentração de pessoas, no âmbito do Município de Montes Claros._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8175</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8175/flash_9667.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8175/flash_9667.pdf</t>
   </si>
   <si>
     <t>Flash 9667._x000D_
 PROJETO DE LEI Nº 16/2018. (RETIRADO). Institui a obrigatoriedade de sistema de captação, armazenamento e reutilização de águas pluviais nas edificações de condomínios residenciais a serem construídos no Município de Montes Claros, e dá outras providências._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8176</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8176/flash_9668.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8176/flash_9668.pdf</t>
   </si>
   <si>
     <t>Flash 9668._x000D_
 PROJETO DE LEI Nº 17/2018. (SOBRESTADO). Dispõe sobre as atividades dos serviços de Bombeiro Civil, para atuar em estabelecimentos ou eventos de grande concentração de pessoas, no âmbito do Município de Montes Claros._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8177</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8177/flash_9669.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8177/flash_9669.pdf</t>
   </si>
   <si>
     <t>Flash 9669._x000D_
 PROJETO DE LEI Nº 25/2018. (RETIRADO). Institui o "Dia Municipal da Síndrome de Down" no calendário oficial de Montes Claros, a ser comemorado anualmente no dia 21 de março._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8179</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8179/flash_9670.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8179/flash_9670.pdf</t>
   </si>
   <si>
     <t>Flash 9670._x000D_
 PROJETO DE LEI Nº 29/2018. (RETIRADO). Autoriza o Poder Executivo Municipal a firmar parceria e repassar recursos financeiros às entidades educacionais credenciadas do Município de Montes Claros, e dá outras providências._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8181</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8181/flash_9671.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8181/flash_9671.pdf</t>
   </si>
   <si>
     <t>Flash 9671._x000D_
 PROJETO DE LEI Nº 30/2018. (RETIRADO). Autoriza o Poder Executivo Municipal a firmar parceria e repassar recursos financeiros às entidades educacionais credenciadas do Município de Montes Claros, e dá outras providências._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8182</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8182/flash_9672.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8182/flash_9672.pdf</t>
   </si>
   <si>
     <t>Flash 9672._x000D_
 PROJETO DE LEI Nº 36/2018. (REJEITADO). Dispõe sobre a proibição de empresas condenadas em processos criminais, de participarem de licitações ou celebrarem contratos administrativos de obras, serviços, compras, alienações e locações, no Município de Montes Claros, e dá outras providências._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8184</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8184/flash_9673.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8184/flash_9673.pdf</t>
   </si>
   <si>
     <t>Flash 9673._x000D_
 PROJETO DE LEI Nº 41/2018. (RETIRADO). Dispõe sobre a limpeza urbana, seus serviços e o manejo de resíduos sólidos no Município de Montes Claros, e_x000D_
 dá outras providências._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8187</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8187/flash_9674.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8187/flash_9674.pdf</t>
   </si>
   <si>
     <t>Flash 9674._x000D_
 PROJETO DE LEI Nº 42/2018. (RETIRADO). Altera a alínea “c” do artigo 5º da Lei Municipal nº 3.575, de 02/06/2006, que dispõe sobre normas para a instalação, manutenção e funcionamento de Postos Revendedores e de Abastecimento de Combustível._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8188</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8188/flash_9675.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8188/flash_9675.pdf</t>
   </si>
   <si>
     <t>Flash 9675._x000D_
 PROJETO DE LEI Nº 45/2018. (RETIRADO). Altera a alínea “c” do artigo 5º da Lei Municipal nº 3.575, de 02/06/2006, que dispõe sobre normas para a instalação, manutenção e funcionamento de Postos Revendedores e de Abastecimento de Combustível._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8220</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8220/flash_9816.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8220/flash_9816.pdf</t>
   </si>
   <si>
     <t>Flash 9816._x000D_
 PROJETO DE RESOLUÇÃO Nº 01/2018. (NÃO VOTADO). Define datas para entrega das honrarias concedidas pela Câmara Municipal de Montes Claros, e dá outras providências._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8222</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8222/flash_9817.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8222/flash_9817.pdf</t>
   </si>
   <si>
     <t>Flash 9817._x000D_
 PROJETO DE RESOLUÇÃO Nº 20/2018. (NÃO VOTADO). Concede a "Medalha de Mérito Esportivo Antônio Manoel Dias" a Enio Dias Lima._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8224</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8224/flash_9818.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8224/flash_9818.pdf</t>
   </si>
   <si>
     <t>Flash 9818._x000D_
 PROJETO DE RESOLUÇÃO Nº 32/2018. (NÃO VOTADO). Concede o Título de Cidadão Benemérito de Montes Claros a Wandi Milton Ribeiro._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8275</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8275/flash_9826.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8275/flash_9826.pdf</t>
   </si>
   <si>
     <t>Flash 9826._x000D_
 PROJETO DE RESOLUÇÃO Nº 03/2018. (REJEITADO). Altera dispositivos do Regimento Interno da Câmara Municipal de Montes Claros._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8276</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8276/flash_9827.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8276/flash_9827.pdf</t>
   </si>
   <si>
     <t>Flash 9827._x000D_
 PROJETO DE RESOLUÇÃO Nº 19/2018. (RETIRADO). Concede o Título de Cidadão Benemérito de Montes Claros ao Dr. Tarcísio Iran Rêgo._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8277</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8277/flash_9828.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8277/flash_9828.pdf</t>
   </si>
   <si>
     <t>Flash 9828._x000D_
 PROJETO DE RESOLUÇÃO Nº 39/2018. (RETIRADO). Dispõe sobre a filiação da Câmara Municipal de Montes Claros à Associação para a Mobilização e União das Câmaras Municipais de Minas Gerais – AMCM, e dá outras providências._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8278</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8278/flash_9829.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8278/flash_9829.pdf</t>
   </si>
   <si>
     <t>Flash 9829._x000D_
 PROJETO DE RESOLUÇÃO Nº 40/2018. (RETIRADO). Autoriza o Poder Legislativo a contribuir mensalmente com a Associação Brasileira de Ouvidores - OMBUDSMAN, Seção Minas Gerais – ABO/MG._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8325</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Sérgio Pereira dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8325/flash_9868.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8325/flash_9868.pdf</t>
   </si>
   <si>
     <t>Flash 9868._x000D_
 Requerimentos do vereador Sérgio Pereira dos Santos, apresentados à Câmara Municipal de Montes Claros, no período de 05/09/2018 a 26/11/2019._x000D_
 Cláudio Ribeiro Prates/ José Marcos Martins de Freitas (Presidentes da Legislatura 2017-2020).</t>
   </si>
   <si>
     <t>8210</t>
   </si>
   <si>
     <t>VET</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8210/flash_9692.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8210/flash_9692.pdf</t>
   </si>
   <si>
     <t>Flash 9692._x000D_
 VETO PARCIAL AO PROJETO DE LEI Nº 84/2018. (MANTIDO). Dispõe sobre a fixação do critério de renda para fins de enquadramento fundiário de interesse social – REURB-S, no Município de Montes Claros._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8236</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8236/flash_9704.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8236/flash_9704.pdf</t>
   </si>
   <si>
     <t>Flash 9704._x000D_
 VETO PARCIAL AO PROJETO DE LEI Nº 49/2018. (REJEITADO). Dispõe sobre as Diretrizes para Elaboração e Execução da Lei Orçamentária do Município de Montes Claros, para o exercício financeiro de 2019, e dá outras providências._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8462</t>
   </si>
   <si>
     <t>ATA</t>
   </si>
   <si>
     <t>Ata</t>
   </si>
   <si>
     <t>ATL - ATL</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8462/flash_9154.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8462/flash_9154.pdf</t>
   </si>
   <si>
     <t>Flash 9154._x000D_
 Atas das sessões da Câmara Municipal de Montes Claros, do período de 23/01 a 21/12/2018._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8040</t>
   </si>
   <si>
     <t>RES</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8040/flash_9741.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8040/flash_9741.pdf</t>
   </si>
   <si>
     <t>Flash 9741._x000D_
 RESOLUÇÃO Nº 24, de 11/10/2018. Concede a "Placa de Prata Alferes José Lopes de Carvalho" a Ivo Aparecido Silva Moura._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8116</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8116/flash_9766.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8116/flash_9766.pdf</t>
   </si>
   <si>
     <t>Flash 9766._x000D_
  RESOLUÇÃO Nº 30, de 13/12/2018. Concede o Título de Cidadão Benemérito de Montes Claros a Mário Lúcio Alves Araújo._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8117</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8117/flash_9767.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8117/flash_9767.pdf</t>
   </si>
   <si>
     <t>Flash 9767._x000D_
 RESOLUÇÃO Nº 12, de 10/05/2018. Concede o Título de Cidadão Benemérito de Montes Claros a Aldimar Rodrigues Filho._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8118</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8118/flash_9768.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8118/flash_9768.pdf</t>
   </si>
   <si>
     <t>Flash 9768._x000D_
 RESOLUÇÃO Nº 19, de 28/08/2018. Concede o Título de Cidadão Benemérito de Montes Claros a Guilherme Augusto Guimarães Oliveira._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8119</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8119/flash_9769.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8119/flash_9769.pdf</t>
   </si>
   <si>
     <t>Flash 9769._x000D_
 RESOLUÇÃO Nº 23, de 11/10/2018. Concede o Título de Cidadão Benemérito de Montes Claros a Alberto Magno da Rocha Silva._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8120</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8120/flash_9770.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8120/flash_9770.pdf</t>
   </si>
   <si>
     <t>Flash 9770._x000D_
 RESOLUÇÃO Nº 28, de 06/11/2018. Concede o Título de Cidadão Benemérito de Montes Claros a Tancredo José dos Santos Macedo Júnior._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8121</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8121/flash_9771.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8121/flash_9771.pdf</t>
   </si>
   <si>
     <t>Flash 9771._x000D_
 RESOLUÇÃO Nº 27, de 06/11/2018. Concede o Título de Cidadão Benemérito de Montes Claros a Dinilton Pereira da Costa._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8122</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8122/flash_9772.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8122/flash_9772.pdf</t>
   </si>
   <si>
     <t>Flash 9772._x000D_
 RESOLUÇÃO Nº 31, de 13/12/2018. Concede o Título de Cidadão Benemérito de Montes Claros a Sérgio Reis Soares dos Santos._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8147</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8147/flash_9789.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8147/flash_9789.pdf</t>
   </si>
   <si>
     <t>Flash 9789._x000D_
 RESOLUÇÃO Nº 05, de 03/04/2018. Concede o Título de Cidadão Honorário de Montes Claros a Joaquim Coelho da Rocha._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8148</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8148/flash_9790.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8148/flash_9790.pdf</t>
   </si>
   <si>
     <t>Flash 9790._x000D_
 RESOLUÇÃO Nº 09, de 24/04/2018. Concede o Título de Cidadão Honorário de Montes Claros ao Tenente Coronel Alexandre dos Anjos Ferreira (55º Batalhão de Infantaria)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8151</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8151/flash_9791.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8151/flash_9791.pdf</t>
   </si>
   <si>
     <t>Flash 9791._x000D_
 RESOLUÇÃO Nº 16, de 28/08/2018. Concede o Título de Cidadão Honorário de Montes Claros a Délio Pinheiro Neto._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8152</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8152/flash_9792.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8152/flash_9792.pdf</t>
   </si>
   <si>
     <t>Flash 9792._x000D_
 RESOLUÇÃO Nº 20, de 28/08/2018. Concede o Título de Cidadão Honorário de Montes Claros a Tarcísio Iran Rêgo._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8153</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8153/flash_9793.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8153/flash_9793.pdf</t>
   </si>
   <si>
     <t>Flash 9793._x000D_
 RESOLUÇÃO Nº 21, de 18/09/2018. Concede o Título de Cidadão Honorário de Montes Claros a Alessandro Anilton Maia Nonato._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8155</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8155/flash_9794.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8155/flash_9794.pdf</t>
   </si>
   <si>
     <t>Flash 9794._x000D_
 RESOLUÇÃO Nº 22, de 11/10/2018. Concede o Título de Cidadão Honorário de Montes Claros ao Dr. Raphael Castro Mota._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8156</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8156/flash_9795.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8156/flash_9795.pdf</t>
   </si>
   <si>
     <t>Flash 9795._x000D_
 RESOLUÇÃO Nº 26, de 06/11/2018. Concede o Título de Cidadão Honorário de Montes Claros ao Dr. Antônio Geraldo da Silva._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8157</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8157/flash_9796.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8157/flash_9796.pdf</t>
   </si>
   <si>
     <t>Flash 9796._x000D_
 RESOLUÇÃO Nº 29, de 06/11/2018. Concede o Título de Cidadão Honorário de Montes Claros a Cácio Xavier Pereira._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8239</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8239/flash_9707.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8239/flash_9707.pdf</t>
   </si>
   <si>
     <t>Flash 9707._x000D_
 RESOLUÇÃO Nº 04, de 27/03/2018. (ALTERADA). Regulamenta a jornada de trabalho dos assessores parlamentares lotados nos gabinetes dos vereadores da Câmara Municipal de Montes Claros. (Alterada pela Resolução nº 19, de 09/05/2023)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8244</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8244/flash_9710.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8244/flash_9710.pdf</t>
   </si>
   <si>
     <t>Flash 9710._x000D_
 RESOLUÇÃO Nº 15, de 26/06/2018. Concede a "Medalha Ivan José Lopes de Honra Montes Claros" a Ivan de Souza Guedes._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8247</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8247/flash_9713.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8247/flash_9713.pdf</t>
   </si>
   <si>
     <t>Flash 9713._x000D_
 RESOLUÇÃO Nº 14, de 12/06/2018. Concede a "Medalha do Mérito Ecológico José Gonçalves Ulhôa" ao Serviço de Aprendizagem Rural – SENAR Minas._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8248</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8248/flash_9714.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8248/flash_9714.pdf</t>
   </si>
   <si>
     <t>Flash 9714._x000D_
 RESOLUÇÃO Nº 18, de 28/08/2018. Concede a "Medalha de Mérito Educacional Professora Maria Aparecida Bispo de Moura" a Marlon Araújo Bispo._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8249</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8249/flash_9715.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8249/flash_9715.pdf</t>
   </si>
   <si>
     <t>Flash 9715._x000D_
 RESOLUÇÃO Nº 25, de 06/11/2018. Concede a "Medalha de Mérito Educacional Professora Maria Aparecida Bispo de Moura" a Meire Lúcia Lopes da Silva._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8252</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8252/flash_9718.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8252/flash_9718.pdf</t>
   </si>
   <si>
     <t>Flash  9718._x000D_
 RESOLUÇÃO Nº 13, de 22/05/2018. Concede a "Medalha do Mérito Esportivo Antônio Manoel Dias" a Farlley Souza Santos (Farlley Milioni)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8256</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8256/flash_9722.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8256/flash_9722.pdf</t>
   </si>
   <si>
     <t>Flash 9722._x000D_
 RESOLUÇÃO Nº 17, de 28/08/2018. Concede a "Placa de Mérito Cultural Cândido Canela" a Maristela Cardoso Freitas._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8257</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8257/flash_9723.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8257/flash_9723.pdf</t>
   </si>
   <si>
     <t>Flash 9723._x000D_
 RESOLUÇÃO Nº 32, de 13/12/2018. Concede a "Placa de Mérito Cultural Cândido Canela" a Pássaro Azul Escola de Dança._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8268</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8268/flash_9734.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8268/flash_9734.pdf</t>
   </si>
   <si>
     <t>Flash 9734._x000D_
 RESOLUÇÃO Nº 01, de 13/03/2018. Concede a "Placa de Prata Alferes José Lopes de Carvalho" ao Grupo Folclórico Banzé._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8269</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8269/flash_9735.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8269/flash_9735.pdf</t>
   </si>
   <si>
     <t>Flash 9735._x000D_
 RESOLUÇÃO Nº 03, de 27/03/2018. Concede a "Placa de Prata Alferes José Lopes de Carvalho" a Associação dos Municípios da Área Mineira da SUDENE - AMAMS._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8270</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8270/flash_9736.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8270/flash_9736.pdf</t>
   </si>
   <si>
     <t>Flash 9736._x000D_
 RESOLUÇÃO Nº 06, de 03/04/2018. Concede a "Placa de Prata Alferes José Lopes de Carvalho" à Justiça Federal – Subseção Judiciária de Montes Claros._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8271</t>
   </si>
   <si>
     <t>Elair Gomes</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8271/flash_9737.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8271/flash_9737.pdf</t>
   </si>
   <si>
     <t>Flash 9737._x000D_
 RESOLUÇÃO Nº 07, de 17/04/2018. Concede a "Placa de Prata Alferes José Lopes de Carvalho" à Força Jovem Universal de Montes Claros - FJU._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8272</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8272/flash_9738.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8272/flash_9738.pdf</t>
   </si>
   <si>
     <t>Flash 9738._x000D_
 RESOLUÇÃO Nº 08, de 17/04/2018. Concede a "Placa de Prata Alferes José Lopes de Carvalho" à Banda de Música da 11ª Região da Polícia Militar._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8273</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8273/flash_9739.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8273/flash_9739.pdf</t>
   </si>
   <si>
     <t>Flash 9739._x000D_
 RESOLUÇÃO Nº 11, de 10/05/2018. Concede a "Placa de Prata Alferes José Lopes de Carvalho" à Igreja Adventista do Sétimo Dia._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8274</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8274/flash_9740.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8274/flash_9740.pdf</t>
   </si>
   <si>
     <t>Flash 9740._x000D_
 RESOLUÇÃO Nº 10, de 10/05/2018. Concede a "Placa de Prata Alferes José Lopes de Carvalho" à Dra. Carmen Lúcia Antunes Rocha (Presidente do Supremo Tribunal Federal)._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8238</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8238/flash_9706.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8238/flash_9706.pdf</t>
   </si>
   <si>
     <t>Flash 9706._x000D_
 RESOLUÇÃO Nº 02, de 03/03/2018. Dispõe sobre a criação da TV Câmara Municipal (Canal Legislativo), destinada a divulgação das atividades desenvolvidas pelo Poder Legislativo do Município de Montes Claros._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -2487,67 +2487,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8200/flash_9687.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8201/flash_9688.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7820/flash_9404.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7830/flash_9414.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7902/flash_9486.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7903/flash_9487.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7999/flash_9408.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8033/flash_9584.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7571/flash_9157.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7572/flash_9158.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7573/flash_9159.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7574/flash_9160.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7575/flash_9161.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7576/flash_9162.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7577/flash_9163.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7578/flash_9164.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7579/flash_9165.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7580/flash_9166.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7581/flash_9167.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7597/flash_9183.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7598/flash_9184.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7610/flash_9196.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7611/flash_9197.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7612/flash_9198.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7613/flash_9199.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7614/flash_9200.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7634/flash_9219.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7635/flash_9220.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7636/flash_9221.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7637/flash_9222.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7638/flash_9223.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7639/flash_9224.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7640/flash_9225.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7641/flash_9226.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7642/flash_9227.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7643/flash_9228.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7645/flash_9229.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7646/flash_9230.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7647/flash_9231.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7725/flash_9309.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7726/flash_9310.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7727/flash_9311.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7728/flash_9312.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7729/flash_9313.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7730/flash_9314.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7738/flash_9322.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7758/flash_9342.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7759/flash_9343.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7760/flash_9344.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7761/flash_9345.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7762/flash_9346.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7800/flash_9384.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7801/flash_9385.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7802/flash_9386.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7819/flash_9403.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7821/flash_9405.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7822/flash_9406.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7823/flash_9407.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7825/flash_9409.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7826/flash_9410.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7827/flash_9411.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7828/flash_9412.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7829/flash_9413.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7868/flash_9452.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7869/flash_9453.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7881/flash_9465.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7882/flash_9466.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7907/flash_9491.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7926/flash_9509.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7927/flash_9510.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7929/flash_9512.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7930/flash_9513.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7931/flash_9514.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7932/flash_9515.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7933/flash_9516.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7934/flash_9517.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7935/flash_9518.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8000/flash_9511.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8018/flash_9569.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8019/flash_9570.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8020/flash_9571.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8021/flash_9572.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8022/flash_9573.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8023/flash_9574.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8024/flash_9575.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8025/flash_9576.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8026/flash_9577.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8027/flash_9578.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8028/flash_9579.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8029/flash_9580.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8030/flash_9581.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8031/flash_9582.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8032/flash_9583.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8034/flash_9585.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8035/flash_9586.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8036/flash_9587.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8037/flash_9588.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8038/flash_9589.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8173/flash_9665.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8174/flash_9666.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8175/flash_9667.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8176/flash_9668.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8177/flash_9669.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8179/flash_9670.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8181/flash_9671.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8182/flash_9672.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8184/flash_9673.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8187/flash_9674.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8188/flash_9675.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8220/flash_9816.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8222/flash_9817.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8224/flash_9818.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8275/flash_9826.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8276/flash_9827.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8277/flash_9828.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8278/flash_9829.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8325/flash_9868.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8210/flash_9692.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8236/flash_9704.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8462/flash_9154.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8040/flash_9741.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8116/flash_9766.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8117/flash_9767.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8118/flash_9768.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8119/flash_9769.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8120/flash_9770.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8121/flash_9771.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8122/flash_9772.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8147/flash_9789.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8148/flash_9790.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8151/flash_9791.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8152/flash_9792.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8153/flash_9793.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8155/flash_9794.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8156/flash_9795.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8157/flash_9796.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8239/flash_9707.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8244/flash_9710.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8247/flash_9713.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8248/flash_9714.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8249/flash_9715.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8252/flash_9718.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8256/flash_9722.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8257/flash_9723.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8268/flash_9734.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8269/flash_9735.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8270/flash_9736.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8271/flash_9737.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8272/flash_9738.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8273/flash_9739.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8274/flash_9740.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8238/flash_9706.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8200/flash_9687.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8201/flash_9688.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7820/flash_9404.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7830/flash_9414.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7902/flash_9486.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7903/flash_9487.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7999/flash_9408.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8033/flash_9584.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7571/flash_9157.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7572/flash_9158.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7573/flash_9159.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7574/flash_9160.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7575/flash_9161.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7576/flash_9162.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7577/flash_9163.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7578/flash_9164.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7579/flash_9165.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7580/flash_9166.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7581/flash_9167.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7597/flash_9183.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7598/flash_9184.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7610/flash_9196.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7611/flash_9197.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7612/flash_9198.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7613/flash_9199.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7614/flash_9200.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7634/flash_9219.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7635/flash_9220.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7636/flash_9221.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7637/flash_9222.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7638/flash_9223.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7639/flash_9224.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7640/flash_9225.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7641/flash_9226.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7642/flash_9227.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7643/flash_9228.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7645/flash_9229.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7646/flash_9230.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7647/flash_9231.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7725/flash_9309.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7726/flash_9310.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7727/flash_9311.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7728/flash_9312.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7729/flash_9313.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7730/flash_9314.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7738/flash_9322.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7758/flash_9342.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7759/flash_9343.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7760/flash_9344.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7761/flash_9345.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7762/flash_9346.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7800/flash_9384.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7801/flash_9385.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7802/flash_9386.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7819/flash_9403.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7821/flash_9405.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7822/flash_9406.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7823/flash_9407.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7825/flash_9409.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7826/flash_9410.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7827/flash_9411.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7828/flash_9412.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7829/flash_9413.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7868/flash_9452.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7869/flash_9453.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7881/flash_9465.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7882/flash_9466.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7907/flash_9491.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7926/flash_9509.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7927/flash_9510.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7929/flash_9512.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7930/flash_9513.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7931/flash_9514.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7932/flash_9515.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7933/flash_9516.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7934/flash_9517.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/7935/flash_9518.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8000/flash_9511.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8018/flash_9569.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8019/flash_9570.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8020/flash_9571.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8021/flash_9572.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8022/flash_9573.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8023/flash_9574.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8024/flash_9575.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8025/flash_9576.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8026/flash_9577.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8027/flash_9578.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8028/flash_9579.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8029/flash_9580.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8030/flash_9581.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8031/flash_9582.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8032/flash_9583.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8034/flash_9585.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8035/flash_9586.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8036/flash_9587.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8037/flash_9588.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8038/flash_9589.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8173/flash_9665.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8174/flash_9666.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8175/flash_9667.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8176/flash_9668.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8177/flash_9669.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8179/flash_9670.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8181/flash_9671.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8182/flash_9672.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8184/flash_9673.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8187/flash_9674.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8188/flash_9675.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8220/flash_9816.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8222/flash_9817.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8224/flash_9818.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8275/flash_9826.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8276/flash_9827.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8277/flash_9828.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8278/flash_9829.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8325/flash_9868.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8210/flash_9692.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8236/flash_9704.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8462/flash_9154.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8040/flash_9741.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8116/flash_9766.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8117/flash_9767.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8118/flash_9768.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8119/flash_9769.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8120/flash_9770.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8121/flash_9771.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8122/flash_9772.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8147/flash_9789.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8148/flash_9790.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8151/flash_9791.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8152/flash_9792.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8153/flash_9793.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8155/flash_9794.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8156/flash_9795.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8157/flash_9796.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8239/flash_9707.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8244/flash_9710.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8247/flash_9713.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8248/flash_9714.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8249/flash_9715.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8252/flash_9718.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8256/flash_9722.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8257/flash_9723.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8268/flash_9734.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8269/flash_9735.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8270/flash_9736.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8271/flash_9737.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8272/flash_9738.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8273/flash_9739.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8274/flash_9740.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2018/8238/flash_9706.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H153"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="31.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="90.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="89.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>