--- v0 (2025-12-28)
+++ v1 (2026-03-27)
@@ -54,2073 +54,2073 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>7853</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Executivo Municipal - EXEC</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7853/flash_9437.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7853/flash_9437.pdf</t>
   </si>
   <si>
     <t>Flash 9437._x000D_
 PROJETO DE LEI COMPLEMENTAR Nº 01/2020. Altera a Lei Complementar nº 008, de 11/04/2006, que dispõe sobre o Regime Próprio de Previdência Social do Município de Montes Claros - RPPS e sobre a entidade de previdência (PREVMOC) e dá outras providências. (Dispõe sobre o Plano de Custeio e sobre o Plano de Benefícios dos Servidores Públicos de Montes Claros). (Referente à Lei Complementar nº 79, de 03/03/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7859</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7859/flash_9443.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7859/flash_9443.pdf</t>
   </si>
   <si>
     <t>Flash 9443._x000D_
 PROJETO DE LEI COMPLEMENTAR Nº 02/2020. Altera a Lei Complementar nº 78, de 20/12/2019, que dispõe sobre a emissão de licenças, alvarás e regularização de edificações localizadas no município de Montes Claros. (Referente à Lei Complementar n° 80, de 13/07/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7860</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7860/flash_9444.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7860/flash_9444.pdf</t>
   </si>
   <si>
     <t>Flash 9444._x000D_
 PROJETO DE LEI COMPLEMENTAR Nº 04/2020. Altera a Lei Complementar nº 008, de 11/04/2006, que dispõe sobre o Regime Próprio de Previdência Social do Município de Montes Claros - RPPS e sobre a entidade de previdência (PREVMOC); autoriza o Poder Executivo a abrir crédito adicional especial no orçamento e dá outras providências. (Dispõe sobre o Plano de Custeio e sobre o Plano de Benefícios dos Servidores Públicos de Montes Claros).  (Referente à Lei Complementar nº 81, de 02/09/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>8199</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8199/flash_9686.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8199/flash_9686.pdf</t>
   </si>
   <si>
     <t>Flash 9686._x000D_
 PROJETO DE LEI COMPLEMENTAR Nº 03/2020. (RETIRADO). Altera a Lei Complementar nº 008, de 11/04/2006, que dispõe sobre o Plano de Custeio e sobre o Plano de Benefícios do Regime Próprio de Previdência Social - PREVMOC, e dá outras providências._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7589</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7589/flash_9175.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7589/flash_9175.pdf</t>
   </si>
   <si>
     <t>Flash 9175._x000D_
 PROJETO DE LEI Nº 01/2020. Autoriza o Poder Executivo Municipal a repassar recursos financeiros do Fundo Municipal para a Infância e Adolescência – FIA, às entidades governamentais e não governamentais inscritas no Conselho Municipal da Criança e Adolescente – CMDCA, e dá outras providências. (Referente à Lei nº 5.232, de 03/02/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7590</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7590/flash_9176.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7590/flash_9176.pdf</t>
   </si>
   <si>
     <t>Flash 9176._x000D_
 PROJETO DE LEI Nº 02/2020. Autoriza o Poder Executivo Municipal a repassar recursos financeiros do Fundo Municipal do Idoso – FMI, às entidades governamentais e não governamentais inscritas no Conselho Municipal do Idoso, e dá outras providências. (Referente à Lei nº 5.233, de 03/02/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7591</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7591/flash_9177.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7591/flash_9177.pdf</t>
   </si>
   <si>
     <t>Flash 9177._x000D_
 PROJETO DE LEI Nº 03/2020. Autoriza o Poder Executivo Municipal a repassar mensalmente recursos financeiros (bolsa auxílio), para atender ao serviço de acolhimento familiar e guarda subsidiada de crianças e adolescentes de Montes Claros, em situação de risco social e pessoal, e dá outras providências. (Referente à Lei nº 5.234, de 03/02/2020).   _x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7592</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7592/flash_9178.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7592/flash_9178.pdf</t>
   </si>
   <si>
     <t>Flash 9178._x000D_
 PROJETO DE LEI Nº 21/2020. Autoriza o Poder Executivo Municipal, através da Secretaria de Educação, a firmar parceria e repassar recursos financeiros às instituições de educação de ensino infantil e educação especial do Município, previamente credenciadas, e dá outras providências. (Referente à Lei nº 5.242, de 27/02/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7593</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7593/flash_9179.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7593/flash_9179.pdf</t>
   </si>
   <si>
     <t>Flash 9179._x000D_
 PROJETO DE LEI Nº 87/2020. Autoriza o Poder Executivo Municipal a firmar parceria e repassar recursos financeiros à Federação Mineira de Voleibol,  objetivando a promoção e o apoio à equipe de vôlei adulto masculino "Montes Claros Vôlei", visando a participação em campeonatos estaduais, nacionais e internacionais, e dá outras providências. (Referente à Lei nº 5.301, de 16/09/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7602</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7602/flash_9188.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7602/flash_9188.pdf</t>
   </si>
   <si>
     <t>Flash 9188._x000D_
 PPROJETO DE LEI Nº 36/2020. Autoriza o Poder Executivo Municipal a abrir crédito adicional especial ao orçamento vigente, no valor de R$ 750.000,00, para atender às entidades de assistência à saúde, e dá outras providências. (Referente à Lei nº 5.253, de 24/03/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7603</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7603/flash_9189.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7603/flash_9189.pdf</t>
   </si>
   <si>
     <t>Flash 9189._x000D_
 PROJETO DE LEI Nº 37/2020. Autoriza o Poder Executivo Municipal a abrir crédito adicional especial ao orçamento vigente, no valor de R$ 25.600.000,00, para amortização de dívida do Município com o Instituto Municipal de Previdência dos Servidores Públicos de Montes Claros – PREVMOC, e dá outras providências. (Referente à Lei nº 5.255, de 27/05/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7604</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7604/flash_9190.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7604/flash_9190.pdf</t>
   </si>
   <si>
     <t>Flash 9190._x000D_
 PROJETO DE LEI Nº 41/2020. Autoriza o Poder Executivo Municipal a proceder a transposição de recursos no orçamento vigente, no valor de R$ 1.044.506,78, dos saldos financeiros de exercícios anteriores, constantes no Fundo Municipal de Saúde, e dá outras providências. (Referente à Lei nº 5.254, de 27/05/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7605</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7605/flash_9191.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7605/flash_9191.pdf</t>
   </si>
   <si>
     <t>Flash 9191._x000D_
 PROJETO DE LEI Nº 66/2020. Autoriza o Poder Executivo Municipal a abrir crédito adicional especial ao orçamento vigente, no valor de R$ 600.000,00, para atender às famílias dos 11 residenciais do Programa Minha Casa Minha Vida em Montes Claros, e dá outras providências. (Referente à Lei nº 5.274, de 13/07/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7606</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7606/flash_9492.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7606/flash_9492.pdf</t>
   </si>
   <si>
     <t>Flash 9192._x000D_
 PROJETO DE LEI Nº 97/2020. Autoriza o Poder Executivo Municipal a abrir crédito adicional especial ao orçamento vigente, no valor de R$ 250.000,00, para utilizar recursos destinados pela União ao Programa Farmácia Viva, bem como para a execução do Convênio firmado entre a Secretaria de serviços Urbanos e a Secretaria de Estado de Governo de Minas Gerais, e dá outras providências. (Referente à Lei nº 5.311, de 15/10/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7607</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7607/flash_9193.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7607/flash_9193.pdf</t>
   </si>
   <si>
     <t>Flash 9193._x000D_
 PROJETO DE LEI Nº 109/2020. Autoriza o Poder Executivo Municipal a abrir crédito adicional especial ao orçamento vigente, no valor de R$ 450.000,00, para execução de Convênio firmado entre o Município e o Estado de Minas Gerais, e dá outras providências. (Reforma e ampliação das instalações da Base Integrada São Luiz – CBMMG/SAMU). (Referente à Lei nº 5.318, de 01/12/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7619</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7619/flash_9205.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7619/flash_9205.pdf</t>
   </si>
   <si>
     <t>Flash 9205._x000D_
 PROJETO DE LEI Nº 23/2020. Institui o Fundo Municipal de Proteção, Defesa e Bem-Estar Animal (FUMBEA), e dá outras providências. (Referente à Lei nº 5.250, de 10/03/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7620</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7620/flash_9206.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7620/flash_9206.pdf</t>
   </si>
   <si>
     <t>Flash 9206._x000D_
 PROJETO DE LEI Nº 46/2020. Cria o Fundo Municipal dos Direitos da Mulher (FMDM), e dá outras providências. (Referente à Lei nº 5.260, de 10/06/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7621</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7621/flash_9207.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7621/flash_9207.pdf</t>
   </si>
   <si>
     <t>Flash 9207._x000D_
 PROJETO DE LEI Nº 99/2020. Autoriza o Poder Executivo Municipal a criar o "Complexo Ecológico Jardins da Serra do Mel”, localizado em áreas verdes do bairro Ibituruna, e dá outras providências. (Referente à Lei nº 5.312, de 26/10/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7678</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Martins Lima Filho (Junior Martins)</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7678/flash_9262.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7678/flash_9262.pdf</t>
   </si>
   <si>
     <t>Flash 9262._x000D_
 PROJETO DE LEI Nº 05/2020. Denomina a "Rua Sebastião José da Mota”, localizada no bairro Tancredo Neves. (Referente à Lei nº 5.239, de 17/02/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7679</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Sebastião Ildeu Maia</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7679/flash_9263.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7679/flash_9263.pdf</t>
   </si>
   <si>
     <t>Flash 9263._x000D_
 PROJETO DE LEI Nº 08/2020. Denomina a "Rua Luiz Lopes Santos”, conhecida popularmente como Travessa Resplandecente, localizada no bairro Vila Áurea. (Referente à Lei nº 5.238, de 17/02/2020, que foi alterada pela Lei nº 5.667, de 20/03/2024)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7680</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Soter Magno</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7680/flash_9264.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7680/flash_9264.pdf</t>
   </si>
   <si>
     <t>Flash 9264._x000D_
 PROJETO DE LEI Nº 13/2020. Denomina a "Praça Neuza Monteiro Machado”, localizada no final da avenida Mestra Fininha, em frente ao Parque Municipal Milton Prates. (Referente à Lei nº 5.237, de 17/02/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7681</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Domingos Edmilson Magalhães</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7681/flash_9265.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7681/flash_9265.pdf</t>
   </si>
   <si>
     <t>Flash 9265._x000D_
 PROJETO DE LEI Nº 18/2020. Denomina a "Rua Dom Geraldo Majela de Castro", localizada no bairro Alto da Boa Vista. (Referente à Lei nº 5.245, de 03/03/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7682</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7682/flash_9266.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7682/flash_9266.pdf</t>
   </si>
   <si>
     <t>Flash 9266._x000D_
 PROJETO DE LEI Nº 25/2020. Denomina a "Praça André Araújo Barros”, localizada na rua Fernando de Noronha, no bairro Ibituruna. (Referente à Lei nº 5.261, de 10/06/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7684</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Maria Helena Lopes</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7684/flash_9267.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7684/flash_9267.pdf</t>
   </si>
   <si>
     <t>Flash 9267._x000D_
 PROJETO DE LEI Nº 27/2020. Denomina a "Praça Maria José Colares de Araújo Moreira (Zezé Colares)", localizada na rotatória da avenida Francisco Gaetani, no bairro Major Prates. (Referente à Lei nº 5.262, de 10/06/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7685</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7685/flash_9268.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7685/flash_9268.pdf</t>
   </si>
   <si>
     <t>Flash 9268._x000D_
 PROJETO DE LEI Nº 29/2020. Denomina a "Praça Antônio Divino Freire”, localizada no bairro Alice Maia, entre a rua João Martins e as avenidas Bio Lopes e Carlos Ferrante. (Referente à Lei nº 5.263, de 10/06/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7686</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7686/flash_9269.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7686/flash_9269.pdf</t>
   </si>
   <si>
     <t>Flash 9269._x000D_
 PROJETO DE LEI Nº 30/2020. Denomina a "Pista de Skate Carlos Henrique Figueiredo de Brito (Rico Britto)”, localizada na avenida Mestra Fininha, próxima ao Parque Municipal, no bairro Augusta Mota. (Referente à Lei nº 5.264, de 10/06/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7687</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7687/flash_9270.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7687/flash_9270.pdf</t>
   </si>
   <si>
     <t>Flash 9270._x000D_
 PROJETO DE LEI Nº 31/2020. Denomina a "Praça Urias de Souza Meira”, localizada na avenida Domingos de Abreu Vieira, no bairro Sapucaia. (Referente à Lei nº 5.265, de 10/06/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7688</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Valdecy Contador</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7688/flash_9271.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7688/flash_9271.pdf</t>
   </si>
   <si>
     <t>Flash 9271._x000D_
 PROJETO DE LEI Nº 40/2020. Denomina a "Praça Jovino Pereira de Brito”, localizada na avenida Ampere, em frente à Igreja Católica Nossa Senhora de Lourdes, no bairro de Lourdes. (Referente à Lei nº 5.284, de 13/07/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7689</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7689/flash_9272.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7689/flash_9272.pdf</t>
   </si>
   <si>
     <t>Flash 9272._x000D_
 PROJETO DE LEI Nº 42/2020. Denomina a "Praça João de Deus Boaventura”, localizada na avenida Mestra Fininha, entre as ruas Niceu Soares Silva e Mauro Araújo Moreira, no bairro Augusta Mota. (Referente à Lei nº 5.266, de 10/06/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7690</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7690/flash_9273.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7690/flash_9273.pdf</t>
   </si>
   <si>
     <t>Flash 9273._x000D_
 PROJETO DE LEI Nº 43/2020. Denomina o “Espaço Omir Antunes”, localizado no cruzamento das avenidas Deputado Esteves Rodrigues e Cula Mangabeira, em frente ao Supermercado Villefort, no bairro Centro. (Referente à Lei nº 5.268, de 10/06/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7691</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7691/flash_9274.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7691/flash_9274.pdf</t>
   </si>
   <si>
     <t>Flash 9274._x000D_
 PROJETO DE LEI Nº 44/2020. Denomina a "Praça Maria Fialho de Sena”, localizada entre a avenida Mestra Fininha e a rua Enor Brito, no bairro Morada do Sol. (Referente à Lei nº 5.267, de 10/06/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7692</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7692/flash_9276.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7692/flash_9276.pdf</t>
   </si>
   <si>
     <t>Flash 9276._x000D_
 PROJETO DE LEI Nº 53/2020. Denomina a "Avenida Maria Feliciana de Abreu Souto (Dona Lia Souto)", localizada no bairro Cintra, conhecida popularmente como "Canal do Cintra" (Trecho compreendido entre a rua Juramento no bairro Cintra até a avenida Dulce Sarmento na Vila Ipiranga). (Referente à Lei nº 5.277, de 13/07/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7693</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Maria das Graças Gonçalves Dias</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7693/flash_9277.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7693/flash_9277.pdf</t>
   </si>
   <si>
     <t>Flash 9277._x000D_
 PROJETO DE LEI Nº 54/2020. Denomina a "Praça Ilca de Cássia Veloso Ferreira”, localizada no Distrito de Ermidinha, entre a avenida Montes Claros e a rua das Mangabeiras. (Referente à Lei nº 5.278, de 13/07/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7694</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7694/flash_9278.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7694/flash_9278.pdf</t>
   </si>
   <si>
     <t>Flash 9278._x000D_
 PROJETO DE LEI Nº 55/2020. Denomina o "Parque da Paz", conhecido popularmente como "Área Verde Bem-te-vi", localizado no bairro Ibituruna, nas proximidades da rua Natal. (Referente à Lei nº 5.279, de 13/07/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7695</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7695/flash_9279.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7695/flash_9279.pdf</t>
   </si>
   <si>
     <t>Flash 9279._x000D_
 PROJETO DE LEI Nº 56/2020. Denomina a "Praça Manoel Ribeiro Andrade Neto” (Manu Pinturas), localizada no bairro Regina Peres, entre as ruas Um e Gilberto Dias Alcântara. (Referente à Lei nº 5.280, de 13/07/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7696</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7696/flash_9280.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7696/flash_9280.pdf</t>
   </si>
   <si>
     <t>Flash 9280._x000D_
 PROJETO DE LEI Nº 57/2020. Denomina a "Avenida Dr. Luiz de Paula Ferreira”, localizada no bairro Village do Lago, entre a avenida Governador Magalhães Pinto e a avenida Rui de Albuquerque (Corredor Radial Nordeste). (Referente à Lei nº 5.282, de 13/07/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7697</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Daniel Dias</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7697/flash_9281.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7697/flash_9281.pdf</t>
   </si>
   <si>
     <t>Flash 9281._x000D_
 PROJETO DE LEI Nº 59/2020. Denomina a "Rua Aurelino de Souza Rocha”, localizada no bairro Vila Nova. (Referente à Lei nº 5.283, de 13/07/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7698</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7698/flash_9282.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7698/flash_9282.pdf</t>
   </si>
   <si>
     <t>Flash 9282._x000D_
 PROJETO DE LEI Nº 60/2020. Denomina a "Praça Alan Viana Lopes”, localizada no bairro Floresta, entre as ruas Mangaba, Oiti e Bambu. (Referente à Lei nº 5.285, de 13/07/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7699</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7699/flash_9283.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7699/flash_9283.pdf</t>
   </si>
   <si>
     <t>Flash 9283._x000D_
 PROJETO DE LEI Nº 61/2020. Denomina a "Rua Maria da Glória Pereira Santos", localizada no bairro Santa Lúcia II. (Referente à Lei nº 5.286, de 13/07/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7700</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7700/flash_9284.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7700/flash_9284.pdf</t>
   </si>
   <si>
     <t>Flash 9284._x000D_
 PROJETO DE LEI Nº 62/2020. Denomina a "Rua José Alexandre Lopes”, localizada no bairro Vila Nova. (Referente à Lei nº 5.287, de 13/07/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7701</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7701/flash_9285.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7701/flash_9285.pdf</t>
   </si>
   <si>
     <t>Flash 9285._x000D_
 PROJETO DE LEI Nº 63/2020. Denomina a "Rua Jefferson Nascimento Araújo”, localizada no bairro Vila Nova. (Referente à Lei nº 5.281, de 13/07/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7702</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7702/flash_9286.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7702/flash_9286.pdf</t>
   </si>
   <si>
     <t>Flash 9286._x000D_
 PROJETO DE LEI Nº 64/2020. Denomina a "Rua Dr. Hernany Vilas Boas de Abreu”, localizada no bairro Vila Nova. (Referente à Lei nº 5.271, de 13/07/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7703</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7703/flash_9287.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7703/flash_9287.pdf</t>
   </si>
   <si>
     <t>Flash 9287._x000D_
 PROJETO DE LEI Nº 67/2020. Denomina o "CEO - Centro de Especialidades Odontológicas Dr. Manoel Brito Júnior”, localizado na rua Doutor Veloso, nº 678, no bairro Centro. (Referente à Lei nº 5.299, de 27/08/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7704</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7704/flash_9288.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7704/flash_9288.pdf</t>
   </si>
   <si>
     <t>Flash 9288._x000D_
 PROJETO DE LEI Nº 68/2020. Denomina a "Praça Rosângela Veloso Assis Martins”, conhecida popularmente como Praça do Chinelão, localizada no trevo do aeroporto. (Referente à Lei nº 5.298, de 27/08/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7705</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7705/flash_9289.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7705/flash_9289.pdf</t>
   </si>
   <si>
     <t>Flash 9289._x000D_
 PROJETO DE LEI Nº 70/2020. Denomina a "Rua Sálvio Spínola Castro”, conhecida popularmente como rua Colibri, localizada no bairro Alcides Rabelo. (Referente à Lei nº 5.297, de 27/08/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7706</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7706/flash_9290.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7706/flash_9290.pdf</t>
   </si>
   <si>
     <t>Flash 9290._x000D_
 PROJETO DE LEI Nº 71/2020. Denomina a "Praça Elisângela Alves Mota Chinelato”, localizada no bairro Ibituruna, entre as avenidas Pedro Álvares Cabral e José Corrêa Machado. (Referente à Lei nº 5.296, de 27/08/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7707</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7707/flash_9291.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7707/flash_9291.pdf</t>
   </si>
   <si>
     <t>Flash 9291._x000D_
 PROJETO DE LEI Nº 73/2020. Denomina a "Praça José Wilson Drumond Versiane”, localizada no bairro Morada do Sol, entre a avenida Mestra Fininha com a rua Iluminato Borges Rios. (Referente à Lei nº 5.303, de 13/10/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7708</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7708/flash_9292.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7708/flash_9292.pdf</t>
   </si>
   <si>
     <t>Flash 9292._x000D_
 PROJETO DE LEI Nº 74/2020. Denomina a "Avenida Célia Machado Colares”, localizada no bairro Jardim Primavera. (Avenida que dá acesso ao Condomínio Vila Segura). (Referente à Lei nº 5.295, de 27/08/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7709</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7709/flash_9293.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7709/flash_9293.pdf</t>
   </si>
   <si>
     <t>Flash 9293._x000D_
 PROJETO DE LEI Nº 75/2020. Denomina a "Avenida João Evangelista Lopes”, conhecida popularmente como avenida Maria Fernanda, localizada no bairro Chácaras 12 Araçás. (Referente à Lei nº 5.294, de 27/08/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7710</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7710/flash_9294.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7710/flash_9294.pdf</t>
   </si>
   <si>
     <t>Flash 9294._x000D_
 PROJETO DE LEI Nº 78/2020. Denomina a "Rua Elizabeth Almeida Silva”, conhecida popularmente como rua Projetada, localizada no bairro Vila Raul José Pereira (Vila Exposição). (Referente à Lei nº 5.293, de 27/08/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7711</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7711/flash_9295.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7711/flash_9295.pdf</t>
   </si>
   <si>
     <t>Flash 9295._x000D_
 PROJETO DE LEI Nº 88/2020. Denomina a "Unidade Básica de Saúde – UBS Olga Ribeiro da Silva”, localizada no bairro Renascença. (Referente à Lei nº 5.304, de 13/10/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7712</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7712/flash_9296.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7712/flash_9296.pdf</t>
   </si>
   <si>
     <t>Flash 9296._x000D_
 PROJETO DE LEI Nº 89/2020. Denomina a "Praça Dr. Antônio Augusto Barbosa Moura”, localizada em frente ao Restaurante Chimarrão, sentido aeroporto de Montes Claros. (Referente à Lei nº 5.305, de 13/10/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7713</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>Elair Gomes</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7713/flash_9297.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7713/flash_9297.pdf</t>
   </si>
   <si>
     <t>Flash 9297._x000D_
 PROJETO DE LEI Nº 90/2020. Denomina de “Praça Olímpica”, a praça localizada entre as ruas 36 com 24, no bairro Jardim Olímpico. (Referente à Lei nº 5.306, de 13/10/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7714</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7714/flash_9298.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7714/flash_9298.pdf</t>
   </si>
   <si>
     <t>Flash 9298._x000D_
 PROJETO DE LEI Nº 102/2020. Denomina a "Rua Manoel Gomes Matozinho”, localizada no bairro Jardim Olímpico. (Referente à Lei nº 5.322, de 22/12/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7715</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7715/flash_9299.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7715/flash_9299.pdf</t>
   </si>
   <si>
     <t>Flash 9299._x000D_
 PROJETO DE LEI Nº 96/2020. (REVOGADA). Denomina a "Praça Clemente Oscar”, localizada no bairro Independência, entre a rua Imperatriz Leopoldina e a avenida Tucuruí. (Referente à Lei nº 5.309, de 13/10/2020, que foi revogada pela Lei nº 5.493, de 08/11/2022)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7734</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7734/flash_9318.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7734/flash_9318.pdf</t>
   </si>
   <si>
     <t>Flash 9318._x000D_
 PROJETO DE LEI Nº 34/2020. Dispõe sobre as medidas para enfrentamento da emergência de saúde pública decorrente do novo Coronavírus – SARS-COV-2 (COVID-19), e dá outras providências. (Referente à Lei nº 5.252, de 19/03/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7735</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7735/flash_9319.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7735/flash_9319.pdf</t>
   </si>
   <si>
     <t>Flash 9319._x000D_
 PROJETO DE LEI Nº 58/2020. Autoriza o Poder Executivo a celebrar acordo em processo judicial sobre o transporte coletivo, para redefinição de critério do atual contrato de concessão do transporte coletivo de Montes Claros, e dá outras providências. (Lei nº 5.275, 13/07/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7736</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7736/flash_9320.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7736/flash_9320.pdf</t>
   </si>
   <si>
     <t>Flash 9320._x000D_
 PROJETO DE LEI Nº 81/2020. Autoriza o Poder Executivo Municipal a antecipar feriados municipais durante o atual estado de calamidade pública em razão da pandemia decorrente do agente Novo Coronavírus SARS-COV-2 (COVID-19). (Referente à Lei nº 5.292, de 27/08/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7737</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7737/flash_9321.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7737/flash_9321.pdf</t>
   </si>
   <si>
     <t>Flash 9321._x000D_
 PROJETO DE LEI Nº 93/2020. Dispõe sobre a alteração do Protocolo de Intenções do Consórcio Intermunicipal Multifinalitário da Área Mineira da SUDENE (CIMAMS), ratificado pela Lei Municipal nº 5.203, de 28/11/2019, e dá outras providências. (Referente à Lei nº 5.302, de 23/09/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7741</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>Wilton Dias</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7741/flash_9325.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7741/flash_9325.pdf</t>
   </si>
   <si>
     <t>Flash 9325._x000D_
 PROJETO DE LEI Nº 04/2020. Denomina a "Escola Municipal Professora Eva Cunegundes”, localizada no bairro Residencial Vitória. (Referente à Lei nº 5.240, de 17/02/2020, alterada pela Lei nº 5.757, de 19/12/2024)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7742</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7742/flash_9326.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7742/flash_9326.pdf</t>
   </si>
   <si>
     <t>Flash 9326._x000D_
 PROJETO DE LEI Nº 07/2020. Denomina o Centro Municipal de Educação Infantil - "CEMEI Professora Udilma Porto de Souza”, localizada no bairro Santo Amaro. (Referente à Lei nº 5.241, de 17/02/2020).           _x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7743</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7743/flash_9327.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7743/flash_9327.pdf</t>
   </si>
   <si>
     <t>Flash 9327._x000D_
 PROJETO DE LEI Nº 15/2020. Dispõe sobre a criação e denominação do Centro Municipal de Ensino Infantil – "CEMEI Valdeir Correa”, localizado no bairro Jardim Primavera. (Permanece em vigor a Lei nº 5.137, de 08/05/2019, que denominou o CEMEI).  (Referente à Lei nº 5.244, de 03/03/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7744</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7744/flash_9328.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7744/flash_9328.pdf</t>
   </si>
   <si>
     <t>Flash 9328._x000D_
 PROJETO DE LEI Nº 16/2020. Dispõe sobre a criação e denominação do Centro Municipal de Ensino Infantil – "CEMEI Rosita Aquino”, localizado no bairro Monte Sião IV. (Referente à Lei nº 5.243, de 03/03/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7745</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7745/flash_9329.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7745/flash_9329.pdf</t>
   </si>
   <si>
     <t>Flash 9329._x000D_
 PROJETO DE LEI Nº 32/2020. Dispõe sobre a criação e denominação do Centro Municipal de Ensino Infantil – "CEMEI Professora Udilma Porto de Souza”, localizado no bairro Santo Amaro. (Permanece em vigor a Lei nº 5.241, de 17/02/2020, que denominou o CEMEI). (Referente à Lei nº 5.257, de 03/06/2020).     _x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7746</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7746/flash_9330.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7746/flash_9330.pdf</t>
   </si>
   <si>
     <t>Flash 9330._x000D_
 PROJETO DE LEI Nº 92/2020. Denomina o "Pré-Escolar Municipal Marcelino Lopes”, localizado no Distrito de Miralta. (Referente à Lei nº 5.310, de 13/10/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7747</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7747/flash_9331.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7747/flash_9331.pdf</t>
   </si>
   <si>
     <t>Flash 9331._x000D_
 PROJETO DE LEI Nº 107/2020. Denomina o Centro Municipal de Educação Infantil – "CEMEI Professora Maria de Assumpção Oliveira – Dona Mocinha”, localizado no Distrito de São Pedro da Garça. (Referente à Lei nº 5.321, de 22/12/2020).      _x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7787</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7787/flash_9371.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7787/flash_9371.pdf</t>
   </si>
   <si>
     <t>Flash 9371._x000D_
 PROJETO DE LEI Nº 45/2020. (ALTERADA). Autoriza o Poder Executivo a fazer cessão de uso de imóveis do Município ao Consórcio Intermunicipal Multifinalitário da Área Mineira da Sudene (CIMAMS), para edificação do Centro de Convenções do Norte de Minas e Vale do Jequitinhonha e da sede do Consórcio, e dá outras providências. (Terrenos medindo 1.032,75 m² cada, localizados no bairro Planalto). (Referente à Lei nº 5.256, de 03/06/2020, que foi alterada pela Lei nº 5.269, de 17/06/2020).   _x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7788</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7788/flash_9372.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7788/flash_9372.pdf</t>
   </si>
   <si>
     <t>Flash 9372._x000D_
 PROJETO DE LEI Nº 50/2020. Autoriza o Poder Executivo Municipal a fazer a desafetação de terrenos do Município, localizados no Loteamento Bairro Todos os Santos – Prolongamento, e, proceder a permuta por terrenos de propriedade da sociedade empresária Farpal Empreendimentos e Participações Ltda, também localizados no mesmo loteamento. (Referente à Lei nº 5.270, de 23/06/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7789</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7789/flash_9373.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7789/flash_9373.pdf</t>
   </si>
   <si>
     <t>Flash 9373._x000D_
 PROJETO DE LEI Nº 80/2020. Autoriza a desafetação, parcelamento e doação de imóveis do Município de Montes Claros, mediante sorteio, à famílias carentes que residiam na Comunidade de Palmital, no antigo aterro sanitário, e dá outras providências. (Terreno medindo 10.027,00 m², dividido em lotes para doação, localizado no loteamento bairro São Geraldo II). (Referente à Lei nº 5.290, de 24/08/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7790</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7790/flash_9374.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7790/flash_9374.pdf</t>
   </si>
   <si>
     <t>Flash 9374._x000D_
 PROJETO DE LEI Nº 111/2020. Autoriza a desafetação e permuta de área do Município de Montes Claros, localizada no Loteamento Jardim Olímpico (360,00m²), por área de terreno de propriedade de Maria da Conceição Menezes da Silva, localizada no bairro Santo Amaro (360,00m²). (Referente à Lei nº 5.320, de 08/12/2020, alterada pela Lei nº 5.734, de 21/08/2024)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7805</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>Ailton do Vilage</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7805/flash_9389.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7805/flash_9389.pdf</t>
   </si>
   <si>
     <t>Flash 9389._x000D_
 PROJETO DE LEI Nº 33/2020. Institui o "Dia Municipal de Conscientização e Enfrentamento à Fibromialgia" no calendário oficial do município de Montes Claros, a ser realizado anualmente no dia 12 de maio. (Referente à Lei nº 5.258, de 03/06/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7854</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7854/flash_9438.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7854/flash_9438.pdf</t>
   </si>
   <si>
     <t>Flash 9438._x000D_
 PROJETO DE LEI Nº 24/2020. Altera a Lei nº 4.520, de 12/06/2012, que dispõe sobre a criação e funcionamento do Conselho Municipal para Proteção e Bem-Estar Animal – COBEA, e dá outras providências. (Referente à Lei nº 5.249, de 10/03/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7855</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7855/flash_9439.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7855/flash_9439.pdf</t>
   </si>
   <si>
     <t>Flash 9439._x000D_
 PROJETO DE LEI Nº 28/2020. Altera a Lei nº 2.254, de 04/04/1995, acrescentando parágrafo único ao seu artigo 1º, denominando oficialmente de "Dr. Luiz Carlos Lenoir" a Unidade do Ambulatório de Especialidades do Hospital Dr. Alpheu Gonçalves de Quadros. (Referente à Lei nº 5.259, de 10/06/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7856</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7856/flash_9440.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7856/flash_9440.pdf</t>
   </si>
   <si>
     <t>Flash 9440._x000D_
 PROJETO DE LEI Nº 39/2020. Altera a Lei nº 3.720, de 09/05/2007, que dispõe sobre o Parcelamento do Solo Urbano e Loteamentos Fechados no Município de Montes Claros. (Referente à Lei n° 5.272, de 13/07/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7857</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7857/flash_9441.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7857/flash_9441.pdf</t>
   </si>
   <si>
     <t>Flash 9441._x000D_
 PROJETO DE LEI Nº 49/2020. Altera a Lei Municipal nº 5.256, de 03/06/2020, que autoriza a cessão de imóveis do Município ao Consórcio Intermunicipal Multifinalitário da Área Mineira da Sudene – CIMAMS, localizados no bairro Planalto, para edificação do Centro de Convenções do Norte de Minas e Vale do Jequitinhonha e da sede do Consórcio, e dá outras providências. (Referente à Lei nº 5.269, de 17/06/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7858</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7858/flash_9442.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7858/flash_9442.pdf</t>
   </si>
   <si>
     <t>Flash 9442._x000D_
 PROJETO DE LEI Nº 65/2020. Altera a Lei Municipal nº 5.227, de 20/12/2019, que concede autorização legislativa para regularização de loteamento de acesso controlado, denominado Pampulha Tennis Residence, pertencente à loteadora Ballesteros Empreendimentos Imobiliários Ltda. (Referente à Lei nº 5.273, de 13/07/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7861</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7861/flash_9445.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7861/flash_9445.pdf</t>
   </si>
   <si>
     <t>Flash 9445._x000D_
 PROJETO DE LEI Nº 110/2020. Altera a Lei nº 5.226, de 20/12/2019, que autoriza o Poder Executivo Municipal a fazer a desafetação de terreno do Município, localizado no loteamento Jardim Olímpico, medindo 7.020,00 m², e proceder a dação do mesmo, em pagamento ao Senhor Valeriano Lopes Braga; revoga a Lei nº 4.771, de 28/05/2015. (Referente à Lei nº 5.319, de 01/12/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7878</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>Rodrigo Cadeirante</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7878/flash_9462.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7878/flash_9462.pdf</t>
   </si>
   <si>
     <t>Flash 9462._x000D_
 PROJETO DE LEI Nº 51/2020. (VETADO PARCIALMENTE). Proíbe empinar pipas, papagaios, raias ou artefatos similares em áreas urbanas no município de Montes Claros. (Recebeu veto parcial do Poder Executivo - ver flash 9699). (Referente à Lei nº 5.289, de 28/07/2020).  _x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7885</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7885/flash_9469.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7885/flash_9469.pdf</t>
   </si>
   <si>
     <t>Flash 9469._x000D_
 PROJETO DE LEI Nº 47/2020. (VETADO PARCIALMENTE). Dispõe sobre as Diretrizes para a Elaboração e Execução da Lei Orçamentária do Município de Montes Claros, para o exercício financeiro de 2021, e dá outras providências. (Recebeu veto parcial do Poder Executivo - ver flash 9700). (Referente à Lei nº 5.288, de 21/07/2020).  _x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7886</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7886/flash_9470.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7886/flash_9470.pdf</t>
   </si>
   <si>
     <t>Flash 9470._x000D_
 PROJETO DE LEI Nº 98/2020. Estima a receita e fixa a despesa do Município de Montes Claros, para o exercício financeiro de 2021. (Referente à Lei nº 5.317, de 17/11/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7905</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>MESA DIRETORA - MESA</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7905/flash_9489.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7905/flash_9489.pdf</t>
   </si>
   <si>
     <t>Flash 9489._x000D_
 PROJETO DE LEI Nº 11/2020. Dispõe sobre reajuste de vencimentos dos servidores ativos e inativos da Câmara Municipal de Montes Claros, e contém outras providências. (Referente à Lei nº 5.236, de 06/02/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7912</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7912/flash_9495.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7912/flash_9495.pdf</t>
   </si>
   <si>
     <t>Flash 9495._x000D_
 PROJETO DE LEI Nº 22/2020. Estabelece reajuste de vencimentos aos servidores públicos do Poder Executivo do Município de Montes Claros, e contém outras providências. (Referente à Lei nº 5.248, de 10/03/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7941</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>Marcos Nem</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7941/flash_9275.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7941/flash_9275.pdf</t>
   </si>
   <si>
     <t>Flash 9275._x000D_
 PROJETO DE LEI Nº 52/2020. Denomina a "Rua Terezinha Corrêa Moura”, localizada no bairro Novo Delfino. (Referente à Lei nº 5.276, de 13/07/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7957</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7957/flash_9539.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7957/flash_9539.pdf</t>
   </si>
   <si>
     <t>Flash 9539._x000D_
 PROJETO DE LEI Nº 06/2020. Concede o título declaratório de Utilidade Pública Municipal à "Loja Maçônica União, Amor e Igualdade 4428". (Referente à Lei nº 5.235, de 06/02/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7958</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7958/flash_9540.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7958/flash_9540.pdf</t>
   </si>
   <si>
     <t>Flash 9540._x000D_
 PROJETO DE LEI Nº 14/2020. Concede o título declaratório de Utilidade Pública Municipal à “Associação Rural de Pequenos Produtores e Moradores do Recanto da Seriema”. (Referente à Lei nº 5.247, de 03/03/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7959</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7959/flash_9541.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7959/flash_9541.pdf</t>
   </si>
   <si>
     <t>Flash 9541._x000D_
 PROJETO DE LEI Nº 19/2020. Concede o título declaratório de Utilidade Pública Municipal à “Associação Comunitária dos Moradores do Sol Nascente”. (Referente à Lei nº 5.246, de 03/03/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7960</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7960/flash_9542.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7960/flash_9542.pdf</t>
   </si>
   <si>
     <t>Flash 9542._x000D_
 PROJETO DE LEI Nº 26/2020. Concede o título declaratório de Utilidade Pública Municipal à “Associação Casa de Acolhimento Nossa Senhora Rosa Mística”. (Referente à Lei nº 5.251, de 18/03/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7961</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7961/flash_9543.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7961/flash_9543.pdf</t>
   </si>
   <si>
     <t>Flash 9543._x000D_
 PROJETO DE LEI Nº 76/2020. Concede o título declaratório de Utilidade Pública Municipal à “Associação Montesclarense de Esportes – AME”. (Referente à Lei nº 5.291, de 24/08/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7962</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7962/flash_9544.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7962/flash_9544.pdf</t>
   </si>
   <si>
     <t>Flash 9544._x000D_
 PROJETO DE LEI Nº 85/2020. Concede o título declaratório de Utilidade Pública Municipal ao “Instituto Marcos Barboza”. (Referente à Lei nº 5.300, de 02/09/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7963</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7963/flash_9545.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7963/flash_9545.pdf</t>
   </si>
   <si>
     <t>Flash 9545._x000D_
 PROJETO DE LEI Nº 101/2020. Concede o título declaratório de Utilidade Pública Municipal à “Associação dos Pequenos Produtores Rurais e Moradores da Comunidade de Pau Ferro”. (Referente à Lei nº 5.313, de 28/10/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7964</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7964/flash_9546.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7964/flash_9546.pdf</t>
   </si>
   <si>
     <t>Flash 9546._x000D_
 PROJETO DE LEI Nº 94/2020. Concede o título declaratório de Utilidade Pública Municipal à “Associação de Futebol de Clubes Amadores do Norte de Minas – AFCANM”. (Referente à Lei nº 5.307, de 13/10/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7965</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7965/flash_9547.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7965/flash_9547.pdf</t>
   </si>
   <si>
     <t>Flash 9547._x000D_
 PROJETO DE LEI Nº 95/2020. Concede o título declaratório de Utilidade Pública Municipal à “Associação CT Cássio Werneck”. (Referente à Lei nº 5.308, de 13/10/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7966</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7966/flash_9548.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7966/flash_9548.pdf</t>
   </si>
   <si>
     <t>Flash 9548._x000D_
 PROJETO DE LEI Nº 104/2020. Concede o título declaratório de Utilidade Pública Municipal à “Associação de Produtores Rurais e Moradores da Comunidade Portal das Águas – ASSOPAG”. (Referente à Lei nº 5.314, de 05/11/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7967</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7967/flash_9549.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7967/flash_9549.pdf</t>
   </si>
   <si>
     <t>Flash 9549._x000D_
 PROJETO DE LEI Nº 105/2020. Concede o título declaratório de Utilidade Pública Municipal à “Associação Cultural Social e Artística do Norte de Minas”. (Referente à Lei nº 5.315, de 05/11/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7968</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7968/flash_9550.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7968/flash_9550.pdf</t>
   </si>
   <si>
     <t>Flash 9550._x000D_
 PROJETO DE LEI Nº 106/2020. Concede o título declaratório de Utilidade Pública Municipal à “Associação de Amigos e Moradores da Comunidade Rural de Valentina”. (Referente à Lei nº 5.316, de 05/11/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>7969</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7969/flash_9551.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7969/flash_9551.pdf</t>
   </si>
   <si>
     <t>Flash 9551._x000D_
 PROJETO DE LEI Nº 112/2020. Concede o título declaratório de Utilidade Pública Municipal à “Associação dos Motoristas e Autônomos do Brasil – AMAB”. (Referente à Lei nº 5.323, de 22/12/2020)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>8098</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>Valcir Soares da Silva</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8098/flash_9633.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8098/flash_9633.pdf</t>
   </si>
   <si>
     <t>Flash 9633._x000D_
 PROJETO DE LEI Nº 09/2020. (NÃO VOTADO). Estabelece a obrigatoriedade de apresentação de cantores, instrumentistas, bandas ou conjuntos musicais locais, na abertura dos shows ou eventos musicais no Município de Montes Claros, financiados por recursos públicos, e dá outras providências._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>8100</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8100/flash_9634.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8100/flash_9634.pdf</t>
   </si>
   <si>
     <t>Flash 9634._x000D_
 PROJETO DE LEI Nº 10/2020. (NÃO VOTADO). Dispõe sobre critérios para a utilização de vidros nas faces externas das edificações do Município de Montes Claros, de modo a não ameaçar a avifauna._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>8101</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8101/flash_9635.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8101/flash_9635.pdf</t>
   </si>
   <si>
     <t>Flash 9635._x000D_
 PROJETO DE LEI Nº 12/2020. (NÃO VOTADO). Dispõe sobre a obrigatoriedade da presença de cobradores em linhas de transporte coletivo urbano da cidade de Montes Claros, e dá outras providências._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>8102</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8102/flash_9636.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8102/flash_9636.pdf</t>
   </si>
   <si>
     <t>Flash 9636._x000D_
 PROJETO DE LEI Nº 17/2020. (NÃO VOTADO). Dispõe sobre a adequação do Serviço de Segurança e Vigilância em instituições financeiras e/ou bancárias do_x000D_
 Município de Montes Claros, e dá outras providências._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>8103</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8103/flash_9637.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8103/flash_9637.pdf</t>
   </si>
   <si>
     <t>Flash 9637._x000D_
 PROJETO DE LEI Nº 20/2020. (NÃO VOTADO). Denomina a Unidade Básica de Saúde – "UBS Padre Guilherme Michels”, localizada no bairro Renascença._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>8104</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8104/flash_9638.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8104/flash_9638.pdf</t>
   </si>
   <si>
     <t>Flash 9638._x000D_
 PROJETO DE LEI Nº 35/2020. (NÃO VOTADO). Institui a obrigatoriedade das agências bancárias, restaurantes, lanchonetes, padarias, supermercados, comércio_x000D_
 em geral, cartórios de registros e concessionárias de serviços públicos, disponibilizarem álcool em gel para os clientes e usuários durante a pandemia do coronavírus, e dá outras providências._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>8105</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8105/flash_9639.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8105/flash_9639.pdf</t>
   </si>
   <si>
     <t>Flash 9639._x000D_
 PROJETO DE LEI Nº 48/2020. (NÃO VOTADO). Denomina a "Praça Alan Vieira Lopes”, localizada no bairro Floresta._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>8106</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8106/flash_9640.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8106/flash_9640.pdf</t>
   </si>
   <si>
     <t>Flash 9640._x000D_
 PROJETO DE LEI Nº 69/2020. (NÃO VOTADO). Denomina a "Praça Maria da Conceição Guimarães Sapori”, localizada no bairro Distrito Industrial._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>8107</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8107/flash_9641.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8107/flash_9641.pdf</t>
   </si>
   <si>
     <t>Flash 9641_x000D_
 PROJETO DE LEI Nº 72/2020. (NÃO VOTADO). Dispõe sobre o Programa Municipal de Coleta, Reciclagem de Óleos e Gorduras Usadas de Origem Animal e Vegetal; estabelece a proibição do descarte de óleos e gorduras animais ou vegetais na rede coletora de esgoto e águas pluviais, no âmbito do Município de Montes Claros, e dá outras providências._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>8125</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8125/flash_9643.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8125/flash_9643.pdf</t>
   </si>
   <si>
     <t>Flash 9643._x000D_
 PROJETO DE LEI Nº 79/2020. (NÃO VOTADO). Dispõe sobre a inserção de profissionais da área de Serviço Social e de Psicologia nas escolas públicas municipais de Educação Básica de Montes Claros._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>8129</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8129/flash_9644.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8129/flash_9644.pdf</t>
   </si>
   <si>
     <t>Flash 9644._x000D_
 PROJETO DE LEI Nº 82/2020. (NÃO VOTADO). Dispõe sobre a suspensão de prazos de validade de concursos públicos em vigor ou expirado dentro desse período de pandemia do Coronavírus, para o provimento de cargo ou emprego em órgão ou entidade da Administração Pública, direta ou indireta, na cidade de Montes Claros._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>8131</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8131/flash_9645.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8131/flash_9645.pdf</t>
   </si>
   <si>
     <t>Flash 9645._x000D_
 PROJETO DE LEI Nº 83/2020. (NÃO VOTADO). Acrescenta o artigo 8º-A à Lei nº 3.830, de 26/11/2007 que dispõe sobre a criação do Sistema Municipal de Incentivo à Cultura, do Conselho Municipal de Cultura, do Fundo Municipal de Incentivo à Cultura, e dá outras providências._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>8133</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8133/flash_9646.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8133/flash_9646.pdf</t>
   </si>
   <si>
     <t>Flash 9646._x000D_
 PROJETO DE LEI Nº 84/2020. (NÃO VOTADO). Denomina o Cento Municipal de Educação Infantil – "CEMEI Professora Maria Assunção Oliveira (Dona Mocinha), localizado no Distrito de São Pedro da Garça._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>8136</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8136/flash_9647.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8136/flash_9647.pdf</t>
   </si>
   <si>
     <t>Flash 9647._x000D_
 PROJETO DE LEI Nº 86/2020. (NÃO VOTADO). Dispõe sobre a restrição do uso de aparelhos de telefonia celular, máquinas fotográficas, filmadoras e congêneres no interior dos templos religiosos._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>8139</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>Idelfonso Pereira Araújo</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8139/flash_9648.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8139/flash_9648.pdf</t>
   </si>
   <si>
     <t>Flash 9648._x000D_
 PROJETO DE LEI Nº 91/2020. (NÃO VOTADO). Denomina a "Rua Leonília Pereira Felix (Dona Lió)", localizada no bairro Jardim Panorama._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>8143</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8143/flash_9649.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8143/flash_9649.pdf</t>
   </si>
   <si>
     <t>Flash 9649._x000D_
 PROJETO DE LEI Nº 100/2020. (NÃO VOTADO). Dispõe sobre a obrigatoriedade da fisioterapeuta na equipe multidisciplinar de atenção à gestante_x000D_
 durante o período de pré-natal, parto e pós-parto, bem como obriga as maternidades, casas de parto e estabelecimentos hospitalares e congêneres da rede pública e ou privada do Município de Montes Claros, a permitir a presença de fisioterapeutas durante os períodos mencionados, sempre que solicitado pela parturiente, e dá outras providências._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>8145</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8145/flash_9650.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8145/flash_9650.pdf</t>
   </si>
   <si>
     <t>Flash 9650._x000D_
 PROJETO DE LEI Nº 103/2020. (NÃO VOTADO). Dispõe sobre o Programa Municipal de Coleta, Reciclagem de Óleos e Gorduras Usadas de Origem Animal e Vegetal; estabelece a proibição do descarte de óleos e gorduras animais ou vegetais na rede coletora de esgoto e águas pluviais, no âmbito do Município de Montes Claros, e dá outras providências._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>8149</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8149/flash_9651.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8149/flash_9651.pdf</t>
   </si>
   <si>
     <t>Flash 9651._x000D_
 PROJETO DE LEI Nº 108/2020. (NÃO VOTADO). Denomina o Distrito Industrial “Lauro Azevedo Maia”._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>8198</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8198/flash_9685.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8198/flash_9685.pdf</t>
   </si>
   <si>
     <t>Flash 9685._x000D_
 PROJETO DE LEI Nº 38/2020. (RETIRADO). Autoriza a cessão de imóvel do Município ao Consórcio Intermunicipal Multifinalitário da Área Mineira da Sudene (CIMAMS), e dá outras providências. (Área medindo 1.032,75 m², localizada no cruzamento da Avenida Governador Magalhães Pinto com Rua Mariana Akiko)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>8337</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8337/flash_9642.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8337/flash_9642.pdf</t>
   </si>
   <si>
     <t>Flash 9642._x000D_
 PROJETO DE LEI Nº 77/2020. (NÃO VOTADO). Dispensa a exigência de "Alvará de Funcionamento" para templos religiosos._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>8228</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8228/flash_9820.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8228/flash_9820.pdf</t>
   </si>
   <si>
     <t>Flash 9820._x000D_
 PROJETO DE RESOLUÇÃO Nº 05/2020. (NÃO VOTADO). Dispõe sobre a suspensão do recesso legislativo da Câmara Municipal de Montes Claros, no período de Pandemia pelo Coronavírus - SARS-COV2 (Covid-19). _x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>8308</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Cláudio Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8308/flash_9851.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8308/flash_9851.pdf</t>
   </si>
   <si>
     <t>Flash 9851._x000D_
 Requerimentos do vereador Cláudio Rodrigues de Jesus, apresentados à Câmara Municipal de Montes Claros, nos meses de setembro e novembro de 2020._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>8225</t>
   </si>
   <si>
     <t>VET</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8225/flash_9699.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8225/flash_9699.pdf</t>
   </si>
   <si>
     <t>Flash 9699._x000D_
 VETO PARCIAL AO PROJETO DE LEI Nº 51/2020. (MANTIDO). Proíbe empinar pipas, papagaios, raias ou artefatos similares em áreas urbanas no município de Montes Claros._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>8227</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8227/flash_9700.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8227/flash_9700.pdf</t>
   </si>
   <si>
     <t>Flash 9700._x000D_
 VETO PARCIAL AO PROJETO DE LEI Nº 47/2020. (MANTIDO). Dispõe sobre as Diretrizes para a Elaboração e Execução da Lei Orçamentária do Município de Montes Claros, para o exercício financeiro de 2021, e dá outras providências. (Veto ao parágrafo 5º do artigo 38, que previa a atualização monetária dos vencimentos dos servidores públicos com base no índice de inflação oficial)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>8464</t>
   </si>
   <si>
     <t>ATA</t>
   </si>
   <si>
     <t>Ata</t>
   </si>
   <si>
     <t>ATL - ATL</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8464/flash_9156.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8464/flash_9156.pdf</t>
   </si>
   <si>
     <t>Flash 9156._x000D_
 Atas das sessões da Câmara Municipal de Montes Claros, do período de 21/01 a 22/12/2020._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>8283</t>
   </si>
   <si>
     <t>DL</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8283/flash_9833.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8283/flash_9833.pdf</t>
   </si>
   <si>
     <t>Flash 9833._x000D_
 DECRETO LEGISLATIVO Nº 01, de 06/04/2020. Referenda, nos termos do parágrafo 3º do artigo 165 da Lei Orgânica Municipal, o Estado de Calamidade Pública e a abertura de crédito adicional extraordinário no orçamento vigente, previsto no Decreto nº 4.016, de 01/04/2020, do Município de Montes Claros. para enfrentamento da emergência de saúde nacional decorrente do Coronavírus Sars-CoV-2 (Covid-19)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>8284</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8284/flash_9834.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8284/flash_9834.pdf</t>
   </si>
   <si>
     <t>Flash 9834._x000D_
 DECRETO LEGISLATIVO Nº 02, de 27/04/2020. Referenda, nos termos do parágrafo 3º do artigo 165 da Lei Orgânica Municipal, a abertura de crédito adicional extraordinário no orçamento vigente, previsto no Decreto nº 4.027, de 17/04/2020, do Município de Montes Claros, para enfrentamento da emergência de saúde nacional decorrente do Coronavírus SARS-CoV-2 (Covid-19)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>8285</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8285/flash_9835.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8285/flash_9835.pdf</t>
   </si>
   <si>
     <t>Flash 9835._x000D_
 DECRETO LEGISLATIVO Nº 03, de 09/06/2020. Referenda, nos termos do parágrafo 3º do artigo 165 da Lei Orgânica Municipal, a abertura de crédito adicional extraordinário no orçamento vigente, previsto no Decreto nº 4.048, de 25/05/2020, do Município de Montes Claros, para enfrentamento da emergência de saúde nacional decorrente do Coronavírus SARS-CoV-2 (Covid-19)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>8286</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8286/flash_9836.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8286/flash_9836.pdf</t>
   </si>
   <si>
     <t>Flash 9836._x000D_
 DECRETO LEGISLATIVO Nº 04, de 09/06/2020. Referenda, nos termos do parágrafo 3º do artigo 165 da Lei Orgânica Municipal, a abertura de crédito adicional extraordinário no orçamento vigente, previsto no Decreto nº 4.053, de 02/06/2020, do Município de Montes Claros, para enfrentamento da emergência de saúde nacional decorrente do Coronavírus SARS-CoV-2 (Covid-19)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>8287</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8287/flash_9837.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8287/flash_9837.pdf</t>
   </si>
   <si>
     <t>Flash 9837._x000D_
 DECRETO LEGISLATIVO Nº 05, de 30/06/2020. Referenda, nos termos do parágrafo 3º do artigo 165 da Lei Orgânica Municipal, a abertura de crédito adicional extraordinário no orçamento vigente, previsto no Decreto nº 4.060, de 22/06/2020, do Município de Montes Claros, para enfrentamento da emergência de saúde nacional decorrente do Coronavírus SARS-CoV-2 (Covid-19)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>8289</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8289/flash_9838.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8289/flash_9838.pdf</t>
   </si>
   <si>
     <t>Flash 9838._x000D_
 DECRETO LEGISLATIVO Nº 06, de 11/08/2020. Referenda, nos termos do parágrafo 3º do artigo 165 da Lei Orgânica Municipal, a abertura de crédito adicional extraordinário ao orçamento vigente, previsto no Decreto nº 4.072, de 15/07/2020, do Município de Montes Claros, para enfrentamento da emergência de saúde nacional decorrente do Coronavírus SARS-CoV-2 (Covid-19)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>8291</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8291/flash_9839.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8291/flash_9839.pdf</t>
   </si>
   <si>
     <t>Flash 9839._x000D_
 DECRETO LEGISLATIVO Nº 07, de 01/09/2020. Referenda, nos termos do parágrafo 3º do artigo 165 da Lei Orgânica Municipal, a abertura de crédito adicional extraordinário no orçamento vigente, previsto no Decreto nº 4.086, de 12/08/2020, do Município de Montes Claros, para enfrentamento da emergência de saúde nacional decorrente do Coronavírus SARS-CoV-2 - Covid-19._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>8292</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8292/flash_9840.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8292/flash_9840.pdf</t>
   </si>
   <si>
     <t>Flash 9840._x000D_
 DECRETO LEGISLATIVO Nº 08, de 22/09/2020. Referenda, nos termos do parágrafo 3º do artigo 165 da Lei Orgânica Municipal, a abertura de crédito adicional extraordinário ao orçamento vigente, previsto no Decreto nº 4.094, de 01/09/2020, do Município de Montes Claros, para enfrentamento da emergência de saúde nacional decorrente do Coronavírus SARS-CoV-2 - Covid-19._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>8293</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8293/flash_9841.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8293/flash_9841.pdf</t>
   </si>
   <si>
     <t>Flash 9841._x000D_
 DECRETO LEGISLATIVO Nº 09, de 13/10/2020. Referenda, nos termos do parágrafo 3º do artigo 165 da Lei Orgânica Municipal, a abertura de crédito adicional extraordinário no orçamento vigente, previsto no Decreto nº 4.104, de 21/09/2020, do Município de Montes Claros, para enfrentamento da emergência de saúde nacional decorrente do Coronavírus SARS-CoV-2 - Covid-19._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>8294</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8294/flash_9842.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8294/flash_9842.pdf</t>
   </si>
   <si>
     <t>Flash 9842._x000D_
 DECRETO LEGISLATIVO Nº 10, de 03/11/2020. Referenda, nos termos do parágrafo 3º do artigo 165 da Lei Orgânica Municipal, a abertura de crédito adicional extraordinário no orçamento vigente, previsto no Decreto nº 4.118, de 21/10/2020, do Município de Montes Claros, para enfrentamento da emergência de saúde nacional decorrente do Coronavírus SARS-CoV-2 (Covid-19)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>8296</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8296/flash_9843.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8296/flash_9843.pdf</t>
   </si>
   <si>
     <t>Flash 9843._x000D_
 DECRETO LEGISLATIVO Nº 11, de 03/11/2020. Referenda, nos termos do parágrafo 3º do artigo 165 da Lei Orgânica Municipal, a abertura de crédito adicional extraordinário no orçamento vigente, previsto no Decreto nº 4.113, de 07/10/2020, do Município de Montes Claros, para enfrentamento da emergência de saúde nacional decorrente do Coronavírus SARS-CoV-2 (Covid-19)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>8297</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8297/flash_9844.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8297/flash_9844.pdf</t>
   </si>
   <si>
     <t>Flash 9844._x000D_
 DECRETO LEGISLATIVO Nº 12, de 15/12/2020. Referenda, nos termos do parágrafo 3º do artigo 165 da Lei Orgânica Municipal, a abertura de crédito adicional extraordinário ao orçamento vigente, previsto no Decreto nº 4.134, de 24/11/2020, do Município de Montes Claros, para enfrentamento da emergência de saúde nacional decorrente do Coronavírus SARS-CoV-2 (Covid-19)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>8298</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8298/flash_9845.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8298/flash_9845.pdf</t>
   </si>
   <si>
     <t>Flash 9845._x000D_
 DECRETO LEGISLATIVO Nº 13, de 22/12/2020. Referenda, nos termos do parágrafo 3º do artigo 165 da Lei Orgânica Municipal, a abertura de crédito adicional extraordinário no orçamento vigente, previsto no Decreto nº 4.145, de 10/12/2020, do Município de Montes Claros, para enfrentamento da emergência de saúde nacional decorrente do Coronavírus SARS-CoV-2 (Covid-19)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>8299</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8299/flash_9846.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8299/flash_9846.pdf</t>
   </si>
   <si>
     <t>Flash 9846._x000D_
 DECRETO LEGISLATIVO Nº 14, de 22/12/2020. Referenda, nos termos do parágrafo 3º do artigo 165 da Lei Orgânica Municipal, a abertura de crédito adicional extraordinário ao orçamento vigente, previsto no Decreto nº 4.147, de 15/12/2020, do Município de Montes Claros, para enfrentamento da emergência de saúde nacional decorrente do Coronavírus SARS-CoV-2 (Covid-19)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>8300</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8300/flash_9847.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8300/flash_9847.pdf</t>
   </si>
   <si>
     <t>Flash 9847._x000D_
 DECRETO LEGISLATIVO Nº 15, de 22/12/2020. Referenda, nos termos do parágrafo 3º do artigo 165 da Lei Orgânica Municipal, a abertura de crédito adicional extraordinário no orçamento vigente, previsto no Decreto nº 4.150, de 18/12/2020, do Município de Montes Claros, para enfrentamento da emergência de saúde nacional decorrente do Coronavírus SARS-CoV-2 (Covid-19)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>8085</t>
   </si>
   <si>
     <t>RES</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
     <t>Sérgio Pereira dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8085/flash_9752.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8085/flash_9752.pdf</t>
   </si>
   <si>
     <t>Flash 9752._x000D_
 RESOLUÇÃO Nº 05, de 07/07/2020. Concede a "Placa de Prata Alferes José Lopes de Carvalho" a Ruan Victor Pereira Rodrigues._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>8087</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8087/flash_9753.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8087/flash_9753.pdf</t>
   </si>
   <si>
     <t>Flash 9753._x000D_
 RESOLUÇÃO Nº 07, de 11/08/2020. Concede a "Placa de Prata Alferes José Lopes de Carvalho" à Associação Presente de Apoio a Pacientes com Câncer - Padre Tiãozinho._x000D_
 Cláudio Ribeiro Prates (Presidente).</t>
   </si>
   <si>
     <t>8134</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8134/flash_9780.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8134/flash_9780.pdf</t>
   </si>
   <si>
     <t>Flash 9780._x000D_
 RESOLUÇÃO Nº 02, de 17/03/2020. Concede o Título de Cidadão Benemérito de Montes Claros a Edvaldo Pereira dos Santos (3º Sargento da PMMG)._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>8135</t>
   </si>
   <si>
     <t>João Paulo da Silva Bispo</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8135/flash_9781.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8135/flash_9781.pdf</t>
   </si>
   <si>
     <t>Flash 9781._x000D_
 RESOLUÇÃO Nº 09, de 22/12/2020. Concede o Título de Cidadão Benemérito de Montes Claros a Nestor Rodrigues da Silva Neto._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>8186</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8186/flash_9805.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8186/flash_9805.pdf</t>
   </si>
   <si>
     <t>Flash 9805._x000D_
 RESOLUÇÃO Nº 04, de 30/06/2020. Concede o Título de Cidadã Honorária de Montes Claros a Rosana da Silva._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>8202</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8202/flash_9806.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8202/flash_9806.pdf</t>
   </si>
   <si>
     <t>Flash 9806._x000D_
 RESOLUÇÃO Nº 06, de 11/08/2020. Concede o Título de Cidadão Honorário de Montes Claros ao Dr. Anderson Patrício Melo._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>8203</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8203/flash_9807.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8203/flash_9807.pdf</t>
   </si>
   <si>
     <t>Flash 9807._x000D_
 RESOLUÇÃO Nº 08, de 25/08/2020. Concede o Título de Cidadão Honorário de Montes Claros a Dimas de Figueiredo._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>8246</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8246/flash_9712.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8246/flash_9712.pdf</t>
   </si>
   <si>
     <t>Flash 9712._x000D_
 RESOLUÇÃO Nº 03, de 30/06/2020. Concede a "Medalha Ivan José Lopes de Honra Montes Claros" a Paulo de Faria Ribeiro._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>8254</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8254/flash_9720.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8254/flash_9720.pdf</t>
   </si>
   <si>
     <t>Flash 9720._x000D_
 RESOLUÇÃO Nº 01, de 27/02/2020. Concede a "Medalha do Mérito Esportivo Antônio Manoel Dias" a Ângela Maria Magalhães Araújo._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -2429,67 +2429,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7853/flash_9437.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7859/flash_9443.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7860/flash_9444.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8199/flash_9686.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7589/flash_9175.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7590/flash_9176.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7591/flash_9177.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7592/flash_9178.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7593/flash_9179.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7602/flash_9188.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7603/flash_9189.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7604/flash_9190.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7605/flash_9191.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7606/flash_9492.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7607/flash_9193.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7619/flash_9205.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7620/flash_9206.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7621/flash_9207.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7678/flash_9262.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7679/flash_9263.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7680/flash_9264.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7681/flash_9265.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7682/flash_9266.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7684/flash_9267.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7685/flash_9268.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7686/flash_9269.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7687/flash_9270.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7688/flash_9271.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7689/flash_9272.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7690/flash_9273.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7691/flash_9274.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7692/flash_9276.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7693/flash_9277.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7694/flash_9278.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7695/flash_9279.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7696/flash_9280.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7697/flash_9281.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7698/flash_9282.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7699/flash_9283.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7700/flash_9284.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7701/flash_9285.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7702/flash_9286.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7703/flash_9287.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7704/flash_9288.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7705/flash_9289.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7706/flash_9290.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7707/flash_9291.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7708/flash_9292.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7709/flash_9293.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7710/flash_9294.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7711/flash_9295.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7712/flash_9296.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7713/flash_9297.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7714/flash_9298.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7715/flash_9299.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7734/flash_9318.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7735/flash_9319.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7736/flash_9320.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7737/flash_9321.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7741/flash_9325.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7742/flash_9326.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7743/flash_9327.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7744/flash_9328.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7745/flash_9329.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7746/flash_9330.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7747/flash_9331.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7787/flash_9371.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7788/flash_9372.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7789/flash_9373.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7790/flash_9374.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7805/flash_9389.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7854/flash_9438.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7855/flash_9439.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7856/flash_9440.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7857/flash_9441.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7858/flash_9442.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7861/flash_9445.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7878/flash_9462.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7885/flash_9469.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7886/flash_9470.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7905/flash_9489.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7912/flash_9495.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7941/flash_9275.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7957/flash_9539.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7958/flash_9540.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7959/flash_9541.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7960/flash_9542.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7961/flash_9543.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7962/flash_9544.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7963/flash_9545.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7964/flash_9546.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7965/flash_9547.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7966/flash_9548.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7967/flash_9549.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7968/flash_9550.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7969/flash_9551.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8098/flash_9633.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8100/flash_9634.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8101/flash_9635.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8102/flash_9636.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8103/flash_9637.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8104/flash_9638.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8105/flash_9639.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8106/flash_9640.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8107/flash_9641.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8125/flash_9643.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8129/flash_9644.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8131/flash_9645.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8133/flash_9646.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8136/flash_9647.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8139/flash_9648.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8143/flash_9649.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8145/flash_9650.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8149/flash_9651.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8198/flash_9685.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8337/flash_9642.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8228/flash_9820.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8308/flash_9851.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8225/flash_9699.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8227/flash_9700.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8464/flash_9156.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8283/flash_9833.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8284/flash_9834.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8285/flash_9835.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8286/flash_9836.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8287/flash_9837.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8289/flash_9838.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8291/flash_9839.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8292/flash_9840.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8293/flash_9841.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8294/flash_9842.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8296/flash_9843.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8297/flash_9844.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8298/flash_9845.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8299/flash_9846.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8300/flash_9847.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8085/flash_9752.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8087/flash_9753.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8134/flash_9780.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8135/flash_9781.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8186/flash_9805.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8202/flash_9806.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8203/flash_9807.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8246/flash_9712.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8254/flash_9720.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7853/flash_9437.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7859/flash_9443.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7860/flash_9444.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8199/flash_9686.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7589/flash_9175.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7590/flash_9176.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7591/flash_9177.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7592/flash_9178.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7593/flash_9179.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7602/flash_9188.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7603/flash_9189.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7604/flash_9190.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7605/flash_9191.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7606/flash_9492.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7607/flash_9193.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7619/flash_9205.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7620/flash_9206.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7621/flash_9207.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7678/flash_9262.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7679/flash_9263.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7680/flash_9264.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7681/flash_9265.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7682/flash_9266.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7684/flash_9267.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7685/flash_9268.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7686/flash_9269.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7687/flash_9270.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7688/flash_9271.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7689/flash_9272.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7690/flash_9273.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7691/flash_9274.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7692/flash_9276.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7693/flash_9277.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7694/flash_9278.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7695/flash_9279.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7696/flash_9280.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7697/flash_9281.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7698/flash_9282.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7699/flash_9283.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7700/flash_9284.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7701/flash_9285.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7702/flash_9286.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7703/flash_9287.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7704/flash_9288.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7705/flash_9289.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7706/flash_9290.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7707/flash_9291.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7708/flash_9292.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7709/flash_9293.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7710/flash_9294.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7711/flash_9295.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7712/flash_9296.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7713/flash_9297.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7714/flash_9298.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7715/flash_9299.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7734/flash_9318.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7735/flash_9319.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7736/flash_9320.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7737/flash_9321.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7741/flash_9325.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7742/flash_9326.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7743/flash_9327.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7744/flash_9328.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7745/flash_9329.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7746/flash_9330.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7747/flash_9331.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7787/flash_9371.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7788/flash_9372.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7789/flash_9373.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7790/flash_9374.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7805/flash_9389.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7854/flash_9438.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7855/flash_9439.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7856/flash_9440.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7857/flash_9441.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7858/flash_9442.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7861/flash_9445.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7878/flash_9462.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7885/flash_9469.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7886/flash_9470.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7905/flash_9489.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7912/flash_9495.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7941/flash_9275.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7957/flash_9539.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7958/flash_9540.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7959/flash_9541.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7960/flash_9542.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7961/flash_9543.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7962/flash_9544.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7963/flash_9545.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7964/flash_9546.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7965/flash_9547.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7966/flash_9548.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7967/flash_9549.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7968/flash_9550.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/7969/flash_9551.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8098/flash_9633.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8100/flash_9634.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8101/flash_9635.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8102/flash_9636.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8103/flash_9637.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8104/flash_9638.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8105/flash_9639.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8106/flash_9640.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8107/flash_9641.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8125/flash_9643.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8129/flash_9644.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8131/flash_9645.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8133/flash_9646.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8136/flash_9647.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8139/flash_9648.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8143/flash_9649.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8145/flash_9650.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8149/flash_9651.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8198/flash_9685.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8337/flash_9642.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8228/flash_9820.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8308/flash_9851.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8225/flash_9699.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8227/flash_9700.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8464/flash_9156.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8283/flash_9833.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8284/flash_9834.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8285/flash_9835.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8286/flash_9836.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8287/flash_9837.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8289/flash_9838.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8291/flash_9839.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8292/flash_9840.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8293/flash_9841.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8294/flash_9842.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8296/flash_9843.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8297/flash_9844.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8298/flash_9845.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8299/flash_9846.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8300/flash_9847.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8085/flash_9752.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8087/flash_9753.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8134/flash_9780.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8135/flash_9781.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8186/flash_9805.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8202/flash_9806.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8203/flash_9807.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8246/flash_9712.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2020/8254/flash_9720.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H146"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="31.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="90.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="89.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>