--- v0 (2025-12-18)
+++ v1 (2026-03-23)
@@ -54,4505 +54,4505 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica Municipal</t>
   </si>
   <si>
     <t>Rodrigo Cadeirante</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/150/emenda_lei_organica_1_2021.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/150/emenda_lei_organica_1_2021.pdf</t>
   </si>
   <si>
     <t>PROJETO DE EMENDA Nº 01/2021. (NÃO VOTADO). Altera o caput do artigo 21 da Lei Orgânica do Município de Montes Claros. A Câmara Municipal reunir-se-á, anualmente, na sede do Município, em dois períodos, sendo o primeiro de 08/01 a 15/07 e, o segundo, de 31/07 a 23/12.</t>
   </si>
   <si>
     <t>8771</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8771/flash_10.170.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8771/flash_10.170.pdf</t>
   </si>
   <si>
     <t>Flash 10.170._x000D_
 PROJETO DE EMENDA Nº 01/2021. (NÃO VOTADO). Altera o caput do artigo 21 da Lei Orgânica do Município de Montes Claros. (A Câmara Municipal reunir-se-á, anualmente, na sede do Município, em dois períodos, sendo o primeiro de 08/01 a 15/07 e, o segundo, de 31/07 a 23/12)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Humberto Souto</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/25/lc_02_2021.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/25/lc_02_2021.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 02/2021. Dispõe sobre o Estatuto do Servidor Público do Município de Montes Claros</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/115/plc_5.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/115/plc_5.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 05/2021. DISPÕE SOBRE O ECOCRÉDITO DE RECICLAGEM ECO-RECICLA, NO ÂMBITO MUNICÍPIO DE MONTES CLAROS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8676</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Executivo Municipal - EXEC</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8676/flash_10.134.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8676/flash_10.134.pdf</t>
   </si>
   <si>
     <t>Flash 10.134._x000D_
 PROJETO DE LEI COMPLEMENTAR Nº 09/2021. (NÃO VOTADO). Altera a Lei Complementar nº 53, de 01/12/2016, que instituiu o Plano Diretor do Município e a Lei nº 4.198, de 23/12/2009, que dispõe sobre Normas de Uso e Ocupação do Solo no Município de Montes Claros, e dá outras providências._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8707</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8707/flash_9991.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8707/flash_9991.pdf</t>
   </si>
   <si>
     <t>Flash 9991._x000D_
 PROJETO DE LEI COMPLEMENTAR Nº 05/2021. Dispõe sobre o Ecocrédito de Reciclagem – Eco-Recicla, no âmbito do Município de Montes Claros, que objetiva incentivar a coleta seletiva de resíduos recicláveis, e dá outras providências. (Referente à Lei Complementar nº 84, de 26/10/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8708</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8708/flash_9992.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8708/flash_9992.pdf</t>
   </si>
   <si>
     <t>Flash 9992._x000D_
 PROJETO DE LEI COMPLEMENTAR Nº 07/2021. Institui o Regime de Previdência Complementar - RPC, no âmbito do Município de Montes Claros; fixa o limite máximo para a concessão de aposentadoria e pensões pelo Regime de Previdência de que trata o artigo 40, da Constituição da República; autoriza a adesão a Plano de Benefícios de Previdência Complementar e dá outras providências. (Referente à Lei Complementar nº 88, de 23/12/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8738</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8738/flash_10.158.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8738/flash_10.158.pdf</t>
   </si>
   <si>
     <t>Flash 10.158._x000D_
 PROJETO DE LEI COMPLEMENTAR Nº 04/2021. (RETIRADO). Altera a Lei Complementar nº 53, de 01/12/2016, que instituiu o Plano Diretor do Município e a Lei nº 4.198, de 23/12/2009, que dispõe sobre Normas de Uso e Ocupação do Solo no Município de Montes Claros, e dá outras providências._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8759</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8759/flash_10.017.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8759/flash_10.017.pdf</t>
   </si>
   <si>
     <t>Flash 10.017._x000D_
 PROJETO DE LEI COMPLEMENTAR Nº 01/2021. Altera dispositivos da Lei nº 3.175, de 23/12/2003, que dispõe sobre o Estatuto do Servidor Público, instituindo nova modalidade de indenização ao servidor e dá outras providências. (Referente à Lei Complementar nº 82, de 05/05/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8762</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8762/flash_10.018.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8762/flash_10.018.pdf</t>
   </si>
   <si>
     <t>Flash 10.018._x000D_
 PROJETO DE LEI COMPLEMENTAR Nº 02/2021. Altera os artigos 103 e 106, da Lei nº 3.175, de 23/12/2003, que dispõe sobre o Estatuto do Servidor Público, e revoga as Leis Complementares nº 58, de 31/03/2017 e nº 67, de 21/12/2018 (Dispõe sobre Licença Maternidade e licença em casos de adoção). (Referente à Lei Complementar nº 83, de 12/08/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8770</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8770/flash_10.023.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8770/flash_10.023.pdf</t>
   </si>
   <si>
     <t>Flash 10.023._x000D_
 PROJETO DE LEI COMPLEMENTAR Nº 06/2021. Altera o Código Tributário Municipal, regido pela Lei Complementar nº 04, de 07/12/2005. (Acrescenta artigo 213-A que dispõe sobre desapropriação de bens considerados de utilidade pública). (Referente à Lei Complementar nº 85, de 03/12/2021). _x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8775</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8775/flash_10.025.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8775/flash_10.025.pdf</t>
   </si>
   <si>
     <t>Flash 10.025._x000D_
 PROJETO DE LEI COMPLEMENTAR Nº 08/2021. Altera o Código Tributário Municipal, regido pela Lei Complementar nº 04, de 07/12/2005. (Altera os artigos 56, 61 e acrescenta subitem 11.05 ao anexo IV da Lei Complementar). (Referente à Lei Complementar n° 86, de 15/12/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8779</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8779/flash_10.027.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8779/flash_10.027.pdf</t>
   </si>
   <si>
     <t>Flash 10.027._x000D_
 PROJETO DE LEI COMPLEMENTAR Nº 10/2021. Altera a Lei Complementar nº 53, de 01/12/2016, que institui o Plano Diretor do Município e a Lei nº 4.198, de 23/12/2009, que dispõe sobre as Normas de Uso e Ocupação do Solo no Município de Montes Claros, e dá outras providências. (Referente à Lei Complementar nº 87, de 23/12/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8831</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>MESA DIRETORA - MESA</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8831/flash_10.052.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8831/flash_10.052.pdf</t>
   </si>
   <si>
     <t>Flash 10.052._x000D_
 PROJETO DE LEI COMPLEMENTAR Nº 03/2021. (VETADO INTEGRALMENTE). Dispõe sobre a extinção de cargo, reestruturação de assessorias e coordenadorias e seus respectivos cargos na estrutura funcional da Câmara Municipal de Montes Claros, e dá outras providências. (Vetado integralmente pelo Poder Executivo em 14/09/2021 - ver flash 10.172)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Maria Helena Lopes</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Institui o Banco de doação de alimentos no âmbito do Município de Montes Claros</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Maria das Graças Gonçalves Dias</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/10/pl_31_2021_graca.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/10/pl_31_2021_graca.pdf</t>
   </si>
   <si>
     <t>Fica considerada de Utilidade Pública Municipal a entidade civil, legalmente constituída, sem fins lucrativos, sob a denominação de "ASSOCIAÇÃO BENEFICENTE NORTEMINEIRA DOS AMIGOS DE JESUS MONTES CLAROS/MG", inscrita no CNPJ sob o número 34.987.995/0001-48, com sede na Rua Carangola, n. 312, Bairro Santa Rita II, CEP: 39.402-229, neste município de Montes Claros/MG</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/3/projeto_de_lei_32_de_2021_-_administracao.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/3/projeto_de_lei_32_de_2021_-_administracao.pdf</t>
   </si>
   <si>
     <t>DENOMINA HALL DE ENTRADA DO PRÉDIO I DA PREFEITURA MUNICIPAL DE MONTES CLAROS</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Cláudio Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/4/projeto_de_lei_33_de_2021_-_claudio-1.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/4/projeto_de_lei_33_de_2021_-_claudio-1.pdf</t>
   </si>
   <si>
     <t>PISTA DE CAMINHADA, QUE ESTÁ SENDO CONSTRUÍDA ÀS MARGENS DA LINHA FÉRREA, AO LADO DA AVENIDA SÃO JUDAS, SEM NOME OFICIAL, LOCALIZADA NO BAIRRO SÄO JUDAS, SEJA DENOMINADA OFICIALMENTE CAMINHOS DA CÉ</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Odair Ferreira</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/5/projeto_de_lei_34_de_2021_-_odair.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/5/projeto_de_lei_34_de_2021_-_odair.pdf</t>
   </si>
   <si>
     <t>O Logradouro Público, sem nome oficial, localizado no bairro Jardim Primavera, tendo como limites a Rua 02, Rua 03, Rua F e Rua 25, passa a denominar-se oficial Praça lvan de Souza Guedes.</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>Maria Helena Lopes, Maria das Graças Gonçalves Dias</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/6/projeto_de_lei_35_de_2021_-_graca_e_maria_helena.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/6/projeto_de_lei_35_de_2021_-_graca_e_maria_helena.pdf</t>
   </si>
   <si>
     <t>Institui o Banco de Doação de Medicamentos no âmbito do Município de Montes Claros-MG</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Wilton Dias</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/7/projeto_de_lei_36_de_2021_-_wilton.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/7/projeto_de_lei_36_de_2021_-_wilton.pdf</t>
   </si>
   <si>
     <t>Institui o Fundo Penitenciário do Municipio de Montes Claros - FUNPENMOC e dispõe sobre a criação do Conselho Municipal Penitenciário - CONPEN, e dá outras providências.</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>Cecília Meireles Ferreira</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8/projeto_de_lei_37_de_2021_-_ceci.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8/projeto_de_lei_37_de_2021_-_ceci.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Animais Comunitários e estabelece normas para seu abrigamento e atendimento no Município de Montes Claros/MG e dá outras providências.</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/11/projeto_de_lei_38_2021.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/11/projeto_de_lei_38_2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO DE ACOMPANHAMENTO E CONTROLE SOCIAL DO FUNDO DE MANUTENÇÃO E DESENVOLVIMENTO DA EDUCAÇÃO BÁSICA E DE VALORIZAÇÃO DOS PROFISSIONAIS DA EDUCAÇÃO CACS-FUNDEB E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>Cria o Fundo de Amparo a Ações Voltadas para o custeio do Bem-Estar do Servidor Público Municipal</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/13/projeto_de_lei_40_2021.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/13/projeto_de_lei_40_2021.pdf</t>
   </si>
   <si>
     <t>Institui o Fundo Penitenciário do Município de Montes Claros FUNPENMOC e dá outras providências.</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/16/pl_41_2021.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/16/pl_41_2021.pdf</t>
   </si>
   <si>
     <t>O Logradouro Público, sem nome oficial, localizado no bairro Jardim Olímpico, área verde, tendo como limites as ruas: Rua "14", Rua "17", Rua "33" e Rua "34", passa a denominar-se oficial Parque Ademar de Barros Bicalho.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/14/pl_42_2021.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/14/pl_42_2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR PARCERIA COM AS ENTIDADES QUE MENCIONA, REPASSAR RECURSOS FINANCEIROS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/15/pl_43_2021.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/15/pl_43_2021.pdf</t>
   </si>
   <si>
     <t>Institui o Fundo de Amparo a Ações para o Custeio do Bem-Estar do Servidor Público Municipal - FUNBESP</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/18/pl_44_2021.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/18/pl_44_2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO E EXECUÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO FINANCEIRO DE 2022 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>Soter Magno</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/19/pl_45_2021.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/19/pl_45_2021.pdf</t>
   </si>
   <si>
     <t>Denomina Rua Alvina Joaquina Barbosa</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/20/pl_46_2021.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/20/pl_46_2021.pdf</t>
   </si>
   <si>
     <t>Denomina Rua Salvador Viana</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>Daniel Dias</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/21/pl_47_2021.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/21/pl_47_2021.pdf</t>
   </si>
   <si>
     <t>Fica considerada de Utilidade Pública Municipal a entidade civil, legalmente constituída, sem fins lucrativos, sob a denominação de MONTES CLAROS E REGIÃO CONVENTION &amp; VISITORS BUREAU, inscrita no CNPJ sob on° 23.687.160/0001-56, com sede na Rua Carlos Gomes, n° 110, sala 19, bairro Centro, CEP 39.400-042, no Município de Montes Claros-MG.</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/27/projeto_de_lei_48_2021.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/27/projeto_de_lei_48_2021.pdf</t>
   </si>
   <si>
     <t>Institui a Campanha "JUNHO ARCO-IRIS"e o Dia Municipal do Orgulho LGBTQIA+ no Calendário Oficial do Município de Montes Claros/MG</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/28/pl_49_2021.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/28/pl_49_2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DOAÇÃO DE IMÓVEIS QUE ESPECIFICA E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>Martins Lima Filho (Junior Martins)</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/89/pl_53_2021.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/89/pl_53_2021.pdf</t>
   </si>
   <si>
     <t>A via pública popularmente conhecida como rua "F" localizada no bairro Tancredo Neves, sem denominação oficial, neste município de montes Claros (MG), passa denominar-se oficialmente: Rua Zeni Ferreira Pinto.</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/37/pl_54_2021.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/37/pl_54_2021.pdf</t>
   </si>
   <si>
     <t>Fica considerada de Utilidade Pública Municipal a entidade civil, legalmente constituída, sem fins lucrativos, sob a denominação de "ASSOCIAÇÃO DOS MORADORES E PRODUTORES RURAIS DA LOCALIDADE DE MANDACARU I COMUNIDADE DE SANTA RITA", inscrita no CNPJ sob o número 36.257.234/0001-66, com sede na área rural, neste município de Montes Claros/MG.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>Edmilson Bispo dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/91/pl_56_2021.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/91/pl_56_2021.pdf</t>
   </si>
   <si>
     <t>O Logradouro Público, sem nome oficial, localizada entre a Rua Miosótis e Rua Lírio no Bairro Sagrada Família, passa a denominar-se oficialmente de Praça Sérgio Mendes Filho.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/92/pl_57_2021.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/92/pl_57_2021.pdf</t>
   </si>
   <si>
     <t>A Rua sem denominação oficial, conhecida popularmente como Rua 70, no bairro Novo Delfino, passa a denominar-se oficialmente de Rua Ranulfo Isidoro dos Santos Filho.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/93/pl_58_2021.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/93/pl_58_2021.pdf</t>
   </si>
   <si>
     <t>A pista de caminhada que está em construção na Avenida Antônio de Freitas, Conjunto Clarice Alves Vieira, neste município de Montes Claros, sem nome oficial, passa a denominar-se oficialmente Sinval Xavier da Silva.</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>Igor Dias</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/32/projeto_de_lei_59_2021.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/32/projeto_de_lei_59_2021.pdf</t>
   </si>
   <si>
     <t>A Rua sem denominação oficial, conhecida popularmente como Avenida A, no Bairro Jardim Primavera, passa a denominar-se oficialmente de AVENIDA JOSÉ PEREIRA DOS SANTOS</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/34/projeto_de_lei_60_2021.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/34/projeto_de_lei_60_2021.pdf</t>
   </si>
   <si>
     <t>A Rua sem denominação oficial, conhecida popularmente como Avenida F, no Bairro Jardim Primavera, passa a denominar-se oficialmente de AVENIDA MARCÍLIO VIEIRA DE AGUIAR.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/52/pl_61.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/52/pl_61.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CARTÃO DE VACINA DIGITAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>Stalin Cordeiro</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/53/pl_62.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/53/pl_62.pdf</t>
   </si>
   <si>
     <t>Institui o Banco de Doação de Ração no âmbito do municipio de Montes Claros/MG</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/54/pl_63.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/54/pl_63.pdf</t>
   </si>
   <si>
     <t>Institui o Banco de Doação de Medicamentos Veterinários no âmbito do município de Montes Claros/MG</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/60/pl_64_2021.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/60/pl_64_2021.pdf</t>
   </si>
   <si>
     <t>Denomina Avenida Marcílio Vieira de Aguiar, no Bairro Jardim Primavera.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/61/pl_65_2021.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/61/pl_65_2021.pdf</t>
   </si>
   <si>
     <t>Denomina Avenida José Pereira dos Santos, no Bairro Jardim Primavera</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/62/pl_66_2021.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/62/pl_66_2021.pdf</t>
   </si>
   <si>
     <t>A praça sem denominação oficial, localizada a Av. A, bairro Santa Cecilia e Rua Hidelbrando Mendes, Vila Tiradentes, no município de Montes Claros (MG), passa denominar-se oficialmente: Praça Lucas Gabriel de Oliveira Silva. Para tal, revoga-se a lei 2860 de 05/10/2000</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/63/pl_67_2021.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/63/pl_67_2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO DE DIREITO REAL DE USO DE IMÓVEL AO CONSELHO COMUNITÁRIO DE SAMAMBAIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/64/pl_68_2021.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/64/pl_68_2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO DE DIREITO REAL DE USO DE IMÓVEL A ASSOCIAÇÃO DE PEQUENOS PRODUTORES E TRABALHADORES RURAIS DA COMUNIDADE DE PANORÂMICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>Professora Iara Pimentel</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/83/pl_69_-_completo.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/83/pl_69_-_completo.pdf</t>
   </si>
   <si>
     <t>Acrescenta inciso ao art.12 da lei 3.995, de 16 de julho de 2008, que "Dispõe Sobre a Implantação e Execução da Política Municipal de Habitação de Interesse Social -PMHIS- Institui o Conselho municipal de habitação CMH e o Fundo Municipal de Habitação de Interesse Social e dá Outras Providências".</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>Elair Gomes</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/84/pl_70_de_2021.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/84/pl_70_de_2021.pdf</t>
   </si>
   <si>
     <t>Institui o Dia Municipal do Esporte Paralímpico</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/85/pl_71.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/85/pl_71.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DISPONIBILIDADE DE BANHEIROS QUÍMICOS EM FEIRAS LIVRES NO MUNICÍPIO DE MONTES CLAROS, E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/86/pl_72_de_2021.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/86/pl_72_de_2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NECESSIDADE DE BRINQUEDOS ADAPTADOS AO USO POR CRIANÇAS COM DEFICIÊNCIA EM EVENTOS ORGANIZADOS OU PATROCINADOS PELO PODER PÚBLICO.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/94/pl_73_2021_completo.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/94/pl_73_2021_completo.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REPASSAR RECURSOS FINANCEIROS E FIRMAR PARCERIA COM A FEDERAÇÃO MINEIRA DE VOLEIBOL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/95/pl_74_2021_completo.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/95/pl_74_2021_completo.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITOS ADICIONAIS ESPECIAIS AO ORÇAMENTO VIGENTE E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/96/pl_75_2021_completo.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/96/pl_75_2021_completo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DE REALIZAÇÃO DE TATUAGENS E IMPLANTAÇÃO DE PIERCINGS EM ANIMAIS DOMÉSTICOS E SILVESTRES, COM FINS ESTÉTICOS NO MUNICÍPIO DE MONTES CLAROS.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/97/pl_76_2021.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/97/pl_76_2021.pdf</t>
   </si>
   <si>
     <t>Denomina via pública rua Sinval de Miranda Souto, no bairro Vila Regina</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>Edson Cabeleireiro</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/98/pl_77_2021.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/98/pl_77_2021.pdf</t>
   </si>
   <si>
     <t>Concede Título Declaratório de Utilidade Pública</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/99/pl_78_2021.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/99/pl_78_2021.pdf</t>
   </si>
   <si>
     <t>Fica considerada de Utilidade Pública Municipal a Entidade Civil, legalmente constituída, sem fins lucrativos, sob a denominação de ASSOCIAÇÃO COMUNITÁRIA NOVO COMEÇO inscrita no CNPJ sob n° 37.205.683/0001-23, com sede na Rua Joaquim Soares Dias n° 395, Bairro Augusta Mota, CEP 39.403-218 neste Município de Montes Claros - MG</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/104/pl_79_2021.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/104/pl_79_2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PROCEDER A TRANSFERÊNCIA DE RECURSOS NO ORÇAMENTO VIGENTE E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/105/pl_80.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/105/pl_80.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ALIENAÇÃO OU DOAÇÃO DE BENS PRODUTOS APREENDIDOS PELO MUNICÍPIO DE MONTES CLAROS</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/106/pl_81.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/106/pl_81.pdf</t>
   </si>
   <si>
     <t>O Logradouro Público, sem nome oficial, localizado no bairro Delfino Magalhães, praça pública, tendo como limites as ruas: Ruas Curitiba, Porto Alegre e Antônio Versiani Ataíde, passa a denominar-se oficial Praça Eustáquio Ferreira Silva.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/107/pl_82.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/107/pl_82.pdf</t>
   </si>
   <si>
     <t>O CAPS II (TM), localizada na Avenida Donato Quintino, n° 341, bairro Canelas, sem denominação oficial, neste município de Montes Claros (MG), passa a denominar-se oficialmente Helena Macedo.</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/108/pl_83.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/108/pl_83.pdf</t>
   </si>
   <si>
     <t>CAPS AD I, localizada na rua Gonçalves Figueira, n° 202, bairro Centro, sem denominação oficial, neste Município de Montes Claros (MG), passa a denominar-se oficialmente "Seu Robson".</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/109/pl_84.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/109/pl_84.pdf</t>
   </si>
   <si>
     <t>Denomina CAPS i (Centro de Atenção Infanto Juvenil), no Município de Montes Claros/MG.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/110/pl_85.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/110/pl_85.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE UNIDADES DE ENSINO NA REDE PÚBLICA MUNICIPAL QUE ESPECIFICA E REVOGA AS LEIS MUNICIPAIS N.° 4.075/2009, 4.267/2011 E 4.533/2012</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/114/pl_86.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/114/pl_86.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA MUNICIPAL DA (O) AUXILIAR DE DOCÊNCIA", A SER COMEMORADO NO DIA 21 DE SETEMBRO DE CADA ANO</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/116/pl_87.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/116/pl_87.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO VIGENTE E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/117/pl_88.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/117/pl_88.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO PARA INSTALAÇÃO DE INFRAESTRUTURA DE SUPORTE PARA EQUIPAMENTOS DE TELECOMUNICAÇÕES E O RESPECTIVO LICENCIAMENTO, NOS TERMOS DA LEGISLAÇÃO FEDERAL VIGENTE.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>Valdecy Contador</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/118/pl_89.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/118/pl_89.pdf</t>
   </si>
   <si>
     <t>O Logradouro Público, circundado pela Avenida Vicente Guimarães com a Rua Carmínio Abreu e Rua Doutor José Veloso Souto, no Bairro Morada do Sol, sem denominação oficial, neste Município de Montes Claros-MG, passa a denominar-se oficialmente de Praça Walter Rodrigues Suzart Júnior.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/119/pl_90.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/119/pl_90.pdf</t>
   </si>
   <si>
     <t>O Logradouro Público, circundado pela Avenida Mestra Fininha com a Avenida Deputado Esteves Rodrigues e com a Rua Diamante, no Bairro do Melo, sem denominação oficial, neste Município de Montes Claros-MG, passa a denominar-se oficialmente de Praça Elias Siufi.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/120/pl_91.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/120/pl_91.pdf</t>
   </si>
   <si>
     <t>Fica considerada de Utilidade Pública Municipal a Entidade Civil, legalmente constituída, sem fins lucrativos, sob a denominação de INSTITUTO CASTELINHO, inscrita no CNPJ n': 33.764.131/0001-02, com sede na rua Dona Jacinta, 351, bairro Vila Castelo Branco, cep: 39.404-489, neste município de Montes Claros/MG.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>Fica considerada de Utilidade Pública Municipal a Entidade Civil, legalmente constituída, sem fins lucrativos, sob a denominação de ASSOCIAÇÃO DOS DESBRAVADORES DE MONTES CLAROS MG- DESBRAVAMOC inscrita no CNPJ sob n° 36.703.244/0001-88, com sede na Rua Natal n° 437, Bairro Jardim Palmeiras, Cep 39.402-210 neste Município de Montes Claros - MG.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/125/pl_93_2021.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/125/pl_93_2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE PLURIANUAL DO SOBRE O MUNICÍPIO DE MONTES CLAROS PARA O PERÍODO DE 2022 A 2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/126/pl_94_2021.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/126/pl_94_2021.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO EXERCÍCIO DE 2022.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/127/pl_95_2021.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/127/pl_95_2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a obrigatoriedade de consulta prévia à comunidade escolar e de aprovação do Poder Legislativo para fins de Municipalização do ensino dos anos iniciais e/ou dos anos finais do Ensino Fundamental das Escolas Públicas Estaduais de Montes Claros e dá outras providências.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/128/pl_96.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/128/pl_96.pdf</t>
   </si>
   <si>
     <t>Acrescenta art. 4° "A" à lei 3.028, de 04 de julho de 2002, que estabelece sanções à Empresas Localizadas no Município de Montes Claros/MG, que discriminarem a mulher no mercado de trabalho.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/129/pl_97.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/129/pl_97.pdf</t>
   </si>
   <si>
     <t>Denomina Avenida Arlen de Paulo Santiago, no Bairro Major Prates</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/130/pl_98.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/130/pl_98.pdf</t>
   </si>
   <si>
     <t>Denomina Rua Chiquinho Santiago, no Bairro Augusta Mota.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/131/pl_99.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/131/pl_99.pdf</t>
   </si>
   <si>
     <t>Denomina Avenida Doutor Carlos Gomes da Mota, no Bairro Major Prates</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/132/pl_100.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/132/pl_100.pdf</t>
   </si>
   <si>
     <t>Denomina Avenida Genoveva da Conceição Mota Prates, no Bairro Augusta Mota</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/133/pl_101.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/133/pl_101.pdf</t>
   </si>
   <si>
     <t>Denomina Rua Geraldo Machado, no Bairro Augusta Mota</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/312/pl_102.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/312/pl_102.pdf</t>
   </si>
   <si>
     <t>Denomina Avenida Jornalista Newton Prates, no Bairro Major Prates.</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/313/pl_103.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/313/pl_103.pdf</t>
   </si>
   <si>
     <t>Denomina Avenida Antônio Gomes da Mota, no Bairro Novo Inconfidentes.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/314/pl_104.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/314/pl_104.pdf</t>
   </si>
   <si>
     <t>Denomina Avenida Doutor Santiago de Paulo, no Bairro Novo Inconfidentes.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>Denomina Rua Dona Dina Paulino, no bairro Major Prates Prolongamento</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/135/pl_106_2021.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/135/pl_106_2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO VIGENTE E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/139/pl_107.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/139/pl_107.pdf</t>
   </si>
   <si>
     <t>Denomina Avenida Arlen de Paulo Santiago, no Bairro Major Prates- prolongamento</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/140/pl_108.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/140/pl_108.pdf</t>
   </si>
   <si>
     <t>"Denomina Avenida Jornalista Newton Prates, no Bairro Major Prates- prolongamento"</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/141/pl_109.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/141/pl_109.pdf</t>
   </si>
   <si>
     <t>"Denomina Avenida Doutor Carlos Gomes da Mota, no Bairro Major Prates - prolongamento."</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/142/pl_110.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/142/pl_110.pdf</t>
   </si>
   <si>
     <t>"Denomina Avenida Genoveva da Conceição Mota Prates, no Bairro Augusta Mota prolongamento."</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/143/pl_111.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/143/pl_111.pdf</t>
   </si>
   <si>
     <t>"Denomina Rua Geraldo Machado, no Bairro Augusta Mota prolongamento."</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/144/pl_112.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/144/pl_112.pdf</t>
   </si>
   <si>
     <t>"Denomina Avenida Doutor Santiago de Paulo, no Bairro Novo Inconfidentes."</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/145/pl_113.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/145/pl_113.pdf</t>
   </si>
   <si>
     <t>"Denomina Avenida Antônio Gomes da Mota, no Bairro Novo Inconfidentes."</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/146/pl_114.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/146/pl_114.pdf</t>
   </si>
   <si>
     <t>"Denomina Rua Chiquinho Santiago, no Bairro Augusta Mota- prolongamento."</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/134/pl_115_2021.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/134/pl_115_2021.pdf</t>
   </si>
   <si>
     <t>Concede Título Declaratório de Utilidade Pública à Associação de Bombeiro Civil de Montes Claros</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/137/pl_116_2021.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/137/pl_116_2021.pdf</t>
   </si>
   <si>
     <t>REVOGA Lei Municipal N° 2.860 de 05 de Outubro de 2000</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/154/pl_117.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/154/pl_117.pdf</t>
   </si>
   <si>
     <t>Denomina a Rotatória localizada ao final da Av. Governador Magalhães Pinto e início da BR-251, a nomenclatura oficial de Mestre Zanza.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/155/pl_118.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/155/pl_118.pdf</t>
   </si>
   <si>
     <t>DENOMINA A ESCULTURA "CATOPÊS"</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/156/pl_119.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/156/pl_119.pdf</t>
   </si>
   <si>
     <t>Denomina Rua Geraldo Machado, no Bairro Augusta Mota - prolongamento.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/152/pl_120.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/152/pl_120.pdf</t>
   </si>
   <si>
     <t>Denomina Logradouro Público Praça Silvestre Bispo de Macedo</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/153/pl_121.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/153/pl_121.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI 5.352, DE 16 DE JULHO DE 2021, QUE DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO E EXECUÇÃO DA LEl ORÇAMENTÁRIA PARA O EXERCÍCIO FINANCEIRO PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>Institui o Programa de Valorização dos Profissionais do Sistema de Limpeza Pública Urbana "Garizinho" no âmbito do Município de Montes Claros e dá outras providências.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/315/pl_123.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/315/pl_123.pdf</t>
   </si>
   <si>
     <t>Dispõe como medida sanitária sobre a obrigatoriedade de comprovação de vacinação contra a COVID-19 em locais que menciona, institui o passaporte de vacina e dá outras providências.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/316/pl_124.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/316/pl_124.pdf</t>
   </si>
   <si>
     <t>Concede Titulo Declaratório de Utilidade Pública a Associação de Amigos Gente Humilde de Montes Claros.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/319/pl_125_2021.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/319/pl_125_2021.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei 5.392, de 03 de novembro de 2021, que "Denomina Rua Chiquinho Santiago no Bairro Augusta Mota-Prolongamento".</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>Marlus do Independência</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/317/pl_126.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/317/pl_126.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Denominação da Quadra de Esportes Localizada no Bairro Independência</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/318/pl_127.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/318/pl_127.pdf</t>
   </si>
   <si>
     <t>Denominar oficialmente CEMEI Maria de Lourdes Antunes Pimenta no bairro São Judas lI.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/320/pl_128.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/320/pl_128.pdf</t>
   </si>
   <si>
     <t>Denomina Rua ONOFRA LEAL BRAGA localizado no bairro JARAGUÁ I.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/321/pl_129.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/321/pl_129.pdf</t>
   </si>
   <si>
     <t>Denomina Via Pública a Rua Aloísio Antônio da Silva 3 localizada no bairro Novo Delfino.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/322/pl_130.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/322/pl_130.pdf</t>
   </si>
   <si>
     <t>Concede Título Declaratório de Utilidade Pública sob a denominação de Associação de Moradores do Residencial Montes Sião I e II Montes Claros-MG.</t>
   </si>
   <si>
     <t>8557</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8557/flash_9879.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8557/flash_9879.pdf</t>
   </si>
   <si>
     <t>Flash 9879._x000D_
 PROJETO DE LEI Nº 07/2021. Autoriza o Poder Executivo Municipal a repassar recursos do Fundo Municipal do Idoso às entidades inscritas no Conselho Municipal do Idoso e dá outras providências. (Referente à Lei nº 5.326, de 24/02/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8558</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8558/flash_9880.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8558/flash_9880.pdf</t>
   </si>
   <si>
     <t>Flash 9880._x000D_
 PROJETO DE LEI Nº 08/2021. Autoriza o Poder Executivo Municipal a repassar recursos do Fundo Municipal para a Infância e Adolescência – FIA às entidades inscritas no Conselho Municipal da Criança e do Adolescente e dá outras providências. (Referente à Lei nº 5.325, de 24/02/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8559</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8559/flash_9881.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8559/flash_9881.pdf</t>
   </si>
   <si>
     <t>Flash 9881._x000D_
 PROJETO DE LEI Nº 10/2021. Autoriza o Poder Executivo Municipal a repassar recursos financeiros (bolsa auxílio) para atender ao acolhimento familiar e guarda subsidiada de crianças e adolescentes em situação de risco social e pessoal no Município de Montes Claros e dá outras providências. (Referente à Lei nº 5.327, de 24/02/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8560</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8560/flash_9882.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8560/flash_9882.pdf</t>
   </si>
   <si>
     <t>Flash 9882._x000D_
 PROJETO DE LEI Nº 21/2021. Ratifica convênio, autoriza o repasse de recursos financeiros à Empresa de Assistência Técnica e Extensão Rural do Estado de Minas Gerais – EMATER e dá outras providências. (Referente à Lei nº 5.333, de 20/04/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8561</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8561/flash_9883.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8561/flash_9883.pdf</t>
   </si>
   <si>
     <t>Flash 9883._x000D_
 PROJETO DE LEI Nº 42/2021. Autoriza o Poder Executivo Municipal a firmar parceria com as instituições conveniadas de educação infantil do Município, repassar recursos financeiros e dá outras providências. (Referente à Lei nº 5.341, de 31/05/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8562</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8562/flash_9884.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8562/flash_9884.pdf</t>
   </si>
   <si>
     <t>Flash 9884._x000D_
 PROJETO DE LEI Nº 50/2021. Autoriza o Poder Executivo Municipal a firmar parceria com a Sociedade Rural de Montes Claros, repassar recursos financeiros no valor de R$ 50.000,00 em apoio à 47ª Expomontes e dá outras providências. (Referente à Lei nº 5.349, de 07/07/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8563</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8563/flash_9885.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8563/flash_9885.pdf</t>
   </si>
   <si>
     <t>Flash 9885._x000D_
 PROJETO DE LEI Nº 51/2021. Autoriza o Poder Executivo Municipal a firmar parceria com a Associação Comercial, Industrial e de Serviços de Montes Claros – ACI, repassar recursos financeiros no valor de R$ 30.000,00 em apoio à 26ª FENICS e dá outras providências.  (Referente à Lei nº 5.350, de 07/07/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8564</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8564/flash_9886.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8564/flash_9886.pdf</t>
   </si>
   <si>
     <t>Flash 9886._x000D_
 PROJETO DE LEI Nº 73/2021. Autoriza o Poder Executivo Municipal a firmar parceria com a Federação Mineira de Voleibol, repassar recursos financeiros no valor de R$ 200.000,00 em apoio à participação em campeonatos, estaduais, nacionais e internacionais, e, dá outras providências. (Referente à Lei nº 5.363, de 15/09/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8565</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8565/flash_9887.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8565/flash_9887.pdf</t>
   </si>
   <si>
     <t>Flash 9887._x000D_
 PROJETO DE LEI Nº 140/2021. Dispõe sobre a ratificação do Termo de Atualização do Contrato de Programa para a Prestação de Serviços Públicos de Abastecimento de Água e de Esgotamento Sanitário, contido na Lei nº 5.059, de 10/05/2018, e dá outras providências. (Referente à Lei nº 5.415, de 23/12/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8573</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8573/flash_9894.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8573/flash_9894.pdf</t>
   </si>
   <si>
     <t>Flash 9894._x000D_
 PROJETO DE LEI Nº 09/2021. Autoriza o Poder Executivo Municipal a abrir crédito adicional especial ao orçamento vigente, para desenvolver ações de emergência de saúde no enfrentamento da pandemia do Coronavírus SARS-CoV-2 (Covid-19), e dá outras providências. (Referente à Lei nº 5.324, de 24/02/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8575</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8575/flash_9895.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8575/flash_9895.pdf</t>
   </si>
   <si>
     <t>Flash 9895._x000D_
 PROJETO DE LEI Nº 13/2021. Autoriza o Poder Executivo Municipal a abrir crédito adicional especial ao orçamento vigente, e dá outras providências (utilização de recursos para enfrentamento da pandemia do coronavírus SARS-CoV-2, remanescentes de 2020). (Referente à Lei nº 5.328, de 02/03/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8578</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8578/flash_9896.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8578/flash_9896.pdf</t>
   </si>
   <si>
     <t>Flash 9896._x000D_
 PROJETO DE LEI Nº 74/2021. Autoriza o Poder Executivo Municipal a abrir crédito adicional especial ao orçamento vigente, e dá outras providências. (Utilização de recursos para implantação de um posto de coleta para recebimento de resíduos destinados pela coleta seletiva e manutenção da atenção básica de saúde). (Referente à Lei nº 5.362, de 15/09/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8581</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8581/flash_9897.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8581/flash_9897.pdf</t>
   </si>
   <si>
     <t>Flash 9897._x000D_
 PROJETO DE LEI Nº 79/2021. Autoriza o Poder Executivo Municipal a proceder a transferência de recursos no orçamento vigente, e dá outras providências (reprogramação de recursos remanescentes de 2020, mediante transferência, a serem utilizados no enfrentamento da pandemia do Coronavírus - SARS-Cov-2 - Covid-19). (Referente à Lei nº 5.365, de 23/09/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8584</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8584/flash_9898.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8584/flash_9898.pdf</t>
   </si>
   <si>
     <t>Flash 9898._x000D_
 PROJETO DE LEI Nº 87/2021. Autoriza o Poder Executivo Municipal a abrir crédito adicional especial ao orçamento vigente, para serem utilizados na aquisição de equipamentos e materiais permanentes para as entidades de assistência à saúde do Município, e dá outras providências. (Referente à Lei nº 5.369, de 07/10/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8587</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8587/flash_9899.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8587/flash_9899.pdf</t>
   </si>
   <si>
     <t>Flash 9899._x000D_
 PROJETO DE LEI Nº 106/2021. Autoriza o Poder Executivo Municipal a abrir crédito adicional especial ao orçamento vigente, para execução de ações na área da saúde, e, para utilização de recursos remanescentes da Cultura, referentes à Lei Aldir Blanc, e dá outras providências. (Referente à Lei nº 5.373, de 19/10/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8591</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8591/flash_10.093.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8591/flash_10.093.pdf</t>
   </si>
   <si>
     <t>Flash 10.093._x000D_
 PROJETO DE LEI Nº 01/2021. (NÃO VOTADO). Altera dispositivos da Lei nº 4.993, de 29/08/2017, que dispõe sobre a instalação de equipamento eliminador de ar, na tubulação do sistema de abastecimento de água (hidrômetro), e dá outras providências._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8592</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8592/flash_10.094.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8592/flash_10.094.pdf</t>
   </si>
   <si>
     <t>Flash 10.094._x000D_
 PROJETO DE LEI Nº 02/2021. (NÃO VOTADO). Reconhece as atividades religiosas e locais de culto, como serviços essenciais ao Município de Montes Claros, antes, durante e após tempos de crises provocadas por moléstias contagiosas ou catástrofes naturais, e dá outras providências._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8595</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8595/flash_10.095.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8595/flash_10.095.pdf</t>
   </si>
   <si>
     <t>Flash 10.095._x000D_
 PROJETO DE LEI Nº 03/2021. (NÃO VOTADO). Estabelece, no âmbito do Município de Montes Claros, sanções e penalidades administrativas para aqueles que praticarem maus-tratos aos animais, e dá outras providências._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8596</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8596/flash_10.096.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8596/flash_10.096.pdf</t>
   </si>
   <si>
     <t>Flash 10.096._x000D_
 PROJETO DE LEI Nº 04/2021. (NÃO VOTADO). Dispõe sobre a instalação de cabos de fornecimento de internet, telefonia, televisão e similares no Município de Montes Claros, e dá outras providências._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8598</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8598/flash_10.097.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8598/flash_10.097.pdf</t>
   </si>
   <si>
     <t>Flash 10.097._x000D_
 PROJETO DE LEI Nº 06/2021. (NÃO VOTADO). Acrescenta o artigo 8º-A à Lei nº 3.830, 26/11/2007, que dispõe sobre a criação de Sistema Municipal de Incentivo à Cultura, do Conselho Municipal de Cultura, do Fundo Municipal de Incentivo à Cultura, e dá outras providências._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8600</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8600/flash_10.098.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8600/flash_10.098.pdf</t>
   </si>
   <si>
     <t>Flash 10.098._x000D_
 PROJETO DE LEI Nº 12/2021. (NÃO VOTADO). Dispõe sobre o "Programa Permanente de Manejo Ético Populacional de Cães e Gatos", no Município de Montes Claros, e dá outras providências._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8601</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8601/flash_10.099.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8601/flash_10.099.pdf</t>
   </si>
   <si>
     <t>Flash 10.099._x000D_
 PROJETO DE LEI Nº 16/2021. (NÃO VOTADO). Dispõe sobre vagas em creches/Centros Municipais de Educação Infantil - CEMEIS, para criança, filha ou filho de mulher vítima de violência doméstica, de natureza física, sexual, moral, psicológica e patrimonial, no Município de Montes Claros._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8602</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8602/flash_10.100.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8602/flash_10.100.pdf</t>
   </si>
   <si>
     <t>Flash 10.100._x000D_
 PROJETO DE LEI Nº 17/2021. (NÃO VOTADO). Dispõe sobre proposta de instituir no Município, através da Secretaria de Desenvolvimento Social, o Programa de Incentivo à Contratação de mulheres que vivem em situação de violência doméstica, pelas empresas de Montes Claros._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8603</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8603/flash_9904.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8603/flash_9904.pdf</t>
   </si>
   <si>
     <t>Flash 9904._x000D_
 PROJETO DE LEI Nº 30/2021. Institui o "Banco de Doação de Alimentos" no âmbito do Município de Montes Claros, e dá outras providências. (Referente à Lei nº 5.337, de 13/05/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8604</t>
   </si>
   <si>
     <t>Maria das Graças Gonçalves Dias, Maria Helena Lopes</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8604/flash_9905.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8604/flash_9905.pdf</t>
   </si>
   <si>
     <t>Flash 9905._x000D_
 PROJETO DE LEI Nº 35/2021. Institui o "Banco de Doação de Medicamentos" no âmbito do Município de Montes Claros, e dá outras providências. (Referente à Lei nº 5.339, de 20/05/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8605</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8605/flash_9906.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8605/flash_9906.pdf</t>
   </si>
   <si>
     <t>Flash 9906._x000D_
 PROJETO DE LEI Nº 38/2021. Dispõe sobre a criação do Conselho de Acompanhamento e Controle Social do Fundo de Manutenção e Desenvolvimento da Educação Básica e de Valorização dos Profissionais da Educação - CACS-FUNDEB, e dá outras providências. (Referente à Lei nº 5.340, de 25/05/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8606</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8606/flash_10.101.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8606/flash_10.101.pdf</t>
   </si>
   <si>
     <t>Flash 10.101._x000D_
 PROJETO DE LEI Nº 18/2021. (NÃO VOTADO). Dispõe sobre proposta de destinar 2% (dois por cento) do total de moradias populares de programas habitacionais públicos, às mulheres vítimas de violência doméstica e às ofendidas por tentativa de crime de feminicídio, cadastradas via convênios celebrados pela Prefeitura Municipal de Montes Claros, e dá outras providências._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8607</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8607/flash_10.102.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8607/flash_10.102.pdf</t>
   </si>
   <si>
     <t>Flash 10.102._x000D_
 PROJETO DE LEI Nº 19/2021. (NÃO VOTADO). Dispõe sobre a necessidade de implantação de medidas de informação, proteção e garantia de atendimento humanizado à gestante, à parturiente e à mulher em situação de abortamento, para prevenção de violência na assistência obstétrica no Município de Montes Claros._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8608</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8608/flash_10.103.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8608/flash_10.103.pdf</t>
   </si>
   <si>
     <t>Flash 10.103._x000D_
 PROJETO DE LEI Nº 22/2021. (NÃO VOTADO). Dispõe sobre "Animais Comunitários" e estabelece normas para o seu abrigamento e atendimento no Município de Montes Claros, e dá outras providências._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8609</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8609/flash_9907.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8609/flash_9907.pdf</t>
   </si>
   <si>
     <t>Flash 9907._x000D_
 PROJETO DE LEI Nº 62/2021. Institui o "Banco de Doação de Ração" no âmbito do Município de Montes Claros, e dá outras providências. (Referente à Lei nº 5.380, de 02/11/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8610</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8610/flash_10.104.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8610/flash_10.104.pdf</t>
   </si>
   <si>
     <t>Flash 10.104._x000D_
 PROJETO DE LEI Nº 23/2021. (NÃO VOTADO). Reconhece as atividades religiosas como serviços essenciais, no âmbito do Município de Montes Claros, antes, durante e após tempos de crises provocadas por moléstias contagiosas ou catástrofes naturais, e dá outras providências._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8614</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8614/flash_10.105.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8614/flash_10.105.pdf</t>
   </si>
   <si>
     <t>Flash 10.105._x000D_
 PROJETO DE LEI Nº 24/2021. (NÃO VOTADO). Dispõe sobre a necessidade do Poder Executivo Municipal fornecer equipamentos tecnológicos, eletrônicos e/ou de informática aos servidores públicos da Educação, para o exercício do Regime Especial de Teletrabalho, instituído no âmbito da rede municipal pública de ensino de Montes Claros, e dá outras providências._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8611</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8611/flash_9908.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8611/flash_9908.pdf</t>
   </si>
   <si>
     <t>Flash 9908._x000D_
 PROJETO DE LEI Nº 63/2021. Institui o "Banco de Doação de Medicamentos Veterinários" no âmbito do Município de Montes Claros, e dá outras providências. (Referente à Lei nº 5.381, de 02/11/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8612</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8612/flash_9909.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8612/flash_9909.pdf</t>
   </si>
   <si>
     <t>Flash 9909._x000D_
 PROJETO DE LEI Nº 136/2021. (ALTERADA). Institui o Programa Emergencial de Transporte Social “Moc em Busca de Emprego”, e dá outras providências. (Referente à Lei nº 5.398, de 15/12/2021, que foi alterada pela Lei nº 5.486, de 27/10/2022)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8615</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8615/flash_9911.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8615/flash_9911.pdf</t>
   </si>
   <si>
     <t>Flash 9911._x000D_
 PROJETO DE LEI Nº 05/2021. Denomina a "Praça Arnaldo Maravilha”, localizada na avenida Europa, em frente ao nº 252, no bairro JK.  (Referente à Lei nº 5.334, de 05/05/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8617</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8617/flash_9912.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8617/flash_9912.pdf</t>
   </si>
   <si>
     <t>Flash 9912._x000D_
 PROJETO DE LEI Nº 28/2021. Denomina o “Parque Paulo de F. Ribeiro”, localizado no bairro Belvedere. (Referente à Lei nº 5.336, de 05/05/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8616</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8616/flash_10.106.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8616/flash_10.106.pdf</t>
   </si>
   <si>
     <t>Flash 10.106._x000D_
 PROJETO DE LEI Nº 27/2021. (NÃO VOTADO). Dispõe sobre a inclusão de conceitos sobre "Guarda Responsável de Animais Domésticos" no currículo da rede municipal de ensino de Montes Claros, e dá outras providências._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8618</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8618/flash_10.107.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8618/flash_10.107.pdf</t>
   </si>
   <si>
     <t>Flash 10.107._x000D_
 PROJETO DE LEI Nº 29/2021. (NÃO VOTADO). Denomina a "Rua Zeni Ferreira Pinto", localizada no bairro Tancredo Neves._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8619</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8619/flash_10.108.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8619/flash_10.108.pdf</t>
   </si>
   <si>
     <t>Flash 10.108._x000D_
 PROJETO DE LEI Nº 36/2021. (NÃO VOTADO). Institui o Fundo Penitenciário do Município de Montes Claros – FUNPENMOC e dispõe sobre a criação do Conselho Municipal Penitenciário – CONPEN, e dá outras providências._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8621</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8621/flash_10.109.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8621/flash_10.109.pdf</t>
   </si>
   <si>
     <t>Flash 10.109._x000D_
 PROJETO DE LEI Nº 37/2021. (NÃO VOTADO). Dispõe sobre "Animais Comunitários" e estabelece normas para o seu abrigamento e atendimento no Município de Montes Claros, e dá outras providências._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8620</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8620/flash_9913.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8620/flash_9913.pdf</t>
   </si>
   <si>
     <t>Flash 9913._x000D_
 PROJETO DE LEI Nº 32/2021. Denomina o Hall de Entrada do prédio da Prefeitura Municipal de Montes Claros “Dawidson Carvalho dos Santos”, localizado na Avenida Cula Mangabeira nº 211. (Referente à Lei nº 5.348, de 01/07/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8622</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8622/flash_10.110.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8622/flash_10.110.pdf</t>
   </si>
   <si>
     <t>Flash 10.110._x000D_
 PROJETO DE LEI Nº 39/2021. (NÃO VOTADO). Cria o Fundo de Amparo à ações voltadas para o custeio do bem-estar do Servidor Público Municipal._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8624</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8624/flash_10.111.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8624/flash_10.111.pdf</t>
   </si>
   <si>
     <t>Flash 10.111._x000D_
 PROJETO DE LEI Nº 40/2021. (NÃO VOTADO). Institui o Fundo Penitenciário do Município de Montes Claros – FUNPENMOC, e dá outras providências._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8623</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8623/flash_9914.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8623/flash_9914.pdf</t>
   </si>
   <si>
     <t>Flash 9914._x000D_
 PROJETO DE LEI Nº 33/2021. Denomina a Pista de Caminhada “Caminhos da Cé”, situada no bairro São Judas, às margens da linha férrea.  (Referente à Lei nº 5.347, de 01/07/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8625</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8625/flash_10.112.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8625/flash_10.112.pdf</t>
   </si>
   <si>
     <t>Flash 10.112._x000D_
 PROJETO DE LEI Nº 43/2021. (NÃO VOTADO). Institui o Fundo de Amparo à Ações para o Custeio do Bem-estar do Servidor Público Municipal – FUNBESP._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8626</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8626/flash_10.113.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8626/flash_10.113.pdf</t>
   </si>
   <si>
     <t>Flash 10.113._x000D_
 PROJETO DE LEI Nº 45/2021. (NÃO VOTADO). Denomina "Rua Alvina Joaquina Barbosa", localizada no bairro Bela Paisagem._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8628</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8628/flash_10.114.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8628/flash_10.114.pdf</t>
   </si>
   <si>
     <t>Flash 10.114._x000D_
 PROJETO DE LEI Nº 55/2021. (NÃO VOTADO). Dispõe sobre a oferta de absorventes higiênicos nas escolas públicas, nas unidades básicas de saúde, nas unidades e abrigos do Município de Montes Claros, e dá outras providências._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8627</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8627/flash_9915.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8627/flash_9915.pdf</t>
   </si>
   <si>
     <t>Flash 9915._x000D_
 PROJETO DE LEI Nº 34/2021. Denomina a "Praça Ivan de Souza Guedes”, localizada no bairro Jardim Primavera. (Referente à Lei nº 5.346, de 01/07/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8629</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8629/flash_10.115.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8629/flash_10.115.pdf</t>
   </si>
   <si>
     <t>Flash 10.115._x000D_
 PROJETO DE LEI Nº 59/2021. (NÃO VOTADO). Denomina a "Avenida José Pereira dos Santos", localizada no bairro Jardim Primavera._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8631</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8631/flash_10.116.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8631/flash_10.116.pdf</t>
   </si>
   <si>
     <t>Flash 10.116._x000D_
 PROJETO DE LEI Nº 60/2021. (NÃO VOTADO). Denomina a "Avenida Marcílio Vieira de Aguiar", localizada no bairro Jardim Primavera._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8630</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8630/flash_9916.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8630/flash_9916.pdf</t>
   </si>
   <si>
     <t>Flash 9916._x000D_
 PROJETO DE LEI Nº 41/2021. Denomina o "Parque Ademar de Barros Bicalho”, localizado no bairro Jardim Olímpico. (Referente à Lei nº 5.345, de 01/07/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8632</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8632/flash_10.117.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8632/flash_10.117.pdf</t>
   </si>
   <si>
     <t>Flash 10.117._x000D_
 PROJETO DE LEI Nº 61/2021. (NÃO VOTADO). Dispõe sobre a criação do Cartão de Vacina Digital, e dá outras providências._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8634</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8634/flash_10.118.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8634/flash_10.118.pdf</t>
   </si>
   <si>
     <t>Flash 10.118._x000D_
 PROJETO DE LEI Nº 66/2021. (NÃO VOTADO). Denomina a "Praça Lucas Gabriel de Oliveira", localizada no bairro Santa Cecília._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8633</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8633/flash_9917.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8633/flash_9917.pdf</t>
   </si>
   <si>
     <t>Flash 9917._x000D_
 PROJETO DE LEI Nº 46/2021. Denomina a "Rua Salvador Viana”, localizada no bairro Panorama II. (Referente à Lei nº 5.344, de 01/07/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8636</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8636/flash_10.119.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8636/flash_10.119.pdf</t>
   </si>
   <si>
     <t>Flash 10.119._x000D_
 PROJETO DE LEI Nº 71/2021. (NÃO VOTADO). Dispõe sobre a disponibilidade de banheiros químicos em feiras livres no Município de Montes Claros, e dá outras providências._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8637</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8637/flash_10.120.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8637/flash_10.120.pdf</t>
   </si>
   <si>
     <t>Flash 10.120._x000D_
 PROJETO DE LEI Nº 81/2021. (NÃO VOTADO). Denomina a "Praça Eustáquio Ferreira Silva", localizada no bairro Delfino Magalhães._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8638</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8638/flash_9918.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8638/flash_9918.pdf</t>
   </si>
   <si>
     <t>Flash 9918._x000D_
 PROJETO DE LEI Nº 53/2021. Denomina a "Rua Zeni Ferreira Pinto”, localizada no bairro Tancredo Neves. (Referente à Lei nº 5.355, de 08/09/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8639</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8639/flash_9919.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8639/flash_9919.pdf</t>
   </si>
   <si>
     <t>Flash 9919._x000D_
 PROJETO DE LEI Nº 56/2021. Denomina a "Praça Sérgio Mendes Filho”, situada entre as ruas Miosótis e Lírio, localizada no bairro Sagrada Família. (Referente à Lei nº 5.356, de 08/09/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8640</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8640/flash_9920.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8640/flash_9920.pdf</t>
   </si>
   <si>
     <t>Flash 9920._x000D_
 PROJETO DE LEI Nº 57/2021. Denomina a "Rua Ranulfo Isidoro dos Santos Filho”, localizada no bairro Novo Delfino. (Referente à Lei nº 5.357, de 08/09/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8641</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8641/flash_9921.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8641/flash_9921.pdf</t>
   </si>
   <si>
     <t>Flash 9921._x000D_
 PROJETO DE LEI Nº 58/2021. Denomina a Pista de Caminhada “Sinval Xavier da Silva”, situada na avenida Antônio de Freitas, localizada no Conjunto Clarice Alves Vieira. (Referente à Lei nº 5.358, de 08/09/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8642</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8642/flash_9922.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8642/flash_9922.pdf</t>
   </si>
   <si>
     <t>Flash 9922._x000D_
 PROJETO DE LEI Nº 64/2021. Denomina a "Avenida Marcílio Vieira de Aguiar”, localizada no bairro Jardim Primavera. (Referente à Lei nº 5.359, de 08/02/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8643</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8643/flash_9923.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8643/flash_9923.pdf</t>
   </si>
   <si>
     <t>Flash 9923._x000D_
 PROJETO DE LEI Nº 65/2021. Denomina a "Avenida José Pereira dos Santos”, localizada no bairro Jardim Primavera. (Referente à Lei nº 5.360, de 08/09/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8645</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8645/flash_9924.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8645/flash_9924.pdf</t>
   </si>
   <si>
     <t>Flash 9924._x000D_
 PROJETO DE LEI Nº 76/2021. Denomina a "Rua Sinval de Miranda Souto”, localizada no bairro Vila Regina. (Referente à Lei nº 5.383, de 02/11/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8646</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8646/flash_9925.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8646/flash_9925.pdf</t>
   </si>
   <si>
     <t>Flash 9925._x000D_
 PROJETO DE LEI Nº 82/2021. Denomina o Centro de Atenção Psicossocial – Transtorno Mental (CAPS - TM) "Helena Macedo”, localizado na avenida Donato Quintino, 341, no bairro Canelas. (Referente à Lei nº 5.375, de 02/11/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8647</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8647/flash_9926.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8647/flash_9926.pdf</t>
   </si>
   <si>
     <t>Flash 9926._x000D_
 PROJETO DE LEI Nº 83/2021. Denomina o Centro de Atenção Psicossocial – Álcool e Drogas (CAPS - AD) "Seu Robson”, localizado na rua Gonçalves Figueira, 202, no bairro Centro. (Referente à Lei nº 5.376, de 02/11/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8648</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8648/flash_9927.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8648/flash_9927.pdf</t>
   </si>
   <si>
     <t>Flash 9927._x000D_
 PROJETO DE LEI Nº 84/2021. Denomina o Centro de Atenção Psicossocial – CAPS Infanto Juvenil “Aquarela”, localizado na rua Projetada, 34, no bairro Planalto. (Referente à Lei nº 5.377, de 02/11/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8650</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8650/flash_9928.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8650/flash_9928.pdf</t>
   </si>
   <si>
     <t>Flash 9928._x000D_
 PROJETO DE LEI Nº 89/2021. Denomina a "Praça Walter Rodrigues Suzart Júnior", localizada na confluência da avenida Vicente Guimarães com as ruas Carmínio Abreu e Dr. José Veloso Souto, no bairro Morada do Sol. (Referente à Lei nº 5.384, de 03/11/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8651</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8651/flash_9929.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8651/flash_9929.pdf</t>
   </si>
   <si>
     <t>Flash 9929._x000D_
 PROJETO DE LEI Nº 90/2021. Denomina a "Praça Elias Siufi”, localizada na confluência das avenidas Mestra Fininha, Deputado Esteves Rodrigues e rua Diamante, no bairro Melo. (Referente à Lei nº 5.393, de 03/11/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8652</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8652/flash_10.121.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8652/flash_10.121.pdf</t>
   </si>
   <si>
     <t>Flash 10.121._x000D_
 PROJETO DE LEI Nº 95/2021. (NÃO VOTADO). Dispõe sobre a obrigatoriedade de consulta prévia à comunidade escolar, e, de aprovação do Poder Legislativo, diante da demanda de municipalização do ensino das Escolas Públicas Estaduais em Montes Claros, e dá outras providências._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8654</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8654/flash_10.122.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8654/flash_10.122.pdf</t>
   </si>
   <si>
     <t>Flash 10.122._x000D_
 PROJETO DE LEI Nº 97/2021. (NÃO VOTADO). Denomina a "Avenida Arlen de Paulo Santiago", localizada no bairro Major Prates._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8655</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8655/flash_9930.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8655/flash_9930.pdf</t>
   </si>
   <si>
     <t>Flash 9930._x000D_
 PROJETO DE LEI Nº 105/2021. Denomina a "Rua Dona Dina Paulino”, localizada no bairro Major Prates - prolongamento. (Referente à Lei nº 5.385, de 03/11/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8656</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8656/flash_10.123.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8656/flash_10.123.pdf</t>
   </si>
   <si>
     <t>Flash 10.123._x000D_
 PROJETO DE LEI Nº 98/2021. (NÃO VOTADO). Denomina a "Rua Chiquinho Santiago", localizada no bairro Augusta Mota._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8658</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8658/flash_10.124.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8658/flash_10.124.pdf</t>
   </si>
   <si>
     <t>Flash 10.124._x000D_
 PROJETO DE LEI Nº 99/2021. (NÃO VOTADO). Denomina a "Avenida Doutor Carlos Gomes de Mota", localizada no bairro Major Prates._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8657</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8657/flash_9931.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8657/flash_9931.pdf</t>
   </si>
   <si>
     <t>Flash 9931._x000D_
 PROJETO DE LEI Nº 107/2021. Denomina a "Avenida Arlen de Paulo Santiago”, localizada no bairro Major Prates – prolongamento.  (Referente à Lei nº 5.386, de 03/11/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8659</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8659/flash_10.125.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8659/flash_10.125.pdf</t>
   </si>
   <si>
     <t>Flash 10.125._x000D_
 PROJETO DE LEI Nº 100/2021. (NÃO VOTADO). Denomina a "Avenida Genoveva da Conceição Mota Prates", localizada no bairro Augusta Mota._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8661</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8661/flash_10.126.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8661/flash_10.126.pdf</t>
   </si>
   <si>
     <t>Flash 10.126._x000D_
 PROJETO DE LEI Nº 101/2021. (NÃO VOTADO). Denomina a "Rua Geraldo Machado", localizada no bairro Augusta Mota._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8660</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8660/flash_9932.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8660/flash_9932.pdf</t>
   </si>
   <si>
     <t>Flash 9932._x000D_
 PROJETO DE LEI Nº 108/2021. Denomina a "Avenida Jornalista Newton Prates”, localizada no bairro Major Prates – prolongamento. (Referente à Lei nº 5.387, de 03/11/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8662</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8662/flash_10.127.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8662/flash_10.127.pdf</t>
   </si>
   <si>
     <t>Flash 10.127._x000D_
 PROJETO DE LEI Nº 102/2021. (NÃO VOTADO). Denomina a "Avenida Jornalista Newton Prates", localizada no bairro Major Prates._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8664</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8664/flash_10.128.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8664/flash_10.128.pdf</t>
   </si>
   <si>
     <t>Flash 10.128._x000D_
 PROJETO DE LEI Nº 103/2021. (NÃO VOTADO). Denomina a "Avenida Antônio Gomes da Mota", localizada no bairro Novo Inconfidentes._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8663</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8663/flash_9933.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8663/flash_9933.pdf</t>
   </si>
   <si>
     <t>Flash 9933._x000D_
 PROJETO DE LEI Nº 109/2021. Denomina a "Avenida Doutor Carlos Gomes da Mota”, localizada no bairro Major Prates – prolongamento. (Referente à Lei nº 5.388, de 03/11/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8666</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8666/flash_9934.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8666/flash_9934.pdf</t>
   </si>
   <si>
     <t>Flash 9934._x000D_
 PROJETO DE LEI Nº 110/2021. Denomina a "Avenida Genoveva da Conceição Mota Prates”, localizada no bairro Augusta Mota – prolongamento. (Referente à Lei nº 5.389, de 03/11/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8668</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8668/flash_9935.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8668/flash_9935.pdf</t>
   </si>
   <si>
     <t>Flash 9935._x000D_
 PROJETO DE LEI Nº 112/2021. Denomina a "Avenida Doutor Santiago de Paulo”, localizada no bairro Novo Inconfidentes. (Referente à Lei nº 5.390, de 03/11/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8667</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8667/flash_10.129.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8667/flash_10.129.pdf</t>
   </si>
   <si>
     <t>Flash 10.129._x000D_
 PROJETO DE LEI Nº 104/2021. (NÃO VOTADO). Denomina a "Avenida Doutor Santiago de Paulo", localizada no bairro Novo Inconfidentes._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8669</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8669/flash_10.130.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8669/flash_10.130.pdf</t>
   </si>
   <si>
     <t>Flash 10.130._x000D_
 PROJETO DE LEI Nº 111/2021. (NÃO VOTADO). Denomina a "Rua Geraldo Machado", localizada no bairro Augusta Mota (prolongamento)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8670</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8670/flash_10.131.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8670/flash_10.131.pdf</t>
   </si>
   <si>
     <t>Flash 10.131._x000D_
 PROJETO DE LEI Nº 117/2021. (NÃO VOTADO). Denomina a "Rotatória Mestre Zanza", localizada ao final da Avenida Governador Magalhães Pinto e início da BR 251._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8671</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8671/flash_9936.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8671/flash_9936.pdf</t>
   </si>
   <si>
     <t>Flash 9936._x000D_
 PROJETO DE LEI Nº 113/2021. Denomina a "Avenida Antônio Gomes da Mota”, localizada no bairro Novo Inconfidentes. (Referente à Lei nº 5.391, de 03/11/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8672</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8672/flash_10.132.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8672/flash_10.132.pdf</t>
   </si>
   <si>
     <t>Flash 10.132._x000D_
 PROJETO DE LEI Nº 122/2021. (NÃO VOTADO). Institui o Programa de Valorização dos Profissionais do Sistema de Limpeza Urbana “Garizinho”, no âmbito do Município de Montes Claros, e dá outras providências._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8674</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8674/flash_10.133.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8674/flash_10.133.pdf</t>
   </si>
   <si>
     <t>Flash 10.133._x000D_
 PROJETO DE LEI Nº 126/2021. (NÃO VOTADO). Denomina a "Quadra de Esportes Lúcio Veríssimo dos Santos", localizada no bairro Independência._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8675</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8675/flash_9937.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8675/flash_9937.pdf</t>
   </si>
   <si>
     <t>Flash 9937._x000D_
 PROJETO DE LEI Nº 114/2021. (REVOGADA). Denomina a "Rua Chiquinho Santiago”, localizada no bairro Augusta Mota – prolongamento. (Referente à Lei nº 5.392, de 03/11/2021, que foi posteriormente revogada pela Lei nº 5.402, de 15/12/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8678</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8678/flash_9938.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8678/flash_9938.pdf</t>
   </si>
   <si>
     <t>Flash 9938._x000D_
 PROJETO DE LEI Nº 118/2021. Denomina a escultura Catopês, localizada na rotatória de acesso à Rodovia Júlio Garcia – BR 251, de: "João Pimenta dos Santos – Mestre Zanza". (Referente à Lei nº 5.404, de 23/12/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8681</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8681/flash_9939.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8681/flash_9939.pdf</t>
   </si>
   <si>
     <t>Flash 9939._x000D_
 PROJETO DE LEI Nº 119/2021. Denomina a "Rua Geraldo Machado”, localizada no bairro Augusta Mota – prolongamento. (Referente à Lei nº 5.405, de 23/12/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8682</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8682/flash_9940.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8682/flash_9940.pdf</t>
   </si>
   <si>
     <t>Flash 9940._x000D_
 PROJETO DE LEI Nº 120/2021. Denomina a "Praça Silvestre Bispo de Macedo”, localizada entre a avenida Lago Tucuruí e a rua Lagoa Camaçari, no bairro Interlagos. (Referente à Lei nº 5.406, de 23/12/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8684</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8684/flash_9941.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8684/flash_9941.pdf</t>
   </si>
   <si>
     <t>Flash 9941._x000D_
 PROJETO DE LEI Nº 128/2021. Denomina a "Rua Onofra Leal Braga”, localizada no bairro Jaraguá I. (Referente à Lei nº 5.412, de 23/12/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8685</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8685/flash_9942.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8685/flash_9942.pdf</t>
   </si>
   <si>
     <t>Flash 9942._x000D_
 PROJETO DE LEI Nº 129/2021. Denomina a "Rua Aloísio Antônio da Silva”, localizada no bairro Novo Delfino. (Referente à Lei nº 5.413, de 23/12/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8686</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8686/flash_9943.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8686/flash_9943.pdf</t>
   </si>
   <si>
     <t>Flash 9943._x000D_
 PROJETO DE LEI Nº 132/2021. Denomina a "Quadra de Esportes Lúcio Veríssimo dos Santos”, localizada na Alameda das Américas, no bairro Independência. (Referente à Lei nº 5.408, de 23/12/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8687</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8687/flash_9944.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8687/flash_9944.pdf</t>
   </si>
   <si>
     <t>Flash 9944._x000D_
 PROJETO DE LEI Nº 133/2021. Denomina a "Praça Pedro Almeida Domingos”, localizada no encontro das avenidas Três Poderes, Minas Gerais e rua Joel Santana, no bairro Renascença. (Referente à Lei nº 5.409, de 23/12/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8703</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8703/flash_9989.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8703/flash_9989.pdf</t>
   </si>
   <si>
     <t>Flash 9989._x000D_
 PROJETO DE LEI Nº 20/2021. Ratifica o Protocolo de Intenções firmado entre Municípios Brasileiros, com a finalidade de adquirir vacinas para combate à Pandemia do Coronavírus - SARS-Cov-2 - COVID-19, medicamentos, insumos e equipamentos na área de saúde. Autoriza o Poder Executivo a integrar o Consórcio Nacional de Vacinas das Cidades Brasileiras – CONECTAR. (Referente à Lei nº 5.330, de 15/03/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8705</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8705/flash_9990.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8705/flash_9990.pdf</t>
   </si>
   <si>
     <t>Flash 9990._x000D_
 PROJETO DE LEI Nº 80/2021. Autoriza a alienação, na modalidade leilão ou doação, de bens e produtos apreendidos pelo Município de Montes Claros, e dá outras providências. (Referente à Lei nº 5.370, de 07/10/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8718</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8718/flash_9996.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8718/flash_9996.pdf</t>
   </si>
   <si>
     <t>Flash 9996._x000D_
 PROJETO DE LEI Nº 127/2021. Denomina o Centro Municipal de Educação Infantil - "CEMEI Maria de Lourdes Antunes Pimenta", localizada na rua Marcos Plínio Ribeiro, no bairro São Judas II. (Referente à Lei nº 5.407, de 23/12/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8721</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8721/flash_9997.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8721/flash_9997.pdf</t>
   </si>
   <si>
     <t>Flash 9997._x000D_
 PROJETO DE LEI Nº 14/2021. Autoriza a concessão de direito real de uso de imóvel do Município à Associação Comunitária dos Amigos de Tiririca e Cocal – ACATC, e dá outras providências. (Terreno de 545,69 m², situado na Comunidade de Tiririca). (Referente à Lei nº 5.332, de 14/04/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8722</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8722/flash_9998.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8722/flash_9998.pdf</t>
   </si>
   <si>
     <t>Flash 9998._x000D_
 PROJETO DE LEI Nº 15/2021. Autoriza a desafetação e afetação de áreas públicas do Município de Montes Claros, localizadas no bairro Ibituruna, e dá outras providências. (Referente à Lei nº 5.331, de 14/04/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8723</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8723/flash_9999.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8723/flash_9999.pdf</t>
   </si>
   <si>
     <t>Flash 9999._x000D_
 PROJETO DE LEI Nº 49/2021. Autoriza o Poder Executivo a fazer doação de imóveis do Município ao Ministério Público Estadual e à Ordem dos Advogados do Brasil – OAB, localizados no bairro Ibituruna, e dá outras providências. (Terrenos de 4.033,565 m² cada). (Referente à Lei nº 5.342, de 29/06/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8727</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8727/flash_10.000.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8727/flash_10.000.pdf</t>
   </si>
   <si>
     <t>Flash 10.000._x000D_
 PROJETO DE LEI Nº 67/2021. Autoriza o Poder Executivo a fazer concessão de direito real de uso de imóvel do Município ao Conselho Comunitário de Samambaia, e dá outras providências. (Imóvel de 1.253,33 m²). (Referente à Lei nº 5.361, de 15/09/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8728</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8728/flash_10.001.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8728/flash_10.001.pdf</t>
   </si>
   <si>
     <t>Flash 10.001._x000D_
 PROJETO DE LEI Nº 68/2021. Autoriza a concessão de direito real de uso de imóvel do Município à Associação de Pequenos Produtores e Trabalhadores Rurais da Comunidade de Panorâmica, e dá outras providências. (Imóvel de 389,05 m², localizado no Distrito de Vista Alegre). (Referente à Lei nº 5.354, de 14/04/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8730</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8730/flash_10.002.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8730/flash_10.002.pdf</t>
   </si>
   <si>
     <t>Flash 10.002._x000D_
 PROJETO DE LEI Nº 139/2021. Autoriza a desafetação e alienação de área do Município, localizada no bairro Alto São João, e dá outras providências. (Terreno de 522,00 m²). (Referente à Lei nº 5.414, de 23/12/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8736</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8736/flash_10.157.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8736/flash_10.157.pdf</t>
   </si>
   <si>
     <t>Flash 10.157._x000D_
 PROJETO DE LEI Nº 48/2021. (REJEITADO). Institui a Campanha “Junho Arco-Íris” e o Dia Municipal do Orgulho LGBTQIA+, no calendário oficial do Município de Montes Claros, e dá outras providências._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8737</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8737/flash_10.005.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8737/flash_10.005.pdf</t>
   </si>
   <si>
     <t>Flash 10.005._x000D_
 PROJETO DE LEI Nº 70/2021. Institui o "Dia Municipal de Esporte Paralímpico" no Município de Montes Claros, a ser comemorado anualmente no dia 22 de setembro. (Referente à Lei nº 5.368, de 23/09/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8739</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8739/flash_10.159.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8739/flash_10.159.pdf</t>
   </si>
   <si>
     <t>Flash 10.159._x000D_
 PROJETO DE LEI Nº 116/2021. (RETIRADO). Revoga a Lei Municipal nº 2.860, de 05/10/2000, que dispõe sobre a denominação da Praça das Acácias, localizada no bairro Santa Cecília._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8741</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8741/flash_10.156.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8741/flash_10.156.pdf</t>
   </si>
   <si>
     <t>Flash 10.156._x000D_
 PROJETO DE LEI Nº 26/2021. (RETIRADO). Autoriza o Poder Executivo Municipal a firmar parceria com as entidades educacionais de ensino infantil do Município, repassar recursos financeiros e dá outras providências._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8742</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8742/flash_10.006.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8742/flash_10.006.pdf</t>
   </si>
   <si>
     <t>Flash 10.006._x000D_
 PROJETO DE LEI Nº 86/2021. Institui o "Dia Municipal do(a) Auxiliar de Docência" no Município de Montes Claros, a ser comemorado anualmente no dia 21 de setembro. (Referente à Lei nº 5.371, de 07/10/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8743</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8743/flash_10.007.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8743/flash_10.007.pdf</t>
   </si>
   <si>
     <t>Flash 10.007._x000D_
 PROJETO DE LEI Nº 131/2021. Institui o "Dia Municipal em Memória às Vítimas da COVID-19" no Município de Montes Claros, a ser realizado anualmente no dia 1º de abril. (Referente à Lei nº 5.417, de 23/12/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8744</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8744/flash_10.008.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8744/flash_10.008.pdf</t>
   </si>
   <si>
     <t>Flash 10.008._x000D_
 PROJETO DE LEI Nº 134/2021. Institui a "Campanha Dezembro Verde” no Município de Montes Claros. (Mês dedicado ao combate de maus-tratos e abandono de animais e promoção da adoção e guarda responsável). (Referente à Lei nº 5.416, de 23/12/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8756</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8756/flash_10.016.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8756/flash_10.016.pdf</t>
   </si>
   <si>
     <t>Flash 10.016._x000D_
 PROJETO DE LEI Nº 11/2021. Altera a Lei nº 4.793, de 25/06/2015, que dispõe sobre a doação de terreno do Município à Instituição Social de Amor Cristão - Projeto ISAC, localizado no loteamento Canelas; revoga a Lei nº 4.945, de 16/12/2016, e dá outras providências. (Referente à Lei n° 5.329, de 02/03/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8764</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8764/flash_10.019.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8764/flash_10.019.pdf</t>
   </si>
   <si>
     <t>Flash 10.019._x000D_
 PROJETO DE LEI Nº 52/2021. Altera a Lei nº 3.720, de 09/05/2007, que dispõe sobre o Parcelamento do Solo Urbano e Loteamentos Fechados no Município de Montes Claros. (Referente à Lei n° 5.351, de 07/07/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8766</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8766/flash_10.020.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8766/flash_10.020.pdf</t>
   </si>
   <si>
     <t>Flash 10.020._x000D_
 PROJETO DE LEI Nº 69/2021. Acrescenta inciso ao artigo 12 da Lei nº 3.995, de 16/07/2008, que dispõe sobre a implantação e execução da Política Municipal de Habitação de Interesse Social – PMHIS, institui o Conselho Municipal de Habitação CMH e o Fundo Municipal de Habitação de Interesse Social e dá outras providências.  (Referente à Lei nº 5.364, de 15/09/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8767</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8767/flash_10.021.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8767/flash_10.021.pdf</t>
   </si>
   <si>
     <t>Flash 10.021._x000D_
 PROJETO DE LEI Nº 96/2021. Acrescenta artigo 4º “A” à Lei Municipal nº 3.028, de 04/07/2002, que estabelece sanções às empresas localizadas no Município de Montes Claros, que discriminarem a mulher no mercado de trabalho. (Referente à Lei nº 5.382, de 02/11/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8769</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8769/flash_10.022.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8769/flash_10.022.pdf</t>
   </si>
   <si>
     <t>Flash 10.022._x000D_
 PROJETO DE LEI Nº 121/2021. Altera a Lei nº 5.352, de 16/07/2021, que dispõe sobre as diretrizes para elaboração e execução da Lei Orçamentária do Município de Montes Claros, para o exercício financeiro de 2022, e dá outras providências. (Referente à Lei n° 5.394, de 10/11/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8772</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8772/flash_10.024.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8772/flash_10.024.pdf</t>
   </si>
   <si>
     <t>Flash 10.024._x000D_
 PROJETO DE LEI Nº 125/2021. Revoga a Lei nº 5.392, de 03/11/2021, que denominou a rua Chiquinho Santiago, localizada no bairro Augusta Mota – prolongamento. (Referente à Lei nº 5.402, de 15/12/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8777</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8777/flash_10.026.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8777/flash_10.026.pdf</t>
   </si>
   <si>
     <t>Flash 10.026._x000D_
 PROJETO DE LEI Nº 137/2021. Autoriza o Poder Executivo a conceder outorga onerosa de direito de construir empreendimento pela Irmandade Nossa Senhora das Mercês - Santa Casa, na forma que especifica; altera a Lei nº 4.198, de 23/12/2009, que dispõe sobre normas de uso e ocupação do solo no Município de Montes Claros e dá outras providências. (Referente à Lei nº 5.399, de 15/12/2021). _x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8809</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8809/flash_10.042.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8809/flash_10.042.pdf</t>
   </si>
   <si>
     <t>Flash 10.042._x000D_
 PROJETO DE LEI Nº 72/2021. Dispõe sobre a necessidade de brinquedos adaptados ao uso por crianças com deficiência, em eventos organizados ou patrocinados pelo Poder Público do Município de Montes Claros. (Referente à Lei nº 5.372, de 13/10/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8812</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8812/flash_10.043.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8812/flash_10.043.pdf</t>
   </si>
   <si>
     <t>Flash 10.043._x000D_
 PROJETO DE LEI Nº 75/2021. (VETADO). Dispõe sobre a proibição de realização de tatuagens e implantação de piercings em animais domésticos e silvestres, com fins estéticos, no Município de Montes Claros. (Recebeu veto do Poder Executivo - ver flash 10.173)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8814</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8814/flash_10.044.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8814/flash_10.044.pdf</t>
   </si>
   <si>
     <t>Flash 10.044._x000D_
 PROJETO DE LEI Nº 88/2021. Dispõe sobre a autorização para instalação de infraestrutura de suporte para equipamentos de telecomunicações (Estações Transmissoras de Radiocomunicação – ETR) e o respectivo licenciamento, nos termos da legislação federal vigente. Revoga a Lei nº 3.642, de 11/09/2006. (Referente à Lei nº 5.395, de 25/11/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8823</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8823/flash_10.047.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8823/flash_10.047.pdf</t>
   </si>
   <si>
     <t>Flash 10.047._x000D_
 PROJETO DE LEI Nº 44/2021. (VETADO PARCIALMENTE). Dispõe sobre as diretrizes para a elaboração e execução da Lei Orçamentária do Município de Montes Claros, para o exercício financeiro de 2022, e dá outras providências. (Recebeu veto parcial do Poder Executivo - ver flash 10.171). (Referente à Lei nº 5.352, de 16/07/2021, que foi alterada pela Lei nº 5.394, de 10/11/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8825</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8825/flash_10.048.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8825/flash_10.048.pdf</t>
   </si>
   <si>
     <t>Flash 10.048._x000D_
 PROJETO DE LEI Nº 94/2021. (ALTERADA). Estima a receita e fixa a despesa do Município de Montes Claros, para o exercício financeiro de 2022. (Referente à Lei nº 5.401, de 15/12/2021, que foi alterada pela Lei nº 5.497, de 08/12/2022)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8830</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8830/flash_10.051.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8830/flash_10.051.pdf</t>
   </si>
   <si>
     <t>Flash 10.051._x000D_
 PROJETO DE LEI Nº 93/2021. Dispõe sobre o Plano Plurianual do Município de Montes Claros para o período de 2022 a 2025. (Referente à Lei nº 5.400, de 15/12/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8833</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8833/flash_10.054.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8833/flash_10.054.pdf</t>
   </si>
   <si>
     <t>Flash 10.054._x000D_
 PROJETO DE LEI Nº 135/2021. Dispõe sobre o complemento constitucional (abono) com recursos do Fundo de Manutenção e Desenvolvimento da Educação Básica e de Valorização dos Profissionais da Educação – FUNDEB, e dá outras providências. (Referente à Lei nº 5.397, de 15/12/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8839</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8839/flash_10.059.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8839/flash_10.059.pdf</t>
   </si>
   <si>
     <t>Flash 10.059._x000D_
 PROJETO DE LEI Nº 25/2021. Concede o título declaratório de Utilidade Pública Municipal à “Associação Comunitária de Moradores do Bairro Jardim Palmeiras Montes Claros/MG”. (Referente à Lei nº 5.335, de 05/05/202)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8842</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8842/flash_10.060.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8842/flash_10.060.pdf</t>
   </si>
   <si>
     <t>Flash 10.060._x000D_
 PROJETO DE LEI Nº 31/2021. Concede o título declaratório de Utilidade Pública Municipal à “Associação Beneficente Nortemineira dos Amigos de Jesus – Montes Claros/MG”. (Referente à Lei nº 5.338, de 20/05/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8845</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8845/flash_10.061.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8845/flash_10.061.pdf</t>
   </si>
   <si>
     <t>Flash 10.061._x000D_
 PROJETO DE LEI Nº 47/2021. Concede o título declaratório de Utilidade Pública Municipal ao “Montes Claros e Região Convention &amp; Visitors Bureau”. (Referente à Lei nº 5.343, de 29/06/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8847</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8847/flash_10.062.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8847/flash_10.062.pdf</t>
   </si>
   <si>
     <t>Flash 10.062._x000D_
 PROJETO DE LEI Nº 54/2021. Concede o título declaratório de Utilidade Pública Municipal à “Associação dos Moradores e Produtores Rurais da Localidade de Mandacaru II Comunidade Santa Rita”. (Referente à Lei nº 5.353, de 12/08/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8848</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8848/flash_10.063.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8848/flash_10.063.pdf</t>
   </si>
   <si>
     <t>Flash 10.063._x000D_
 PROJETO DE LEI Nº 77/2021. Concede o título declaratório de Utilidade Pública Municipal à “Associação Assembleia Rompendo em Fé em Montes Claros”. (Referente à Lei nº 5.367, de 23/09/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8850</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8850/flash_10.064.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8850/flash_10.064.pdf</t>
   </si>
   <si>
     <t>Flash 10.064._x000D_
 PROJETO DE LEI Nº 78/2021. Concede o título declaratório de Utilidade Pública Municipal à “Associação Comunitária Novo Começo”. (Referente à Lei nº 5.366, de 23/09/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8853</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8853/flash_10.065.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8853/flash_10.065.pdf</t>
   </si>
   <si>
     <t>Flash 10.065._x000D_
 PROJETO DE LEI Nº 91/2021. Concede o título declaratório de Utilidade Pública Municipal ao “Instituto Castelinho”. (Referente à Lei nº 5.378, de 02/11/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8855</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8855/flash_10.066.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8855/flash_10.066.pdf</t>
   </si>
   <si>
     <t>Flash 10.066._x000D_
 PROJETO DE LEI Nº 92/2021. Concede o título declaratório de Utilidade Pública Municipal à “Associação dos Desbravadores de Montes Claros/MG – DESBRAVAMOC”. (Referente à Lei nº 5.379, de 02/11/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8856</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8856/flash_10.067.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8856/flash_10.067.pdf</t>
   </si>
   <si>
     <t>Flash 10.067._x000D_
 PROJETO DE LEI Nº 115/2021. Concede o título declaratório de Utilidade Pública Municipal à “Associação de Bombeiro Civil de Montes Claros”. (Referente à Lei nº 5.374, de 19/10/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8857</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8857/flash_10.068.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8857/flash_10.068.pdf</t>
   </si>
   <si>
     <t>Flash 10.068._x000D_
 PROJETO DE LEI Nº 124/2021. Concede o título declaratório de Utilidade Pública Municipal à “Associação de Amigos Gente Humilde de Montes Claros”. (Referente à Lei nº 5.396, de 03/12/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8859</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8859/flash_10.070.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8859/flash_10.070.pdf</t>
   </si>
   <si>
     <t>Flash 10.070._x000D_
 PROJETO DE LEI Nº 138/2021. Concede o título declaratório de Utilidade Pública Municipal ao “Projeto Social Ninguém Cresce Só”. (Referente à Lei nº 5.410, de 23/12/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8870</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8870/flash_10.069.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8870/flash_10.069.pdf</t>
   </si>
   <si>
     <t>Flash 10.069._x000D_
 PROJETO DE LEI Nº 130/2021. Concede o título declaratório de Utilidade Pública Municipal à “Associação de Moradores do Residencial Monte Sião I e II Montes Claros/MG”. (Referente à Lei nº 5.411, de 23/12/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8716</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8716/flash_9995.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8716/flash_9995.pdf</t>
   </si>
   <si>
     <t>Flash 9995._x000D_
 PROJETO DE LEI Nº 85/2021. Denomina as Unidades de Ensino Infantil da Rede Pública Municipal: CEMEI Nossa Senhora da Conceição, localizado no bairro Santos Reis; CEMEI São Francisco de Assis, localizado na Vila São Francisco de Assis e CEMEI Professora Cida Chelone, localizado no bairro Jaraguá II. Revoga as Leis nº 4.075, de 13/03/2009, nº 4.367, de 27/06/2011 e nº 4.533, de 06/07/2012. (Referente à Lei nº 5.403, de 23/12/2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8049</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2019/8049/flash_9896.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2019/8049/flash_9896.pdf</t>
   </si>
   <si>
     <t>Flash 9596._x000D_
 PROJETO DE LEI Nº 29/2019. (NÃO VOTADO). Estabelece a Área Escolar de Segurança, como espaço de prioridade especial do Poder Público Municipal, para garantir a tranquilidade da comunidade escolar e dos pais de alunos, e dá outras providências._x000D_
 José Marcos Martins de Freitas (Presidente).</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/9/pr_07_2021_mesa_diretora.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/9/pr_07_2021_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>Fica criada a Frente Parlamentar em Defesa da Educação e Organização do Trânsito no âmbito da Câmara Municipal de Montes Claros/MG</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/17/pr_08_2021.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/17/pr_08_2021.pdf</t>
   </si>
   <si>
     <t>CRIA FRENTE PARLAMENTAR EM DEFESA DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/22/projeto_de_resolucao_9_de_2021.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/22/projeto_de_resolucao_9_de_2021.pdf</t>
   </si>
   <si>
     <t>Acrescenta o Artigo 41-A ao Regimento Interno da Câmara Municipal de Montes Claros</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Cecília Meireles Ferreira, Maria Helena Lopes, Maria das Graças Gonçalves Dias, Professora Iara Pimentel</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/23/projeto_de_resolucao_10_de_2021.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/23/projeto_de_resolucao_10_de_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Frente Parlamentar LGBTQIA+ por Direitos e Cidadania</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/24/projeto_de_resolucao_11_2021.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/24/projeto_de_resolucao_11_2021.pdf</t>
   </si>
   <si>
     <t>Cria a Frente Parlamentar em Defesa dos Animais</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/29/projeto_de_resolucao_12_2021.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/29/projeto_de_resolucao_12_2021.pdf</t>
   </si>
   <si>
     <t>"Revoga a Resolução N° 02 de 28 de março de 2017, que "Cria a Frente Parlamentar dos Direitos das Mulheres"</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/30/pr_13_2021.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/30/pr_13_2021.pdf</t>
   </si>
   <si>
     <t>Fica outorgado ao senhor ROMEU ZEMA NETO, o título de Cidadão Honorário de Montes Claros, traduzindo o reconhecimento desta Casa Legislativa pelos relevantes serviços prestados ao nosso Município e ao Norte de Minas Gerais.</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/31/pr_18_2021.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/31/pr_18_2021.pdf</t>
   </si>
   <si>
     <t>Concede o título de cidadão Honorário ao Sr. Nelson Missias de Morais</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/33/pr_19_2021_-_completo.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/33/pr_19_2021_-_completo.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA AS REGRAS PARA REGISTRO DO CONTROLE ELETRÔNICO DA FREQUÊNCIA DOS SERVIDORES PÚBLICOS DA CÂMARA MUNICIPAL DE MONTES CLAROS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/55/pr_20.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/55/pr_20.pdf</t>
   </si>
   <si>
     <t>Concede titulo de cidadão honorário ao Sr. Hebert Alcântara Ferreira</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/56/pr_21.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/56/pr_21.pdf</t>
   </si>
   <si>
     <t>Concede titulo de cidadão benemérito ao Sr. André Crisóstomo Fernandes.</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/57/pr_22.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/57/pr_22.pdf</t>
   </si>
   <si>
     <t>Fica outorgada a Laressa Silva Cardoso, o "Título de Cidadã Honorária, traduzindo o reconhecimento desta Casa Legislativa, pelos relevantes serviços prestados a este município, no exercício da medicina, contribuindo sobremaneira para o seu progresso e desenvolvimento.</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/58/pr_23.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/58/pr_23.pdf</t>
   </si>
   <si>
     <t>Fica outorgada ao Ambientalista e Secretário de Meio Ambiente, Sr. Soter Magno Carmo, a Medalha de Mérito Ecológico José Gonçalves Ulhôa, traduzindo o reconhecimento desta Casa Legislativa, pelos relevantes serviços prestados a sociedade Montesclarense na preservação da natureza, em defesa do Meio Ambiente e do Equilíbrio Ecológico.</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/59/pr_24.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/59/pr_24.pdf</t>
   </si>
   <si>
     <t>Concede a Placa de Prata Alferes José Lopes de Carvalho a João Pimenta dos Santos- Mestre Zanza.</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/65/pr_25_2021.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/65/pr_25_2021.pdf</t>
   </si>
   <si>
     <t>Fica outorgado à senhora DULCE PIMENTA GONÇALVES o título de Cidadã Benemérita de Montes Claros, traduzindo o reconhecimento desta Casa Legislativa pelos relevantes serviços prestados ao nosso Município.</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Raimundo Pereira da Silva</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/87/pr_26_de_2021.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/87/pr_26_de_2021.pdf</t>
   </si>
   <si>
     <t>Fica outorgado ao Senhor José Gonzaga Pereira, o Título de Cidadão Honorário, traduzindo o reconhecimento desta Casa Legislativa pelos relevantes serviços desempenhados neste Município.</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/88/pr_27_de_2021.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/88/pr_27_de_2021.pdf</t>
   </si>
   <si>
     <t>Denomina o hall da Câmara Municipal de Montes Claros de "Galeria Konstantin Christoff"</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/111/pr_28_2021.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/111/pr_28_2021.pdf</t>
   </si>
   <si>
     <t>Concede Placa Alferes José Lopes de Carvalho a Osmani Barbosa Neto</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/113/pr_29.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/113/pr_29.pdf</t>
   </si>
   <si>
     <t>Fica outorgado ao João Lúcio da Silva, o Título de Cidadão Honorário de Montes Claros, traduzindo o reconhecimento desta Casa Legislativa pelos seus relevantes serviços desempenhados em nosso Município.</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/112/pr_30_2021.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/112/pr_30_2021.pdf</t>
   </si>
   <si>
     <t>Concede o titulo de cidadão Honorário ao Sr. Fernando Scharlack Marcato.</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/123/pr_35_2021.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/123/pr_35_2021.pdf</t>
   </si>
   <si>
     <t>Fica outorgado ao Senhor MATEUS AUGUSTO DA SILVA AMARAL O TITULO DE CIDADÃO BENEMÉRITO traduzindo o reconhecimento desta Casa Legislativa pelos relevantes serviços prestados ao nosso Município.</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/124/pr_36_2021.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/124/pr_36_2021.pdf</t>
   </si>
   <si>
     <t>Fica outorgado a Zilda Gonçalves Pereira o título de cidadão benemérito de Montes Claros/MG, pelos seus relevantes serviços prestados a este município.</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/147/pr_37.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/147/pr_37.pdf</t>
   </si>
   <si>
     <t>Fica outorgado ao Senhor MAURÍCIO SÉRGIO SOUSA E SILVA o TÍTULO DE CIDADÃO BENEMÉRITO, traduzindo o reconhecimento desta Casa Legislativa pelos relevantes serviços prestados ao nosso Município.</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/148/pr_38_2021.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/148/pr_38_2021.pdf</t>
   </si>
   <si>
     <t>Institui Diploma Dawidson Carvalho destinado aos servidores públicos que se destacarem no Municipio.</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/136/pr_39.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/136/pr_39.pdf</t>
   </si>
   <si>
     <t>Concede Titulo de Cidadão Benemérito de Montes Claros ao Sr. Humberto Guimarães Souto</t>
   </si>
   <si>
     <t>8944</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8944/flash_10.252.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8944/flash_10.252.pdf</t>
   </si>
   <si>
     <t>Flash 10.252._x000D_
 PROJETO DE RESOLUÇÃO Nº 10/2021. (NÃO VOTADO). Dispõe sobre a criação da Frente Parlamentar LGBTQIA+ por direitos e cidadania._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8945</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8945/flash_10.253.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8945/flash_10.253.pdf</t>
   </si>
   <si>
     <t>Flash 10.253._x000D_
 PROJETO DE RESOLUÇÃO Nº 18/2021. (NÃO VOTADO). Concede o Título de Cidadão Honorário de Montes Claros a Nelson Missias de Morais._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8946</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8946/flash_10.254.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8946/flash_10.254.pdf</t>
   </si>
   <si>
     <t>Flash 10.254._x000D_
 PROJETO DE RESOLUÇÃO Nº 38/2021. (NÃO VOTADO). Institui o Diploma Dawidson Carvalho, destinado aos Servidores Públicos que se destacarem no Município de Montes Claros, a ser conferido anualmente no Dia do Servidor Público (28 de outubro)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8947</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8947/flash_10.255.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8947/flash_10.255.pdf</t>
   </si>
   <si>
     <t>Flash 10.255._x000D_
 PROJETO DE RESOLUÇÃO Nº 12/2021. (RETIRADO). Revoga a Resolução nº 02, de 28/03/2017, que criou a Frente Parlamentar dos Direitos das Mulheres._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/35/emenda_plc.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/35/emenda_plc.pdf</t>
   </si>
   <si>
     <t>EMENDA AO PROJETO DE LEI COMPLEMENTAR Nº 02, DE 24 DE MAIO DE 2021, QUE ALTERA OS ARTIGOS 103 E 106, DA LEI DEZEMBRO DE 2003 E REVOGA A LEI COMPLEMENTAR Nº 58, DE 31 DE MARÇO DE 2017 E A LEI COMPLEMENTAR Nº 67, DE 21 DE DEZEMBRO DE 2018.</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/138/emenda_ao_pl_83_2021.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/138/emenda_ao_pl_83_2021.pdf</t>
   </si>
   <si>
     <t>EMENDA AO PROJETO DE LEI Nº 83/2021 que Denomina CAPS AD II (Centro de Atenção Psicossocial - Álcool e Drogas), no Município de Montes Claros.-MG</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/38/1_requerimento_iara.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/38/1_requerimento_iara.pdf</t>
   </si>
   <si>
     <t>Que seja encaminhado, ofício ao Exmo. S. Prefeito de Montes Claros, Humberto Guimarães Souto, solicitando que se faça cumprir as leis de números 4. 778, de 11 de junho 2015 e a 3.588, de 22 de junho 2006, que institui vales-transporte e gratificação, respectivamente, aos servidores públicos municipais</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/39/2_requerimento_edmilson.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/39/2_requerimento_edmilson.pdf</t>
   </si>
   <si>
     <t>Que seja enviado oficio ao prefeito de Montes Claros, Sr Humberto Souto, solicitando a Presidente da MC Trans, Sra Viviane Rodrigues Mendes Tanure, para que seja feito um estudo de viabilidade para colocação de uma faixa elevada com semáforo, na Avenida Deputado Plínio Ribeiro, próximo ao número 3150, bairro Jardim Palmeiras.</t>
   </si>
   <si>
     <t>O VEREADOR QUE A ESTE SUBSCREVE, vem, por meio do presente, requerer, após consulta ao Plenário, que seja encaminhado oficio ao Excelentíssimo Senhor Prefeito de Montes Claros, Humberto Guimarães Souto, solicitando que seja realizado um estudo de viabilidade técnica para que seja criado no espaço do antigo Zoológico Municipal, um abrigo para tratamento e recuperação de animais em situação de abandono e maus tratos, bem como a criação de programa adequado para adoção destes.</t>
   </si>
   <si>
     <t>O VEREADOR QUE A ESTE SUBSCREVE, vem, por meio do presente, requerer, após consulta ao Plenário, que seja encaminhado oficio ao Excelentíssimo Senhor Governador do Estado de Minas Gerais, ROMEU ZEMA NETO, e ao Procurador-Geral de Justiça do Estado de Minas Gerais, JARBAS SOARES JUNIOR, solicitando que o Governo do Estado constitua uma comissão para estudar a viabilidade de incorporação do patrimônio da Fundação Educacional Montes Claros - FEMC, tendo como alternativas, pelo Governo Federal, através do Instituto Federal de Educação Ciência e Tecnologia do Norte de Minas IFNMG; pelo Governo Estadual, através da Secretaria Estadual de Educação; ou pela Prefeitura de Montes Claros, através da Secretaria Municipal de Educação.</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/42/5_requerimento_valdecy.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/42/5_requerimento_valdecy.pdf</t>
   </si>
   <si>
     <t>O Vereador, que a este subscreve, vem requerer, após consulta ao Plenário, que seja encaminhado oficio ao Ilustríssimo Senhor HUMBERTO GUIMARÃES SOUTO, Prefeito de Montes Claros, solicitando a Doação de um terreno para a Associação Amigos do Verde, inscrita no CNPJ n °04.273.039/0001-33.</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/43/6_requerimento_wilton.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/43/6_requerimento_wilton.pdf</t>
   </si>
   <si>
     <t>Requer seja expedido oficio ao Exmo. Sr. Humberto Guimarães Souto, Prefeito de Montes Claros, com cópia à Presidente da MCTRANS, Viviane Mendes Tanure, solicitando a adesão, cadastramento e implementação da referida Autarquia no Sistema de Notificação Eletrônica (SNE) do DETRAN-MG, a fim de garantir aos cidadãos Montes-Clarenses o direito de usufruírem do desconto de até 40% sobre o pagamento de multas de trânsito, tendo em vista que até o momento a MCTRANS não o fez, o que tem inviabilizado o gozo de tal benefício.</t>
   </si>
   <si>
     <t>Requeiro a mesa ouvido plenário, para que seja expedido ofício ao Leonardo Rodrigues Mendes, Superintendente executivo da Caixa Econômica Federal Regional Montes Claros, solicitando um Caixa Eletrônico 24 horas, no Pop Shopping. Vale ressaltar que a instalação deste terminal eletrônico neste shopping, que fica localizado no bairro Major Prates, Av. Castelar Prates, n" 150, atenderá a demanda de toda a região Sul da cidade que carece desse tipo de atendimento considerando a alta população que reside nesta região e também os inúmeros consumidores que utilizam os grandes e pequenos comércios locais.</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/45/8_requerimento_ceci.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/45/8_requerimento_ceci.pdf</t>
   </si>
   <si>
     <t>Requeiro à mesa, ouvido o plenário, que seja expedido oficio ao Excelentíssimo Senhor Prefeito Humberto Souto, com cópia a Secretária de Saúde Dulce Pimenta Gonçalves, solicitando a aquisição de 350 equipamentos eletrônicos portáteis (tablets) para serem utilizados durante as visitas domiciliares dos Agentes de Combate à Endemias (ACE), com o intuito de aperfeiçoar os dados coletados, melhorias nos registros, rapidez e a facilidade que a tecnologia proporciona.</t>
   </si>
   <si>
     <t>Que seja enviado oficio ao prefeito de Montes Claros, Sr Humberto Souto, solicitando ao Secretário de Infraestrutura Sr Vanderlino Silveira, para que seja feito a duplicação da Avenida Leonel Beirão de Jesus, das proximidades do número 1785, até o Supermercado Villefort, entre o bairro Maria Cândida e a Vila Telma.</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/47/2.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/47/2.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE A ESTE SUBSCREVE, vem, por meio do presente, requerer, após consulta ao Plenário, que seja encaminhado oficio ao Excelentíssimo Senhor Prefeito de Montes Claros, Humberto Guimarães Souto, solicitando que seja feito um estudo de viabilidade técnica para a construção de uma pista de caminhada em torno da praça João Paulo II, bairro Antônio Pimenta, está solicitação tem como propositura melhorias na qualidade de vida da população do bairro.</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/48/3_requerimento.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/48/3_requerimento.pdf</t>
   </si>
   <si>
     <t>Que seja expedido Oficio ao Excelentissimo Sr. Prefeito Humberto Guimarães Souto, requerendo que seja realizada a iluminação e recuperação da via de acesso do Clube Pentáurea e a diversas Comunidades Rurais, através da operação tapa buracos, tendo em vista que tal via atende várias comunidades, com tráfego de veículos como transporte escolar e outros.</t>
   </si>
   <si>
     <t>O VEREADOR QUE A ESTE SUBSCREVE, vem, por meio do presente requerer, após consulta ao Plenário, que seja encaminhado oficio ao Excelentíssimo Senhor Prefeito de Montes Claros, Humberto Guimarães Souto, solicitando todo o empenho no sentido de viabilizar a construção de uma ponte sobre o Córrego que liga os bairros Belvedere e Veneza Park, na continuação da Rua Aliança, deste município, conforme imagens em anexo.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/50/5_requerimento.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/50/5_requerimento.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE A ESTE SUBSCREVE, vem, por meio do presente, requerer, após consulta ao Plenário, que seja encaminhado oficio ao Excelentíssimo Senhor Prefeito Municipal, Humberto Guimarães Souto, e ao Secretário Municipal de Infraestrutura, Vanderlino Silveira, que seja realizado um estudo de viabilidade para execução de serviço de drenagem na Rua Dezoito, no bairro José Correa Machado.</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/51/6_requerimento.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/51/6_requerimento.pdf</t>
   </si>
   <si>
     <t>Que seja tomada providências imediatas em relação ao descarte irregular de esgoto sanitário no Córrego dos Mangues, parte localizada ao longo do Bairro José Correia Machado e ao Bairro Residencial Parque Sul, ao lado da Pista de Caminhada. Moradores denunciam a mortandade de peixes no local onde pode ter sido causada por uma água preta, característica de esgoto sanitário descartado no rio. Para tanto que seja aplicada o disposto na legislação vigente quanto à coleta e tratamento de esgoto sanitários relativos à nova concessão da COPASA X Cidade de Montes Claros, além do disposto na legislação ambiental.</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/66/1_requerimento_jr.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/66/1_requerimento_jr.pdf</t>
   </si>
   <si>
     <t>Que seja expedido Oficio ao Sr. Prefeito, Humbeto Guimarães Souto solicitando construção de um calçadão no entorno do CAIC Américo Souto, englobando toda a área em frente a Escola Estadual Santa Terezinha, no bairro Vila Exposição.</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/67/2_requerimento_edmilson.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/67/2_requerimento_edmilson.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ofício ao prefeito de Montes Claros, Sr Humberto Souto, solicitando ao Secretário de Serviços Urbanos. Sr Guilherme Guimarães, para que seja feita uma Praça na Rua 2, com rua platina, ao lado do ESF do bairro Santa lúcia.</t>
   </si>
   <si>
     <t>Eldair Samambaia</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/68/3_requerimento_eldair.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/68/3_requerimento_eldair.pdf</t>
   </si>
   <si>
     <t>Que seja expedido oficio ao prefeito Humberto Souto solicitando-lhe empenho no sentido de viabilizar a pavimentação dos trechos entre a Estrada da Produção, passando pela comunidade de Samambaia e distrito de Vila Nova de Minas, interligando ainda Cachoeira de Miralta, Miralta e Mocambo Firme até a BR-135. E ainda a pavimentação das estradas interligando os distritos de São Pedro da Garça, Aparecida do Mundo Novo e Santa Rosa de Lima, passando pela BR-135 até distrito de Ermidinha e da BR-135 até Panorâmica.</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/69/5_requerimento_ceci.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/69/5_requerimento_ceci.pdf</t>
   </si>
   <si>
     <t>Requeiro à mesa, ouvido o plenário, que seja expedido oficio ao Excelentíssimo Senhor Prefeito Humberto Souto, com cópia a Secretária de Saúde, Dulce Pimenta Gonçalves, solicitando para que se providencie a contratação de no mínimo 20 (vinte) Agentes de Combate à Endemias (ACE), para o controle da Leishmaniose Visceral.</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/70/4_requerimento_iara.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/70/4_requerimento_iara.pdf</t>
   </si>
   <si>
     <t>Que seja enviado requerimento, ao Sr. Humberto Guimarães Souto, prefeito de Montes Claros, solicitando resposta à população, inerente ao atendimento presencial no PROCON.</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/71/6_requerimento_maria_helena.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/71/6_requerimento_maria_helena.pdf</t>
   </si>
   <si>
     <t>Que seja expedido oficio ao Excelentíssimo Sr. Prefeito Humberto Guimarães Souto, requerendo que seja instalada uma faixa elevada na Rua Tupis com a Rua Tupiniquins, no Bairro Melo, e que seja instalado um sinal na Rua São Paulo com a Rua Santa Lúcia, no Bairro Todos os Santos.</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/72/7_requerimento_stalin.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/72/7_requerimento_stalin.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE A ESTE SUBSCREVE, vem, por meio do presente, requerer, após consulta ao Plenário, que seja encaminhado oficio ao Excelentíssimo Senhor Prefeito de Montes Claros, Humberto Guimarães Souto, solicitando que seja criado um programa para familiares ou responsáveis sobre as orientações gerais e específicas dos cuidados para crianças e adolescentes portadores de asma, disponibilizando cartilhas e realizando oficinas nas Unidades Básicas de Saúde e Rede Municipal de Ensino de Montes Claros-MG.</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/73/8_requerimento_claudio.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/73/8_requerimento_claudio.pdf</t>
   </si>
   <si>
     <t>Que seja encaminhado oficio ao que Excelentíssimo Senhor Prefeito de Montes Claros, Humberto Guimarães Souto, para seja analisada a de indicação do COMPHAC, inscrevendo as Festas de Agosto no Livro Tombo, como Patrimônio Cultural de Natureza Imaterial de Montes Claros.</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/74/9_requerimento_wilton.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/74/9_requerimento_wilton.pdf</t>
   </si>
   <si>
     <t>Requer seja expedido oficio ao Exmo. Sr. Hurnberto Guimarães Souto, Prefeito de Montes Claros, tendo em vista a vinculação da notícia de que poderá ser exigido a realização de concurso público para provimento de cargos de Agente Comunitário de Saúde (ACS) e Agente de Combate às Endemias (ACE) para que, quando da elaboração do Edital do Concurso, haja previsão de pontuação sobre títulos e experiência profissional vinculados a área de atuação.</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/75/1_requerimento_graca.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/75/1_requerimento_graca.pdf</t>
   </si>
   <si>
     <t>Que seja expedido Oficio ao Excelentíssimo Senhor Prefeito de Montes Claros, Humberto Guimarães Souto, encaminhando o Anteprojeto de Lei que DISPÕE SOBRE A CRIAÇÃO DO CARTÃO DE VACINA DIGITAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/76/2_requerimento_elair.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/76/2_requerimento_elair.pdf</t>
   </si>
   <si>
     <t>Que seja expedido oficio ao Sr. Prefeito Humberto Souto, encaminhando anteprojeto de lei, em anexo, que "Dispõe do uso de microcâmeras compondo o equipamento de uso pessoal e no exterior de viaturas dos órgãos de segurança pública".</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/77/3_requerimento_rodrigo.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/77/3_requerimento_rodrigo.pdf</t>
   </si>
   <si>
     <t>Que seja encaminhado oficio ao Excelentíssimo senhor Prefeito Humberto Guimarães Souto e a senhora Dulce Pimenta, secretária municipal de saúde, solicitando que seja ampliado o grupo de vacinação contra a covid-19, para adolescentes de 12 a 18 anos com comorbidade, com o imunizante da pfizer. Conforme informações, a Agência Nacional de Vigilância Sanitária (ANVISA) já autorizou essa vacina para adolescentes a partir de 12 anos.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/78/flash_4202.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/78/flash_4202.pdf</t>
   </si>
   <si>
     <t>Que seja encaminhada petição ao Juiz da 52 Vara Cível da Comarca de Montes Claros/MG, nos autos do processo 50061729420208130433, hipotecando apoio à ideia de que o Poder Público Municipal possa, em parceria ou não com outros Poderes e entidades, utilizar a estrutura existente no prédio da Fundação Educacional Montes Claros -FEMC/Escola Técnica, localizado no bairro Alto São João, para ali implementar um projeto de educação visando a formação e qualificação de jovens para atender ao mercado de trabalho técnico/tecnológico, em franca expansão e demanda em nossa cidade, gerando, assim, condições para que nossos jovens possam ingressar no mercado de trabalho, gerando emprego, renda e desenvolvimento para nossa cidade.</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/79/5_requerimento_valdecy.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/79/5_requerimento_valdecy.pdf</t>
   </si>
   <si>
     <t>Que seja encaminhado oficio ao Ilustríssimo Senhor HUMBERTO GUIMARÃES SOUTO, Prefeito de Montes Claros, solicitando analisar a possibilidade de Pagar Adicional de Insalubridade e/ou Periculosidade às diversas classes que tem direito, mas ainda não tem acesso a esse beneficio.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>Que seja expedido oficio ao Exmo. Sr. Humberto Guimarães Souto, Prefeito de Claros, solicitando a viabilidade de construção de uma Praça no bairro Residencial Golden Village, em razão da ausência e necessidade de que espaço público possibilite a convivência e recreação aos moradores locais.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>Que seja encaminhado ofício ao Excelentíssimo Senhor Prefeito de Montes Claros, Humberto Guimarães Souto, solicitando a reforma da brinquedoteca do Conselho Tutelar, localizado na rua Benjamim dos Anjos, N° 353, Bairro Melo</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/82/8_requerimento_cecilia.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/82/8_requerimento_cecilia.pdf</t>
   </si>
   <si>
     <t>Que seja realizada uma Audiência Pública para o dia 13 de setembro de 2021, às 18 (dezoito) horas, para discutir sobre as adversidades para o cumprimento da Lei Federal n° 14.064/2020 (Lei Sansão), com o tema Principais desafios na aplicação da lei de maus-tratos contra os animais em Montes Claros.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/100/1_requerimento_cecilia.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/100/1_requerimento_cecilia.pdf</t>
   </si>
   <si>
     <t>Requeiro à mesa, ouvido o plenário, que seja expedido oficio ao Excelentíssimo Senhor Prefeito Humberto Souto, com cópia à Secretária de Saúde Dulce Pimenta Gonçalves, solicitando a contratação de no mínimo 02 (dois) médicos (as) veterinários (as) para o programa de controle populacional através das castrações de cães e gatos do município.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/101/2_requerimento_igor.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/101/2_requerimento_igor.pdf</t>
   </si>
   <si>
     <t>O Vereador lgor Gustavo Dias e demais vereadores que abaixo subscrevem vem através deste requerer ao Exmo. Prefeito Humberto Souto que aprecie anteprojeto de Lei que versa sobre alteração de dispositivos da Lei 3.174/03 que dispõe sobre Plano de Cargos, Carreiras e Vencimentos dos Servidores Públicos do Poder Executivo e do Município de Montes Claros.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/102/3_requerimento_elair.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/102/3_requerimento_elair.pdf</t>
   </si>
   <si>
     <t>Que seja expedido oficio ao Sr. Prefeito Humberto Souto com cópia para o Sr. Secretário de Infraestrutura, solicitando pavimentação asfáltica na Rua Afonso Rodrigues Avelar e na Av. 200(Duzentos) no bairro Jaraguá II.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>AGR - AGRICULTURA</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/103/4_requerimento_comissao_agricultura.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/103/4_requerimento_comissao_agricultura.pdf</t>
   </si>
   <si>
     <t>A Comissão de Agricultura, por meio da sua presidente, vêm, através deste, requerer que seja realizada Audiência Pública no dia 24 de setembro de 2021, às 10:00 horas, no Plenário da| nova sede da Câmara Municipal, localizado à Rua Urbino Viana, n° 600, Vila Guilhermina, nesta cidade, para debater sobre a energia no meio rural.</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/149/3_req_claudio.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/149/3_req_claudio.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE A ESTE SUBSCREVE, vem, por meio do presente, requerer, após consulta ao Plenário, o anteprojeto que estabelece a Política Municipal de Incentivo à Inovação Tecnológica ao Excelentíssimo Senhor Prefeito, Humberto Guimarães Souto, ao Sr. Procurador Geral Otávio Batista Rocha Machado e ao Sr. Secretário de Desenvolvimento Econômico Edilson Carlos Torquato.</t>
   </si>
   <si>
     <t>8953</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8953/flash_10.261.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8953/flash_10.261.pdf</t>
   </si>
   <si>
     <t>Flash 10.261._x000D_
 Requerimentos do vereador Daniel Dias da Silva, apresentados à Câmara Municipal de Montes Claros, no período de 18/01/2021 a 18/12/2024._x000D_
 Cláudio Rodrigues de Jesus/ Martins Lima Filho (Presidentes da Legislatura 2021-2024).</t>
   </si>
   <si>
     <t>8950</t>
   </si>
   <si>
     <t>Aldair Fagundes</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8950/flash_10.258.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8950/flash_10.258.pdf</t>
   </si>
   <si>
     <t>Flash 10.258._x000D_
 Requerimentos do vereador Aldair Fagundes Brito, apresentados à Câmara Municipal de Montes Claros, no período de 15/01/2021 a 19/02/2024._x000D_
 Cláudio Rodrigues de Jesus/ Martins Lima Filho (Presidentes da Legislatura 2021-2024).</t>
   </si>
   <si>
     <t>8951</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8951/flash_10.259.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8951/flash_10.259.pdf</t>
   </si>
   <si>
     <t>Flash 10.259._x000D_
 Requerimentos da vereadora Cecília Meireles Ferreira, apresentados à Câmara Municipal de Montes Claros, no período de 08/02/2021 a 06/12/2024._x000D_
 Cláudio Rodrigues de Jesus/ Martins Lima Filho (Presidentes da Legislatura 2021-2024).</t>
   </si>
   <si>
     <t>8952</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8952/flash_10.260.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8952/flash_10.260.pdf</t>
   </si>
   <si>
     <t>Flash 10.260._x000D_
 Requerimentos do vereador Cláudio Rodrigues de Jesus, apresentados à Câmara Municipal de Montes Claros, no período de 01/02/2021 a 16/12/2024._x000D_
 Cláudio Rodrigues de Jesus/ Martins Lima Filho (Presidentes da Legislatura 2021-2024).</t>
   </si>
   <si>
     <t>8975</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8975/flash_10.281.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8975/flash_10.281.pdf</t>
   </si>
   <si>
     <t>Flash 10.281._x000D_
 Requerimentos do vereador Wilton Afonso Soares Dias, apresentados à Câmara Municipal de Montes Claros, no período de 11/01/2021 a 18/12/2024._x000D_
 Cláudio Rodrigues de Jesus/ Martins Lima Filho (Presidentes da Legislatura 2021-2024).</t>
   </si>
   <si>
     <t>8974</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8974/flash_10.280.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8974/flash_10.280.pdf</t>
   </si>
   <si>
     <t>Flash 10.280._x000D_
 Requerimentos do vereador Valdecy Fagundes de Oliveira, apresentados à Câmara Municipal de Montes Claros, no período de 22/02/2021 a 02/09/2024._x000D_
 Cláudio Rodrigues de Jesus/ Martins Lima Filho (Presidentes da Legislatura 2021-2024).</t>
   </si>
   <si>
     <t>8973</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8973/flash_10.279.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8973/flash_10.279.pdf</t>
   </si>
   <si>
     <t>Flash 10.279._x000D_
 Requerimentos do vereador Soter Magno Carmo, apresentados à Câmara Municipal de Montes Claros, no período de 11/01 a 24/05/2021 e 02/01 a 16/12/2024._x000D_
 Cláudio Rodrigues de Jesus/ Martins Lima Filho (Presidentes da Legislatura 2021-2024).</t>
   </si>
   <si>
     <t>8972</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8972/flash_10.278.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8972/flash_10.278.pdf</t>
   </si>
   <si>
     <t>Flash 10.278._x000D_
 Requerimentos do vereador Rodrigo Maia de Oliveira, apresentados à Câmara Municipal de Montes Claros, no período de 25/01/2021 a 06/12/2024._x000D_
 Cláudio Rodrigues de Jesus/ Martins Lima Filho (Presidentes da Legislatura 2021-2024).</t>
   </si>
   <si>
     <t>8971</t>
   </si>
   <si>
     <t>Reinaldo Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8971/flash_10.277.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8971/flash_10.277.pdf</t>
   </si>
   <si>
     <t>Flash 10.277._x000D_
 Requerimentos do vereador Reinaldo Barbosa da Silva, apresentados à Câmara Municipal de Montes Claros, no período de 08/01/2021 a 12/12/2024._x000D_
 Cláudio Rodrigues de Jesus/ Martins Lima Filho (Presidentes da Legislatura 2021-2024).</t>
   </si>
   <si>
     <t>8970</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8970/flash_10.276.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8970/flash_10.276.pdf</t>
   </si>
   <si>
     <t>Flash 10.276._x000D_
 Requerimentos do vereador Raimundo Pereira da Silva, apresentados à Câmara Municipal de Montes Claros, no período de 15/01/2021 a 27/05/2024._x000D_
 Cláudio Rodrigues de Jesus/ Martins Lima Filho (Presidentes da Legislatura 2021-2024).</t>
   </si>
   <si>
     <t>8969</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8969/flash_10.275.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8969/flash_10.275.pdf</t>
   </si>
   <si>
     <t>Flash 10.275._x000D_
 Requerimentos do vereador Odair Ferreira Oliveira, apresentados à Câmara Municipal de Montes Claros, no período de 11/01/2021 a 08/07/2024._x000D_
 Cláudio Rodrigues de Jesus/ Martins Lima Filho (Presidentes da Legislatura 2021-2024).</t>
   </si>
   <si>
     <t>8968</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8968/flash_10.274.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8968/flash_10.274.pdf</t>
   </si>
   <si>
     <t>Flash 10.274._x000D_
 Requerimentos do vereador Martins Lima Filho, apresentados à Câmara Municipal de Montes Claros, no período de 18/01/2021 a 26/11/2024._x000D_
 Cláudio Rodrigues de Jesus/ Martins Lima Filho (Presidentes da Legislatura 2021-2024).</t>
   </si>
   <si>
     <t>8967</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8967/flash_10.273.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8967/flash_10.273.pdf</t>
   </si>
   <si>
     <t>Flash 10.273._x000D_
 Requerimentos do vereador Marlus Mendes Soares, apresentados à Câmara Municipal de Montes Claros, no período de 11/01/2021 a 19/04/2024._x000D_
 Cláudio Rodrigues de Jesus/ Martins Lima Filho (Presidentes da Legislatura 2021-2024).</t>
   </si>
   <si>
     <t>8965</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8965/flash_10.272.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8965/flash_10.272.pdf</t>
   </si>
   <si>
     <t>Flash 10.272._x000D_
 Requerimentos da vereadora Maria Helena de Quadros Lopes, apresentados à Câmara Municipal de Montes Claros, no período de 11/01/2021 a 10/12/2024._x000D_
 Cláudio Rodrigues de Jesus/ Martins Lima Filho (Presidentes da Legislatura 2021-2024).</t>
   </si>
   <si>
     <t>8964</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8964/flash_10.271.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8964/flash_10.271.pdf</t>
   </si>
   <si>
     <t>Flash 10.271._x000D_
 Requerimentos da vereadora Maria das Graças Gonçalves Dias, apresentados à Câmara Municipal de Montes Claros, no período de 11/01/2021 a 05/12/2024._x000D_
 Cláudio Rodrigues de Jesus/ Martins Lima Filho (Presidentes da Legislatura 2021-2024).</t>
   </si>
   <si>
     <t>8963</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8963/flash_10.270.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8963/flash_10.270.pdf</t>
   </si>
   <si>
     <t>Flash 10.270._x000D_
 Requerimentos do vereador Manoel Stalin Cordeiro, apresentados à Câmara Municipal de Montes Claros, no período de 11/01/2021 a 17/09/2024._x000D_
 Cláudio Rodrigues de Jesus/ Martins Lima Filho (Presidentes da Legislatura 2021-2024).</t>
   </si>
   <si>
     <t>8962</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>Marcos Nem</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8962/flash_10.269.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8962/flash_10.269.pdf</t>
   </si>
   <si>
     <t>Flash 10.269._x000D_
 Requerimentos do vereador José Marcos Martins de Freitas, apresentados à Câmara Municipal de Montes Claros, no período de 11/01/2021 a 03/12/2024._x000D_
 Cláudio Rodrigues de Jesus/ Martins Lima Filho (Presidentes da Legislatura 2021-2024).</t>
   </si>
   <si>
     <t>8961</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8961/flash_10.268.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8961/flash_10.268.pdf</t>
   </si>
   <si>
     <t>Flash 10.268._x000D_
 Requerimentos do vereador Igor Gustavo Dias, apresentados à Câmara Municipal de Montes Claros, no período de 31/05/2021 a 09/12/2024._x000D_
 Cláudio Rodrigues de Jesus/ Martins Lima Filho (Presidentes da Legislatura 2021-2024).</t>
   </si>
   <si>
     <t>8960</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8960/flash_10.267.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8960/flash_10.267.pdf</t>
   </si>
   <si>
     <t>Flash 10.267._x000D_
 Requerimentos da vereadora Iara de Fátima Pimentel Veloso, apresentados à Câmara Municipal de Montes Claros, no período de 11/01/2021 a 14/11/2024._x000D_
 Cláudio Rodrigues de Jesus/ Martins Lima Filho (Presidentes da Legislatura 2021-2024).</t>
   </si>
   <si>
     <t>8959</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>Leãozinho</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8959/flash_10.266.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8959/flash_10.266.pdf</t>
   </si>
   <si>
     <t>Flash 10.266._x000D_
 Requerimentos do vereador Heudes da Silva Siqueira, apresentados à Câmara Municipal de Montes Claros, no período de 11/01/2021 a 05/09/2024._x000D_
 Cláudio Rodrigues de Jesus/ Martins Lima Filho (Presidentes da Legislatura 2021-2024).</t>
   </si>
   <si>
     <t>8957</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8957/flash_10.265.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8957/flash_10.265.pdf</t>
   </si>
   <si>
     <t>Flash 10.265._x000D_
 Requerimentos do vereador Eldair Gonçalves dos Santos, apresentados à Câmara Municipal de Montes Claros, no período de 01/02/2021 a 21/10/2024._x000D_
 Cláudio Rodrigues de Jesus/ Martins Lima Filho (Presidentes da Legislatura 2021-2024).</t>
   </si>
   <si>
     <t>8956</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8956/flash10.264.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8956/flash10.264.pdf</t>
   </si>
   <si>
     <t>Flash 10.264._x000D_
 Requerimentos do vereador Elair Augusto Pimentel Gomes, apresentados à Câmara Municipal de Montes Claros, no período de 12/01/2021 a 21/07/2024._x000D_
 Cláudio Rodrigues de Jesus/ Martins Lima Filho (Presidentes da Legislatura 2021-2024).</t>
   </si>
   <si>
     <t>8955</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8955/flash_10.263.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8955/flash_10.263.pdf</t>
   </si>
   <si>
     <t>Flash 10.263._x000D_
 Requerimentos do vereador Edson Pereira dos Santos, apresentados à Câmara Municipal de Montes Claros, no período de 08/02/2021 a 08/07/2024._x000D_
 Cláudio Rodrigues de Jesus/ Martins Lima Filho (Presidentes da Legislatura 2021-2024).</t>
   </si>
   <si>
     <t>8954</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8954/flash_10.262.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8954/flash_10.262.pdf</t>
   </si>
   <si>
     <t>Flash 10.262._x000D_
 Requerimentos do vereador Edmilson Bispo dos Santos, apresentados à Câmara Municipal de Montes Claros, no período de 21/06/2021 a 13/12/2023._x000D_
 Cláudio Rodrigues de Jesus/ Martins Lima Filho (Presidentes da Legislatura 2021-2024).</t>
   </si>
   <si>
     <t>VET</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/90/veto_ao_art_38_in_5_do_pl_44_2021.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/90/veto_ao_art_38_in_5_do_pl_44_2021.pdf</t>
   </si>
   <si>
     <t>VETO PARCIAL AO PROJETO DE LEI Nº 44/2021. Dispõe sobre as diretrizes para a elaboração e execução da Lei Orçamentária do Município de Montes Claros, para o exercício financeiro de 2022, e dá outras providências. (Veto ao parágrafo 5º do artigo 38, que previa a atualização monetária dos vencimentos dos servidores públicos com base no índice de inflação oficial para o ano de 2021).</t>
   </si>
   <si>
     <t>8773</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8773/flash_10.171.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8773/flash_10.171.pdf</t>
   </si>
   <si>
     <t>Flash 10.171._x000D_
 VETO PARCIAL AO PROJETO DE LEI Nº 44/2021. (MANTIDO). Dispõe sobre as diretrizes para a elaboração e execução da Lei Orçamentária do Município de Montes Claros, para o exercício financeiro de 2022, e dá outras providências. (Veto ao parágrafo 5º do artigo 38, que previa a atualização monetária dos vencimentos dos servidores públicos com base no índice de inflação oficial para o ano de 2021)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8774</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8774/flash_10.172.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8774/flash_10.172.pdf</t>
   </si>
   <si>
     <t>Flash 10.172._x000D_
 VETO INTEGRAL AO PROJETO DE LEI COMPLEMENTAR Nº 03/2021. (MANTIDO). Dispõe sobre a extinção de cargos, reestruturação de assessorias e coordenadorias e seus respectivos cargos, na estrutura funcional da Câmara Municipal de Montes Claros, e, dá outras providências._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8776</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8776/flash_10.173.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8776/flash_10.173.pdf</t>
   </si>
   <si>
     <t>Flash 10.173._x000D_
 VETO INTEGRAL A PROJETO DE LEI Nº 75/2021. (MANTIDO). Dispõe sobre a proibição da realização de tatuagens e implantação de piercings em animais domésticos e silvestres, com fins estéticos, no Município de Montes Claros._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8555</t>
   </si>
   <si>
     <t>ATA</t>
   </si>
   <si>
     <t>Ata</t>
   </si>
   <si>
     <t>ATL - ATL</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8555/flash_9875.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8555/flash_9875.pdf</t>
   </si>
   <si>
     <t>Flash 9875._x000D_
 Atas das sessões da Câmara Municipal de Montes Claros, do período de 05/01 a 23/12/2021._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8948</t>
   </si>
   <si>
     <t>DL</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8948/flash_10.256.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8948/flash_10.256.pdf</t>
   </si>
   <si>
     <t>Flash 10.256._x000D_
 DECRETO LEGISLATIVO Nº 01, de 19/01/2021. Referenda, nos termos do parágrafo 3º do artigo 165 da Lei Orgânica Municipal, a abertura de crédito adicional extraordinário no orçamento vigente, previsto no Decreto nº 4.157, de 28/12/2020, do Município de Montes Claros, para enfrentamento da emergência de saúde nacional decorrente do Coronavírus SARS-CoV-2 (Covid-19)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8949</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8949/flash_10.257.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8949/flash_10.257.pdf</t>
   </si>
   <si>
     <t>Flash 10.257._x000D_
 DECRETO LEGISLATIVO Nº 02, de 19/01/2021. Referenda, nos termos do parágrafo 3º do artigo 165 da Lei Orgânica Municipal, a abertura de crédito adicional extraordinário no orçamento vigente, previsto no Decreto nº 4.160, de 30/12/2020, do Município de Montes Claros, para enfrentamento da emergência de saúde nacional decorrente do Coronavírus SARS-CoV-2 (Covid-19)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>PER</t>
   </si>
   <si>
     <t>Projeto de Emenda à Resolução</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/26/projeto_de_emenda_a_resolucao_0921.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/26/projeto_de_emenda_a_resolucao_0921.pdf</t>
   </si>
   <si>
     <t>PROJETO DE EMENDA AO PROJETO DE RESOLUÇÃO N° 09/ 2021, Que Acrescenta o Artigo 41-A ao Regimento Interno da Câmara Municipal de Montes Claros-MG</t>
   </si>
   <si>
     <t>8790</t>
   </si>
   <si>
     <t>RES</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8790/flash_10.181.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8790/flash_10.181.pdf</t>
   </si>
   <si>
     <t>Flash 10.181._x000D_
 RESOLUÇÃO Nº 14/2021, de 06/07/2021. Estabelece a Política de Uso e Segurança de Informações e dos Recursos Computacionais da Câmara Municipal de Montes Claros – CMMC e institui as normas técnicas sobre Política de Segurança e Usuários no Uso dos Recursos Computacionais, Sistemas Corporativos, Serviços de Internet e Reprografia._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8792</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8792/flash_10.182.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8792/flash_10.182.pdf</t>
   </si>
   <si>
     <t>Flash 10.182._x000D_
-RESOLUÇÃO Nº 21, de 24/08/2021. (ALTERADA). Regulamenta as regras para o registro do controle eletrônico de frequência dos servidores públicos da Câmara Municipal de Montes Claros, através do Sistema de Controle de Ponto Eletrônico do Legislativo - SISCONPELEG, e dá outras providências. (Alterada pela Resolução nº 19, de 09/05/2023 e pela Resolução nº 27, de 17/09/2024)._x000D_
+RESOLUÇÃO Nº 21, de 24/08/2021. (ALTERADA/REVOGADA). Regulamenta as regras para o registro do controle eletrônico de frequência dos servidores públicos da Câmara Municipal de Montes Claros, através do Sistema de Controle de Ponto Eletrônico do Legislativo - SISCONPELEG, e dá outras providências. (Alterada pela Resolução nº 19, de 09/05/2023, pela Resolução nº 27, de 17/09/2024 e revogada Pela Resolução nº 39, de 08/07/2025)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8793</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8793/flash_10.183.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8793/flash_10.183.pdf</t>
   </si>
   <si>
     <t>Flash 10.183._x000D_
 RESOLUÇÃO Nº 34, de 28/10/2021. Denomina o Hall da Câmara Municipal de Montes Claros de “Galeria Konstantin Christoff”._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8807</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8807/flash_10.189.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8807/flash_10.189.pdf</t>
   </si>
   <si>
     <t>Flash 10.189._x000D_
 RESOLUÇÃO Nº 17, de 17/08/2021. Concede a "Medalha do Mérito Ecológico José Gonçalves Ulhôa” a Soter Magno Carmo._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8813</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8813/flash_10.192.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8813/flash_10.192.pdf</t>
   </si>
   <si>
     <t>Flash 10.192._x000D_
 RESOLUÇÃO Nº 16, de 17/08/2021. Concede a "Placa de Prata Alferes José Lopes de Carvalho” a João Pimenta dos Santos (Mestre Zanza)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8815</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8815/flash_10.193.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8815/flash_10.193.pdf</t>
   </si>
   <si>
     <t>Flash 10.193._x000D_
 RESOLUÇÃO Nº 24, de 28/09/2021. Concede a "Placa de Prata Alferes José Lopes de Carvalho” a Osmani Barbosa Neto (Secretário Municipal de Agricultura e Abastecimento)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8819</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8819/flash_10.195.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8819/flash_10.195.pdf</t>
   </si>
   <si>
     <t>Flash 10.195._x000D_
 RESOLUÇÃO Nº 13, de 29/06/2021. Concede o Título de Cidadão Benemérito de Montes Claros a Jarbas Soares Júnior._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8820</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8820/flash_10.196.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8820/flash_10.196.pdf</t>
   </si>
   <si>
     <t>Flash 10.196._x000D_
 RESOLUÇÃO Nº 15, de 03/08/2021. Concede o Título de Cidadão Benemérito de Montes Claros a Giovane Rodrigues de Oliveira (Tenente Coronel da Polícia Militar)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8821</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8821/flash_10.197.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8821/flash_10.197.pdf</t>
   </si>
   <si>
     <t>Flash 10.197._x000D_
 RESOLUÇÃO Nº 19, de 24/09/2021. Concede o Título de Cidadão Benemérito de Montes Claros a André Crisóstomo Fernandes._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8822</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8822/flash_10.198.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8822/flash_10.198.pdf</t>
   </si>
   <si>
     <t>Flash 10.198._x000D_
 RESOLUÇÃO Nº 20, de 24/08/2021. Concede o Título de Cidadã Benemérita de Montes Claros a Dulce Pimenta Gonçalves (Secretária Municipal de Saúde)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8824</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8824/flash_10.199.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8824/flash_10.199.pdf</t>
   </si>
   <si>
     <t>Flash 10.199._x000D_
 RESOLUÇÃO Nº 27, de 14/10/2021. Concede o Título de Cidadã Benemérita de Montes Claros à Dra. Ariadna Borges Muniz._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8826</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8826/flash_10.200.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8826/flash_10.200.pdf</t>
   </si>
   <si>
     <t>Flash 10.200._x000D_
 RESOLUÇÃO Nº 30, de 19/10/2021. Concede o Título de Cidadão Benemérito de Montes Claros ao Dr. Mateus Augusto da Silva Amaral._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8827</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8827/flash_10.201.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8827/flash_10.201.pdf</t>
   </si>
   <si>
     <t>Flash 10.201._x000D_
 RESOLUÇÃO Nº 31, de 19/10/2021. Concede o Título de Cidadã Benemérita de Montes Claros a Zilda Gonçalves Pereira._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8838</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8838/flash_10.202.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8838/flash_10.202.pdf</t>
   </si>
   <si>
     <t>Flash 10.202._x000D_
 RESOLUÇÃO Nº 32, de 26/10/2021. Concede o Título de Cidadão Benemérito de Montes Claros a Maurício Sérgio Sousa e Silva._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8840</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8840/flash_10.203.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8840/flash_10.203.pdf</t>
   </si>
   <si>
     <t>Flash 10.203._x000D_
 RESOLUÇÃO Nº 33,  de 26/10/2021. Concede o Título de Cidadão Benemérito de Montes Claros ao Prefeito Humberto Guimarães Souto._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8841</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8841/flash_10.204.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8841/flash_10.204.pdf</t>
   </si>
   <si>
     <t>Flash 10.204._x000D_
 RESOLUÇÃO Nº 36, de 21/12/2021. Concede o Título de Cidadã Benemérita de Montes Claros a Eliane Oliveira Marques._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8877</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8877/flash_10.213.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8877/flash_10.213.pdf</t>
   </si>
   <si>
     <t>Flash 10.213._x000D_
 RESOLUÇÃO Nº 01, de 19/01/2021. Concede o Título de Cidadão Honorário de Montes Claros a Dorival Souza Barreto Júnior._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8879</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8879/flash_10.214.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8879/flash_10.214.pdf</t>
   </si>
   <si>
     <t>Flash 10.214._x000D_
 RESOLUÇÃO Nº 03, de 23/02/2021. Concede o Título de Cidadão Honorário de Montes Claros a Geraldo Rodrigues._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8880</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8880/flash_10.215.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8880/flash_10.215.pdf</t>
   </si>
   <si>
     <t>Flash 10.215._x000D_
 RESOLUÇÃO Nº 04, de 23/02/2021. Concede o Título de Cidadão Honorário de Montes Claros ao Coronel Wanderlúcio Ferraz dos Santos._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8882</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8882/flash_10.216.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8882/flash_10.216.pdf</t>
   </si>
   <si>
     <t>Flash 10.216._x000D_
 RESOLUÇÃO Nº 09, de 22/06/2021. Concede o Título de Cidadão Honorário de Montes Claros ao Governador Romeu Zema Neto._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8883</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8883/flash_10.217.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8883/flash_10.217.pdf</t>
   </si>
   <si>
     <t>Flash 10.217._x000D_
 RESOLUÇÃO Nº 18, de 24/08/2021. Concede o Título de Cidadão Honorário de Montes Claros a Herbert Alcântara Ferreira._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8884</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8884/flash_10.218.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8884/flash_10.218.pdf</t>
   </si>
   <si>
     <t>Flash 10.218._x000D_
 RESOLUÇÃO Nº 23, 21/09/2021. Concede o Título de Cidadã Honorária de Montes Claros à Dra. Laressa Silva Cardoso._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8885</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8885/flash_10.219.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8885/flash_10.219.pdf</t>
   </si>
   <si>
     <t>Flash 10.219._x000D_
 RESOLUÇÃO Nº 22, de 14/09/2021. Concede o Título de Cidadão Honorário de Montes Claros a José Gonzaga Pereira._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8886</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8886/flash_10.220.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8886/flash_10.220.pdf</t>
   </si>
   <si>
     <t>Flash 10.220._x000D_
 RESOLUÇÃO Nº 25, de 28/09/2021. Concede o Título de Cidadão Honorário de Montes Claros ao Dr. Fernando Scharlak Marcato. (Secretário Estadual de Infraestrutura e Mobilidade)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8887</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8887/flash_10.221.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8887/flash_10.221.pdf</t>
   </si>
   <si>
     <t>Flash 10.221._x000D_
 RESOLUÇÃO Nº 26, de 05/10/2021. Concede o Título de Cidadão Honorário de Montes Claros ao Dr. João Lúcio da Silva._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8888</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8888/flash_10.222.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8888/flash_10.222.pdf</t>
   </si>
   <si>
     <t>Flash 10.222._x000D_
 RESOLUÇÃO Nº 28, de 14/10/2021. Concede o Título de Cidadã Honorária de Montes Claros a Márcia Valadares Magalhães._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8889</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8889/flash_10.223.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8889/flash_10.223.pdf</t>
   </si>
   <si>
     <t>Flash 10.223._x000D_
 RESOLUÇÃO Nº 29, de 14/10/2021. Concede o Título de Cidadão Honorário de Montes Claros ao Dr. Alexandre Silveira._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8937</t>
   </si>
   <si>
     <t>Cláudio Rodrigues, Soter Magno</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8937/flash_10.245.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8937/flash_10.245.pdf</t>
   </si>
   <si>
     <t>Flash 10.245._x000D_
 RESOLUÇÃO Nº 05, de 02/03/2021. Altera o Regimento Interno da Câmara Municipal de Montes Claros para criar normas referentes às Audiências Públicas e Frentes Parlamentares. (Acrescenta capítulos X e XI ao título IV, com os artigos 112-A e 112-B)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8938</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8938/flash_10.246.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8938/flash_10.246.pdf</t>
   </si>
   <si>
     <t>Flash 10.246._x000D_
 RESOLUÇÃO Nº 06, de 20/04/2021. Altera dispositivo do Regimento Interno da Câmara Municipal de Montes Claros para criar a Comissão Permanente da Mulher. (Acrescenta inciso XV ao artigo 64 e acrescenta artigo 77-B)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8939</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8939/flash_10.247.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8939/flash_10.247.pdf</t>
   </si>
   <si>
     <t>Flash 10.247._x000D_
 RESOLUÇÃO Nº 11, de 29/06/2021. Acrescenta o artigo 41-A ao Regimento Interno da Câmara Municipal de Montes Claros. (Dispõe sobre os critérios para os vereadores, integrantes da Mesa Diretora, assumirem Secretarias do Município)._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8940</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8940/flash_10.248.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8940/flash_10.248.pdf</t>
   </si>
   <si>
     <t>Flash 10.248._x000D_
 RESOLUÇÃO Nº 35, de 07/12/2021. Altera o artigo 2º da Resolução nº 145, de 23/06/1971, que dispõe sobre a instituição e concessão da Medalha Ivan José Lopes de Honra Montes Claros, e, revoga a Resolução nº 57 de 20/08/2006._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8988</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8988/flash_10.187.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8988/flash_10.187.pdf</t>
   </si>
   <si>
     <t>Flash 10.187._x000D_
 RESOLUÇÃO Nº 10, de 29/06/2021. Concede a "Medalha Ivan José Lopes de Honra Montes Claros" ao Deputado Federal Marcelo Eduardo Freitas._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8989</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8989/flash_10.175.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8989/flash_10.175.pdf</t>
   </si>
   <si>
     <t>Flash 10.175._x000D_
 RESOLUÇÃO Nº 02, de 09/02/2021. Cria a "Frente Parlamentar em Defesa do Empreendedor" no âmbito da Câmara Municipal de Montes Claros._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8786</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8786/flash_10.178.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8786/flash_10.178.pdf</t>
   </si>
   <si>
     <t>Flash 10.178._x000D_
 RESOLUÇÃO Nº 12, de 29/06/2021. Cria a "Frente Parlamentar em Defesa dos Animais" no Município de Montes Claros._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8783</t>
   </si>
   <si>
     <t>Cláudio Rodrigues, Soter Magno, Stalin Cordeiro</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8783/flash_10.177.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8783/flash_10.177.pdf</t>
   </si>
   <si>
     <t>Flash 10.177._x000D_
 RESOLUÇÃO Nº 08, de 01/06/2021. Cria a "Frente Parlamentar em Defesa dos Direitos da Criança e do Adolescente" no âmbito da Câmara Municipal de Montes Claros._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
   <si>
     <t>8781</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8781/flash_10.176.pdf</t>
+    <t>http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8781/flash_10.176.pdf</t>
   </si>
   <si>
     <t>Flash 10.176._x000D_
 RESOLUÇÃO Nº 07, de 18/05/2021. Cria a "Frente Parlamentar em Defesa da Educação e Organização do Trânsito" no âmbito da Câmara Municipal de Montes Claros._x000D_
 Cláudio Rodrigues de Jesus (Presidente).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -4861,67 +4861,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/150/emenda_lei_organica_1_2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8771/flash_10.170.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/25/lc_02_2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/115/plc_5.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8676/flash_10.134.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8707/flash_9991.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8708/flash_9992.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8738/flash_10.158.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8759/flash_10.017.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8762/flash_10.018.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8770/flash_10.023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8775/flash_10.025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8779/flash_10.027.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8831/flash_10.052.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/10/pl_31_2021_graca.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/3/projeto_de_lei_32_de_2021_-_administracao.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/4/projeto_de_lei_33_de_2021_-_claudio-1.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/5/projeto_de_lei_34_de_2021_-_odair.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/6/projeto_de_lei_35_de_2021_-_graca_e_maria_helena.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/7/projeto_de_lei_36_de_2021_-_wilton.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8/projeto_de_lei_37_de_2021_-_ceci.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/11/projeto_de_lei_38_2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/13/projeto_de_lei_40_2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/16/pl_41_2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/14/pl_42_2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/15/pl_43_2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/18/pl_44_2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/19/pl_45_2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/20/pl_46_2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/21/pl_47_2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/27/projeto_de_lei_48_2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/28/pl_49_2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/89/pl_53_2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/37/pl_54_2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/91/pl_56_2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/92/pl_57_2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/93/pl_58_2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/32/projeto_de_lei_59_2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/34/projeto_de_lei_60_2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/52/pl_61.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/53/pl_62.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/54/pl_63.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/60/pl_64_2021.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/61/pl_65_2021.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/62/pl_66_2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/63/pl_67_2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/64/pl_68_2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/83/pl_69_-_completo.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/84/pl_70_de_2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/85/pl_71.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/86/pl_72_de_2021.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/94/pl_73_2021_completo.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/95/pl_74_2021_completo.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/96/pl_75_2021_completo.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/97/pl_76_2021.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/98/pl_77_2021.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/99/pl_78_2021.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/104/pl_79_2021.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/105/pl_80.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/106/pl_81.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/107/pl_82.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/108/pl_83.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/109/pl_84.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/110/pl_85.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/114/pl_86.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/116/pl_87.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/117/pl_88.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/118/pl_89.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/119/pl_90.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/120/pl_91.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/125/pl_93_2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/126/pl_94_2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/127/pl_95_2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/128/pl_96.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/129/pl_97.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/130/pl_98.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/131/pl_99.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/132/pl_100.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/133/pl_101.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/312/pl_102.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/313/pl_103.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/314/pl_104.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/135/pl_106_2021.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/139/pl_107.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/140/pl_108.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/141/pl_109.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/142/pl_110.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/143/pl_111.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/144/pl_112.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/145/pl_113.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/146/pl_114.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/134/pl_115_2021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/137/pl_116_2021.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/154/pl_117.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/155/pl_118.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/156/pl_119.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/152/pl_120.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/153/pl_121.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/315/pl_123.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/316/pl_124.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/319/pl_125_2021.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/317/pl_126.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/318/pl_127.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/320/pl_128.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/321/pl_129.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/322/pl_130.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8557/flash_9879.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8558/flash_9880.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8559/flash_9881.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8560/flash_9882.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8561/flash_9883.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8562/flash_9884.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8563/flash_9885.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8564/flash_9886.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8565/flash_9887.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8573/flash_9894.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8575/flash_9895.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8578/flash_9896.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8581/flash_9897.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8584/flash_9898.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8587/flash_9899.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8591/flash_10.093.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8592/flash_10.094.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8595/flash_10.095.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8596/flash_10.096.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8598/flash_10.097.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8600/flash_10.098.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8601/flash_10.099.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8602/flash_10.100.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8603/flash_9904.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8604/flash_9905.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8605/flash_9906.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8606/flash_10.101.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8607/flash_10.102.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8608/flash_10.103.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8609/flash_9907.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8610/flash_10.104.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8614/flash_10.105.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8611/flash_9908.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8612/flash_9909.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8615/flash_9911.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8617/flash_9912.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8616/flash_10.106.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8618/flash_10.107.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8619/flash_10.108.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8621/flash_10.109.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8620/flash_9913.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8622/flash_10.110.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8624/flash_10.111.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8623/flash_9914.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8625/flash_10.112.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8626/flash_10.113.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8628/flash_10.114.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8627/flash_9915.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8629/flash_10.115.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8631/flash_10.116.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8630/flash_9916.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8632/flash_10.117.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8634/flash_10.118.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8633/flash_9917.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8636/flash_10.119.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8637/flash_10.120.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8638/flash_9918.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8639/flash_9919.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8640/flash_9920.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8641/flash_9921.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8642/flash_9922.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8643/flash_9923.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8645/flash_9924.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8646/flash_9925.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8647/flash_9926.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8648/flash_9927.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8650/flash_9928.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8651/flash_9929.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8652/flash_10.121.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8654/flash_10.122.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8655/flash_9930.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8656/flash_10.123.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8658/flash_10.124.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8657/flash_9931.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8659/flash_10.125.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8661/flash_10.126.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8660/flash_9932.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8662/flash_10.127.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8664/flash_10.128.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8663/flash_9933.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8666/flash_9934.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8668/flash_9935.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8667/flash_10.129.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8669/flash_10.130.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8670/flash_10.131.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8671/flash_9936.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8672/flash_10.132.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8674/flash_10.133.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8675/flash_9937.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8678/flash_9938.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8681/flash_9939.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8682/flash_9940.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8684/flash_9941.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8685/flash_9942.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8686/flash_9943.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8687/flash_9944.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8703/flash_9989.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8705/flash_9990.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8718/flash_9996.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8721/flash_9997.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8722/flash_9998.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8723/flash_9999.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8727/flash_10.000.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8728/flash_10.001.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8730/flash_10.002.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8736/flash_10.157.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8737/flash_10.005.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8739/flash_10.159.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8741/flash_10.156.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8742/flash_10.006.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8743/flash_10.007.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8744/flash_10.008.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8756/flash_10.016.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8764/flash_10.019.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8766/flash_10.020.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8767/flash_10.021.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8769/flash_10.022.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8772/flash_10.024.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8777/flash_10.026.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8809/flash_10.042.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8812/flash_10.043.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8814/flash_10.044.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8823/flash_10.047.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8825/flash_10.048.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8830/flash_10.051.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8833/flash_10.054.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8839/flash_10.059.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8842/flash_10.060.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8845/flash_10.061.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8847/flash_10.062.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8848/flash_10.063.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8850/flash_10.064.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8853/flash_10.065.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8855/flash_10.066.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8856/flash_10.067.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8857/flash_10.068.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8859/flash_10.070.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8870/flash_10.069.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8716/flash_9995.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2019/8049/flash_9896.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/9/pr_07_2021_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/17/pr_08_2021.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/22/projeto_de_resolucao_9_de_2021.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/23/projeto_de_resolucao_10_de_2021.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/24/projeto_de_resolucao_11_2021.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/29/projeto_de_resolucao_12_2021.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/30/pr_13_2021.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/31/pr_18_2021.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/33/pr_19_2021_-_completo.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/55/pr_20.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/56/pr_21.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/57/pr_22.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/58/pr_23.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/59/pr_24.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/65/pr_25_2021.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/87/pr_26_de_2021.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/88/pr_27_de_2021.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/111/pr_28_2021.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/113/pr_29.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/112/pr_30_2021.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/123/pr_35_2021.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/124/pr_36_2021.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/147/pr_37.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/148/pr_38_2021.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/136/pr_39.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8944/flash_10.252.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8945/flash_10.253.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8946/flash_10.254.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8947/flash_10.255.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/35/emenda_plc.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/138/emenda_ao_pl_83_2021.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/38/1_requerimento_iara.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/39/2_requerimento_edmilson.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/42/5_requerimento_valdecy.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/43/6_requerimento_wilton.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/45/8_requerimento_ceci.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/47/2.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/48/3_requerimento.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/50/5_requerimento.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/51/6_requerimento.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/66/1_requerimento_jr.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/67/2_requerimento_edmilson.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/68/3_requerimento_eldair.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/69/5_requerimento_ceci.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/70/4_requerimento_iara.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/71/6_requerimento_maria_helena.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/72/7_requerimento_stalin.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/73/8_requerimento_claudio.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/74/9_requerimento_wilton.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/75/1_requerimento_graca.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/76/2_requerimento_elair.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/77/3_requerimento_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/78/flash_4202.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/79/5_requerimento_valdecy.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/82/8_requerimento_cecilia.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/100/1_requerimento_cecilia.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/101/2_requerimento_igor.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/102/3_requerimento_elair.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/103/4_requerimento_comissao_agricultura.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/149/3_req_claudio.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8953/flash_10.261.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8950/flash_10.258.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8951/flash_10.259.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8952/flash_10.260.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8975/flash_10.281.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8974/flash_10.280.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8973/flash_10.279.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8972/flash_10.278.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8971/flash_10.277.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8970/flash_10.276.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8969/flash_10.275.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8968/flash_10.274.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8967/flash_10.273.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8965/flash_10.272.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8964/flash_10.271.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8963/flash_10.270.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8962/flash_10.269.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8961/flash_10.268.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8960/flash_10.267.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8959/flash_10.266.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8957/flash_10.265.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8956/flash10.264.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8955/flash_10.263.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8954/flash_10.262.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/90/veto_ao_art_38_in_5_do_pl_44_2021.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8773/flash_10.171.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8774/flash_10.172.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8776/flash_10.173.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8555/flash_9875.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8948/flash_10.256.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8949/flash_10.257.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/26/projeto_de_emenda_a_resolucao_0921.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8790/flash_10.181.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8792/flash_10.182.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8793/flash_10.183.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8807/flash_10.189.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8813/flash_10.192.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8815/flash_10.193.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8819/flash_10.195.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8820/flash_10.196.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8821/flash_10.197.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8822/flash_10.198.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8824/flash_10.199.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8826/flash_10.200.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8827/flash_10.201.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8838/flash_10.202.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8840/flash_10.203.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8841/flash_10.204.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8877/flash_10.213.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8879/flash_10.214.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8880/flash_10.215.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8882/flash_10.216.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8883/flash_10.217.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8884/flash_10.218.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8885/flash_10.219.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8886/flash_10.220.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8887/flash_10.221.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8888/flash_10.222.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8889/flash_10.223.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8937/flash_10.245.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8938/flash_10.246.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8939/flash_10.247.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8940/flash_10.248.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8988/flash_10.187.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8989/flash_10.175.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8786/flash_10.178.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8783/flash_10.177.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8781/flash_10.176.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/150/emenda_lei_organica_1_2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8771/flash_10.170.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/25/lc_02_2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/115/plc_5.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8676/flash_10.134.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8707/flash_9991.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8708/flash_9992.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8738/flash_10.158.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8759/flash_10.017.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8762/flash_10.018.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8770/flash_10.023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8775/flash_10.025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8779/flash_10.027.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8831/flash_10.052.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/10/pl_31_2021_graca.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/3/projeto_de_lei_32_de_2021_-_administracao.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/4/projeto_de_lei_33_de_2021_-_claudio-1.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/5/projeto_de_lei_34_de_2021_-_odair.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/6/projeto_de_lei_35_de_2021_-_graca_e_maria_helena.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/7/projeto_de_lei_36_de_2021_-_wilton.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8/projeto_de_lei_37_de_2021_-_ceci.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/11/projeto_de_lei_38_2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/13/projeto_de_lei_40_2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/16/pl_41_2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/14/pl_42_2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/15/pl_43_2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/18/pl_44_2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/19/pl_45_2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/20/pl_46_2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/21/pl_47_2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/27/projeto_de_lei_48_2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/28/pl_49_2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/89/pl_53_2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/37/pl_54_2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/91/pl_56_2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/92/pl_57_2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/93/pl_58_2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/32/projeto_de_lei_59_2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/34/projeto_de_lei_60_2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/52/pl_61.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/53/pl_62.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/54/pl_63.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/60/pl_64_2021.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/61/pl_65_2021.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/62/pl_66_2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/63/pl_67_2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/64/pl_68_2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/83/pl_69_-_completo.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/84/pl_70_de_2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/85/pl_71.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/86/pl_72_de_2021.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/94/pl_73_2021_completo.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/95/pl_74_2021_completo.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/96/pl_75_2021_completo.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/97/pl_76_2021.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/98/pl_77_2021.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/99/pl_78_2021.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/104/pl_79_2021.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/105/pl_80.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/106/pl_81.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/107/pl_82.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/108/pl_83.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/109/pl_84.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/110/pl_85.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/114/pl_86.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/116/pl_87.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/117/pl_88.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/118/pl_89.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/119/pl_90.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/120/pl_91.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/125/pl_93_2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/126/pl_94_2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/127/pl_95_2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/128/pl_96.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/129/pl_97.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/130/pl_98.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/131/pl_99.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/132/pl_100.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/133/pl_101.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/312/pl_102.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/313/pl_103.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/314/pl_104.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/135/pl_106_2021.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/139/pl_107.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/140/pl_108.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/141/pl_109.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/142/pl_110.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/143/pl_111.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/144/pl_112.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/145/pl_113.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/146/pl_114.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/134/pl_115_2021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/137/pl_116_2021.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/154/pl_117.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/155/pl_118.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/156/pl_119.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/152/pl_120.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/153/pl_121.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/315/pl_123.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/316/pl_124.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/319/pl_125_2021.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/317/pl_126.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/318/pl_127.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/320/pl_128.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/321/pl_129.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/322/pl_130.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8557/flash_9879.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8558/flash_9880.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8559/flash_9881.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8560/flash_9882.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8561/flash_9883.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8562/flash_9884.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8563/flash_9885.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8564/flash_9886.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8565/flash_9887.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8573/flash_9894.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8575/flash_9895.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8578/flash_9896.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8581/flash_9897.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8584/flash_9898.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8587/flash_9899.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8591/flash_10.093.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8592/flash_10.094.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8595/flash_10.095.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8596/flash_10.096.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8598/flash_10.097.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8600/flash_10.098.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8601/flash_10.099.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8602/flash_10.100.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8603/flash_9904.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8604/flash_9905.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8605/flash_9906.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8606/flash_10.101.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8607/flash_10.102.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8608/flash_10.103.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8609/flash_9907.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8610/flash_10.104.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8614/flash_10.105.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8611/flash_9908.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8612/flash_9909.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8615/flash_9911.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8617/flash_9912.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8616/flash_10.106.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8618/flash_10.107.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8619/flash_10.108.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8621/flash_10.109.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8620/flash_9913.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8622/flash_10.110.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8624/flash_10.111.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8623/flash_9914.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8625/flash_10.112.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8626/flash_10.113.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8628/flash_10.114.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8627/flash_9915.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8629/flash_10.115.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8631/flash_10.116.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8630/flash_9916.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8632/flash_10.117.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8634/flash_10.118.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8633/flash_9917.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8636/flash_10.119.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8637/flash_10.120.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8638/flash_9918.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8639/flash_9919.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8640/flash_9920.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8641/flash_9921.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8642/flash_9922.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8643/flash_9923.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8645/flash_9924.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8646/flash_9925.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8647/flash_9926.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8648/flash_9927.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8650/flash_9928.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8651/flash_9929.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8652/flash_10.121.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8654/flash_10.122.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8655/flash_9930.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8656/flash_10.123.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8658/flash_10.124.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8657/flash_9931.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8659/flash_10.125.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8661/flash_10.126.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8660/flash_9932.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8662/flash_10.127.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8664/flash_10.128.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8663/flash_9933.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8666/flash_9934.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8668/flash_9935.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8667/flash_10.129.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8669/flash_10.130.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8670/flash_10.131.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8671/flash_9936.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8672/flash_10.132.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8674/flash_10.133.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8675/flash_9937.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8678/flash_9938.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8681/flash_9939.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8682/flash_9940.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8684/flash_9941.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8685/flash_9942.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8686/flash_9943.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8687/flash_9944.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8703/flash_9989.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8705/flash_9990.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8718/flash_9996.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8721/flash_9997.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8722/flash_9998.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8723/flash_9999.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8727/flash_10.000.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8728/flash_10.001.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8730/flash_10.002.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8736/flash_10.157.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8737/flash_10.005.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8739/flash_10.159.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8741/flash_10.156.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8742/flash_10.006.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8743/flash_10.007.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8744/flash_10.008.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8756/flash_10.016.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8764/flash_10.019.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8766/flash_10.020.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8767/flash_10.021.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8769/flash_10.022.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8772/flash_10.024.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8777/flash_10.026.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8809/flash_10.042.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8812/flash_10.043.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8814/flash_10.044.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8823/flash_10.047.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8825/flash_10.048.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8830/flash_10.051.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8833/flash_10.054.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8839/flash_10.059.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8842/flash_10.060.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8845/flash_10.061.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8847/flash_10.062.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8848/flash_10.063.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8850/flash_10.064.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8853/flash_10.065.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8855/flash_10.066.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8856/flash_10.067.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8857/flash_10.068.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8859/flash_10.070.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8870/flash_10.069.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8716/flash_9995.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2019/8049/flash_9896.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/9/pr_07_2021_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/17/pr_08_2021.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/22/projeto_de_resolucao_9_de_2021.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/23/projeto_de_resolucao_10_de_2021.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/24/projeto_de_resolucao_11_2021.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/29/projeto_de_resolucao_12_2021.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/30/pr_13_2021.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/31/pr_18_2021.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/33/pr_19_2021_-_completo.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/55/pr_20.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/56/pr_21.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/57/pr_22.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/58/pr_23.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/59/pr_24.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/65/pr_25_2021.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/87/pr_26_de_2021.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/88/pr_27_de_2021.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/111/pr_28_2021.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/113/pr_29.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/112/pr_30_2021.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/123/pr_35_2021.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/124/pr_36_2021.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/147/pr_37.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/148/pr_38_2021.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/136/pr_39.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8944/flash_10.252.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8945/flash_10.253.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8946/flash_10.254.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8947/flash_10.255.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/35/emenda_plc.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/138/emenda_ao_pl_83_2021.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/38/1_requerimento_iara.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/39/2_requerimento_edmilson.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/42/5_requerimento_valdecy.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/43/6_requerimento_wilton.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/45/8_requerimento_ceci.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/47/2.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/48/3_requerimento.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/50/5_requerimento.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/51/6_requerimento.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/66/1_requerimento_jr.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/67/2_requerimento_edmilson.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/68/3_requerimento_eldair.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/69/5_requerimento_ceci.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/70/4_requerimento_iara.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/71/6_requerimento_maria_helena.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/72/7_requerimento_stalin.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/73/8_requerimento_claudio.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/74/9_requerimento_wilton.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/75/1_requerimento_graca.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/76/2_requerimento_elair.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/77/3_requerimento_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/78/flash_4202.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/79/5_requerimento_valdecy.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/82/8_requerimento_cecilia.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/100/1_requerimento_cecilia.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/101/2_requerimento_igor.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/102/3_requerimento_elair.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/103/4_requerimento_comissao_agricultura.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/149/3_req_claudio.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8953/flash_10.261.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8950/flash_10.258.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8951/flash_10.259.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8952/flash_10.260.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8975/flash_10.281.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8974/flash_10.280.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8973/flash_10.279.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8972/flash_10.278.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8971/flash_10.277.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8970/flash_10.276.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8969/flash_10.275.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8968/flash_10.274.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8967/flash_10.273.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8965/flash_10.272.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8964/flash_10.271.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8963/flash_10.270.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8962/flash_10.269.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8961/flash_10.268.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8960/flash_10.267.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8959/flash_10.266.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8957/flash_10.265.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8956/flash10.264.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8955/flash_10.263.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8954/flash_10.262.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/90/veto_ao_art_38_in_5_do_pl_44_2021.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8773/flash_10.171.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8774/flash_10.172.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8776/flash_10.173.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8555/flash_9875.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8948/flash_10.256.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8949/flash_10.257.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/26/projeto_de_emenda_a_resolucao_0921.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8790/flash_10.181.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8792/flash_10.182.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8793/flash_10.183.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8807/flash_10.189.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8813/flash_10.192.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8815/flash_10.193.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8819/flash_10.195.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8820/flash_10.196.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8821/flash_10.197.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8822/flash_10.198.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8824/flash_10.199.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8826/flash_10.200.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8827/flash_10.201.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8838/flash_10.202.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8840/flash_10.203.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8841/flash_10.204.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8877/flash_10.213.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8879/flash_10.214.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8880/flash_10.215.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8882/flash_10.216.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8883/flash_10.217.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8884/flash_10.218.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8885/flash_10.219.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8886/flash_10.220.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8887/flash_10.221.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8888/flash_10.222.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8889/flash_10.223.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8937/flash_10.245.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8938/flash_10.246.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8939/flash_10.247.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8940/flash_10.248.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8988/flash_10.187.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8989/flash_10.175.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8786/flash_10.178.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8783/flash_10.177.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2021/8781/flash_10.176.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H387"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="93.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="124.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="124" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>