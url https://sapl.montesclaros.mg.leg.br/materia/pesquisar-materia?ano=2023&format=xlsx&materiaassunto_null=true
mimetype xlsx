--- v0 (2025-12-28)
+++ v1 (2026-02-28)
@@ -3904,51 +3904,51 @@
     <t>Flash 10.353._x000D_
 PROJETO DE LEI Nº 185/2023. Dispõe sobre a denominação da "Escola Municipal Professora Maura Lúcia dos Santos", localizada no bairro Independência. (Referente à Lei nº 5.644, de 22/12/2023, alterada pela Lei nº 5.757, de 19/12/2024)._x000D_
 Martins Lima Filho (Presidente).</t>
   </si>
   <si>
     <t>10108</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10108/flash_10.354.pdf</t>
   </si>
   <si>
     <t>Flash 10.354._x000D_
 PROJETO DE LEI Nº 09/2023. Autoriza o Poder Executivo a conceder outorga onerosa do direito de construir, nos termos da Lei Complementar nº 98, de 22/12/2022, ao empreendimento a ser realizado pela JIM Participações Ltda, e dá outras providências. (Referente à Lei nº 5.520, de 28/02/2023)._x000D_
 Martins Lima Filho (Presidente).</t>
   </si>
   <si>
     <t>10120</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10120/flash_10.355.pdf</t>
+    <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10120/flash_3045.pdf</t>
   </si>
   <si>
     <t>Flash 10.355._x000D_
 PROJETO DE LEI Nº 63/2023. Reconhece a utilidade pública e promove a afetação de área de terreno com 2,3045 hectares, para fins de constituição de estrada rural vicinal, que se inicia na rodovia MG 657, Estrada da Produção, e dá outras providências. (Referente à Lei nº 5.560, de 30/05/2023)._x000D_
 Martins Lima Filho (Presidente).</t>
   </si>
   <si>
     <t>10121</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10121/flash_10.356.pdf</t>
   </si>
   <si>
     <t>Flash 10.356._x000D_
 PROJETO DE LEI Nº 68/2023. Autoriza a desafetação e alienação de área de terreno, medindo 80,63 m², localizada no prolongamento do bairro Todos os Santos, e dá outras providências. (Referente à Lei nº 5.578, de 04/07/2023)._x000D_
 Martins Lima Filho (Presidente).</t>
   </si>
   <si>
     <t>10122</t>
   </si>
   <si>
     <t>263</t>
@@ -4428,51 +4428,51 @@
   <si>
     <t>10171</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10171/flash_10.403.pdf</t>
   </si>
   <si>
     <t>Flash 10.403._x000D_
 PROJETO DE LEI Nº 29/2023. Dispõe sobre reajuste de vencimentos dos servidores ativos e inativos da Câmara Municipal de Montes Claros, e dá outras providências. (Referente à Lei nº 5.531, de 28/03/2023)._x000D_
 Martins Lima Filho (Presidente).</t>
   </si>
   <si>
     <t>10175</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10175/flash_10.406.pdf</t>
   </si>
   <si>
     <t>Flash 10.406._x000D_
-PROJETO DE LEI Nº 31/2023. (ALTERADA). Institui o Auxílio-Alimentação, no âmbito da Câmara Municipal de Montes Claros, no valor de R$ 440,00. (Referente à Lei nº 5.532, de 28/03/2023, que foi alterada pela Lei nº 5.609, de 27/09/2023 e pela Resolução nº 41, de 21/12/2023)._x000D_
+PROJETO DE LEI Nº 31/2023. (ALTERADA). Institui o Auxílio-Alimentação, no âmbito da Câmara Municipal de Montes Claros, no valor de R$ 440,00. (Referente à Lei nº 5.532, de 28/03/2023, que foi alterada pela Lei nº 5.609, de 27/09/2023, pela Resolução nº 41, de 21/12/2023 e pela Lei nº 5.857, de 10/07/2025)._x000D_
 Martins Lima Filho (Presidente).</t>
   </si>
   <si>
     <t>10179</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10179/flash_10.410.pdf</t>
   </si>
   <si>
     <t>Flash 10.410._x000D_
 PROJETO DE LEI Nº 58/2023. Estabelece reajuste de vencimento dos servidores públicos do Poder Executivo do Município de Montes Claros. (Referente à Lei nº 5.553, de 16/05/2023)._x000D_
 Martins Lima Filho (Presidente).</t>
   </si>
   <si>
     <t>10182</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10182/flash_10.413.pdf</t>
   </si>
@@ -13475,51 +13475,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9469/emenda_a_lei_organica_previdencia_ass.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9527/nova_emenda_a_lei_organica_previdencia_ass.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9590/pelom_03_2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10292/flash10.495.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8360/pl_complementar_1.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8361/pl_complementar_2.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8469/pl_complementar_3.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8474/plc.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8504/plc_5_2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8505/plc_6_2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8506/plc_7_2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8538/plc_08_2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9005/plc_9_2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9014/plc_10_2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9046/plc_-_agente_contratacao_prevmoc_assinado_eletronicamente.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9104/plc_vencimento_agentes_2023_maio.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9119/plc_altera_lei_complementar_91.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9193/plc_cargo_terapeuta_integrativo_e_complementar_ass.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9216/plc_15_2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9372/plc_-_programa_de_regularizacao_fundiaria_ass.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9373/plc_-_regime_previdenciario_ass.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9468/plc_alteracao_de_normativos_de_servidores_municipais_ass.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9570/plc_19_2023_-_com_anexo.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9615/plc_alteracao_de_normativos_de_servidores_municipais_ass.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9668/plc_-_regime_previdenciario.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9672/plc_alteracao_de_normativos_de_servidores_municipais_vf_ass.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9679/plc_-_altera_lc_115_cargos_municipio_ass.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9698/plc_-_licenciamento_ambiental_ass.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9712/plc_-_altera_lc_115_cargos_prazo_jornada_ass.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10174/flash_10.405.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10143/flash_10.378.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10178/flash_10.409.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10164/flash_10.397.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10145/flash_10.380.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10149/flash_10.383.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10154/flash_10.388.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10176/flash_10.407.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10047/flash_10.303.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10092/flash_10.344.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10100/flash_10.347.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10142/flash_10.377.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10144/flash_10.379.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10147/flash_10.382.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10150/flash_10.384.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10165/flash_10.398.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10166/flash_10.399.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10167/flash_10.400.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10173/flash_10.404.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10177/flash_10.408.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10180/flash_10.411.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10181/flash_10.412.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10266/flash10.488.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10267/flash10.489.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10268/flash10.490.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10289/flash10.492.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/7973/pl_01_2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/7974/pl_02_2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/7981/pl_03_2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8338/pl_04_2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8355/pl_05_2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8356/pl_6_2023.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8357/pl_07_2023.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8358/pl_8_2023.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8359/pl_09_2023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8362/pl_10_2023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8370/pl_11_2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8374/pl_12_2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8384/pl_13_2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8400/pl_14_2023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8401/pl_15_2023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8422/projeto_de_lei_no_16_de_2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8423/pl_17_2023.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8430/pl_18_2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8438/pl_19_2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8456/pl_20_2023.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8457/pl_21_2023.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8458/pl_22_2023.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8467/pl_23_2023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8468/pl_24_2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8470/pl_25_2023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8473/pl_rua.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8475/pl_27_2023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8490/pl_28_2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8491/pl_29_2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8492/pl_30_2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8493/pl_31_2023.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8494/pl_32_2023.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8495/pl_33_2023.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8496/pl_34_2023.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8497/pl_35_2023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8498/pl_36_2023.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8499/pl_37_2023.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8500/pl_38_2023.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8501/pl_39_2023.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8502/pl_40_2023_-_02.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8503/pl_41_2023.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8537/pl_42_2023.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8552/projeto_de_lei_-_semana_de_orientacao_prevencao_e_conscientizacao_da_depressao_transtorno_de_ansiedade_e_sindrome_do_panico.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8699/pl_44_2023.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8918/pl_45_2023.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8966/projeto_de_lei_-_semana_municipal_de_educacao_preventiva_e_de_enfrentamento_a_endometriose.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8979/pl_47_2023.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8993/pl_48_2023.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9006/pl_49_2023.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9025/pl_50_2023.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9029/2023_junho_arco-iris_e_dia_do_orgulho_lgbtqia.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9032/pl_52_2023.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9033/pl_53_2023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9037/pl_54_2023.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9044/pl_-_cria_componente_de_auditoria_de_saude_assinado_eletronicamente.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9045/pl_-_programa_municipal_incentivo_ao_futebol_de_campo_assinado_eletronicamente.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9051/pl_57_2023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9079/pl_reajuste_servidores_2023_assinado.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9081/pl_59_2023.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9082/2023_programa_de_incentivo_ao_emprego_para_as_maes_solo.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9083/semana_de_conscientizacao_da_saude_mentalde_criancas_e_adolescentes.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9088/projeto_de_lei_-_dia_municipal_de_luta_contra_a_lgbtfobia.docx.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9103/pl_estrada_rural_vicinal.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9107/projeto_de_lei_dia_da_mae_solo.docx.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9120/pl_ldo_2024.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9121/pl_-_altera_a_lei_3631.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9122/pl_-_altera_a_lei_3626.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9123/pl_desafetacao_e_alienacao_prolongamento_todos_os_santos.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9132/pl_69_2023.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9134/pl_70_2023.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9143/pl_71_2023.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9151/pl_72_2023.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9152/pl_73_2023.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9167/pl_74_2023.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9168/pl_75_2023.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9172/pl_cessao_milivre_e_velorio_ass.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9174/pl_77_2023.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9176/pl_78_2023.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9181/pl_79_2023.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9190/pl_doacao_imovel_a_policia_federal_ass.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9191/pl_doacao_imovel_a_ctev_ass.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9192/pl_dacao_em_pagamento_ancora_ass.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9194/pl_83_2023.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9195/pl_84_2023.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9196/pl_85_2023.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9201/pl_86_2023.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9202/pl_87_2023.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9212/pl_altera_lei_5500_esurb_ass.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9213/pl_autoriza_repasse_a_sociedade_rural_v_final_ass.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9214/pl_autoriza_convenio_hospital_unimontes_ass.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9215/pl_dacao_em_pagamento_ancora_ass.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9218/pl_92_2023.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9219/pl_93_2023.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9220/pl_94_23.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9221/semana_de__conscientizacao_da_saude_mental_de_criancas_e_adolescentes.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9229/projeto_de_lei_-semana_de__conscientizacao_e_prevencao_da_doenca_de_alzheimer_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9234/pl_97_2023.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9243/pl_98_2023.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9253/flash_4392.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9256/pl_100_2023.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9265/projeto_de_lei_nao_se_cale_assinado.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9266/pl_-_transposicao_e_transferencia_orcamentaria_ass.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9267/pl_altera_lei_5575_ancora_ass.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9268/pl_autoriza_repasse_a_aci_ass.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9269/pl_denomina_via_publica_ass.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9277/pl_106_2023.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9287/pl_-_transposicao_e_transferencia_orcamentaria_ass_2.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9289/pl_108_2023.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9290/pl_109_2023.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9292/pl_110_2023.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9306/projeto_de_lei_passe_livre-assinado.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9310/pl_112_2023.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9312/prestar_socorro_animais_atropelados.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9313/projeto_de_lei_-_dia_municipal_da_familia_multiespecie.docx.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9314/projeto_de_lei_multas.docx.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9322/pl_116_2023.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9326/pl_altera_lei_5085_adao_mucio.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9328/pl_118_2023.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9333/pl_119_2023.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9335/pl_120_2023.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9338/pl_121_2023_-_02.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9339/pl_122_2023.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9348/pl_repasse_america_2023.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9349/pl_criacao_distrito_de_pedra_preta_dos_montes.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9350/pl_125_2023.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9355/pl_126_2023.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9362/pl_127_2023.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9365/pl_128_2023.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9369/pl_-_cria_cmdrs_ass.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9371/pl_plano_municipal_de_residuos_ass.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9383/pl_131_2023.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9389/pl_credito_especial_2023_enfermeiros.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9391/pl_133_2023.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9395/pl_134_2023.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9409/pl_135_2023.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9413/pl_136_2023.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9414/pl_137_2023.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9424/pl_138_2023.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9425/pl_139_2023.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9426/pl_140_2023.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9428/pl_141_2023.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9439/pl_142_2023.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9447/pl_143_2023.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9456/pl_proposta_orcamentaria_2024_ass.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9465/pl_145_2023.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9472/projeto_de_lei_-_semana_do_eca_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9485/pl_147_2023.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9499/pl_148_2023.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9502/pl_149_2023.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9506/pl_150_2023.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9521/pl_151_2023.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9522/pl_152_2023.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9531/pl_153_2023.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9546/pl_altera_3720_12_e_meio_area_publica_ass.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9554/pl_155_2023.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9565/pl_156_2023.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9569/pl_157_2023.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9584/pl_158_2023.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9597/pl_permuta_brow_ass.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9605/pl_160_2023.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9609/pl_161_2023.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9611/projeto_de_lei_-_semana_municipal_do_eca.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9612/projeto_de_lei_-_mes_maio_furta-cor_dedicado_as_acoes_de_conscientizacao_incentivo_ao_cuidado_e_promocao_da_saude_mental_materna.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9613/pl_164_2023.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9614/pl_165_2023.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9616/pl_incentivo_hospitalar_ass.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9617/pl_passe_livre_ass.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9629/pl_168_2023.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9635/pl_incentivo_hospitalar_atual_ass.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9647/projeto_de_lei_-_semana_de_orientacao_prevencao_e_conscientizacao_sobre_a_sindrome_de_burnout..pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9648/pl_171_2023.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9650/pl_172_2023.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9653/pl_173_2023.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9669/pl_concede_autorizacao_legislativa.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9670/pl_-_transposicao_e_transferencia_lc_171_lc_172.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9671/pl_permuta_brow_novo.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9673/pl_177_2023.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9676/pl_178_2023.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9680/pl_179_2023.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9681/pl_permuta_brow_08_12_ass.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9691/pl_181_2023.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9692/pl_182_2023.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9696/pl_uso_de_drones_ass.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9697/pl_autoriza_repasse_a_rosa_mistica_ass.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9699/pl_185_2023.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9706/pl_autoriza_obras_cassimiro_ass.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10025/flash_10.282.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10026/flash_10.283.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10027/flash_10.284.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10028/flash_10.285.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10029/flash_10.286.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10030/flash_10.287.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10031/flash_10.288.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10032/flash_10.289.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10033/flash_10.290.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10034/flash_10.291.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10035/flash_10.292.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10036/flash_10.293.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10038/flash_10.294.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10039/flash_10.295.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10040/flash_10.296.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10041/flash_10.297.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10042/flash_10.298.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10043/flash_10.299.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10044/flash_10.300.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10045/flash_10.301.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10046/flash_10.302.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10048/flash_10.304.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10049/flash_10.305.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10050/flash_10.306.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10053/flash_10.307.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10054/flash_10.308.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10055/flash_10.309.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10056/flash_10.310.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10057/flash_10.311.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10058/flash_10.312.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10059/flash_10.313.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10060/flash_10.314.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10061/flash_10.315.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10062/flash_10.316.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10063/flash_10.317.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10064/flash_10.318.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10065/flash_10.319.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10066/flash_10.320.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10067/flash_10.321.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10068/flash_10.332.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10069/flash_10.323.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10070/flash_10.324.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10071/flash_10.325.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10072/flash_10.326.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10073/flash_10.327.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10074/flash_10.328.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10075/flash_10.329.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10076/flash_10.330.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10077/flash_10.331.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10078/flash_10.332.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10079/flash_10.333.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10080/flash_10.334.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10082/flash_10.336.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10083/flash_10.337.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10084/flash_10.338.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10085/flash_10.339.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10086/flash_10.340.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10087/flash_10.341.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10088/flash_10.342.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10091/flash_10.343.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10093/flash_10.345.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10097/flash_10.335.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10099/flash_10.346.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10101/flash_10.348.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10102/flash_10.349.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10103/flash_10.350.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10104/flash_10.351.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10105/flash_10.352.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10107/flash_10.353.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10108/flash_10.354.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10120/flash_10.355.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10121/flash_10.356.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10122/flash_10.357.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10123/flash_10.358.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10124/flash_10.359.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10125/flash_10.360.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10126/flash_10.361.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10127/flash_10.362.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10128/flash_10.363.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10129/flash_10.364.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10130/flash_10.365.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10131/flash_10.366.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10132/flash_10.367.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10133/flash_10.368.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10134/flash_10.369.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10135/flash_10.370.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10136/flash_10.371.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10137/flash_10.372.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10138/flash_10.373.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10139/flash_10.374.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10140/flash_10.375.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10141/flash_10.376.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10146/flash_10.381.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10151/flash_10.385.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10152/flash_10.386.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10153/flash_10.387.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10155/flash_10.389.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10156/flash_10.390.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10157/flash_10.391.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10158/flash_10.392.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10159/flash_10.393.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10160/flash_10.394.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10161/flash_10.395.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10162/flash_10.396.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10169/flash_10.401.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10170/flash_10.402.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10171/flash_10.403.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10175/flash_10.406.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10179/flash_10.410.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10182/flash_10.413.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10183/flash_10.414.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10184/flash_10.415.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10185/flash_10.416.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10186/flash_10.417.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10187/flash_10.418.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10188/flash_10.419.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10189/flash_10.420.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10191/flash_10.421.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10192/flash_10.422.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10193/flash_10.423.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10194/flash_10.424.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10195/flash_10.425.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10196/flash_10.426.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10197/flash_10.427.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10198/flash_10.428.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10199/flash_10.429.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10200/flash_10.430.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10201/flash_10.431.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10202/flash_10.432.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10203/flash_10.433.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10205/flash_10.435.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10206/flash_10.434.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10207/flash_10.436.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10208/flash_10.437.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10209/flash_10.438.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10210/flash_10.439.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10211/flash_10.440.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10216/flash_10.443.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10217/flash_10.444.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10218/flash_10.445.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10220/flash_10.446.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10221/flash_10.447.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10222/flash_10.448.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10223/flash_10.449.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10224/flash_10.450.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10226/flash_10.451.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10227/flash_10.452.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10228/flash_10.453.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10231/flash_10.454.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10232/flash_10.455.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10233/flash_10.456.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10234/flash_10.457.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10235/flash_10.458.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10236/flash_10.459.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10237/flash_10.460.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10238/flash_10.461.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10239/flash_10.462.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10240/flash_10.463.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10241/flash_10.464.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10242/flash_10.465.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10243/flash_10.466.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10244/flash_10.467.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10245/flash_10.468.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10246/flash_10.469.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10247/flash_10.470.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10248/flash_10.471.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10249/flash_10.472.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10250/flash_10.473.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10252/flash_10.474.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10253/flash_10.475.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10254/flash_10.476.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10255/flash_10.477.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10256/flash_10.478.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10257/flash_10.479.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10258/flash_10.480.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10259/flash_10.481.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10260/flash_10.482.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10261/flash_10.483.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10262/flash_10.484.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10263/flash_10485.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10264/flash_10.486.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10265/flash10.487.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10286/flash_10.441.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10287/flash_10.442.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10288/flash10.491.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10290/flash10.493.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10291/flash10.494.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/7971/pr_01_2023-1.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/7972/pr_02_2023.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/7996/pr_03_2023.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8306/projeto_de_resolucao_assinado.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8336/pr_05_2023.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8442/titulo_de_cidada_honoraria_-_assinado_2023.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8447/projeto_de_resolucao_assinado.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8460/pr_08_2023.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8465/pr_09_2023.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8466/pr_10_2023.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8507/pr_11_2023.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8508/pr_12_2023.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8509/pr_13_2023.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8535/pr_14_2023.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8553/pr_15_2023.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8554/pr_16_2023.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8958/pr_17_2023.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9007/pr_18_2023.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9012/pr_19_2023_-_correcao.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9015/pr_20_2023.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9052/pr_21_2023.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9173/pr_22_2023.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9227/pr_23_2023.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9233/pr_24_2023.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9291/pr_25_2023.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9329/pr_26_2023.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9358/pr_27_2023.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9378/pr_28_2023.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9387/pr_29_2023.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9393/pr_30_2023.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9396/projeto_de_lei_-_homenagem_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9412/pr_32_2023.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9419/pr_33_2023.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9423/pr_34_2023.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9448/pr_35_2023.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9474/pr_36_2023.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9480/pr_37_2023.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9486/pr_38_2023.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9497/pr_39_2023.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9512/pr_40_2023.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9513/pr_41_2023.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9566/pr_42_2023.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9585/pr_43_2023.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9598/pr_44_2023.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9610/pr_45_2023.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9711/pr_46_2023.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10337/flash_10.540.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10339/flash_10.541.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10340/flash_10.542.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10341/flash_10.543.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10342/flash_10.544.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10343/flash_10.545.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9031/emenda_ao_pl_49_cria_comseg_1.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9108/emenda_02_2023.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9136/emenda_03_2023.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9154/emenda_04_2023.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9155/projeto_de_lei_emenda_ldo_inciso_viii_2024.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9156/projeto_de_lei_emenda_ldo_inciso_ix_2024.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9157/emenda_manutencao.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9158/emenda_contribuicao.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9159/emenda_construcao_e_ampliacao.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9180/emenda_10_2023.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9427/emenda_11_2023.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9455/emenda_12_2023.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9460/emenda_13_2023.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9461/emenda_14_2023.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9471/emenda_15_2023.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9473/emenda_16_2023.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9475/emenda_17_2023.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9509/emenda_18_2023.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9514/emenda_19_2023.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9515/emenda_20_2023.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9516/emenda_21_2023.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9573/emenda_22_2023.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9574/emenda_23_2023.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9575/emenda_24_2023.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9576/emenda_25_2023.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9577/emenda_26_2023.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9578/emenda_27_2023.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9579/emenda_28_2023.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9580/emenda_29_2023.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9581/emenda_30_2023.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9582/emenda_31_2023.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9599/emenda_32_2023.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9606/emenda_modificativa_pl_144_-_valores_1.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9621/emenda_34_2023.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9622/emenda_35_2023.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9623/emenda_36_2023.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9624/emenda_37_2023.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9625/emenda_38_2023.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9626/emenda_39_2023.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9637/emenda_40_2023.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9638/emenda_41_2023.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9639/emenda_42_2023.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9640/emenda_43_2023.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9641/emenda_44_2023.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9642/emenda_45_2023.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9651/emenda_46_2023.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9654/emenda_47.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9655/emenda_48_2023.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9656/emenda_49_2023.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9657/emenda_50_2023.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9658/emenda_51_2023.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9659/emenda_52_2023.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9660/emenda_53_2023.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9661/emenda_54_2023.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9662/emenda_55_2023.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9674/emenda_56_2023_-_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9686/emenda_57_2023.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/7975/requerimento_1.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/7976/requerimento_2.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/7977/requerimento_3.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/7978/requerimento_4.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/7980/requerimento_6_ceci.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/7982/req_1_edmilson_bispo.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/7984/requerimento_148_-_vereadora_maria_helena.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/7985/requerimento_anteprojeto_lei_servidor_assinado.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/7986/req_iara_3101.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/7987/req_graca_3101.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/7988/req_wilton_3101.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/7990/req_ceci_3001.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/7991/requerimento__01_2023_ok.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/7992/req_1__rodrigo_3101.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/7993/req_2_rodrigo_3101.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/7994/req_3_rodrigo_3101.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/7995/requerimento_18.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/7997/requerimento_19.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/7998/requerimento_03-2023_convenio_assinado.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8243/requerimento_21.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8280/requerimento_22.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8288/requerimento_23.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8290/requerimento_24.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8295/requerimento_149_-_vereadora_maria_helena_..pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8304/requerimento_04-2023_cascos_assinado.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8305/requerimento_ok.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8307/requerimentos_academia_ao_ar_livre_santa_lucia_assinado.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8332/requerimento_29.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8333/requerimento_30.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8334/requerimento_31.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8335/requerimento_32.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8339/req_agr_01_2023.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8346/requerimento_assinado.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8341/requerimento_35.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8342/requerimento_36.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8343/requerimento_37.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8344/requerimento_38.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8345/requerimento_150_-_vereadora_maria_helena_1_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8347/requerimento_40.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8349/requerimento_05-2023_dia_nacional_dos_animais-assinado.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8350/requerimento_03_assinado.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8351/requerimento_43.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8352/requerimento_44.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8353/requerimento_45.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8354/requerimento_46.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8367/requerimento._02_estudo_tecnico_na_rua_prof._monteiro_1.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8369/requerimento_49.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8372/requerimento_02.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8373/requerimento_51.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8375/req._rodrigo.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8379/requerimento_53.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8381/requerimento_54.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8382/requerimento_55.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8383/requerimento_56.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8385/requerimento_57.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8386/requerimento_6-2023.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8387/requerimento_59.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8388/req._09.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8389/req._08.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8390/requerimento_62_c.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8399/requerimento_63.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8406/requerimento_64.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8407/requerimento_65.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8408/requerimento_66.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8409/requerimento_67.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8410/requerimento_musica_nas_escolas_assinado.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8411/req._daniel.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8413/requerimento_7-2023.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8414/requerimento_042023-assinado.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8415/req._wilton_08.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8416/req._rodrigo_09.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8417/req._rodrigo_10.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8418/req._edson.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8419/req._edson.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8421/req._14.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8435/requerimento_79.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8437/requerimento_80.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8439/requerimento_81.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8440/requerimento_82_correcao.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8441/requerimento_153_-_assinado_vereadora_maria_helena.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8443/req._wilton_2.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8444/req._wilton_2.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8445/req._07_valdecy.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8446/req._08_odair.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8448/requerimento_08-2023.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8449/req._13_iara.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8450/req._mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8451/requerimento_05_assinado.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8459/requerimento_92.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8471/requerimento_93.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8472/req._aldair_ok.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8476/requerimento_95.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8477/requerimento_96.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8478/requerimento_97.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8479/requerimento_98.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8480/requerimneto_6_.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8481/requerimento_100.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8482/requerimento_101.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8483/requerimento_102.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8484/requerimento_103.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8485/requerimento_104.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8486/requerimento_105.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8487/requerimento_106.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8488/requerimento_107.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8489/requerimento_108.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8511/requerimento_109.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8510/requerimento_110.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8512/requerimento_111.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8513/requerimento_112.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8514/requerimento_113.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8515/requerimento_114.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8516/requerimento_115.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8517/requerimento_116.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8518/requerimento_117.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8519/requerimento_118.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8520/requerimento_119.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8521/requerimento_120.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8522/requerimento_121.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8523/requerimento_122.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8524/requerimento_123.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8525/requerimento_124.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8526/requerimento_125.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8527/requerimento_126.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8528/requerimento_127.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8529/requerimento_08-assinado.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8530/requerimento_129.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8531/requerimento_130.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8532/requerimento_131.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8533/requerimento_132.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8534/requerimento_133.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8536/requerimento_134.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8540/requerimento_135_corrigido.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8541/requerimentos_03.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8542/requerimento_137.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8543/requerimento_138.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8544/requerimento_139.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8545/requerimento_140.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8546/requerimento_09_assinado.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8547/req._maria.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8548/requerimento_11-2023.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8549/requerimento_144.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8550/requerimento_145.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8551/requerimento_146_retificado.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8635/requerimento_147.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8644/requerimento_148.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8649/requerimento_149.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8653/requerimento_150.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8665/requerimento_151.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8673/requerimento_152.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8854/requerimento_153.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8976/requerimento_154.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8977/requerimento_155.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8978/requerimento_156.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8980/requerimento_assinado.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8981/req._12.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8982/req._13_ok.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8983/req._14_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8984/requerimento_12-2023.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8985/req._15_daniel.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8986/req._17_igor.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8990/requerimento_13-2023.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8991/flash_9999.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8992/req_166.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8994/requerimento_ass._no04_semafaro_avenida.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8995/requerimento012_faixa_elevada_av_antonio_versiani_ataide-assinado.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8996/req_169.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8997/req._iara_ok.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8998/req._10.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8999/req._11.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9000/req._09.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9001/req._12.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9002/requerimento_14-2023.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9003/req_176.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9004/req_177.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9008/req.0062023--assinado.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9009/requerimento_-_vila_atlantida_27.04.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9010/requerimento_titulo_juliano_caldeira.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9011/requerimento013_pista_caminhada_av_olimpio_magalhaes_1-assinado.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9013/req_182.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9016/req_183.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9017/requerimento_158_assinado_-_homenagem.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9018/req_08_iara.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9019/requerimento_12.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9020/req.10.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9021/requerimento_15-2023_pagto_emendas_impositivas.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9022/req.0072023-_reforma_da_praca_sao_geraldo-assinado.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9023/req_190.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9024/requerimento_-_rua_espinosa_04.05.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9026/req_192.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9030/req._06.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9034/requerimento_05-_revitalizacao_da_praca.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9035/req_195.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9036/requerimento_159-assinado_maria_helena.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9038/req_197.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9039/req._15_julia.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9040/req._daniel_13.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9041/req._iara_12.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9043/req._rodrigo_14.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9047/requerimento_13_assinado.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9048/req_204.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9049/req_205.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9050/req_206.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9053/req_207.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9065/req_208.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9066/req_209.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9067/req_210.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9069/requerimento_redutor_de_velocidade_jardim_primavera_assinado.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9070/requerimento_assinado.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9071/req._10_odair.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9072/req._11_claudio.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9073/requerimento_08.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9074/15.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9075/14.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9076/13.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9078/12.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9084/requerimento_trans_especial_para_autistas-assinado.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9085/req_222.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9086/req_223.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9087/req_224.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9089/requerimento_17-2023_anteprojeto.docx.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9090/req_226.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9092/req_227.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9093/req._09.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9094/req._10.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9095/req._11.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9096/req._13.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9097/req._14.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9098/req._12.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9099/req._15.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9100/req.16.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9101/req._17.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9102/req._18.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9105/rquerimento_15_pdf_juntos.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9106/requerimento_18-2023_desarquivamento.docx.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9118/req_07-_assinado_residuos.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9124/req._03.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9125/req._04.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9126/requerimento_-_09.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9128/req._05.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9129/req._08.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9133/req_247.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9135/req_248_2023.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9140/requerimento017_faixa_elevada_belvedere.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9141/req_250.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9142/req_251.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9144/req_252_2023.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9145/req_253_2023.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9146/req_254_2023.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9147/req_255_2023.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9148/req_256_2023.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9150/requerimento_20-2023_baias_ccz_1.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9153/req_258_2023.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9160/req_259.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9161/req_260.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9162/req_261.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9163/req_262_2023.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9164/requerimento_21-2023_curral.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9165/req_264_2023.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9166/requerimento_167_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9169/req_266_2023.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9170/req_267_2023.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9171/req_268_2023.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9175/req_269_2023.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9178/req_270.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9179/req_271_02.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9182/req_272.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9183/req_273_2023.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9184/req_274_2023.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9185/requerimento_22-2023_coordenadoria_diversidade.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9186/req_276_2023.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9187/req_277_2023.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9189/req_278_2023.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9198/req_279_2023.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9197/req_280_2023.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9199/requerimento019_intervencoes_casaroes_abandonados-assinado.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9200/requerimento_168_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9203/req_283_2023.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9204/req_284_2023.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9205/requerimento_23-2023_portaria_635_vet_na_saude-assinado.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9206/req_286_2023.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9207/req_287_2023.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9208/requerimento_20_assinado.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9209/req_289_2023.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9210/req_290_2023.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9211/req_291_2023.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9217/req_292_2023.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9222/req_293_2023.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9223/req_294_2023.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9224/req_295_2023.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9225/requerimento_169_mh_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9226/req_297_2023.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9228/requerimento_24-2023_calcamento_ccz.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9230/req_299_2023.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9231/req_300_2023.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9232/req_301_2023.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9235/req_302_2023.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9236/req_303_2023.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9237/req_304_2023.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9238/req_305_2023.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9239/req_306_2023.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9240/req_307_2023.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9241/req_308_2023.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9242/req_309_2023.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9244/req_310_2023.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9245/requerimento_25-2023_cultura_-_lei_paulo_gustavo.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9246/req_312_2023.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9247/req_313_2023.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9248/req_314_2023.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9249/requerimento_08_placas_assinado.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9250/req_316_2023.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9251/req_317_2023.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9252/req_318_2023.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9254/requerimento_21_pronto.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9255/req_320_2023.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9257/req_321_2023.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9258/requerimento_26-2023_cultura_-_lei_paulo_gustavo.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9259/requerimento_22_assinado.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9260/req_324_2023.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9261/req_325_2023.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9262/req_326_2023.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9263/req_327_2023.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9264/req_328_2023.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9270/req_329_2023.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9271/requerimento_27-2023_homenagem_hm.docx.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9272/req_331_2023.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9273/req_332_2023.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9274/req_333_2023.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9275/req.00102023_-_redutor_de_velocidade_-_belvedere.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9276/req_335_2023.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9279/req_336_2023.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9280/requerimento_09-_academia_assinado.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9281/req_337_2023.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9282/requerimento_171_assinado.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9283/requerimento_23_pdf.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9284/req_341_2023.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9285/req_342_2023.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9286/requerimento_7.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9288/requerimento_20_adesao_novo_programa_minha_casa_minha_vida__assinado.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9293/req_345_2023.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9299/req.00102023-_anteprojeto_politica_municipal_de_combate_a_obesidade_infantil.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9300/req_347_2023.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9301/req_348_2023.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9302/req_349_2023.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9303/requerimento_24_pdf.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9304/req_351_2023.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9305/req_352_2023.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9307/requerimento_28-2023_praca_planalto_-_parque_infantil.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9308/req_354_2023.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9309/req_355_2023.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9311/requerimento_25_pdf.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9315/requerimento_10-faixa_de_pedestre_assinado.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9316/req_358_2023.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9317/requerimento_assinado_172.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9318/req_360_2023.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9319/req_361_2023.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9320/req_362_2023.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9321/req_363_2023.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9323/req_364_2023.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9324/requerimento_29-2023_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9325/req_366_2023.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9327/req.00122023_-_ponte_da_rua_aracaju_-_bairro_santo_antonio_ii.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9330/req_368_2023.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9331/requerimento_173-_assinado.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9332/req_370_2023.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9334/requerimento_30-2023_gta_grupo_tatico_ambiental.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9336/req_372_2023.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9337/req_373_2023.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9340/req_374_2023.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9341/req_375_2023.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9342/req_376_2023.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9343/requerimento_-_melo_viana-assinado.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9344/req_378_2023.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9345/req_379_2023.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9346/req_380_2023.pdf" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9347/req_381_2023.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9351/req_382_2023.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9352/req_383_2023.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9353/req_384_2023.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9354/req_385_2023.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9356/requerimento_31-2023_unidade_movel_consulta_-assinado.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9357/req_387.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9359/requerimento_174_assinado.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9360/req_389_2023.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9361/req_390_2023.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9363/req_391_2023.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9364/req_392_2023.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9366/req_393_2023.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9367/requerimento_-_11.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9368/req_395_2023.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9370/requerimento_22_-homenagem_ao_instituto_alpargatas_a_secretaria_rejane_veloso_e_as_professoras_-premio_educador_nota_10-assinado.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9374/req_397_2023.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9375/req_398_2023.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9376/req_399_2023.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9377/requerimento_175_assinado_-_reforma_da_associacao_de_pacui.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9379/requerimento_32-2023_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9380/req_402_2023.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9381/req_403_2023.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9382/req_404_2023.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9385/requerimento_30_finalizado.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9386/requerimento_12-assinado.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9390/requerimento_33-2023_praca_conj._cristo_rei_-_prof_maria_do_carmo_maia_e_almeida.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9392/requerimento_23_-_centro_dia-assinado.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9394/req_410_2023.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9397/req_411_2023.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9398/requerimento_34-2023_-_pet_place.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9399/req_413_2023.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9400/req_414_2023.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9401/requerimento_178_assinado_-_residencial_montes_claros.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9402/req_416_2023.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9403/req_417_2023.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9404/assinado_178_-_requerimento_atualizado.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9405/req_419_2023.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9406/req_420_2023.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9407/req_421_2023.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9408/requerimento_31_pronto.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9415/req_423_2023.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9416/requerimento_32.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9418/req_425_2023.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9420/req_426_2023.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9421/requerimento_24_-homenagem_curso_ciencias_economicas_unimontes-assinado.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9429/req_428_2023.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9431/req_429_2023.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9432/requerimento_179_assinado_-_construccao_taquaril.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9433/req_431_2023.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9434/requerimento_33_em_pdf.pdf" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9435/req_433_2023.pdf" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9436/req_434_2023.pdf" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9437/req_435_2023.pdf" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9438/req_436_2023.pdf" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9440/req_437_2023.pdf" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9441/req_438_2023.pdf" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9442/req_439_2023.pdf" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9443/req_440_2023.pdf" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9445/requerimento_7.pdf" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9446/requerimento_35-2023_-_enfrentar_altas_temperaturas.pdf" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9449/requerimento_180_assinado_-_reforma_da_associacao_de_serra_verde.pdf" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9450/req_445_2023.pdf" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9451/req_446_2023.pdf" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9452/req.00132023_-_agendamento_sessao_de_homenagem_-_henrique_henriques.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9453/req_448_2023.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9454/req_449_2023.pdf" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9457/req_450_2023.pdf" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9458/req_451_2023.pdf" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9459/req_452_2023.pdf" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9462/req_453_2023.pdf" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9463/req_454_2023.pdf" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9464/requerimento_35.pdf" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9466/req_456_2023.pdf" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9467/req._odair_ferreira.pdf" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9470/req_458_2023.pdf" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9476/req_459_2023.pdf" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9477/req_460_2023.pdf" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9478/req_461_2023.pdf" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9479/requerimento_36.pdf" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9481/req_463_2023.pdf" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9482/req._mh.pdf" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9483/req._igor_ok.pdf" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9484/req._cecilia.pdf" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9487/requerimento_10.10.pdf" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9488/req_468_2023.pdf" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9489/req_469_2023.pdf" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9490/req.00152023-_academia_ao_ar_livre_praca_itapetinga.pdf" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9491/req_471_2023.pdf" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9492/req_472_2023.pdf" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9493/requerimento_183-_reforma_de_escola_para_transformar_em_ponto_de_apoio_medico_2.pdf" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9494/req_474_2023.pdf" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9495/req_475_2023.pdf" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9496/req_476_2023.pdf" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9498/requerimento_37-assinado.pdf" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9500/requemento_28_-_audiencia_publica_passe_livre.pdf" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9501/req_479_2023.pdf" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9503/req_480_2023.pdf" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9505/req_481_2023.pdf" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9507/req_482_2023.pdf" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9508/req_483_2023.pdf" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9510/req_484_2023.pdf" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9511/req.00162023-_semaforo_av._dos_militares_com_rua_santa_efigenia-assinado.pdf" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9517/req_486_2023.pdf" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9518/req_487_2023.pdf" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9519/req_488_2023.pdf" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9520/req_489_2023.pdf" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9523/requerimento_38_assinar.pdf" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9524/req_491_2023.pdf" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9525/requerimento_29_-__conselho_da_juventude.pdf" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9526/requerimento_38-2023_-_ciclovia.pdf" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9528/req_494_2023.pdf" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9529/req_495_2023.pdf" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9530/req.0172023-_anteprojeto_a_obrigatoriedade_de_colocacao_de_banheiros_quimicos_adaptados_1.pdf" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9532/req_497_2023.pdf" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9533/req_498_2023.pdf" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9545/req_499_2023.pdf" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9547/req_500_2023.pdf" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9548/req_501_2023.pdf" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9549/req_502_2023.pdf" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9550/req_503_2023.pdf" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9551/req_504_2023.pdf" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9552/requerimento_39_assinar.pdf" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9553/req_506_2023.pdf" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9556/req_507_2023.pdf" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9557/req_508_2023.pdf" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9558/req_509_2023.pdf" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9559/req_510_2023.pdf" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9560/req_511_2023.pdf" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9561/req_512_2023.pdf" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9562/req_513_2023.pdf" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9563/requerimento_40_pronto.pdf" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9564/req_515_2023.pdf" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9567/req_516_2023.pdf" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9568/requerimento_31_-__curso_smartphone.pdf" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9571/req_518_2023.pdf" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9572/req_519_2023.pdf" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9583/requerimento_33_assinar-assinado.pdf" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9586/req_521_2023.pdf" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9587/requerimento_41_finalizado.pdf" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9588/req_523_2023.pdf" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9589/req.00182023-_instalacao_de_placas_em_braille_nos_pontos_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9591/req_525_2023.pdf" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9592/req._ceci.pdf" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9593/req._odair.pdf" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9594/req.rodrigo.pdf" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9595/req._stalin.pdf" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9596/requerimento_32_-_encarregado-assinado.pdf" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9600/req_531_2023.pdf" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9601/req_532_2023.pdf" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9602/req_533_2023.pdf" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9603/requerimento_42_previmoc.pdf" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9604/req_535_2023.pdf" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9607/requerimento_42-2023_-_doacao_cetas.pdf" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9608/requerimento_assinado_placa_solar_e_ar_condicionado.pdf" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9618/req.00192023-_instalacao_de_espaco_para_cadeirantes_nos_pontos_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9619/req_539_2023.pdf" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9620/requerimento_43_assinar.pdf" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9627/req_541_2023.pdf" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9628/req_542_2023.pdf" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9630/req_543_2023.pdf" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9631/req_544_2023.pdf" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9632/req_545_2023.pdf" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9633/requerimento_7-assinado.pdf" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9634/req_547_2023.pdf" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9636/req_548_2023.pdf" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9643/req_549_2023.pdf" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9644/requerimento_43_assinado.pdf" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9645/req_551_2023.pdf" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9646/req.00202023-_academia_ao_ar_livre_independencia.pdf" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9649/req_553_2023.pdf" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9652/req_554_2023.pdf" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9663/req_555_2023.pdf" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9664/req_556_2023.pdf" TargetMode="External"/><Relationship Id="rId1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9665/req_557_2023.pdf" TargetMode="External"/><Relationship Id="rId1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9666/requerimento_34__sessao_homenagem_servico_social_assinado.pdf" TargetMode="External"/><Relationship Id="rId1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9667/requerimento_43_2023_-_audiencia_publica.pdf" TargetMode="External"/><Relationship Id="rId1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9675/req_560_2023.pdf" TargetMode="External"/><Relationship Id="rId1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9677/req_561_2023.pdf" TargetMode="External"/><Relationship Id="rId1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9678/req_562_2023.pdf" TargetMode="External"/><Relationship Id="rId1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9682/req_563_2023.pdf" TargetMode="External"/><Relationship Id="rId1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9684/req_564_2023.pdf" TargetMode="External"/><Relationship Id="rId1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9685/requerimento_dano_ao_canal_viriato_assinado.pdf" TargetMode="External"/><Relationship Id="rId1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9687/req_566_2023.pdf" TargetMode="External"/><Relationship Id="rId1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9688/req_567_2023.pdf" TargetMode="External"/><Relationship Id="rId1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9689/36_-_requerimento_-_esf_para_protocolar-assinado.pdf" TargetMode="External"/><Relationship Id="rId1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9690/requerimento_44_assinado.pdf" TargetMode="External"/><Relationship Id="rId1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9693/req_570_2023.pdf" TargetMode="External"/><Relationship Id="rId1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9694/req_571_2023.pdf" TargetMode="External"/><Relationship Id="rId1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9695/37-_requerimento_-_sinal_pro-vida.pdf" TargetMode="External"/><Relationship Id="rId1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9701/req_573_2023.pdf" TargetMode="External"/><Relationship Id="rId1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9702/req_574_2023.pdf" TargetMode="External"/><Relationship Id="rId1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9703/req_575_2023.pdf" TargetMode="External"/><Relationship Id="rId1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9704/requerimento_45_assinado.pdf" TargetMode="External"/><Relationship Id="rId1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9705/38-_requerimento_-_salario_saude_mental.pdf" TargetMode="External"/><Relationship Id="rId1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9707/requerimento_46.pdf" TargetMode="External"/><Relationship Id="rId1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9708/req_579_2023.pdf" TargetMode="External"/><Relationship Id="rId1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9709/requerimento_188_-_assinado_-_redutor_de_velocidade_-_boulevard.pdf" TargetMode="External"/><Relationship Id="rId1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9710/req_581_2023.pdf" TargetMode="External"/><Relationship Id="rId1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10090/flash_10.269a.pdf" TargetMode="External"/><Relationship Id="rId1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10089/flash_10.260a.pdf" TargetMode="External"/><Relationship Id="rId1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/7979/moncao_1.pdf" TargetMode="External"/><Relationship Id="rId1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9091/moncao_02.pdf" TargetMode="External"/><Relationship Id="rId1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9149/mocao_3.pdf" TargetMode="External"/><Relationship Id="rId1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9188/mocao_4.pdf" TargetMode="External"/><Relationship Id="rId1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9384/req_405_2023.pdf" TargetMode="External"/><Relationship Id="rId1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9430/moncao_06.pdf" TargetMode="External"/><Relationship Id="rId1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9683/moncao_07_2023.pdf" TargetMode="External"/><Relationship Id="rId1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9054/substitutivo_-_pl_54_2023.pdf" TargetMode="External"/><Relationship Id="rId1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9410/pl_substitutivo_-_cria_cmdrs_ass.pdf" TargetMode="External"/><Relationship Id="rId1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9411/plc_substitutivo_-_programa_de_regularizacao_fundiaria_ass-assinado.pdf" TargetMode="External"/><Relationship Id="rId1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9422/substitutivo_04_2023.pdf" TargetMode="External"/><Relationship Id="rId1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8539/veto_01_2023.pdf" TargetMode="External"/><Relationship Id="rId1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9131/veto_plc_10_assessor_parlamentar.pdf" TargetMode="External"/><Relationship Id="rId1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9555/veto_integral_-_projeto_de_lei_n.o_133-2023_ass.pdf" TargetMode="External"/><Relationship Id="rId1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10293/flash10.496.pdf" TargetMode="External"/><Relationship Id="rId1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10295/flash10.498.pdf" TargetMode="External"/><Relationship Id="rId1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10294/flash10.497.pdf" TargetMode="External"/><Relationship Id="rId1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/7983/ata_24-01-2023.pdf" TargetMode="External"/><Relationship Id="rId1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10037/flash_9877.pdf" TargetMode="External"/><Relationship Id="rId1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10469/flash10.494a.pdf" TargetMode="External"/><Relationship Id="rId1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10470/flash10.494b.pdf" TargetMode="External"/><Relationship Id="rId1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10296/flash10.499.pdf" TargetMode="External"/><Relationship Id="rId1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10297/flash_10.500.pdf" TargetMode="External"/><Relationship Id="rId1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10298/flash_10.501.pdf" TargetMode="External"/><Relationship Id="rId1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10299/flash_10.502.pdf" TargetMode="External"/><Relationship Id="rId1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10300/flash_10.503.pdf" TargetMode="External"/><Relationship Id="rId1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10301/flash_10.504.pdf" TargetMode="External"/><Relationship Id="rId1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10302/flash_10.505.pdf" TargetMode="External"/><Relationship Id="rId1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10303/flash_10.506.pdf" TargetMode="External"/><Relationship Id="rId1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10304/flash_10.507.pdf" TargetMode="External"/><Relationship Id="rId1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10305/flash_10.508.pdf" TargetMode="External"/><Relationship Id="rId1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10306/flash_10.509.pdf" TargetMode="External"/><Relationship Id="rId1147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10307/flash_10.510.pdf" TargetMode="External"/><Relationship Id="rId1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10308/flash_10.511.pdf" TargetMode="External"/><Relationship Id="rId1149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10309/flash_10.512.pdf" TargetMode="External"/><Relationship Id="rId1150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10310/flash_10.513.pdf" TargetMode="External"/><Relationship Id="rId1151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10311/flash_10.514.pdf" TargetMode="External"/><Relationship Id="rId1152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10312/flash_10.515.pdf" TargetMode="External"/><Relationship Id="rId1153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10313/flash_10.516.pdf" TargetMode="External"/><Relationship Id="rId1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10314/flash_10.517.pdf" TargetMode="External"/><Relationship Id="rId1155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10315/flash_10.518.pdf" TargetMode="External"/><Relationship Id="rId1156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10316/flash_10.519.pdf" TargetMode="External"/><Relationship Id="rId1157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10317/flash_10.520.pdf" TargetMode="External"/><Relationship Id="rId1158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10318/flash_10.521.pdf" TargetMode="External"/><Relationship Id="rId1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10319/flash_10.522.pdf" TargetMode="External"/><Relationship Id="rId1160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10320/flash_10.523.pdf" TargetMode="External"/><Relationship Id="rId1161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10321/flash_10.524.pdf" TargetMode="External"/><Relationship Id="rId1162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10322/flash_10.525.pdf" TargetMode="External"/><Relationship Id="rId1163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10323/flash_10.526.pdf" TargetMode="External"/><Relationship Id="rId1164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10324/flash_10.527.pdf" TargetMode="External"/><Relationship Id="rId1165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10325/flash_10.528.pdf" TargetMode="External"/><Relationship Id="rId1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10326/flash_10.529.pdf" TargetMode="External"/><Relationship Id="rId1167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10327/flash_10.530.pdf" TargetMode="External"/><Relationship Id="rId1168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10328/flash_10.531.pdf" TargetMode="External"/><Relationship Id="rId1169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10329/flash_10.532.pdf" TargetMode="External"/><Relationship Id="rId1170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10330/flash_10.533.pdf" TargetMode="External"/><Relationship Id="rId1171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10331/flash_10.534.pdf" TargetMode="External"/><Relationship Id="rId1172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10332/flash_10.535.pdf" TargetMode="External"/><Relationship Id="rId1173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10333/flash_10.536.pdf" TargetMode="External"/><Relationship Id="rId1174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10334/flash_10.537.pdf" TargetMode="External"/><Relationship Id="rId1175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10335/flash_10.538.pdf" TargetMode="External"/><Relationship Id="rId1176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10336/flash_10.539.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9469/emenda_a_lei_organica_previdencia_ass.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9527/nova_emenda_a_lei_organica_previdencia_ass.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9590/pelom_03_2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10292/flash10.495.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8360/pl_complementar_1.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8361/pl_complementar_2.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8469/pl_complementar_3.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8474/plc.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8504/plc_5_2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8505/plc_6_2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8506/plc_7_2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8538/plc_08_2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9005/plc_9_2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9014/plc_10_2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9046/plc_-_agente_contratacao_prevmoc_assinado_eletronicamente.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9104/plc_vencimento_agentes_2023_maio.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9119/plc_altera_lei_complementar_91.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9193/plc_cargo_terapeuta_integrativo_e_complementar_ass.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9216/plc_15_2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9372/plc_-_programa_de_regularizacao_fundiaria_ass.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9373/plc_-_regime_previdenciario_ass.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9468/plc_alteracao_de_normativos_de_servidores_municipais_ass.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9570/plc_19_2023_-_com_anexo.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9615/plc_alteracao_de_normativos_de_servidores_municipais_ass.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9668/plc_-_regime_previdenciario.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9672/plc_alteracao_de_normativos_de_servidores_municipais_vf_ass.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9679/plc_-_altera_lc_115_cargos_municipio_ass.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9698/plc_-_licenciamento_ambiental_ass.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9712/plc_-_altera_lc_115_cargos_prazo_jornada_ass.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10174/flash_10.405.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10143/flash_10.378.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10178/flash_10.409.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10164/flash_10.397.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10145/flash_10.380.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10149/flash_10.383.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10154/flash_10.388.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10176/flash_10.407.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10047/flash_10.303.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10092/flash_10.344.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10100/flash_10.347.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10142/flash_10.377.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10144/flash_10.379.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10147/flash_10.382.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10150/flash_10.384.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10165/flash_10.398.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10166/flash_10.399.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10167/flash_10.400.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10173/flash_10.404.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10177/flash_10.408.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10180/flash_10.411.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10181/flash_10.412.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10266/flash10.488.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10267/flash10.489.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10268/flash10.490.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10289/flash10.492.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/7973/pl_01_2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/7974/pl_02_2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/7981/pl_03_2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8338/pl_04_2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8355/pl_05_2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8356/pl_6_2023.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8357/pl_07_2023.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8358/pl_8_2023.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8359/pl_09_2023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8362/pl_10_2023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8370/pl_11_2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8374/pl_12_2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8384/pl_13_2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8400/pl_14_2023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8401/pl_15_2023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8422/projeto_de_lei_no_16_de_2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8423/pl_17_2023.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8430/pl_18_2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8438/pl_19_2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8456/pl_20_2023.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8457/pl_21_2023.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8458/pl_22_2023.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8467/pl_23_2023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8468/pl_24_2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8470/pl_25_2023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8473/pl_rua.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8475/pl_27_2023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8490/pl_28_2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8491/pl_29_2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8492/pl_30_2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8493/pl_31_2023.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8494/pl_32_2023.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8495/pl_33_2023.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8496/pl_34_2023.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8497/pl_35_2023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8498/pl_36_2023.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8499/pl_37_2023.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8500/pl_38_2023.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8501/pl_39_2023.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8502/pl_40_2023_-_02.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8503/pl_41_2023.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8537/pl_42_2023.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8552/projeto_de_lei_-_semana_de_orientacao_prevencao_e_conscientizacao_da_depressao_transtorno_de_ansiedade_e_sindrome_do_panico.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8699/pl_44_2023.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8918/pl_45_2023.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8966/projeto_de_lei_-_semana_municipal_de_educacao_preventiva_e_de_enfrentamento_a_endometriose.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8979/pl_47_2023.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8993/pl_48_2023.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9006/pl_49_2023.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9025/pl_50_2023.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9029/2023_junho_arco-iris_e_dia_do_orgulho_lgbtqia.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9032/pl_52_2023.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9033/pl_53_2023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9037/pl_54_2023.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9044/pl_-_cria_componente_de_auditoria_de_saude_assinado_eletronicamente.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9045/pl_-_programa_municipal_incentivo_ao_futebol_de_campo_assinado_eletronicamente.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9051/pl_57_2023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9079/pl_reajuste_servidores_2023_assinado.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9081/pl_59_2023.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9082/2023_programa_de_incentivo_ao_emprego_para_as_maes_solo.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9083/semana_de_conscientizacao_da_saude_mentalde_criancas_e_adolescentes.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9088/projeto_de_lei_-_dia_municipal_de_luta_contra_a_lgbtfobia.docx.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9103/pl_estrada_rural_vicinal.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9107/projeto_de_lei_dia_da_mae_solo.docx.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9120/pl_ldo_2024.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9121/pl_-_altera_a_lei_3631.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9122/pl_-_altera_a_lei_3626.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9123/pl_desafetacao_e_alienacao_prolongamento_todos_os_santos.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9132/pl_69_2023.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9134/pl_70_2023.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9143/pl_71_2023.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9151/pl_72_2023.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9152/pl_73_2023.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9167/pl_74_2023.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9168/pl_75_2023.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9172/pl_cessao_milivre_e_velorio_ass.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9174/pl_77_2023.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9176/pl_78_2023.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9181/pl_79_2023.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9190/pl_doacao_imovel_a_policia_federal_ass.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9191/pl_doacao_imovel_a_ctev_ass.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9192/pl_dacao_em_pagamento_ancora_ass.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9194/pl_83_2023.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9195/pl_84_2023.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9196/pl_85_2023.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9201/pl_86_2023.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9202/pl_87_2023.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9212/pl_altera_lei_5500_esurb_ass.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9213/pl_autoriza_repasse_a_sociedade_rural_v_final_ass.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9214/pl_autoriza_convenio_hospital_unimontes_ass.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9215/pl_dacao_em_pagamento_ancora_ass.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9218/pl_92_2023.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9219/pl_93_2023.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9220/pl_94_23.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9221/semana_de__conscientizacao_da_saude_mental_de_criancas_e_adolescentes.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9229/projeto_de_lei_-semana_de__conscientizacao_e_prevencao_da_doenca_de_alzheimer_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9234/pl_97_2023.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9243/pl_98_2023.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9253/flash_4392.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9256/pl_100_2023.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9265/projeto_de_lei_nao_se_cale_assinado.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9266/pl_-_transposicao_e_transferencia_orcamentaria_ass.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9267/pl_altera_lei_5575_ancora_ass.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9268/pl_autoriza_repasse_a_aci_ass.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9269/pl_denomina_via_publica_ass.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9277/pl_106_2023.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9287/pl_-_transposicao_e_transferencia_orcamentaria_ass_2.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9289/pl_108_2023.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9290/pl_109_2023.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9292/pl_110_2023.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9306/projeto_de_lei_passe_livre-assinado.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9310/pl_112_2023.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9312/prestar_socorro_animais_atropelados.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9313/projeto_de_lei_-_dia_municipal_da_familia_multiespecie.docx.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9314/projeto_de_lei_multas.docx.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9322/pl_116_2023.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9326/pl_altera_lei_5085_adao_mucio.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9328/pl_118_2023.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9333/pl_119_2023.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9335/pl_120_2023.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9338/pl_121_2023_-_02.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9339/pl_122_2023.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9348/pl_repasse_america_2023.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9349/pl_criacao_distrito_de_pedra_preta_dos_montes.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9350/pl_125_2023.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9355/pl_126_2023.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9362/pl_127_2023.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9365/pl_128_2023.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9369/pl_-_cria_cmdrs_ass.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9371/pl_plano_municipal_de_residuos_ass.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9383/pl_131_2023.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9389/pl_credito_especial_2023_enfermeiros.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9391/pl_133_2023.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9395/pl_134_2023.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9409/pl_135_2023.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9413/pl_136_2023.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9414/pl_137_2023.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9424/pl_138_2023.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9425/pl_139_2023.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9426/pl_140_2023.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9428/pl_141_2023.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9439/pl_142_2023.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9447/pl_143_2023.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9456/pl_proposta_orcamentaria_2024_ass.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9465/pl_145_2023.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9472/projeto_de_lei_-_semana_do_eca_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9485/pl_147_2023.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9499/pl_148_2023.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9502/pl_149_2023.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9506/pl_150_2023.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9521/pl_151_2023.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9522/pl_152_2023.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9531/pl_153_2023.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9546/pl_altera_3720_12_e_meio_area_publica_ass.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9554/pl_155_2023.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9565/pl_156_2023.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9569/pl_157_2023.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9584/pl_158_2023.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9597/pl_permuta_brow_ass.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9605/pl_160_2023.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9609/pl_161_2023.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9611/projeto_de_lei_-_semana_municipal_do_eca.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9612/projeto_de_lei_-_mes_maio_furta-cor_dedicado_as_acoes_de_conscientizacao_incentivo_ao_cuidado_e_promocao_da_saude_mental_materna.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9613/pl_164_2023.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9614/pl_165_2023.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9616/pl_incentivo_hospitalar_ass.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9617/pl_passe_livre_ass.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9629/pl_168_2023.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9635/pl_incentivo_hospitalar_atual_ass.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9647/projeto_de_lei_-_semana_de_orientacao_prevencao_e_conscientizacao_sobre_a_sindrome_de_burnout..pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9648/pl_171_2023.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9650/pl_172_2023.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9653/pl_173_2023.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9669/pl_concede_autorizacao_legislativa.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9670/pl_-_transposicao_e_transferencia_lc_171_lc_172.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9671/pl_permuta_brow_novo.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9673/pl_177_2023.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9676/pl_178_2023.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9680/pl_179_2023.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9681/pl_permuta_brow_08_12_ass.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9691/pl_181_2023.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9692/pl_182_2023.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9696/pl_uso_de_drones_ass.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9697/pl_autoriza_repasse_a_rosa_mistica_ass.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9699/pl_185_2023.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9706/pl_autoriza_obras_cassimiro_ass.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10025/flash_10.282.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10026/flash_10.283.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10027/flash_10.284.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10028/flash_10.285.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10029/flash_10.286.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10030/flash_10.287.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10031/flash_10.288.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10032/flash_10.289.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10033/flash_10.290.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10034/flash_10.291.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10035/flash_10.292.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10036/flash_10.293.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10038/flash_10.294.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10039/flash_10.295.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10040/flash_10.296.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10041/flash_10.297.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10042/flash_10.298.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10043/flash_10.299.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10044/flash_10.300.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10045/flash_10.301.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10046/flash_10.302.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10048/flash_10.304.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10049/flash_10.305.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10050/flash_10.306.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10053/flash_10.307.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10054/flash_10.308.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10055/flash_10.309.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10056/flash_10.310.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10057/flash_10.311.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10058/flash_10.312.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10059/flash_10.313.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10060/flash_10.314.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10061/flash_10.315.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10062/flash_10.316.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10063/flash_10.317.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10064/flash_10.318.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10065/flash_10.319.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10066/flash_10.320.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10067/flash_10.321.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10068/flash_10.332.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10069/flash_10.323.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10070/flash_10.324.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10071/flash_10.325.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10072/flash_10.326.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10073/flash_10.327.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10074/flash_10.328.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10075/flash_10.329.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10076/flash_10.330.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10077/flash_10.331.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10078/flash_10.332.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10079/flash_10.333.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10080/flash_10.334.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10082/flash_10.336.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10083/flash_10.337.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10084/flash_10.338.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10085/flash_10.339.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10086/flash_10.340.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10087/flash_10.341.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10088/flash_10.342.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10091/flash_10.343.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10093/flash_10.345.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10097/flash_10.335.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10099/flash_10.346.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10101/flash_10.348.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10102/flash_10.349.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10103/flash_10.350.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10104/flash_10.351.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10105/flash_10.352.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10107/flash_10.353.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10108/flash_10.354.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10120/flash_3045.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10121/flash_10.356.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10122/flash_10.357.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10123/flash_10.358.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10124/flash_10.359.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10125/flash_10.360.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10126/flash_10.361.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10127/flash_10.362.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10128/flash_10.363.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10129/flash_10.364.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10130/flash_10.365.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10131/flash_10.366.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10132/flash_10.367.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10133/flash_10.368.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10134/flash_10.369.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10135/flash_10.370.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10136/flash_10.371.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10137/flash_10.372.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10138/flash_10.373.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10139/flash_10.374.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10140/flash_10.375.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10141/flash_10.376.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10146/flash_10.381.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10151/flash_10.385.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10152/flash_10.386.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10153/flash_10.387.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10155/flash_10.389.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10156/flash_10.390.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10157/flash_10.391.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10158/flash_10.392.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10159/flash_10.393.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10160/flash_10.394.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10161/flash_10.395.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10162/flash_10.396.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10169/flash_10.401.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10170/flash_10.402.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10171/flash_10.403.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10175/flash_10.406.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10179/flash_10.410.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10182/flash_10.413.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10183/flash_10.414.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10184/flash_10.415.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10185/flash_10.416.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10186/flash_10.417.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10187/flash_10.418.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10188/flash_10.419.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10189/flash_10.420.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10191/flash_10.421.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10192/flash_10.422.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10193/flash_10.423.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10194/flash_10.424.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10195/flash_10.425.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10196/flash_10.426.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10197/flash_10.427.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10198/flash_10.428.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10199/flash_10.429.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10200/flash_10.430.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10201/flash_10.431.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10202/flash_10.432.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10203/flash_10.433.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10205/flash_10.435.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10206/flash_10.434.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10207/flash_10.436.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10208/flash_10.437.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10209/flash_10.438.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10210/flash_10.439.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10211/flash_10.440.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10216/flash_10.443.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10217/flash_10.444.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10218/flash_10.445.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10220/flash_10.446.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10221/flash_10.447.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10222/flash_10.448.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10223/flash_10.449.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10224/flash_10.450.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10226/flash_10.451.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10227/flash_10.452.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10228/flash_10.453.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10231/flash_10.454.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10232/flash_10.455.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10233/flash_10.456.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10234/flash_10.457.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10235/flash_10.458.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10236/flash_10.459.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10237/flash_10.460.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10238/flash_10.461.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10239/flash_10.462.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10240/flash_10.463.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10241/flash_10.464.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10242/flash_10.465.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10243/flash_10.466.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10244/flash_10.467.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10245/flash_10.468.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10246/flash_10.469.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10247/flash_10.470.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10248/flash_10.471.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10249/flash_10.472.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10250/flash_10.473.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10252/flash_10.474.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10253/flash_10.475.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10254/flash_10.476.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10255/flash_10.477.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10256/flash_10.478.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10257/flash_10.479.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10258/flash_10.480.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10259/flash_10.481.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10260/flash_10.482.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10261/flash_10.483.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10262/flash_10.484.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10263/flash_10485.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10264/flash_10.486.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10265/flash10.487.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10286/flash_10.441.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10287/flash_10.442.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10288/flash10.491.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10290/flash10.493.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10291/flash10.494.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/7971/pr_01_2023-1.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/7972/pr_02_2023.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/7996/pr_03_2023.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8306/projeto_de_resolucao_assinado.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8336/pr_05_2023.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8442/titulo_de_cidada_honoraria_-_assinado_2023.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8447/projeto_de_resolucao_assinado.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8460/pr_08_2023.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8465/pr_09_2023.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8466/pr_10_2023.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8507/pr_11_2023.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8508/pr_12_2023.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8509/pr_13_2023.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8535/pr_14_2023.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8553/pr_15_2023.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8554/pr_16_2023.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8958/pr_17_2023.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9007/pr_18_2023.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9012/pr_19_2023_-_correcao.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9015/pr_20_2023.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9052/pr_21_2023.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9173/pr_22_2023.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9227/pr_23_2023.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9233/pr_24_2023.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9291/pr_25_2023.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9329/pr_26_2023.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9358/pr_27_2023.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9378/pr_28_2023.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9387/pr_29_2023.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9393/pr_30_2023.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9396/projeto_de_lei_-_homenagem_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9412/pr_32_2023.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9419/pr_33_2023.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9423/pr_34_2023.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9448/pr_35_2023.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9474/pr_36_2023.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9480/pr_37_2023.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9486/pr_38_2023.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9497/pr_39_2023.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9512/pr_40_2023.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9513/pr_41_2023.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9566/pr_42_2023.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9585/pr_43_2023.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9598/pr_44_2023.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9610/pr_45_2023.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9711/pr_46_2023.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10337/flash_10.540.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10339/flash_10.541.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10340/flash_10.542.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10341/flash_10.543.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10342/flash_10.544.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10343/flash_10.545.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9031/emenda_ao_pl_49_cria_comseg_1.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9108/emenda_02_2023.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9136/emenda_03_2023.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9154/emenda_04_2023.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9155/projeto_de_lei_emenda_ldo_inciso_viii_2024.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9156/projeto_de_lei_emenda_ldo_inciso_ix_2024.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9157/emenda_manutencao.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9158/emenda_contribuicao.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9159/emenda_construcao_e_ampliacao.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9180/emenda_10_2023.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9427/emenda_11_2023.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9455/emenda_12_2023.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9460/emenda_13_2023.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9461/emenda_14_2023.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9471/emenda_15_2023.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9473/emenda_16_2023.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9475/emenda_17_2023.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9509/emenda_18_2023.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9514/emenda_19_2023.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9515/emenda_20_2023.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9516/emenda_21_2023.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9573/emenda_22_2023.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9574/emenda_23_2023.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9575/emenda_24_2023.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9576/emenda_25_2023.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9577/emenda_26_2023.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9578/emenda_27_2023.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9579/emenda_28_2023.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9580/emenda_29_2023.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9581/emenda_30_2023.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9582/emenda_31_2023.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9599/emenda_32_2023.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9606/emenda_modificativa_pl_144_-_valores_1.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9621/emenda_34_2023.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9622/emenda_35_2023.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9623/emenda_36_2023.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9624/emenda_37_2023.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9625/emenda_38_2023.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9626/emenda_39_2023.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9637/emenda_40_2023.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9638/emenda_41_2023.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9639/emenda_42_2023.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9640/emenda_43_2023.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9641/emenda_44_2023.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9642/emenda_45_2023.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9651/emenda_46_2023.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9654/emenda_47.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9655/emenda_48_2023.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9656/emenda_49_2023.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9657/emenda_50_2023.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9658/emenda_51_2023.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9659/emenda_52_2023.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9660/emenda_53_2023.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9661/emenda_54_2023.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9662/emenda_55_2023.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9674/emenda_56_2023_-_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9686/emenda_57_2023.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/7975/requerimento_1.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/7976/requerimento_2.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/7977/requerimento_3.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/7978/requerimento_4.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/7980/requerimento_6_ceci.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/7982/req_1_edmilson_bispo.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/7984/requerimento_148_-_vereadora_maria_helena.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/7985/requerimento_anteprojeto_lei_servidor_assinado.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/7986/req_iara_3101.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/7987/req_graca_3101.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/7988/req_wilton_3101.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/7990/req_ceci_3001.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/7991/requerimento__01_2023_ok.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/7992/req_1__rodrigo_3101.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/7993/req_2_rodrigo_3101.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/7994/req_3_rodrigo_3101.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/7995/requerimento_18.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/7997/requerimento_19.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/7998/requerimento_03-2023_convenio_assinado.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8243/requerimento_21.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8280/requerimento_22.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8288/requerimento_23.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8290/requerimento_24.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8295/requerimento_149_-_vereadora_maria_helena_..pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8304/requerimento_04-2023_cascos_assinado.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8305/requerimento_ok.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8307/requerimentos_academia_ao_ar_livre_santa_lucia_assinado.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8332/requerimento_29.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8333/requerimento_30.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8334/requerimento_31.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8335/requerimento_32.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8339/req_agr_01_2023.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8346/requerimento_assinado.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8341/requerimento_35.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8342/requerimento_36.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8343/requerimento_37.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8344/requerimento_38.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8345/requerimento_150_-_vereadora_maria_helena_1_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8347/requerimento_40.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8349/requerimento_05-2023_dia_nacional_dos_animais-assinado.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8350/requerimento_03_assinado.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8351/requerimento_43.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8352/requerimento_44.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8353/requerimento_45.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8354/requerimento_46.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8367/requerimento._02_estudo_tecnico_na_rua_prof._monteiro_1.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8369/requerimento_49.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8372/requerimento_02.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8373/requerimento_51.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8375/req._rodrigo.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8379/requerimento_53.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8381/requerimento_54.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8382/requerimento_55.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8383/requerimento_56.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8385/requerimento_57.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8386/requerimento_6-2023.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8387/requerimento_59.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8388/req._09.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8389/req._08.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8390/requerimento_62_c.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8399/requerimento_63.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8406/requerimento_64.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8407/requerimento_65.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8408/requerimento_66.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8409/requerimento_67.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8410/requerimento_musica_nas_escolas_assinado.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8411/req._daniel.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8413/requerimento_7-2023.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8414/requerimento_042023-assinado.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8415/req._wilton_08.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8416/req._rodrigo_09.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8417/req._rodrigo_10.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8418/req._edson.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8419/req._edson.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8421/req._14.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8435/requerimento_79.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8437/requerimento_80.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8439/requerimento_81.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8440/requerimento_82_correcao.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8441/requerimento_153_-_assinado_vereadora_maria_helena.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8443/req._wilton_2.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8444/req._wilton_2.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8445/req._07_valdecy.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8446/req._08_odair.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8448/requerimento_08-2023.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8449/req._13_iara.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8450/req._mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8451/requerimento_05_assinado.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8459/requerimento_92.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8471/requerimento_93.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8472/req._aldair_ok.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8476/requerimento_95.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8477/requerimento_96.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8478/requerimento_97.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8479/requerimento_98.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8480/requerimneto_6_.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8481/requerimento_100.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8482/requerimento_101.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8483/requerimento_102.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8484/requerimento_103.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8485/requerimento_104.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8486/requerimento_105.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8487/requerimento_106.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8488/requerimento_107.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8489/requerimento_108.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8511/requerimento_109.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8510/requerimento_110.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8512/requerimento_111.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8513/requerimento_112.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8514/requerimento_113.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8515/requerimento_114.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8516/requerimento_115.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8517/requerimento_116.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8518/requerimento_117.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8519/requerimento_118.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8520/requerimento_119.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8521/requerimento_120.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8522/requerimento_121.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8523/requerimento_122.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8524/requerimento_123.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8525/requerimento_124.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8526/requerimento_125.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8527/requerimento_126.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8528/requerimento_127.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8529/requerimento_08-assinado.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8530/requerimento_129.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8531/requerimento_130.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8532/requerimento_131.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8533/requerimento_132.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8534/requerimento_133.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8536/requerimento_134.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8540/requerimento_135_corrigido.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8541/requerimentos_03.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8542/requerimento_137.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8543/requerimento_138.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8544/requerimento_139.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8545/requerimento_140.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8546/requerimento_09_assinado.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8547/req._maria.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8548/requerimento_11-2023.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8549/requerimento_144.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8550/requerimento_145.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8551/requerimento_146_retificado.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8635/requerimento_147.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8644/requerimento_148.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8649/requerimento_149.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8653/requerimento_150.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8665/requerimento_151.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8673/requerimento_152.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8854/requerimento_153.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8976/requerimento_154.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8977/requerimento_155.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8978/requerimento_156.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8980/requerimento_assinado.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8981/req._12.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8982/req._13_ok.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8983/req._14_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8984/requerimento_12-2023.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8985/req._15_daniel.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8986/req._17_igor.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8990/requerimento_13-2023.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8991/flash_9999.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8992/req_166.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8994/requerimento_ass._no04_semafaro_avenida.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8995/requerimento012_faixa_elevada_av_antonio_versiani_ataide-assinado.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8996/req_169.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8997/req._iara_ok.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8998/req._10.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8999/req._11.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9000/req._09.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9001/req._12.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9002/requerimento_14-2023.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9003/req_176.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9004/req_177.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9008/req.0062023--assinado.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9009/requerimento_-_vila_atlantida_27.04.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9010/requerimento_titulo_juliano_caldeira.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9011/requerimento013_pista_caminhada_av_olimpio_magalhaes_1-assinado.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9013/req_182.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9016/req_183.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9017/requerimento_158_assinado_-_homenagem.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9018/req_08_iara.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9019/requerimento_12.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9020/req.10.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9021/requerimento_15-2023_pagto_emendas_impositivas.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9022/req.0072023-_reforma_da_praca_sao_geraldo-assinado.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9023/req_190.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9024/requerimento_-_rua_espinosa_04.05.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9026/req_192.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9030/req._06.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9034/requerimento_05-_revitalizacao_da_praca.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9035/req_195.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9036/requerimento_159-assinado_maria_helena.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9038/req_197.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9039/req._15_julia.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9040/req._daniel_13.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9041/req._iara_12.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9043/req._rodrigo_14.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9047/requerimento_13_assinado.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9048/req_204.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9049/req_205.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9050/req_206.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9053/req_207.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9065/req_208.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9066/req_209.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9067/req_210.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9069/requerimento_redutor_de_velocidade_jardim_primavera_assinado.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9070/requerimento_assinado.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9071/req._10_odair.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9072/req._11_claudio.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9073/requerimento_08.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9074/15.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9075/14.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9076/13.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9078/12.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9084/requerimento_trans_especial_para_autistas-assinado.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9085/req_222.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9086/req_223.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9087/req_224.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9089/requerimento_17-2023_anteprojeto.docx.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9090/req_226.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9092/req_227.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9093/req._09.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9094/req._10.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9095/req._11.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9096/req._13.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9097/req._14.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9098/req._12.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9099/req._15.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9100/req.16.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9101/req._17.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9102/req._18.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9105/rquerimento_15_pdf_juntos.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9106/requerimento_18-2023_desarquivamento.docx.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9118/req_07-_assinado_residuos.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9124/req._03.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9125/req._04.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9126/requerimento_-_09.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9128/req._05.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9129/req._08.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9133/req_247.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9135/req_248_2023.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9140/requerimento017_faixa_elevada_belvedere.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9141/req_250.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9142/req_251.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9144/req_252_2023.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9145/req_253_2023.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9146/req_254_2023.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9147/req_255_2023.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9148/req_256_2023.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9150/requerimento_20-2023_baias_ccz_1.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9153/req_258_2023.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9160/req_259.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9161/req_260.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9162/req_261.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9163/req_262_2023.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9164/requerimento_21-2023_curral.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9165/req_264_2023.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9166/requerimento_167_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9169/req_266_2023.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9170/req_267_2023.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9171/req_268_2023.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9175/req_269_2023.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9178/req_270.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9179/req_271_02.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9182/req_272.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9183/req_273_2023.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9184/req_274_2023.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9185/requerimento_22-2023_coordenadoria_diversidade.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9186/req_276_2023.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9187/req_277_2023.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9189/req_278_2023.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9198/req_279_2023.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9197/req_280_2023.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9199/requerimento019_intervencoes_casaroes_abandonados-assinado.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9200/requerimento_168_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9203/req_283_2023.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9204/req_284_2023.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9205/requerimento_23-2023_portaria_635_vet_na_saude-assinado.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9206/req_286_2023.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9207/req_287_2023.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9208/requerimento_20_assinado.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9209/req_289_2023.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9210/req_290_2023.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9211/req_291_2023.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9217/req_292_2023.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9222/req_293_2023.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9223/req_294_2023.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9224/req_295_2023.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9225/requerimento_169_mh_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9226/req_297_2023.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9228/requerimento_24-2023_calcamento_ccz.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9230/req_299_2023.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9231/req_300_2023.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9232/req_301_2023.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9235/req_302_2023.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9236/req_303_2023.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9237/req_304_2023.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9238/req_305_2023.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9239/req_306_2023.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9240/req_307_2023.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9241/req_308_2023.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9242/req_309_2023.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9244/req_310_2023.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9245/requerimento_25-2023_cultura_-_lei_paulo_gustavo.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9246/req_312_2023.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9247/req_313_2023.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9248/req_314_2023.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9249/requerimento_08_placas_assinado.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9250/req_316_2023.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9251/req_317_2023.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9252/req_318_2023.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9254/requerimento_21_pronto.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9255/req_320_2023.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9257/req_321_2023.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9258/requerimento_26-2023_cultura_-_lei_paulo_gustavo.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9259/requerimento_22_assinado.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9260/req_324_2023.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9261/req_325_2023.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9262/req_326_2023.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9263/req_327_2023.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9264/req_328_2023.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9270/req_329_2023.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9271/requerimento_27-2023_homenagem_hm.docx.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9272/req_331_2023.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9273/req_332_2023.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9274/req_333_2023.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9275/req.00102023_-_redutor_de_velocidade_-_belvedere.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9276/req_335_2023.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9279/req_336_2023.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9280/requerimento_09-_academia_assinado.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9281/req_337_2023.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9282/requerimento_171_assinado.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9283/requerimento_23_pdf.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9284/req_341_2023.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9285/req_342_2023.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9286/requerimento_7.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9288/requerimento_20_adesao_novo_programa_minha_casa_minha_vida__assinado.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9293/req_345_2023.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9299/req.00102023-_anteprojeto_politica_municipal_de_combate_a_obesidade_infantil.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9300/req_347_2023.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9301/req_348_2023.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9302/req_349_2023.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9303/requerimento_24_pdf.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9304/req_351_2023.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9305/req_352_2023.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9307/requerimento_28-2023_praca_planalto_-_parque_infantil.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9308/req_354_2023.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9309/req_355_2023.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9311/requerimento_25_pdf.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9315/requerimento_10-faixa_de_pedestre_assinado.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9316/req_358_2023.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9317/requerimento_assinado_172.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9318/req_360_2023.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9319/req_361_2023.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9320/req_362_2023.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9321/req_363_2023.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9323/req_364_2023.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9324/requerimento_29-2023_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9325/req_366_2023.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9327/req.00122023_-_ponte_da_rua_aracaju_-_bairro_santo_antonio_ii.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9330/req_368_2023.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9331/requerimento_173-_assinado.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9332/req_370_2023.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9334/requerimento_30-2023_gta_grupo_tatico_ambiental.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9336/req_372_2023.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9337/req_373_2023.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9340/req_374_2023.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9341/req_375_2023.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9342/req_376_2023.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9343/requerimento_-_melo_viana-assinado.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9344/req_378_2023.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9345/req_379_2023.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9346/req_380_2023.pdf" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9347/req_381_2023.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9351/req_382_2023.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9352/req_383_2023.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9353/req_384_2023.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9354/req_385_2023.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9356/requerimento_31-2023_unidade_movel_consulta_-assinado.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9357/req_387.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9359/requerimento_174_assinado.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9360/req_389_2023.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9361/req_390_2023.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9363/req_391_2023.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9364/req_392_2023.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9366/req_393_2023.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9367/requerimento_-_11.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9368/req_395_2023.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9370/requerimento_22_-homenagem_ao_instituto_alpargatas_a_secretaria_rejane_veloso_e_as_professoras_-premio_educador_nota_10-assinado.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9374/req_397_2023.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9375/req_398_2023.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9376/req_399_2023.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9377/requerimento_175_assinado_-_reforma_da_associacao_de_pacui.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9379/requerimento_32-2023_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9380/req_402_2023.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9381/req_403_2023.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9382/req_404_2023.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9385/requerimento_30_finalizado.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9386/requerimento_12-assinado.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9390/requerimento_33-2023_praca_conj._cristo_rei_-_prof_maria_do_carmo_maia_e_almeida.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9392/requerimento_23_-_centro_dia-assinado.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9394/req_410_2023.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9397/req_411_2023.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9398/requerimento_34-2023_-_pet_place.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9399/req_413_2023.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9400/req_414_2023.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9401/requerimento_178_assinado_-_residencial_montes_claros.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9402/req_416_2023.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9403/req_417_2023.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9404/assinado_178_-_requerimento_atualizado.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9405/req_419_2023.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9406/req_420_2023.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9407/req_421_2023.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9408/requerimento_31_pronto.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9415/req_423_2023.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9416/requerimento_32.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9418/req_425_2023.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9420/req_426_2023.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9421/requerimento_24_-homenagem_curso_ciencias_economicas_unimontes-assinado.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9429/req_428_2023.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9431/req_429_2023.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9432/requerimento_179_assinado_-_construccao_taquaril.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9433/req_431_2023.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9434/requerimento_33_em_pdf.pdf" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9435/req_433_2023.pdf" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9436/req_434_2023.pdf" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9437/req_435_2023.pdf" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9438/req_436_2023.pdf" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9440/req_437_2023.pdf" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9441/req_438_2023.pdf" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9442/req_439_2023.pdf" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9443/req_440_2023.pdf" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9445/requerimento_7.pdf" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9446/requerimento_35-2023_-_enfrentar_altas_temperaturas.pdf" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9449/requerimento_180_assinado_-_reforma_da_associacao_de_serra_verde.pdf" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9450/req_445_2023.pdf" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9451/req_446_2023.pdf" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9452/req.00132023_-_agendamento_sessao_de_homenagem_-_henrique_henriques.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9453/req_448_2023.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9454/req_449_2023.pdf" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9457/req_450_2023.pdf" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9458/req_451_2023.pdf" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9459/req_452_2023.pdf" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9462/req_453_2023.pdf" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9463/req_454_2023.pdf" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9464/requerimento_35.pdf" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9466/req_456_2023.pdf" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9467/req._odair_ferreira.pdf" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9470/req_458_2023.pdf" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9476/req_459_2023.pdf" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9477/req_460_2023.pdf" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9478/req_461_2023.pdf" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9479/requerimento_36.pdf" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9481/req_463_2023.pdf" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9482/req._mh.pdf" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9483/req._igor_ok.pdf" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9484/req._cecilia.pdf" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9487/requerimento_10.10.pdf" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9488/req_468_2023.pdf" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9489/req_469_2023.pdf" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9490/req.00152023-_academia_ao_ar_livre_praca_itapetinga.pdf" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9491/req_471_2023.pdf" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9492/req_472_2023.pdf" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9493/requerimento_183-_reforma_de_escola_para_transformar_em_ponto_de_apoio_medico_2.pdf" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9494/req_474_2023.pdf" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9495/req_475_2023.pdf" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9496/req_476_2023.pdf" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9498/requerimento_37-assinado.pdf" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9500/requemento_28_-_audiencia_publica_passe_livre.pdf" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9501/req_479_2023.pdf" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9503/req_480_2023.pdf" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9505/req_481_2023.pdf" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9507/req_482_2023.pdf" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9508/req_483_2023.pdf" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9510/req_484_2023.pdf" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9511/req.00162023-_semaforo_av._dos_militares_com_rua_santa_efigenia-assinado.pdf" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9517/req_486_2023.pdf" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9518/req_487_2023.pdf" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9519/req_488_2023.pdf" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9520/req_489_2023.pdf" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9523/requerimento_38_assinar.pdf" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9524/req_491_2023.pdf" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9525/requerimento_29_-__conselho_da_juventude.pdf" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9526/requerimento_38-2023_-_ciclovia.pdf" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9528/req_494_2023.pdf" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9529/req_495_2023.pdf" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9530/req.0172023-_anteprojeto_a_obrigatoriedade_de_colocacao_de_banheiros_quimicos_adaptados_1.pdf" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9532/req_497_2023.pdf" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9533/req_498_2023.pdf" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9545/req_499_2023.pdf" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9547/req_500_2023.pdf" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9548/req_501_2023.pdf" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9549/req_502_2023.pdf" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9550/req_503_2023.pdf" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9551/req_504_2023.pdf" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9552/requerimento_39_assinar.pdf" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9553/req_506_2023.pdf" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9556/req_507_2023.pdf" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9557/req_508_2023.pdf" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9558/req_509_2023.pdf" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9559/req_510_2023.pdf" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9560/req_511_2023.pdf" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9561/req_512_2023.pdf" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9562/req_513_2023.pdf" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9563/requerimento_40_pronto.pdf" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9564/req_515_2023.pdf" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9567/req_516_2023.pdf" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9568/requerimento_31_-__curso_smartphone.pdf" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9571/req_518_2023.pdf" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9572/req_519_2023.pdf" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9583/requerimento_33_assinar-assinado.pdf" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9586/req_521_2023.pdf" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9587/requerimento_41_finalizado.pdf" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9588/req_523_2023.pdf" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9589/req.00182023-_instalacao_de_placas_em_braille_nos_pontos_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9591/req_525_2023.pdf" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9592/req._ceci.pdf" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9593/req._odair.pdf" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9594/req.rodrigo.pdf" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9595/req._stalin.pdf" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9596/requerimento_32_-_encarregado-assinado.pdf" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9600/req_531_2023.pdf" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9601/req_532_2023.pdf" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9602/req_533_2023.pdf" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9603/requerimento_42_previmoc.pdf" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9604/req_535_2023.pdf" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9607/requerimento_42-2023_-_doacao_cetas.pdf" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9608/requerimento_assinado_placa_solar_e_ar_condicionado.pdf" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9618/req.00192023-_instalacao_de_espaco_para_cadeirantes_nos_pontos_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9619/req_539_2023.pdf" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9620/requerimento_43_assinar.pdf" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9627/req_541_2023.pdf" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9628/req_542_2023.pdf" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9630/req_543_2023.pdf" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9631/req_544_2023.pdf" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9632/req_545_2023.pdf" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9633/requerimento_7-assinado.pdf" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9634/req_547_2023.pdf" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9636/req_548_2023.pdf" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9643/req_549_2023.pdf" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9644/requerimento_43_assinado.pdf" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9645/req_551_2023.pdf" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9646/req.00202023-_academia_ao_ar_livre_independencia.pdf" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9649/req_553_2023.pdf" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9652/req_554_2023.pdf" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9663/req_555_2023.pdf" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9664/req_556_2023.pdf" TargetMode="External"/><Relationship Id="rId1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9665/req_557_2023.pdf" TargetMode="External"/><Relationship Id="rId1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9666/requerimento_34__sessao_homenagem_servico_social_assinado.pdf" TargetMode="External"/><Relationship Id="rId1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9667/requerimento_43_2023_-_audiencia_publica.pdf" TargetMode="External"/><Relationship Id="rId1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9675/req_560_2023.pdf" TargetMode="External"/><Relationship Id="rId1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9677/req_561_2023.pdf" TargetMode="External"/><Relationship Id="rId1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9678/req_562_2023.pdf" TargetMode="External"/><Relationship Id="rId1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9682/req_563_2023.pdf" TargetMode="External"/><Relationship Id="rId1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9684/req_564_2023.pdf" TargetMode="External"/><Relationship Id="rId1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9685/requerimento_dano_ao_canal_viriato_assinado.pdf" TargetMode="External"/><Relationship Id="rId1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9687/req_566_2023.pdf" TargetMode="External"/><Relationship Id="rId1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9688/req_567_2023.pdf" TargetMode="External"/><Relationship Id="rId1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9689/36_-_requerimento_-_esf_para_protocolar-assinado.pdf" TargetMode="External"/><Relationship Id="rId1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9690/requerimento_44_assinado.pdf" TargetMode="External"/><Relationship Id="rId1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9693/req_570_2023.pdf" TargetMode="External"/><Relationship Id="rId1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9694/req_571_2023.pdf" TargetMode="External"/><Relationship Id="rId1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9695/37-_requerimento_-_sinal_pro-vida.pdf" TargetMode="External"/><Relationship Id="rId1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9701/req_573_2023.pdf" TargetMode="External"/><Relationship Id="rId1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9702/req_574_2023.pdf" TargetMode="External"/><Relationship Id="rId1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9703/req_575_2023.pdf" TargetMode="External"/><Relationship Id="rId1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9704/requerimento_45_assinado.pdf" TargetMode="External"/><Relationship Id="rId1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9705/38-_requerimento_-_salario_saude_mental.pdf" TargetMode="External"/><Relationship Id="rId1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9707/requerimento_46.pdf" TargetMode="External"/><Relationship Id="rId1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9708/req_579_2023.pdf" TargetMode="External"/><Relationship Id="rId1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9709/requerimento_188_-_assinado_-_redutor_de_velocidade_-_boulevard.pdf" TargetMode="External"/><Relationship Id="rId1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9710/req_581_2023.pdf" TargetMode="External"/><Relationship Id="rId1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10090/flash_10.269a.pdf" TargetMode="External"/><Relationship Id="rId1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10089/flash_10.260a.pdf" TargetMode="External"/><Relationship Id="rId1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/7979/moncao_1.pdf" TargetMode="External"/><Relationship Id="rId1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9091/moncao_02.pdf" TargetMode="External"/><Relationship Id="rId1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9149/mocao_3.pdf" TargetMode="External"/><Relationship Id="rId1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9188/mocao_4.pdf" TargetMode="External"/><Relationship Id="rId1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9384/req_405_2023.pdf" TargetMode="External"/><Relationship Id="rId1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9430/moncao_06.pdf" TargetMode="External"/><Relationship Id="rId1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9683/moncao_07_2023.pdf" TargetMode="External"/><Relationship Id="rId1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9054/substitutivo_-_pl_54_2023.pdf" TargetMode="External"/><Relationship Id="rId1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9410/pl_substitutivo_-_cria_cmdrs_ass.pdf" TargetMode="External"/><Relationship Id="rId1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9411/plc_substitutivo_-_programa_de_regularizacao_fundiaria_ass-assinado.pdf" TargetMode="External"/><Relationship Id="rId1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9422/substitutivo_04_2023.pdf" TargetMode="External"/><Relationship Id="rId1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/8539/veto_01_2023.pdf" TargetMode="External"/><Relationship Id="rId1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9131/veto_plc_10_assessor_parlamentar.pdf" TargetMode="External"/><Relationship Id="rId1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/9555/veto_integral_-_projeto_de_lei_n.o_133-2023_ass.pdf" TargetMode="External"/><Relationship Id="rId1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10293/flash10.496.pdf" TargetMode="External"/><Relationship Id="rId1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10295/flash10.498.pdf" TargetMode="External"/><Relationship Id="rId1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10294/flash10.497.pdf" TargetMode="External"/><Relationship Id="rId1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/7983/ata_24-01-2023.pdf" TargetMode="External"/><Relationship Id="rId1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10037/flash_9877.pdf" TargetMode="External"/><Relationship Id="rId1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10469/flash10.494a.pdf" TargetMode="External"/><Relationship Id="rId1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10470/flash10.494b.pdf" TargetMode="External"/><Relationship Id="rId1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10296/flash10.499.pdf" TargetMode="External"/><Relationship Id="rId1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10297/flash_10.500.pdf" TargetMode="External"/><Relationship Id="rId1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10298/flash_10.501.pdf" TargetMode="External"/><Relationship Id="rId1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10299/flash_10.502.pdf" TargetMode="External"/><Relationship Id="rId1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10300/flash_10.503.pdf" TargetMode="External"/><Relationship Id="rId1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10301/flash_10.504.pdf" TargetMode="External"/><Relationship Id="rId1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10302/flash_10.505.pdf" TargetMode="External"/><Relationship Id="rId1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10303/flash_10.506.pdf" TargetMode="External"/><Relationship Id="rId1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10304/flash_10.507.pdf" TargetMode="External"/><Relationship Id="rId1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10305/flash_10.508.pdf" TargetMode="External"/><Relationship Id="rId1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10306/flash_10.509.pdf" TargetMode="External"/><Relationship Id="rId1147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10307/flash_10.510.pdf" TargetMode="External"/><Relationship Id="rId1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10308/flash_10.511.pdf" TargetMode="External"/><Relationship Id="rId1149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10309/flash_10.512.pdf" TargetMode="External"/><Relationship Id="rId1150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10310/flash_10.513.pdf" TargetMode="External"/><Relationship Id="rId1151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10311/flash_10.514.pdf" TargetMode="External"/><Relationship Id="rId1152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10312/flash_10.515.pdf" TargetMode="External"/><Relationship Id="rId1153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10313/flash_10.516.pdf" TargetMode="External"/><Relationship Id="rId1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10314/flash_10.517.pdf" TargetMode="External"/><Relationship Id="rId1155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10315/flash_10.518.pdf" TargetMode="External"/><Relationship Id="rId1156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10316/flash_10.519.pdf" TargetMode="External"/><Relationship Id="rId1157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10317/flash_10.520.pdf" TargetMode="External"/><Relationship Id="rId1158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10318/flash_10.521.pdf" TargetMode="External"/><Relationship Id="rId1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10319/flash_10.522.pdf" TargetMode="External"/><Relationship Id="rId1160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10320/flash_10.523.pdf" TargetMode="External"/><Relationship Id="rId1161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10321/flash_10.524.pdf" TargetMode="External"/><Relationship Id="rId1162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10322/flash_10.525.pdf" TargetMode="External"/><Relationship Id="rId1163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10323/flash_10.526.pdf" TargetMode="External"/><Relationship Id="rId1164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10324/flash_10.527.pdf" TargetMode="External"/><Relationship Id="rId1165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10325/flash_10.528.pdf" TargetMode="External"/><Relationship Id="rId1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10326/flash_10.529.pdf" TargetMode="External"/><Relationship Id="rId1167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10327/flash_10.530.pdf" TargetMode="External"/><Relationship Id="rId1168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10328/flash_10.531.pdf" TargetMode="External"/><Relationship Id="rId1169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10329/flash_10.532.pdf" TargetMode="External"/><Relationship Id="rId1170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10330/flash_10.533.pdf" TargetMode="External"/><Relationship Id="rId1171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10331/flash_10.534.pdf" TargetMode="External"/><Relationship Id="rId1172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10332/flash_10.535.pdf" TargetMode="External"/><Relationship Id="rId1173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10333/flash_10.536.pdf" TargetMode="External"/><Relationship Id="rId1174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10334/flash_10.537.pdf" TargetMode="External"/><Relationship Id="rId1175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10335/flash_10.538.pdf" TargetMode="External"/><Relationship Id="rId1176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montesclaros.mg.leg.br/media/sapl/public/materialegislativa/2023/10336/flash_10.539.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H1177"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="215.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="208.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">